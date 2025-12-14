--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -12,3569 +12,6790 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1174">
-[...28 lines deleted...]
-    <t>Brazil - September 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1995">
+  <si>
+    <t>country_name</t>
+  </si>
+  <si>
+    <t>region_name</t>
+  </si>
+  <si>
+    <t>month</t>
+  </si>
+  <si>
+    <t>year</t>
+  </si>
+  <si>
+    <t>upload_date</t>
+  </si>
+  <si>
+    <t>event_title</t>
+  </si>
+  <si>
+    <t>event_texts</t>
+  </si>
+  <si>
+    <t>url</t>
+  </si>
+  <si>
+    <t>tags</t>
+  </si>
+  <si>
+    <t>red_flag_value</t>
+  </si>
+  <si>
+    <t>to_watch</t>
+  </si>
+  <si>
+    <t>elections</t>
+  </si>
+  <si>
+    <t>representation</t>
+  </si>
+  <si>
+    <t>representation_secondary</t>
+  </si>
+  <si>
+    <t>credible_elections</t>
+  </si>
+  <si>
+    <t>inclusive_suffrage</t>
+  </si>
+  <si>
+    <t>free_political_parties</t>
+  </si>
+  <si>
+    <t>elected_government</t>
+  </si>
+  <si>
+    <t>effective_parliament</t>
+  </si>
+  <si>
+    <t>local_democracy</t>
+  </si>
+  <si>
+    <t>rights</t>
+  </si>
+  <si>
+    <t>rights_secondary</t>
+  </si>
+  <si>
+    <t>access_to_justice</t>
+  </si>
+  <si>
+    <t>civil_liberties</t>
+  </si>
+  <si>
+    <t>freedom_of_religion</t>
+  </si>
+  <si>
+    <t>freedom_of_the_press</t>
+  </si>
+  <si>
+    <t>freedom_of_movement</t>
+  </si>
+  <si>
+    <t>freedom_of_expression</t>
+  </si>
+  <si>
+    <t>freedom_of_association_and_assembly</t>
+  </si>
+  <si>
+    <t>basic_welfare</t>
+  </si>
+  <si>
+    <t>political_equality</t>
+  </si>
+  <si>
+    <t>gender_equality</t>
+  </si>
+  <si>
+    <t>social_group_equality</t>
+  </si>
+  <si>
+    <t>economic_equality</t>
+  </si>
+  <si>
+    <t>participation</t>
+  </si>
+  <si>
+    <t>participation_secondary</t>
+  </si>
+  <si>
+    <t>electoral_participation</t>
+  </si>
+  <si>
+    <t>civic_engagement</t>
+  </si>
+  <si>
+    <t>civil_society</t>
+  </si>
+  <si>
+    <t>rule_of_law</t>
+  </si>
+  <si>
+    <t>rule_of_law_secondary</t>
+  </si>
+  <si>
+    <t>judicial_independence</t>
+  </si>
+  <si>
+    <t>absence_of_corruption</t>
+  </si>
+  <si>
+    <t>predictable_enforcement</t>
+  </si>
+  <si>
+    <t>personal_integrity_and_security</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>Africa - West Africa</t>
+  </si>
+  <si>
+    <t>September</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>Supreme Court excludes journalists from key press conference</t>
+  </si>
+  <si>
+    <t>On 25 September, Guinea-Bissau’s Supreme Court of Justice barred three radio stations—Rádio Capital FM, Rádio Voz de Quelelé, and Rádio Galáxia de Pindjiguiti—from covering a press conference held at its headquarters. The event was convened to explain the Court’s controversial decision to reject the candidacy of the PAI–Terra Ranka coalition in the 23 November elections. Journalists from the three stations were initially admitted but later singled out and ordered to leave by a court staffer without explanation. Press freedom groups, including the Media Foundation for West Africa and the Guinean League for Human Rights (LGDH), condemned the move as ‘arbitrary’ and ‘unprecedented’, warning it silences journalists and undermines citizens’ right to free, plural, and transparent information during a critical electoral period. The national journalists’ union (SINJOTECS) called the decision a violation of the right to information. Civil society actors have urged the Court to explain its actions and guarantee equal access to public information for all media.Sources: The Media Foundation for West Africa, Guinean League for Human Rights (1), Guinean League for Human Rights (2), Deutsche Welle</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea-bissau/september-2025</t>
+  </si>
+  <si>
+    <t>Supreme Court, Judiciary, Media, Elections, Political Party, Civil Society, Access to Information, SDG16</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>Europe - North/Western Europe</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>Highest voter turnout since 1989 reached in parliamentary elections</t>
+  </si>
+  <si>
+    <t>The September parliamentary elections saw the highest voter turnout since 1989, with 80.1 per cent (roughly 3.3 million votes) of the total 4.1 million registered voters participating. While voter turnout has been fairly stable since the 1990s, 2025 saw a notable increase. In particular, voter turnout among immigrants and Norwegian-born people with an immigrant background in Oslo increased by 9 percentage points from 2021. Record numbers of Norwegian citizens voted in the advance voting period, comprising 63 per cent of total votes cast. Voters were galvanised by frustrations over rising living costs, public spending and economic inequalities, in particular debates about the wealth tax. Additionally, both the Red-Green alliance and the Centre-Right alliance included parties fighting to pass the 4.0 per cent electoral threshold (including the Green party, the Christian People’s party and the Liberal party), contributing to a perception that every vote matters. Sources: International IDEA, Forskning.no, NRK, The Guardian, Valgdirektoratet </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/norway/september-2025-0</t>
+  </si>
+  <si>
+    <t>Elections, Cost of Living, minorities</t>
+  </si>
+  <si>
+    <t>Incumbent Labour Party wins parliamentary elections, Progress Party doubles seats</t>
+  </si>
+  <si>
+    <t>On 8 September, Norway held parliamentary elections to fill all 169 seats of the Storting, the country’s unicameral legislature. Jonas Gahr Støre’s incumbent Labour Party (Arbeiderpartiert) received the highest vote share with 28.0 per cent of the vote, securing 53 seats, and ran in the election with the support of the Red-Green alliance.  The right-wing Progress Party (Fremskrittspartiet) came second with 23.8 per cent of the vote (47 seats), more than doubling its support from the last elections in 2021. The Right (Høyre) came third with 14.6 per cent of the vote (24 seats), losing 12 seats and its position as the right-wing bloc’s  leading opposition forceparty. The proportion of women in Parliament will be 40.2 per cent, down from 45.0 per cent in 2021. This parliamentary election saw the highest voter turnout since 1989, reaching 80.1 per cent, up from 77.2 per cent in the 2021 elections. Sources: Valgdirektoratet, Statistics Norway, NRK, IPU Parline, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/norway/september-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Legislature</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Americas - South America</t>
+  </si>
+  <si>
+    <t>General and Regional Elections experience a significant decline in voter turnout</t>
+  </si>
+  <si>
+    <t>The General and Regional Elections held on 1 September showed a significant decrease in voter turnout, which dropped from 72.6 per cent in the 2020 election to 58.4 per cent. This decline could reflect voters’ dissatisfaction or disengagement with the political system. However, there have also been reports by international observers questioning the size and integrity of the voter list managed by electoral authorities, which may have led to an inaccurate calculation of the turnout.Sources: Carter Center, Demerera Waves, Americas Quarterly</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guyana/september-2025</t>
+  </si>
+  <si>
+    <t>Elections</t>
+  </si>
+  <si>
+    <t>General and Regional Elections result in re-election of incumbent president</t>
+  </si>
+  <si>
+    <t>On 1 September, Guyana held General and Regional Elections for the offices of the President, all members of the National Assembly and members of the Regional Democratic Councils (RDCs). President Irfaan Ali of the People's Progressive Party (PPP) was re-elected and the PPP won 36 of the 65 seats in parliament. The recently formed We Invest in Nationhood (WIN) party came in second, obtaining 16 seats in the National Assembly. The traditional opposition, the Partnership for National Unity (APNU), won 12 seats—a significant drop from its previous 31. Voter turnout was 58.4 per cent, down from 72.6 per cent in the previous election. Women’s representation in parliament will be 36.9 per cent, down from 39.4 per cent. International observers reported a peaceful and orderly election, acknowledging the efforts made to enhance the efficiency of the electoral process. They further noted opportunities for improvement in areas such as communication, access to public information, equitable access to media coverage and campaign regulation.Sources: Guyana’s Election Commission, Carter Center, European Union Election Observation Mission Guyana 2025, The Guardian, Aljazeera, Commonwealth, International IDEA</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>Africa - Southern Africa</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Malawi enacts last minute reforms to enfranchise election day workers </t>
+  </si>
+  <si>
+    <t>On 3 September, President Lazarus Chakwera signed into law the Presidential, Parliamentary and Local Government Elections Amendment Act, a piece of legislation intended to facilitate election day workers to cast their ballots. It does so by empowering the electoral commission to authorise workers (polling staff, political party agents, candidate representatives and members of the security forces) to vote where they are deployed, rather than having to return to the constituency in which they are registered. According to the government, the law is expected to enfranchise 80,000 of these voters. However, the law’s explicit exclusion of journalists and independent observers has been criticised by opposition parties and civil society, who have emphasised the important role these groups play in ensuring the integrity of elections. The law was enacted less than two weeks before the country’s general elections on 16 September.  Sources: Parliament of Malawi, ISS Africa, Malawi 24    </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/malawi/september-2025-0</t>
+  </si>
+  <si>
+    <t>Electoral Reform, Elections, Enfranchisement, EMB, SDG16</t>
+  </si>
+  <si>
+    <t>Malawi records highest voter turnout since 2009</t>
+  </si>
+  <si>
+    <t>Voter turnout in Malawi’s presidential election reached the highest level since 2009. According to data released by the Malawi Electoral Commission (MEC), 76.4 per cent of registered voters cast their ballot in the presidential contest, an 11.6 percentage point increase on turnout from the previous presidential election in 2020 (64.8 per cent). Analysts have ascribed the increase to voter frustration over the country’s cost of living crisis, as well as renewed confidence in the MEC.Sources: Nation Online, Nyasa Times, International IDEA</t>
+  </si>
+  <si>
+    <t>Former president Peter Mutharika and DPP win Malawi’s general election</t>
+  </si>
+  <si>
+    <t>On 16 September, Malawi held general elections for the presidency and the National Assembly. The presidential contest was won by the Democratic Progressive Party (DPP) candidate, Peter Mutharika, who had previously served as president between 2014 and 2020 and received 56.8 per cent of the vote. The runner up, with 33.0 per cent, was incumbent Lazarus Chakwera of the Malawi Congress Party (MCP). By the end of September, the Malawi Electoral Commission (MEC) had declared the parliamentary election results for 224 of the 229 constituencies (although many are being challenged). These showed DPP had won 77 (33.6 per cent) of the 229 National Assembly seats, followed by independent candidates (71 seats; 31.0 per cent) and the MCP (53 seats; 23.1 per cent). The share of women contesting the parliamentary elections was 21.9 per cent and only one of the 17 presidential candidates was a woman. The MEC reported presidential election turnout to be 76.4 per cent (up from 64.8 in 2020). International election observers found the elections were generally peaceful and well conducted but noted several logistical issues, particularly the late opening of polling stations. Sources: Nation Online (1), Nyasa Times, European Union (1), Nation Online (2), International IDEA, Southern African Development Community, African Union - Common Market for Eastern and Southern Africa      </t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Peter Mutharika, Lazarus Chakwera</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>Guinea approves new constitution in referendum ahead of elections</t>
+  </si>
+  <si>
+    <t>On 26 September, Guinea’s Supreme Court confirmed the results of a constitutional referendum held on 21 September, in which voters approved a new constitution, with authorities reporting 89.4 per cent support and 86.4 per cent turnout. The new constitution replaces the transitional charter adopted after the 2021 coup and removes a prior ban on junta members contesting elections, allowing transitional President Mamady Doumbouya to contest the 28 December presidential election. It also extends the presidential term from five to seven years, renewable twice, and creates a Senate, with one-third of its members appointed by the president. The opposition, including several suspended or exiled parties, boycotted the vote, citing political restrictions and an uneven playing field. Authorities deployed 45,000 security forces nationwide for the vote. Ahead of the December presidential election, UN rights chief Volker Türk urged authorities to lift bans on political parties and media outlets and ensure inclusive elections.Sources: International Crisis Group, Radio France Internationale, Jurist News, Africa News, Africa Center for Strategic Studies, Jeune Afrique, International IDEA (1), International IDEA (2), International IDEA (3)</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea/september-2025</t>
+  </si>
+  <si>
+    <t>Constitutional reform, Constitution, Coup d'état, Supreme Court, Elections, Referendum, Political Party, Media, Volker Türk, United Nations, Mamadi Doumbouya, Term limits</t>
+  </si>
+  <si>
+    <t>Republic of Moldova</t>
+  </si>
+  <si>
+    <t>Europe - Eastern Europe</t>
+  </si>
+  <si>
+    <t>Ruling PAS retains parliamentary majority in election</t>
+  </si>
+  <si>
+    <t>The ruling Party of Action and Solidarity (PAS) won 50.2 per cent of the vote and 55 of 101 seats in the country’s parliamentary election on 28 September. The opposition Patriotic Electoral Bloc (BEP) came second with 24.2 per cent and 26 seats. Electoral turnout was 52.2 per cent, up from 48.4 per cent in the 2021 elections. As with other recent elections, the campaign was portrayed as a referendum between further European integration and a pro-Russian geopolitical orientation by many actors and observers, including PAS, Russia, and the European Union. Some analysts contend this frame benefits the incumbent government by crowding out domestic socioeconomic and political issues. Russia again intervened heavily but unsuccessfully in the electoral cycle, in part by funding anti-PAS political parties and through paying and organizing anti-government protesters. Observers said the election was efficiently organized and competitive, but in line with recent elections was marred by illicit funding, disinformation, foreign interference, and partisan decisions by the Central Election Commission to disqualify two opposition parties only two days before the poll.  Sources: Carnegie Politika, Electoral Commission of the Republic of Moldova, British Broadcasting Corporation, Organisation for Security and Cooperation in Europe </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/september-2025</t>
+  </si>
+  <si>
+    <t>Elections, EU, Russian Federation, Protests, Disinformation, Electoral Management Body</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>Americas - Caribbean</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jamaica Labour Party wins general election </t>
+  </si>
+  <si>
+    <t>On 3 September, Jamaica held a general election. The Jamaica Labour Party (JLP) won 35 out of the 63 seats in Parliament’s House of Representatives, resulting in Prime Minister Andrew Holness securing a third term in office. The opposition Peoples’s National Party (PNP) won 28 seats, representing a gain of 14 seats compared to the previous election. Voter turnout was nearly 40 per cent, a slight increase from the 37.9 per cent turnout in 2020. About 28 per cent of all candidates were women, and 19 out of the 63 seats in the House of Representatives were won by women (30.2 per cent) (one more seat than in the previous election). International observation missions noted that overall, the election was held in a peaceful and organized manner, while noting some technical issues in the implementation of new voter identification technology which resulted in some temporary delays in the election process.Sources: Electoral Commission of Jamaica, Jamaica Gleaner, CNW, The Guardian, Caricom, OAS</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/jamaica/september-2025</t>
+  </si>
+  <si>
+    <t>Brazil</t>
   </si>
   <si>
     <t>Former President Jair Bolsonaro and allies are convicted for coup attempt</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>On 11 September, the first panel of the Supreme Court of Brazil (STF), convicted former President Jair Bolsonaro and seven of his closest allies—including senior military officers and former government officials—for participating in an attempted coup d'état, sentencing him to 27 years and three months in prison. The conviction has been described as a historic moment for accountability in a country that has never before seen a leader convicted for attempting to disrupt the democratic order, despite its long history of coups. The Court concluded that Bolsonaro and his allies had formed a criminal organisation to keep him in power after losing the 2022 elections. The plan included a plot to assassinate President Lula da Silva, his Vice-President and Justice Alexandre de Moraes, as well as other attempts to create a state of chaos that would trigger military intervention. Bolsonaro claims the trial was politically motivated and is set to appeal, though legal experts say overturning the sentence is unlikely. Sources: Agencia Brasil, Brasil de Fato, The Guardian, CNN Brasil</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/brazil/september-2025</t>
   </si>
   <si>
     <t>Accountability, Elections, Attempted coup d'état, Assassination attempt, Executive branch, Judiciary, Supreme Court, Jair Bolsonaro, Luiz Inacio Lula da Silva, SDG16</t>
   </si>
   <si>
     <t>StrongPositive</t>
   </si>
   <si>
-    <t>Malawi - September 2025</t>
-[...5 lines deleted...]
-    <t>Electoral Reform, Elections, Enfranchisement, EMB, SDG16</t>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>August</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>Decree dissolving political parties suspended; case referred to the Supreme Court</t>
+  </si>
+  <si>
+    <t>On 25 August, a Bamako court suspended the enforcement of a decree issued in May that dissolved all political parties and affiliated organizations, pending a constitutional review. The ruling temporarily restores a legal framework for political activity and refers the case to the Supreme Court, which may transfer it to the Constitutional Court. The May decree, justified by authorities as a reform to reduce party fragmentation, had sparked domestic and international criticism for curbing political freedoms. The suspension follows months of postponed hearings and comes amid growing concerns over the junta’s concentration of power.Sources: African Press Agency, International Crisis Group, Barron’s, Jeune Afrique, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mali/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, Political Party, Transitional Process, Military Junta, SDG16, Judiciary, High Court</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>Women’s representation in Legislative Assembly reaches record high</t>
+  </si>
+  <si>
+    <t>Bolivians elected a record number of women in the general elections held on 17 August. An estimated 52.4 per cent of the Legislative Assembly’s seats will be held by women. The Chamber of Deputies will have 66 women lawmakers (out of 130 seats), representing 50.7 per cent (up from the previous 46.2 per cent). Women in the Senate will hold 21 out of the 36 seats (58.3 per cent), an increase from the previous 55.6 per cent.Sources: La Razon, Bolivia Verifica Elecciones</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bolivia/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General elections are held, presidential race heads to runoff </t>
+  </si>
+  <si>
+    <t>On 17 August, Bolivians voted for president, vice-president and members of the legislature. Candidates Rodrigo Paz of the Christian Democrat Party (PDC) and former President Jorge Tuto Quiroga of the LIBRE (Liberty and Democracy) alliance  will head to a runoff in October, after receiving 32.1 and 26.7 per cent of the votes, respectively. Voter turnout was 86.9 per cent (a slight decrease from the 88.4 of the previous elections), with mandatory voting. The PDC obtained the most seats (65 out of 166) in the Chamber of Deputies. Women’s representation slightly increased in the Chamber of Deputies, reaching parity (compared to the previous 46. 2 per cent), and in the Senate women are expected to maintain a majority. International observation missions highlighted that elections took place in an overall orderly and peaceful manner, but noted the political polarization, the spread of disinformation and unequal access of candidates to media time in the pre-election phase.Update: A run-off was held on 19 October. Rodrigo Paz of the Christian Democrat Party was elected with 55.0 per cent of the vote. Jorge Tuto Quiroga of LIBRE received 45 per cent of the vote, and voter turnout was 85.3 per cent.Sources: Organo Electoral Plurinacional (1), BBC, CNN, AP, OAS, Bolivia Verifica Elecciones, EU Election Observation Mission, Organo Electoral Plurinacional (2), International IDEA</t>
+  </si>
+  <si>
+    <t>2025-09-23</t>
+  </si>
+  <si>
+    <t>Regional governor Gutsul sentenced to seven years in prison</t>
+  </si>
+  <si>
+    <t>Evghenia Gutsul, the leader of the autonomous region of Gagauzia, was sentenced to seven years imprisonment for her role in funneling MLD 42.5 million (USD 2.5 million) from the exiled oligarch Ilan Shor to both finance the activities of his banned political party and to pay citizens to vote for it. Gutsul, who was also placed on a European Union sanctions list for her role in ‘destabilizing’ the region, allegedly at the behest of the Russian government, says she plans to appeal the conviction and that the charges are politically motivated. The judge overseeing the trial received pressure from unidentified people to rule in Gutsul’s favor, including receiving death threats if she did not comply, accompanied with photographs of corpses. Gutsul will, however, remain in office, as although a conviction is grounds for her removal, a separate legal proceeding is required. The sentence comes weeks before Moldova’s parliamentary election, scheduled on 28 September.Sources: Ziarul de Gardă (1), Ziarul de Gardă (2), International IDEA (1), International IDEA (2)</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/august-2025</t>
+  </si>
+  <si>
+    <t>Money in Politics, Corruption, EU, Elections, SDG16</t>
   </si>
   <si>
     <t>Positive</t>
   </si>
   <si>
-    <t>Mali - August 2025</t>
-[...8 lines deleted...]
-    <t>Elections, Political Party, Transitional Process, Military Junta, SDG16, Judiciary, High Court</t>
+    <t>Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>Europe - Central Europe</t>
+  </si>
+  <si>
+    <t>Republika Srpska president rejects mandate removal, calls referendum challenging decision</t>
+  </si>
+  <si>
+    <t>Milorad Dodik, the President of Republika Srpska (RS), one of the two entities of Bosnia and Herzegovina (BiH), has publicly rejected the Central Electoral Commission (CEC)’s decision to revoke his mandate, reached on 6 August. The CEC’s move followed the BiH State Court’s appellate ruling upholding Dodik’s conviction for defying the High Representative and undermining the central government’s authority, confirming a one-year prison sentence and a six-year ban from holding public office. The prison sentence was later converted into a fine of BAM 36,500 (EUR 18,660). On 18 August, the BiH State Court rejected Dodik’s appeal of the CEC decision, making his removal from office final and binding. The CEC has scheduled early elections for the RS Presidency on 23 November. On 22 August, the Parliament of Republika Srpska voted in favour of an entity-wide referendum on whether to accept the State Court’s verdict and Dodik’s removal from office, scheduled for 25 October.Sources:  Balkan Insight (1),  Balkan Insight (2),  Al Jazeera, European Western Balkans, Friedrich Naumann Foundation, Organization for Security and Co-operation in Europe, International IDEAUpdate: On 18 October, Ana Trišić-Babić, an associate of Milorad Dodik and former deputy foreign minister of Bosnia and Herzegovina (BiH), was confirmed as interim president of the Republika Srpska (RS), following a ban on Dodik holding public office. Trišić-Babić is expected to serve until the early presidential elections scheduled for 23 November. A referendum on whether to accept the State Court’s previous conviction of Dodik, initially scheduled for 25 October, did not take place.  Sources: Al Jazeera, Balkan Insight (1), Balkan Insight (2), Balkan Insight (3), Sarajevo Times </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bosnia-and-herzegovina/august-2025</t>
+  </si>
+  <si>
+    <t>Republika Srpska, Milorad Dodik, Judiciary, Elections, Referendum, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t>Kosovo</t>
+  </si>
+  <si>
+    <t>Assembly and institutions paralyzed due to political deadlock</t>
+  </si>
+  <si>
+    <t>The failure to formally inaugurate Parliament has left the institution’s work paralyzed since the February elections, triggering an institutional crisis and leaving the government in a caretaker role without a full constitutional mandate. In August, after 57 parliamentary sessions and two Constitutional Court rulings, the Assembly Speaker was finally elected. However, the deadlock continued, as the constitutionally guaranteed position of the Serb Deputy Speaker failed to secure votes in the three rounds. A fourth attempt to renominate the same candidate was blocked by the Assembly Speaker, citing the Court’s ruling prohibiting more than three nominations of the same candidate. The resulting institutional vacuum has stalled legislative functioning, delayed reforms and disrupted some basic public services. For example, the budget transfer to the public broadcaster RTK was blocked, leaving 700 employees unpaid, prompting protests and forcing RTK to secure EUR 2.54 million loan from the Ministry of Finance.Sources: ConstitutionNet, Balkan Insight (1), Balkan Insight (2), Constitutional Court of the Republic of Kosovo, European Western Balkans, International Federation of Journalists</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kosovo/august-2025</t>
+  </si>
+  <si>
+    <t>Constitutional Court, Constitution, Elections, Political Party, Media, Legislature, Executive branch, SDG16</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Asia and the Pacific - South Asia</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>Bihar electoral dispute raises concern over voter exclusion</t>
+  </si>
+  <si>
+    <t>In August, opposition leaders raised concerns about a voter verification initiative known as the Special Intensive Revision, launched by the Election Commission in the state of Bihar. The initiative was conducted ahead of Bihar’s key state elections scheduled later this year, with electoral roll revisions currently underway in other states as well. The drive, which aimed to update voter lists after more than 20 years, took place between June and July and required residents to provide extensive documentation as proof of citizenship. Critics have said that the onerous documentation and haste of the exercise risks disenfranchising millions of youths, migrants and marginalized groups. A draft of the updated SIR list was published on 1 August, upon which some analysts noted errors in counting and misassigned names, among other issues. The Chief Election Commissioner Gyanesh Kumar stated that there has been no wrongdoing, adding that ‘when the voter list is intensively verified, such large differences in numbers are bound to occur.’ The Supreme Court is currently reviewing the legality of the process, with a final verdict expected on 7 October that could impact voter registration practices nationwide. Sources: BBC News, The Times of India</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/india/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Somalia</t>
+  </si>
+  <si>
+    <t>Africa - East Africa</t>
+  </si>
+  <si>
+    <t>Somalia reaches deal with opposition defectors on electoral model</t>
+  </si>
+  <si>
+    <t>On 25 August, President Hassan Sheikh Mohamud reached a political agreement on key elements of the country’s electoral process with four opposition leaders who broke from the Somali Salvation Forum (SSF)—Somalia’s main opposition alliance. The deal affirms that Members of Parliament will be elected by popular vote, while the president will continue to be chosen by lawmakers. This partially reverses the provisional constitutional amendments passed in March 2024 and an October 2024 electoral framework agreement, both of which envisioned a directly elected presidency. While the agreement marks progress away from Somalia’s traditional clan-based, indirect model, full implementation remains uncertain amid ongoing political disputes. Major opposition figures outside the deal continue to reject the reforms or boycott the process, citing security and political concerns, leaving Somalia’s transition to ‘one person, one vote’ incomplete. General elections are expected to take place in 2026.Sources: Mareeg, Africa News, International Crisis Group, International IDEA (1), International IDEA (2), Garowe Online, Voice of America</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/somalia/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Reform, Security, Legislature, Political Party, SDG16</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Africa - North Africa</t>
+  </si>
+  <si>
+    <t>National Unified List wins most seats in Senate elections</t>
+  </si>
+  <si>
+    <t>On 4 and 5 August, Egypt held Senate elections to fill 200 of the chamber’s 300 seats, with the remaining 100 appointed by the President. This marked the second Senate election since the chamber’s reinstatement in 2019. Egyptians living abroad voted earlier, on 1 and 2 August. Runoffs were held between 25 and 28 August in five regions. The National Unified List, a coalition of 12 pro-government parties led by the ruling Nation’s Future Party, ran unopposed and won all 100 list-based seats. The remaining 100 seats were elected in single member constituencies, with government-aligned parties, led by the Nation’s Future Party, also dominating. A quota reserves 30 seats (10 per cent of the chamber) for women. Voter turnout was low, standing at 17.1 per cent, although marking an increase from the previous 2020 senate election, in which turnout stood at 14.2 per cent.Sources: Ahram Online, State Information System, British Broadcasting Corporation Arabic, IPU Parline</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/egypt/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, Legislature, Women's political participation</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Opposition presidential candidate barred ahead of October vote</t>
+  </si>
+  <si>
+    <t>On 27 August, Tanzania’s electoral commission (Independent National Electoral Commission, INEC) barred Luhaga Mpina, presidential nominee of ACT-Wazalendo—the country’s second-largest opposition party—from contesting the 29 October election, citing alleged irregularities in his party’s internal nomination procedure. INEC confirmed 17 presidential candidates, including President Samia Suluhu Hassan, but excluded Mpina. In April, INEC also disqualified Chadema (Chama cha Demokrasia na Maendeleo), the leading opposition party. ACT-Wazalendo has launched a legal challenge, arguing Mpina had completed all procedures lawfully. His disqualification follows his defection from the ruling CCM and highlights growing concerns over the independence of Tanzania’s electoral institutions ahead of a vote now lacking major opposition contenders.Update: On 11 September, the High Court overturned the electoral commission’s disqualification of Luhaga Mpina, but INEC barred him again four days later, following a complaint by the Attorney General alleging that Mpina had not been properly endorsed by ACT-Wazalendo. Mpina and ACT-Wazalendo have launched a second legal challenge, with hearings due in early October. Mpina’s definitive exclusion would all but ensure a landslide victory for the ruling CCM in the October election, according to political analysts.Sources: Independent National Electoral Commission (1), Independent National Electoral Commission (2), The Citizen, Reuters, International Crisis Group (1), International IDEA, International Crisis Group (2)</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tanzania/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Management Body, Political Party, SDG16, High Court, Judiciary</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>11 opposition members charged with ‘terrorist acts’</t>
+  </si>
+  <si>
+    <t>On 11 August, Ivorian authorities charged 11 members of former President Laurent Gbagbo’s African People’s Party–Côte d’Ivoire (Parti des peuples africains–Côte d'Ivoire, PPA-CI) with ‘terrorist acts’ and ‘conspiracy against state authority’. The charges relate to a 1 August attack in Abidjan’s Yopougon suburb, where a bus was burned and a police vehicle vandalised. The accused include prominent figures such as former Defence Minister Lida Kouassi and a retired ambassador—both known critics of President Alassane Ouattara’s bid for a fourth term in the October 2025 presidential election. Prosecutors allege they orchestrated the unrest, but the PPA-CI condemned the violence and denied any involvement, calling the arrests politically motivated. PPA-CI officials have raised concern over arbitrary detentions and due process violations, noting the lack of publicly available evidence. The arrests come amid a broader crackdown on opposition, with leading figures like Tidjane Thiam still barred from contesting. Thousands later protested peacefully in Yopougon demanding their reinstatement on the electoral roll.Sources: International Crisis Group, Jenue Afrique (1), Jeune Afrique (2), The Africa Report, Associated Press, Barron’s, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cote-divoire/august-2025</t>
+  </si>
+  <si>
+    <t>Political Party, Elections, Protests, Terrorism, Alassane Ouattara, SDG16</t>
+  </si>
+  <si>
+    <t>Negative</t>
+  </si>
+  <si>
+    <t>Myanmar</t>
+  </si>
+  <si>
+    <t>Asia and the Pacific - South-East Asia</t>
+  </si>
+  <si>
+    <t>Military junta announces date for ‘election’, end to state of emergency</t>
+  </si>
+  <si>
+    <t>Myanmar’s military junta announced it would hold a national election on 28 December 2025, the first since it seized power in a coup in February 2021. The move is part of the junta’s effort to legitimize its claim on power through what the United Nations, the National Unity Government, and other domestic and international observers agree is a sham election. Given the lack of international legitimacy and the limited control the junta exercises over the country, the impact on the country’s politics and security are highly unpredictable and potentially volatile. While the junta announced an end to the national state of emergency, which it had used to rule by emergency decree since the coup, it also announced 63 local states of emergency, and there are no public indications of a meaningful return to constitutional rule. An additional law passed on 30 July punishes any ‘disruption’ of the electoral process, broadly defined to include speech or distributing critical texts, with three to ten years imprisonment.Sources: France24, The Diplomat (1), The Irrawaddy, British Broadcasting Corporation, The Diplomat (2), Associated Press, International IDEA </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/myanmar/august-2025</t>
+  </si>
+  <si>
+    <t>Elections, Military Junta, State of Emergency</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Americas - Central America</t>
+  </si>
+  <si>
+    <t>July</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legislative Assembly approves indefinite presidential re-election </t>
+  </si>
+  <si>
+    <t>On 31 July, the Legislative Assembly passed a package of constitutional amendments that removes presidential term limits, extends the presidential term from five to six years and eliminates run-off elections. The amendments were fast tracked and ratified without debate, raising concerns about transparency and democratic accountability. As a transitional provision, Nayib Bukele’s current term will be shortened from five to three years, allowing the changes to take effect in 2027, with presidential, legislative and municipal elections held simultaneously. Critics warn that removing term limits could enable indefinite re-election, concentrating power in the executive, weakening checks and balances and undermining democratic institutions. The amendments passed with 57 of 60 votes in the legislature.Sources: Asamblea Legislativa de El Salvador, DW, AP News, LA Times, BBC</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/el-salvador/july-2025</t>
+  </si>
+  <si>
+    <t>Legislature, Nayib Bukele, Executive branch, Elections, Term limits, SDG16</t>
+  </si>
+  <si>
+    <t>Suriname</t>
+  </si>
+  <si>
+    <t>Suriname elects its first woman president in history</t>
+  </si>
+  <si>
+    <t>On 6 July, Jennifer Geerlings-Simons, leader of the National Democratic Party, became Suriname’s first woman president. As required by the country’s constitution, she was elected indirectly by securing a two-thirds majority in the National Assembly. Geerlings-Simons, a physician by profession, had previously served as both a member and chair of parliament, and has led her party since its founder—Desi Bouterse—resigned in 2024. She ran unopposed in parliament, with Gregory Rusland from the National Party of Suriname (NPS) as her vice-presidential candidate, after forming an alliance with five other political parties in the assembly. She was inaugurated on 16 July.Sources: AP news, NACLA, The Guardian, CNN</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/suriname/july-2025</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Asia and the Pacific - East Asia</t>
+  </si>
+  <si>
+    <t>Ruling party loses majority in upper house election</t>
+  </si>
+  <si>
+    <t>On 20 July, Japan held an election for the House of Councillors (upper house) in which half (125) of the total 248 seats were contested. Prime Minister Ishiba Shigeru’s ruling Liberal Democratic Party and its coalition partner, Komeito, won 47 seats combined, falling short of the 50 seats needed to retain their majority. The opposition Constitutional Democratic Party of Japan maintained its standing with 22 seats, but the conservative populist Sanseito party made gains, securing 14 seats, 13 more than it had won three years prior. Voter turnout was 58.5 per cent, an increase from 52.1 per cent in the 2022 election. Women’s representation in the upper house increased from 25.5 per cent in the previous election to 29.4 per cent. The recent election comes after the ruling party’s losses in the October 2024 snap election, marking the LDP’s first loss of majorities in both legislative houses since its founding.Sources: Nippon, IPU Parline, Japan Times, Ministry of Internal Affairs and Communications, Council of Foreign Affairs</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/japan/july-2025</t>
+  </si>
+  <si>
+    <t>Mali's new charter allows unlimited terms for junta leader</t>
+  </si>
+  <si>
+    <t>On 10 July, Mali’s transitional president General Assimi Goïta enacted a revised Transitional Charter granting himself a five-year presidential mandate, renewable indefinitely until national ‘pacification’ is achieved. The new charter—adopted unanimously by the military-appointed National Transitional Council (CNT) on 3 July—extends the transition period well beyond its original end date of 26 March 2024 and allows Goïta, cabinet ministers, and CNT members to contest future elections. This development follows the junta’s earlier dissolution of all political parties in May and comes amid ongoing armed conflict, economic crisis, and growing repression of civil and political freedoms. While officials say elections could be held sooner if conditions permit, critics argue the charter entrenches military rule and delays a return to civilian governance.Sources: France 24, British Broadcasting Corporation, African Press Agency News, Radio France Internationale, Africa News, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mali/july-2025</t>
+  </si>
+  <si>
+    <t>Colonel Assimi Goita, Deepening Authoritarianism, Military Junta, Security, Armed Conflict, Elections, Political Party, SDG16</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>Junta dissolves electoral commission</t>
+  </si>
+  <si>
+    <t>On 16 July, Burkina Faso’s transitional government passed a law to dissolve the Independent National Electoral Commission (CENI), which has overseen elections since 2001. The junta cited high costs and alleged foreign influence as justification for the move, with electoral responsibilities now transferred to the Ministry of Territorial Administration. The decision follows the military’s 2024 extension of the transition period until July 2029, allowing transitional president, Captain Ibrahim Traoré, to remain in power and contest future elections. Critics argue the dissolution undermines electoral independence and consolidates executive control over the electoral process. Sources: Jeune Afrique, British Broadcasting Corporation (1), British Broadcasting Corporation (2), The Associated Press, Africa News, France 24</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/burkina-faso/july-2025</t>
+  </si>
+  <si>
+    <t>Elections, Ibrahim Traore, Electoral Management Body, Military Junta, Transitional Process, SDG16</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Ruling party CNDD-FDD secures all seats in Senate election</t>
+  </si>
+  <si>
+    <t>On 23 July, Burundi held senatorial elections in which the ruling CNDD-FDD (Conseil National pour la Défense de la Démocratie–Forces pour la Défense de la Démocratie) secured all 13 seats in the upper house. According to the National Electoral Commission, ten senators—one Hutu and one Tutsi from each of five provinces—were indirectly elected by district councillors, and three Batwa senators were included to ensure representation of the indigenous minority group. Six women were elected, representing 46 per cent of the chamber—slightly higher than the 41 per cent in the previous Senate—and meeting the constitutional requirement that at least 30 per cent of seats be held by women. The elections followed a 2023 territorial reform that reduced the number of provinces from 18 to 5, shrinking the Senate from 39 to 13 seats. Unlike in the previous chamber, which included three opposition senators, CNDD-FDD now holds all seats, effectively eliminating opposition representation. While CENI described the vote as transparent, observers highlighted the lack of political pluralism.Sources: SOS Médias Burundi, The East African, Commission Electorale Nationale Indépendante -Burundi, IPU Parline</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/burundi/july-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Indigenous Rights</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Appeals court upholds controversial convictions of three former presidential hopefuls</t>
+  </si>
+  <si>
+    <t>On 9 July, an appeal court upheld the convictions of three former presidential hopefuls, reducing their prison sentences from ten years to four, for electoral fraud linked to payments made to public officials to obtain the signatures required to register as candidates in the 2024 presidential elections. The case originated from an investigation initiated in August 2024 into the alleged purchase of endorsement signatures, which led to their disqualification from the race. Throughout the proceedings, criticized by their lack of transparency, the defendants maintained that the charges against them were politically motivated. Observers also criticized the judicial process, citing procedural irregularities, including detention orders being issued before deliberation and the leaking of draft judgments.Sources: Jeune Afrique, TSA Algerie, Africa News, The New Arab, Radio France International, SHOAA for Human Rights, Women Journalists Without Chains</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/algeria/july-2025</t>
+  </si>
+  <si>
+    <t>Judiciary, Lower Court, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>June</t>
+  </si>
+  <si>
+    <t>First judicial elections take place, but voter turnout is low</t>
+  </si>
+  <si>
+    <t>Mexico’s first judicial elections took place on 1 June, following constitutional amendments to overhaul the judiciary. Ballots included candidates for most federal judgeships, including all seats on the Supreme Court, Electoral Tribunal and the newly created Judicial Discipline Tribunal. Elections of local judges also took place in 19 of the 32 states, with the remaining states still working to amend their local constitutions to allow for judicial elections.Voter turnout was approximately 13.0 per cent, and to fulfill constitutional requirements for gender parity, citizens elected five women and four men to the Supreme Court. Other federal judgeships were filled under the same principle. Mexico is the only country to elect all its judges by popular vote.An OAS electoral observation mission noted difficulties in the preparatory process due to limited time for implementing the judicial reform and noted complaints about 'cheat sheets' promoting specific candidates distributed by some parties and local officials.  Sources: Instituto Nacional Electoral, Organization of American States, Voz y Voto, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mexico/june-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Judiciary</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>Junta creates new elections authority ahead of referendum</t>
+  </si>
+  <si>
+    <t>On 14 June, Guinea’s transitional president Mamady Doumbouya issued a decree creating a new elections authority ahead of the 21 September constitutional referendum. The new Direction Générale des Élections (DGE), placed under the authority of the Minister responsible for Territorial Administration, will manage political votes, referendums, and the biometric voter roll, while also helping establish a special election security force. Its director will be appointed by presidential decree. Critics warn the body lacks independence and could facilitate executive control of the process. Former bar association president Mohamed Traoré described the move as consolidating a ‘partisan administration’ that acts as both ‘judge and party.’ Others warned it paves the way for Doumbouya’s possible candidacy despite prior pledges not to run. The decree represents a break from prior efforts since 2010 to separate electoral management from state oversight and has intensified concerns over the credibility of Guinea’s upcoming elections. Sources: Barron’s, Jeune Afrique (1), Jeune Afrique (2), Mohamed Traoré (Facebook)</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea/june-2025</t>
+  </si>
+  <si>
+    <t>Deepening Authoritarianism, Elections, Electoral Reform, Military Junta, Electoral Management Body, Mamadi Doumbouya, SDG16</t>
+  </si>
+  <si>
+    <t>Ruling party CNDD-FDD wins all seats in legislative elections</t>
+  </si>
+  <si>
+    <t>Burundi held legislative elections on 5 June, with the ruling CNDD-FDD (Conseil National Pour la Défense de la Démocratie–Forces pour la Défense de la Démocratie) party winning all 100 directly elected seats in the National Assembly. According to the National Electoral Commission, the CNDD-FDD secured 96.5 per cent of the vote and was the only party to surpass the 2.0 per cent threshold required for representation. The opposition party UPRONA (Union pour le Progrès national) received 1.4 per cent of the vote, while the main opposition party, CNL (Congrès national pour la liberté), was barred from contesting the elections. The vote saw the election of 39 women (39.0 per cent of the total 100 seats), up from 35 (35.0 per cent) in 2020, and voter turnout was reported at 98.9 per cent. The African Union praised the election as peaceful, however, other observers, including the Catholic Church, reported serious irregularities such as ballot stuffing and forced voting. Final results were confirmed by the Constitutional Council on 20 June. The new legislature comprises 111 members, including 11 co-opted seats to ensure ethnic and gender representation, in line with the Arusha Accords.Sources: Commission Electorale Nationale Indépendante – Burundi, IPU Parline, British Broadcasting Corporation, Jeune Afrique, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/burundi/june-2025</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>Sámi Parliament welcomes long-awaited reforms</t>
+  </si>
+  <si>
+    <t>On 19 June, Parliament approved amendments to the 1995 Sámi Parliament Act, with 150 votes in favour and 27 against. The changes ensure voting rights and candidacy in Sámi Parliament elections are based on criteria set by the Sámi Parliament. The amendments aim to address the 2019 findings by the UN Human Rights Committee that Finland violated the rights of representatives to the Sámi Parliament by not allowing the Sámi Parliament to define eligibility for itself. An independent board will be established to consider appeals over the register, instead of the Board of the Sámi Parliament. The changes also introduce multiple polling stations per municipality and a mobile voting station to improve access to the ballot. The amendments, proposed by the Ministry of Justice following negotiations with the Sámi Parliament, were welcomed by Pirita Näkkäläjärvi, the Sámi Parliament’s President, as confirming the Sámi people’s right to self-determination. Näkkäläjärvi recognized the Sámi community’s mobilization efforts and activism.Sources: Sámi Parliament, ConstitutionNet, Yle, Helsinki Times, Ministry of Justice, OHCHR</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/finland/june-2025</t>
+  </si>
+  <si>
+    <t>Indigenous Rights, UN, Elections, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>Parliament votes to expand voting access</t>
+  </si>
+  <si>
+    <t>On 12 June, Parliament approved electoral reforms that expand access to the polls. Voters can now vote from any polling station nationwide during advance voting for parliamentary elections, not solely within their electoral districts. Additionally, a new provision enables voters with physical disabilities to authorize a member of the polling station commission to vote on their behalf, with prior training and a signature certifying that the vote will not be influenced or disclosed. Previously, only a family member or designated person could vote in the presence of the voter and according to their instructions.  People with mobility issues also have the option to vote from home by making prior arrangements with the polling station. The amendments were promulgated by President Edgars Rinkēvičs on 27 June. Sources: LSM, Saeima (1), Saeima (2), LSM (2), LSM (3), Jauns</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/latvia/june-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Reform, Disability rights, Edgars Rinkēvičs, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t>Automatic vote counting failures in municipal elections leads to resignations</t>
+  </si>
+  <si>
+    <t>The 7 June municipal elections faced technical issues, delaying the announcement of the results and disrupting early voting. Failures in the automatic ballot counting system that was being used for the first time, led to the decision to revert to manual vote counting. As a result, observers noted possibilities for human error in the vote counting and data entry process, and variability in ballot counting across precincts. The incident led to the suspension of the State Digital Development Agency (VDAA) Director Jorens Liopa, as well as the resignation of the Minister for Smart Administration and Regional Development, Inga Bērziņa, and Central Election Commission (CVK) head Kristīne Saulīte. A system review and audit of the election platform have been announced. The event raised concerns over electoral management and public confidence ahead of the 2026 parliamentary elections.Sources: Baltic News Network (1), Baltic News Network (2), Baltic News Network (3), Central Electoral Commission, LSM (1), LSM (2)</t>
+  </si>
+  <si>
+    <t>Elections, Digital democracy, EMB, SDG16</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>Former opposition leader Lee Jae-myung wins snap presidential election</t>
+  </si>
+  <si>
+    <t>On 3 June, Lee Jae-myung of the Democratic Party of Korea secured a landslide victory in South Korea’s presidential election. The election came six months after former President Yoon Seok-Yul declared martial law and was later impeached. Lee received 49.2 per cent of the vote, while Kim Moon-soo of the People Power Party conceded upon receiving 41.2 per cent of the vote. Voter turnout was estimated at 79.4 per cent, up from 77.1 per cent in the previous 2022 election, marking the highest turnout for a presidential election since 1997. Election observers commended the National Election Commission for taking measures to ensure inclusive and accessible voting.Sources: ANFREL, CSIS, The Korea Herald</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-korea/june-2025</t>
+  </si>
+  <si>
+    <t>Elections, Lee Jae-myung</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>Asia and the Pacific - Central Asia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> New electoral system to advantage Japarov loyalists</t>
+  </si>
+  <si>
+    <t>A new law remade Kyrgyzstan’s electoral system before next year’s parliamentary elections. The existing parallel voting system will be replaced with a single non-transferable vote system based on 30 constituencies with three representatives each. At least one of every three representatives from each constituency must be a woman, meaning the country will reach its 30 per cent gender quota for the first time. The law also disadvantages smaller political parties, as the non-refundable candidate registration fee has been raised to KGS 9 million (about USD 103,000) for party-affiliated candidates, but will remain KGS 100,000(about USD 1,115) for independent candidates. Japarov has frequently backed loyal businessmen as independent candidates. International observers have also criticized the process of drawing electoral districts, which was done without the participation of or consideration for the country’s ethnic minorities and will likely further marginalize them from political processes.Sources: Times of Central Asia, Office of the President, Organisation for Security and Cooperation in Europe</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kyrgyzstan/june-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Reform, Women's political participation, SDG16, SDG5, SDG10</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>May</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>Authorities classify the AfD party as ‘right-wing extremist’</t>
+  </si>
+  <si>
+    <t>On 2 May, Germany’s Office for the Protection of the Constitution (BfV) officially classified the Alternative for Germany (AfD)—which placed second in the 2025 federal elections—as a ‘right-wing extremist’ party. In response, the AfD filed a lawsuit against the BfV. Until a final ruling by the court, the BfV is putting its official reclassification on hold. If upheld, the designation grants authorities expanded surveillance powers at a national level. It could also end the party’s state funding and allow for the exclusion of its members from the civil service—but would not affect the AfD’s presence in the Bundestag. The BfV report asserts that the AfD’s ethnicity- and ancestry-based view of society is incompatible with the free democratic order. It also points to statements by party officials that are ’xenophobic, anti-minority, Islamophobic, and anti-Muslim.’ AfD has already been classified as extremist in the states of Thuringia and Saxony-Anhalt.Sources: Deutsche Welle (1), Deutsche  Welle (2), Tagesschau (1), Tagesschau (2), International IDEA (1), International IDEA (2), Financial Times </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/germany/may-2025</t>
+  </si>
+  <si>
+    <t>Political Party, Elections, SDG16, SDG10</t>
   </si>
   <si>
     <t>Neutral</t>
   </si>
   <si>
-    <t>Bolivia - August 2025</t>
-[...239 lines deleted...]
-    <t>Portugal - May 2025</t>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Europe - Southern Europe</t>
   </si>
   <si>
     <t xml:space="preserve">Democratic Alliance (AD) wins snap legislative election </t>
   </si>
   <si>
+    <t>On 18 May, Portugal held a snap legislative election after the minority government of Prime Minister Luis Montenegro lost a confidence vote. The Democratic Alliance (AD) won the election with 31.8 per cent of the vote, securing 91 seats in the 230-seat parliament. Chega emerged as the second-largest party, receiving 22.8 per cent of the vote and 60 seats. The Socialist Party (PS) also polled 22.8 per cent of the vote but won 58 seats. Voter turnout reached 58.2 per cent, down from 59.8 per cent in the last election in 2024. A total of 77 of the 230 seats in the new Parliament were won by women (33.5 per cent), down from the previously held 80 seats. Following the election, President Marcelo Rebelo de Sousa invited Montenegro to form a minority government, which was sworn in on 5 June. This marks the third snap legislative election held in the country in three years.Sources: EuroEFE, Comissão Nacional de Eleições, Ministry of Interior of Portugal, International IDEA, IPU Parline</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/portugal/may-2025</t>
+  </si>
+  <si>
     <t>Elections, Luis Montenegro, Marcelo Rebelo de Sousa, Women's political participation</t>
   </si>
   <si>
-    <t>Lebanon - May 2025</t>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>Western Asia - Western Asia</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
   </si>
   <si>
     <t>Lebanon holds first municipal elections in nearly a decade</t>
   </si>
   <si>
-    <t>Mali - May 2025</t>
+    <t>From 4 to 25 May, long-delayed municipal elections were held across all nine governorates, marking the first such vote since 2016. After multiple postponements, the elections represent a significant step toward reestablishing electoral processes at the local level, following political, economic and security challenges. Conducted in four stages, voter turnout varied considerably across regions, ranging from 21.0 per cent in Beirut to 60.2 per cent in the Keserwan district of Mount Lebanon. Approximately 3,000 women ran as candidates in the elections, twice as many as in the previous election in 2016. In addition to municipal councils, voters also elected mukhtars (local officials responsible for civil documentation and serving as liaisons between citizens and state institutions).Sources: Associated Press, L’Orient Today (1), L’Orient Today (2), L’Orient Today (3), MTV Lebanon, Jadaliyya</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lebanon/may-2025</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
   </si>
   <si>
     <t>First major pro-democracy protest since 2020 coups</t>
   </si>
   <si>
-    <t>Coup d'état, Elections, Protests, Military Junta, Enforced Disappearance, Civil Society, Police, Political Party, Political Prisoners, Colonel Assimi Goita, + 1 more tags</t>
+    <t>On 3 May, hundreds of Malians demonstrated in Bamako in the country’s first large pro-democracy protest since the military seized power in 2020. Protesters, including political parties, civil society groups, and labor leaders, gathered to oppose the junta’s plans to extend military rule and install transitional leader Assimi Goïta as president without elections. Civil society groups were active in the organization of the protests. Security forces cordoned off parts of the protest site, and pro-government groups attempted to disrupt the gathering. Sources: Mali Jet, The Associated Press, Barron’s, Institute for Security Studies – Africa, Human Rights Watch, International Crisis Group, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mali/may-2025</t>
+  </si>
+  <si>
+    <t>Coup d'état, Elections, Protests, Military Junta, Enforced Disappearance, Civil Society, Police, Political Party, Political Prisoners, Colonel Assimi Goita, SDG16</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>Moldova expands out of country postal voting</t>
+  </si>
+  <si>
+    <t>Parliament adopted a law on 29 May expanding out-of-country postal voting to Moldovans residing in Australia, Japan, New Zealand and South Korea as well as providing more administrative resources to oversee the postal voting process. International postal voting was first implemented for Moldovans residing in six countries for the 2024 presidential election. The law also requires voter registration to be completed 30 days prior to the election and ballots to be received by the electoral commission 3 days before the election date. Registration was previously allowed up to 20 days before and ballots could be received 2 days before. At least one quarter of Moldova’s population, or between 1.2 million and 2 million people, is estimated to live abroad. Sources: Ziarul de Gardă, Parliament of Moldova, Emerging Europe</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/may-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Reform, Enfranchisement, SDG16</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>Parliament passes major electoral reform, lowering voting age to 17</t>
+  </si>
+  <si>
+    <t>On 29 May, Parliament unanimously approved a significant electoral reform package. A key component of the reform is the lowering of the national voting age from 18 to 17, following a constitutional amendment passed on 22 May. Additional measures include the introduction of automatic voter registration and the replacement of the electoral booklet system with more flexible identification options, such as national ID cards and drivers’ licenses. The reforms also include provisions to improve voting accessibility for people with disabilities. Overall, these changes aim to simplify the voting process and encourage broader participation, and will take effect in 2027, with first application planned for the 2028 presidential elections.Sources: Cyprus Mail, Cyprus News Agency, Cyprus Business News</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cyprus/may-2025</t>
+  </si>
+  <si>
+    <t>Electoral Reform, Elections, Enfranchisement, Youth, Disability rights, SDG16</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Opposition-backed candidate wins polarized presidential election</t>
+  </si>
+  <si>
+    <t>On 1 June, Karol Nawrocki, an independent candidate supported by the Law and Justice party (PiS) narrowly won the second round of Poland’s presidential election with 50.9 per cent of the vote. Rafał Trzaskowski, member of the incumbent Civic Platform party and mayor of Warsaw, received 49.1 per cent of the vote. The National Electoral Commission reported voter turnout of 71.6 per cent, up from 68.2 per cent turnout in the 2020 presidential election. Voter turnout in the first round of the election held on 18 May was 67.3 per cent. There were 13 presidential candidates in the first round, including 2 women and 11 men. Observers considered the election competitive and well managed, while noting a polarized media environment limiting voters’ access to impartial information.Sources: Al Jazeera, National Electoral Commission Poland, International IDEA, Organzation for Security and Co-operation in Europe</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/poland/may-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Karol Nawrocki</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>Moderate Bucharest mayor wins presidential election</t>
+  </si>
+  <si>
+    <t>On 18 May, Nicușor Dan won the second round of Romania’s presidential election with 53.6 per cent of the vote. Dan ran as an independent candidate, and has served as mayor of Bucharest since 2020. George Simion, leader of the Alliance for the Unity of Romanians (AUR) party, received 46.4 per cent of the vote. The Romanian Electoral Authority reported voter turnout of 64.7 per cent, a significant increase from 53.2 per cent in the first round of the election held on 4 May. There were 11 presidential candidates in the first round, including 2 women and 9 men. Observers found the election competitive, but noted the campaign was marred by media bias and insufficient transparency in election administration. Simion challenged the result at the Constitutional Court, claiming electoral fraud and alleging interference by France and Moldova; on 22 May, his appeal was rejected. The election followed the Constitutional Court’s decision to annul the previous presidential election in November 2024.Sources: International IDEA (1), International IDEA (2), Organization for Security and Co-operation in Europe, Robert Schuman Foundation, Romanian Electoral Authority, Constitutional Court, Radio Free Europe Radio Liberty</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/romania/may-2025</t>
+  </si>
+  <si>
+    <t>Elections, Media, Constitutional Court, Women's political participation, Nicușor Dan</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>Socialist Party wins election, securing PM Edi Rama’s fourth term</t>
+  </si>
+  <si>
+    <t>On 11 May, Albania held its parliamentary elections, in which the ruling Socialist Party (SP) won 52.2 per cent of the vote, securing Prime Minister Edi Rama an unprecedented fourth term. The SP will hold 83 of 140 seats in Parliament—just one short of the number needed for constitutional amendments. The opposition Coalition Democratic Party (DP-ASHM) came second with 34.3 per cent and 51 seats. Its leader, Sali Berisha, rejected the results, accusing the SP of vote-buying. Observers noted that the elections were competitive and professionally conducted but took place in a highly polarized environment and contestants did not enjoy a level playing field. Similar to the previous legislature, the proportion of women in Parliament will make up 35.0 per cent, exceeding the 30 per cent quota. Voter turnout stood at 42.8 per cent, down from 46.3 per cent in 2021. Sources: Balkan Insight, Central Election Commission Albania, Politiko, Organization for Security and Co-operation in Europe</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/albania/may-2025</t>
+  </si>
+  <si>
+    <t>Elections, Edi Rama, Women's political participation</t>
+  </si>
+  <si>
+    <t>Suriname holds parliamentary elections</t>
+  </si>
+  <si>
+    <t>On 25 May, Suriname held parliamentary elections for its National Assembly. These were the first elections held since the 2023 electoral reform, which introduced a proportional representation system within a single national constituency. The National Democratic Party (NDP) secured 18 seats, while the ruling Progressive Reform Party (VHP) won 17 out of a total of 51 seats in the National Assembly. The remaining 16 seats were distributed among smaller parties. With no party achieving a clear majority, the formation of political coalitions will be key to electing the next President, with NDP chairwoman Jennifer Geerlings-Simons emerging as a strong contender. Voter turnout is estimated at 69.3 per cent, a slight decrease from the 71.6 per cent recorded in the 2020 elections. As of 18 June, data on the proportion of seats held by women in the new parliament was not yet available. International observers reported some operational challenges but stated that the elections were conducted in an overall peaceful manner.Update: On 6 July, Suriname’s Parliament elected Jennifer Geerlings-Simons, leader of the National Democratic Party, as the country’s first woman president. She won after her party formed a coalition with five others to secure the required two-thirds majority. She was sworn in on 16 July.Souces: Central Polling Station Suriname (1), Central Polling Station Suriname (2), Al Jazeera, CARICOM Election Observation Mission, Caribbean Council, COPPAL, Organization of American States, AP News, NACLA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/suriname/may-2025</t>
+  </si>
+  <si>
+    <t>Pre-election violence targets opposition and journalists</t>
+  </si>
+  <si>
+    <t>Repression against opposition parties and journalists intensified ahead of the 5 June legislative and local elections, with security forces and suspected members of the ruling CNDD-FDD (Conseil National Pour la Défense de la Démocratie–Forces pour la Défense de la Démocratie) party’s youth wing reportedly escalating attacks. The crackdown, which began in late April and worsened in May, included arrests, abductions, and violent assaults. A journalist was kidnapped and beaten on 28 April, and in early May, two opposition activists were seriously injured or detained. Journalists also reported threats and obstruction at roadblocks. Although the election campaign was launched on 9 May, leading opposition figures boycotted it, citing ruling party dominance. Since 13 May, parties have reported intimidation, blocked rallies, and destruction of voter cards. On 3 June, the interior minister acknowledged youth wing involvement and said most perpetrators had been arrested.Sources: SOS Médias Burundi, International Crisis Group, Reporters Without Borders, X</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/burundi/may-2025</t>
+  </si>
+  <si>
+    <t>Elections, Police violence, Political Violence, Violence against journalists, Media, Political Party, Youth, SDG16</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Election Commission revokes TPLF’s legal status, straining fragile peace</t>
+  </si>
+  <si>
+    <t>On 14 May, Ethiopia’s National Election Board banned the Tigray People’s Liberation Front (TPLF) for failing to hold a general assembly. The TPLF, which led a coalition that ruled Ethiopia from 1991 until 2019, has remained the dominant political force in Tigray. The party denounced the decision and appealed to the African Union, warning it threatens the 2022 Pretoria peace agreement that ended the Tigray War. The electoral board’s move was followed on 26 May by the provisional registration of former TPLF official Getachew Reda’s new party, deepening mistrust between the federal government and the TPLF. The delisting raises further fears of a return to war in northern Ethiopia, given internal divisions in Tigray and widespread anger at the federal decision. Implementation of the peace deal has stalled amid unresolved territorial disputes, reported TPLF-Eritrea talks, protests in southern Tigray, and the emergence of new anti-TPLF groups allegedly backed by the federal government.Sources: International IDEA, Barron’s, Africa Confidential, British Broadcasting Corporation, International Crisis Group,The Reporter - Ethiopia</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ethiopia/may-2025</t>
+  </si>
+  <si>
+    <t>Political Party, Tigray People's Liberation Front, Armed Conflict, Elections, Ethnic Conflict, Peace Process, Security, Regional Government, Electoral Management Body</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>Elections are held for legislature and regional governments</t>
+  </si>
+  <si>
+    <t>On 25 May, Venezuela held elections to choose National Assembly deputies, local lawmakers and regional governments. According to the National Electoral Council, the ruling party (Simon Bolivar Great Patriotic Pole) attained 82.6 per cent of votes for parliament, and 23 out of 24 governorships. Notably, ballots included options for the election of government in the Essequibo, an area over which Guyana and Venezuela have had disputes in recent years (and over which a majority in the international community recognize Guyanese sovereignty). The Electoral Council estimated voter turnout to be around 42.6 per cent (an increase from 30.5 per cent from the last parliamentary elections of 2020). The opposition disputes the data and claims absenteeism was around 85 per cent. Five of the elected governors were women; official data on the number of women winning seats in the legislature is pending. No independent international electoral observation missions were present for election.Sources: BBC, The Guardian, France 24, El Pais</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/may-2025</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>2025-06-24</t>
+  </si>
+  <si>
+    <t>Midterm election delivers mixed results</t>
+  </si>
+  <si>
+    <t>On 12 May, the Philippines held national and local midterm elections, with over 18,000 elective seats available, including local officials, 317 parliamentary representatives and 12 Senate seats. According to preliminary results, the Marcos administration retained its majority in the House of Representatives, securing approximately 104 seats out of 317. In the Senate, however, the Marcos administration secured only 6 out of 12 seats, giving it a slim majority, with opposition allies gaining more seats than anticipated (at least 5). Political analysts note this may affect Vice President Sara Duterte’s impeachment trial. The Commission on Elections (COMLEC) reported a record midterm poll voter turnout at 82.2 per cent, up from 75.9 per cent in the 2019. This does not account for overseas voters, where turnout rates were slightly lower than the 2019 overseas voter turnout despite the implementation of online voting. Election observers noted that while COMLEC administered the elections effectively, challenges persist related to vote buying, abuse of state resources and occasional instances of violence at the local level. Sources: CSIS, BBC News, ANFREL, Rappler, COMLEC, International IDEA, Congress of the Philippines</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/philippines/may-2025</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>Ruling party retains supermajority in general election</t>
+  </si>
+  <si>
+    <t>On 3 May, Singapore’s People’s Action Party won a decisive victory in the country’s general election, securing 87 of 97 seats and 65.6 per cent of the popular vote. The main opposition Workers’ Party maintained its 10 seats. The Elections Department reported 92.5 per cent turnout, a decrease from 95.8 per cent in the previous 2020 election. Voting is compulsory in Singapore. According to preliminary results, a record 31 (31.9 per cent) women were elected to parliament, up from 27 (29.0 per cent) in the previous Congress. Sources: Elections Department Singapore, Lianhe Zaobao, CSIS, Reuters</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/singapore/may-2025</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Asia and the Pacific - Oceania</t>
+  </si>
+  <si>
+    <t>Federal election increases women’s representation in parliament and cabinet</t>
+  </si>
+  <si>
+    <t>Preliminary election results indicate that approximately 69 women (out of 151 total seats), representing 45.7 per cent, were elected to the House of Representatives in Australia’s federal election held on 3 May. This marks an increase from the previous polls in 2022, when 58 women (38.4 per cent) were elected. Political analysts note that the Labor Party’s gender quota for the candidate nomination process established decades ago helped drive this progress, whereby 56 per cent of the newly elected Labor MPs are women. Approximately 43 women (out of 76 total seat), representing 56.6 per cent, were elected to the Senate, marking an increase from 32 (42.1 per cent) in the 2022 election. Additionally, the new federal cabinet of election winner Prime Minister Anthony Albanese includes a record-breaking 12 women and 11 men.Sources: The Conversation, ABC News, Institute of Community Directors, The Australia Institute </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/australia/may-2025</t>
+  </si>
+  <si>
+    <t>Australian Labor Party wins federal election in a landslide</t>
+  </si>
+  <si>
+    <t>On 3 May, Australia held the 48th federal election for both the House of Representatives and the Senate. The Labor Party, led by Anthony Albanese, secured a second consecutive term, winning 94 of 150 seats in the House of Representatives, with the opposition Liberal-National Coalition securing 43 seats. Voter turnout stood at 90.7 per cent, a slight increase from 89.7 per cent in the previous 2022 election. Voting is compulsory in Australia. Preliminary election results show that approximately 69 (49.1 per cent) women will be elected to parliament, an increase from 58 (38 per cent) women elected to the 47th Parliament. According to media reports, the election was conducted efficiently and transparently, with no instance of irregularities. However, some challenges during the campaigning period were noted, including misinformation, resource allocation, and political parties intervening in the postal voting process. Sources: Australian Election Commission, ABC News, Australian Financial Review, Institute of Community Directors, The Australia Institute </t>
+  </si>
+  <si>
+    <t>Junta formally dissolves political parties, escalating democratic rollback</t>
+  </si>
+  <si>
+    <t>On 13 May, Mali’s junta formally dissolved all political parties and associations through a decree read on national television. The move comes two weeks after a government-organised national consultation recommended appointing transitional leader Gen. Assimi Goïta as president for a renewable five-year term and dismantling multiparty democracy. The consultation, boycotted by nearly all political parties, was denounced as a sham process aimed at consolidating military rule. On 30 April, the junta repealed the charter governing political parties, in what legal experts said was a precursor to their full dissolution. Delegates from the consultation also recommended suspending all election planning until the country is ‘pacified’, asserting that the current leaders need more time to govern. In the build-up to the national consultation, around 100 political parties formed a coalition to confront what they anticipated as the junta's intention to dissolve them. In a rare public statement on 26 April, the coalition accused the authorities of seeking to eliminate political pluralism.Update: Two opposition leaders were abducted on 8 May after attending Mali’s first major pro-democracy protest since the 2020 coup, deepening concerns over repression.Sources: Prime Minister's Office of Mali, International Crisis Group, British Broadcasting Corporation (1), British Broadcasting Corporation (2), Radio France Internationale, Barron's, Jeune Afrique, International IDEA, Human Rights Watch</t>
+  </si>
+  <si>
+    <t>Colonel Assimi Goita, Elections, Political Party, Transitional Process, Military Junta, SDG16</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>Africa - Central Africa</t>
+  </si>
+  <si>
+    <t>April</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>Electoral participation significantly higher in 2025 presidential election</t>
+  </si>
+  <si>
+    <t>Electoral participation significantly improved during Gabon’s first post-coup presidential election. In the official results certified by the Constitutional Court, turnout was registered at 70.1 per cent of the registered voters. This is a nearly 14-point increase from the 56.6 per cent turnout in the 2023 presidential election that immediately preceded the coup. The 2025 turnout is the highest reported level in Gabon in the last three decades. Sources: France24, Associated Press</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/gabon/april-2025</t>
+  </si>
+  <si>
+    <t>Brice Oligui Nguema, Elections</t>
+  </si>
+  <si>
+    <t>First post-coup presidential election keeps Brice Clotaire Oligui Nguema in power</t>
+  </si>
+  <si>
+    <t>On 12 April, Gabon held its first presidential election since the 2023 coup (which had immediately followed the August 2023 general presidential elections), four months ahead of the schedule set out in the transitional charter. The sitting transitional president and coup leader General Brice Clotaire Oligui Nguema won the election decisively running as an independent candidate with the endorsement of all major political parties. The Constitutional Court’s final tallies reported that he received 94.9 per cent of the votes. There were seven other candidates (all independent) in the election, only one of whom is a woman. Among the other candidates only Alain Claude Bilie-By-Nze (who had been prime minister until the 2023 coup) received more than 1 per cent of the vote (with 3 per cent). The Constitutional Court reported turnout of 70.1 per cent, a significant increase from the reported provisional 56.6 per cent turnout in the 2023 presidential election. Observers from the Commonwealth found the election to be ‘largely transparent… and conducted in accordance with the established legislative framework of Gabon.’ The final phase of the transition will include the organization of legislative and local elections scheduled for 27 September and 11 October 2025. Sources: France24, Associated Press, TV5 Monde, The Commonwealth</t>
+  </si>
+  <si>
+    <t>Brice Oligui Nguema, Elections, Women's political participation</t>
+  </si>
+  <si>
+    <t>Somalia launches voter registration ahead of landmark elections</t>
+  </si>
+  <si>
+    <t>On 13 April, Somalia launched a national voter registration campaign in Mogadishu, marking a key step toward the country’s first one-person, one-vote elections since 1967. The campaign is aimed at preparing for local elections scheduled for late June 2025 and represents a shift away from the country’s long-standing clan-based voting system. In 2023, President Hassan Sheikh Mohamud pledged to transition Somalia to universal suffrage. Since then, the cabinet has endorsed legislation to support direct presidential elections by 2026. However, opposition leaders, including former presidents Sharif Sheikh Ahmed and Mohamed Abdullahi Mohamed, have rejected the process as unilateral and suggested they may organise a parallel vote.Sources: Hiiran, The East African, News Central, Africa News, Reuters, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/somalia/april-2025</t>
+  </si>
+  <si>
+    <t>Elections, Local Government, SDG16</t>
+  </si>
+  <si>
+    <t>Opposition leader charged with treason, party banned from polls</t>
+  </si>
+  <si>
+    <t>In April, authorities escalated a crackdown on the main opposition party Chadema (Chama cha Demokrasia na Maendeleo) ahead of the October general elections. On 9 April, police arrested party chair Tundu Lissu after a rally, using tear gas and reportedly live ammunition to disperse supporters. Lissu was charged the next day with treason and publishing false information, accused of intending to incite public obstruction of the elections due to his calls for an electoral boycott. The charge stems from Chadema’s ‘No Reforms, No Election’ campaign and could carry the death penalty. People charged with this offense are not eligible for bail. On 24 April, police blocked access to Lissu’s hearing, arresting at least five senior Chadema members who were later released amid reports of torture. Meanwhile, on 12 April, the electoral commission disqualified Chadema from the upcoming elections, citing its failure to sign the electoral code of conduct. Chadema rejected the decision as unconstitutional and vowed to appeal. Sources: The Citizen, Africa Confidential, Human Rights Watch, International Crisis Group, British Broadcast Corporation, Associated Press</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tanzania/april-2025</t>
+  </si>
+  <si>
+    <t>Political Party, Elections, Tundu Lissu, Police, Electoral Management Body, Torture, SDG16</t>
+  </si>
+  <si>
+    <t>Court bars top Ivorian opposition leader from presidential race</t>
+  </si>
+  <si>
+    <t>On 22 April, the Abidjan Court of First Instance struck opposition leader Tidjane Thiam from the electoral roll, barring him from running in the October presidential election. The court cited Article 48 of the 1961 Nationality Code, which states that Ivorian citizens automatically lose their nationality if they acquire another without prior state approval. Thiam obtained French citizenship in 1987, a move the court deemed grounds for disqualification despite his recent renunciation of it. Thiam and his party, the Democratic Party of Côte d'Ivoire (Parti Démocratique de la Côte d'Ivoire, PDCI), denounced the ruling as politically motivated and, although it is not subject to appeal, filed a procedural challenge citing judicial irregularities. Several other prominent opposition figures have also been excluded from the race, including former president Laurent Gbagbo. Sources: International Crisis Group, British Broadcasting Corporation, Reuters, Abidjan.net, Barron’s, The Africa Report, Radio France Internationale</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cote-divoire/april-2025</t>
+  </si>
+  <si>
+    <t>Elections, Judiciary, Citizenship, Lower Court, SDG16</t>
+  </si>
+  <si>
+    <t>Trinidad and Tobago</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trinidad and Tobago holds parliamentary elections</t>
+  </si>
+  <si>
+    <t>On 28 April, Trinidad and Tobago held a general election to elect all members of the House of Representatives, following the recent dissolution of Parliament by Prime Minister Stuart Young.  The opposition party, the United National Congress (UNC), secured a landslide victory, with party leader Kamla Persad-Bissessar becoming the country's new Prime Minister (she previously held the role from 2010 to 2015). The UNC’s victory ends a decade of the incumbent People’s National Movement (PNM) in power. According to preliminary results, the UNC won 26 of the 41 seats, while the PNM garnered 13, and the Tobago People’s Party, 2 seats respectively. For the first time in over a decade, Parliament will have representatives from three different parties. Voter turnout was 53.9 per cent, slightly lower than the 58.0 per cent recorded in the 2020 elections. Data on the proportion of seats held by women in the new parliament was not yet available as of 15 May. International observation missions, reported an overall peaceful and transparent electoral process.Sources:  CARICOM, Commonwealth , Elections &amp; Boundaries Commission Trinidad and Tobago, The Guardian, BBC, Trinidad and Tobago Newsday, Daily Express, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/trinidad-and-tobago/april-2025</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Americas - Northern America</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Turnout for the 45th General Election is the highest in 32 years </t>
+  </si>
+  <si>
+    <t>Voter turnout for the 45th General Election held on 28 April was the highest in 32 years (in 1993 turnout reached 69.6 per cent). Over 19.5 million people voted in the 2025 federal election, representing about 68.7 per cent of eligible voters in Canada. Advanced voting also saw high turnout numbers, with about 2 million people casting their ballots in the first day of advanced voting alone, and 7.2 million in total voting early over four days (a record, and a 25.0 per cent increase from the 5.8 million people who voted early in 2021, according to Elections Canada).Sources:  Elections Canada, CTV News, CBC, The Guardian</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/canada/april-2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>Online voting for overseas Filipinos initiated for the first time</t>
+  </si>
+  <si>
+    <t>Ahead of the May 2025 midterm election, the Commission on Elections (COMLEC) introduced an online voting system to assist Filipinos living and working overseas. Previously, overseas voting was limited to in-person participation at designated embassies, consulates or mailing ballots. As of 14 April, over 77 Online Voting and Counting System hubs were activated, which will remain open until the 12 May election. According to COMLEC, this new system aims to increase accessibility and address the low turnout rates of oversees voters in previous elections, potentially benefiting approximately 1.2 million voters abroad. Sources: Inquirer, COMLEC, Rappler</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/philippines/april-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t>United States of America</t>
+  </si>
+  <si>
+    <t>March</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>President Trump issues executive order on electoral integrity</t>
+  </si>
+  <si>
+    <t>On 25 March, President Trump issued an executive order (EO) on electoral integrity. Among its provisions is a requirement to produce proof of citizenship to register to vote in federal elections. Further, it includes restrictions on mail-in ballots so that only those arriving by election day are counted, the exclusion of QR code or barcode technology for vote counting, and enabling DOGE and Department of Homeland Security access to voter registration information. The EO further directs the Election Assistance Commission, an independent and congressionally established entity, to take action to implement the EO’s provisions. The potential disenfranchisement of millions of people resulting from ID requirements, privacy concerns, and the threat to withhold federal funding from non-compliant states has further fuelled concerns. Legislation on some of these issues has passed in the House but is still to be considered by the Senate. The EO and the instructions for its implementation both appear to exceed the powers of the executive branch.  Sources: The White House, Brookings, NY Times, Washington Post, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-states-america/march-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Reform, Disenfranchisement, Executive branch, Donald Trump, SDG16</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>Army accused of assaulting dozens of journalists during by-election coverage</t>
+  </si>
+  <si>
+    <t>On 13 March, at least 18 journalists were reportedly assaulted by Ugandan security personnel while covering legislative by-elections in Kawempe North, Kampala. The alleged attackers included members of the Uganda People’s Defence Force (UPDF) and the Joint Anti-Terrorist Task Force (JATT). The journalists, all visibly identified as press, were severely beaten and had equipment confiscated. While press freedom violations are common in Uganda, a single incident of this scale is unusual. Fifteen journalists later petitioned the Uganda Human Rights Commission (UHRC) demanding justice. The UPDF announced an investigation and said findings would inform disciplinary measures. A spokesperson described the violence as a ‘misunderstanding.’ President Yoweri Museveni also stated that authorities would investigate the conduct of the vote.Sources: Human Rights Network for Journalists – Uganda, X, Committee to Protect Journalists, Uganda People’s Defence Forces, Reporters Without Border, Barron’s</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/uganda/march-2025</t>
+  </si>
+  <si>
+    <t>Yoweri Museveni, Elections, Security, Violence against journalists, SDG16</t>
+  </si>
+  <si>
+    <t>Power struggle in Tigray raises risk of renewed conflict</t>
+  </si>
+  <si>
+    <t>On 10 March, a political and military rift within Tigray’s interim administration escalated into a power struggle, raising fears of renewed conflict. Tension intensified after interim president Getachew Reda suspended three senior Tigray Defence Force (TDF) commanders, accusing them of plotting a coup. A rival faction, backed by the Tigray People’s Liberation Front (TPLF) and its chair Debretsion Gebremichael, responded by installing its own officials in provincial offices and taking over Mekelle’s mayoral office and regional radio station, sidelining Getachew. The crisis stems from divisions over the 2022 Pretoria Agreement, which ended the federal war in Tigray but left key disputes unresolved. Gen. Tsadkan Gebretensae, Tigray’s vice-president, warned that war could erupt ‘at any moment’. Prime Minister Abiy Ahmed confirmed Getachew’s removal, blamed the interim administration for failing to deliver peace or elections, and invited Tigrayan stakeholders to nominate a new leader.Sources: Addis Standard (1), Addis Standard (2), Africa Confidential, The Guardian, International Crisis Group, British Broadcasting Corporation</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ethiopia/march-2025</t>
+  </si>
+  <si>
+    <t>Abiy Ahmed, Tigray People's Liberation Front, Armed Conflict, Elections, Ethnic Conflict, Peace Process, Security, Regional Government, SDG16</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>Mondlane and President Chapo commit to ending post-election violence</t>
+  </si>
+  <si>
+    <t>On 24 March, former presidential candidate Venâncio Mondlane announced that he had met with President Daniel Chapo and that they had committed to end the ongoing post-election violence that, as of the end of February, had killed over 350 people. Mondlane, who disputes the results of the October 2024 general elections and leads the protest movement that emerged in its wake, said they had also agreed that the state would provide medical support to victims of the violence, compensate families of those killed and grant amnesty to arrested protesters. Further discussions between the two men are expected. The talks may signal a change of approach from the government, which on 5 March had excluded Mondlane from an agreement it signed with eight opposition parties, aimed at facilitating a national dialogue. So far, the State has taken a hard line against protesters, launching hundreds of criminal prosecutions and continuing to employ repressive tactics to police demonstrations.Update: Political tensions were raised in Mozambique when on 22 July Venâncio Mondlane was charged with five offences relating to the post-election violence, including inciting terrorism, which carries a maximum 30-year prison sentence.  Sources: ISS Africa, Plataforma Eleitoral Decide, Club of Mozambique (1), Club of Mozambique (2), Club of Mozambique (3), Deutsche Welle (1), Deutsche Welle (2), International Crisis Group             </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mozambique/march-2025</t>
+  </si>
+  <si>
+    <t>Protests, Elections, Police violence, Amnesty, SDG16</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Parliament passes amendments restricting right to vote in local elections</t>
+  </si>
+  <si>
+    <t>On 26 March, Parliament approved constitutional amendments revoking the right to vote in local elections for third-country nationals residing in Estonia. The amendments were sparked by national security concerns and debates around the legislation have focused on citizens of Russia and Belarus. The changes will take effect in the upcoming 19 October 2025 local elections. Stateless people, most of whom are Russian-speaking minorities who did not qualify for citizenship at the time of the fall of the Soviet Union, will lose this right starting in 2026. The proposal’s sponsors argued that the transition period would give them time to apply for Estonian citizenship if they wish to vote in future local elections. The bill passed with 93 votes in favour and 7 against under an urgent procedure. In the 2021 local elections, over 139,281 non-citizens were registered to vote (excluding citizens of EU member states) out of a total 1,074,046 people on the register, including 70,446 Russians.  Sources: Riigikogu (1), Riigikogu (2), ERR (1),  ERR (2), ConstitutionNet, International IDEA </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/estonia/march-2025</t>
+  </si>
+  <si>
+    <t>Elections, Constitutional reform, Security, minorities, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>Seat counts in Parliament change after Constitutional Court ordered recount</t>
+  </si>
+  <si>
+    <t>On 13 March, following a legal challenge to the October election that led to a recount and a four-month investigation, the Constitutional Court ruled that the election of 17 MPs from different parties was illegal due to voting irregularities, including forged votes. The ruling granted the pro-Russian Velichie party 10 seats, which had initially fallen short of the four per cent threshold to enter Parliament (by 20 votes). The leading GERB-UDF group lost three seats, dropping from 69 to 66. This has left the ruling coalition, which took office in January 2025, with a narrow majority of 121 seats (down from 126) in the 240-seat legislature. Women secured 51 seats (21.3 per cent), a decrease from the 64 seats (26.7 per cent) held in the previous mandate. The Court stated that earlier sabotage by the prosecutor’s office had delayed its decision. This sparked protests over election fraud, fueled by allegations that the Sofia Prosecution had hidden evidence of fraud and, together with the Central Election Commission, tried to prevent the recount. Sources: Svobodna Evropa, Central Election Commission, Euronews, Balkan Insight, Sofia Globe, Inter-Parliamentary Union, Bulgaria’s Constitutional Court, International IDEA </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bulgaria/march-2025</t>
+  </si>
+  <si>
+    <t>Elections, Constitutional Court, Electoral Management Body, Women's political participation, Protests</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Elections become more stage-managed than usual</t>
+  </si>
+  <si>
+    <t>Tajikistan’s 2 March parliamentary election was the first held since 1995 without international election observers. The OSCE ODIHR election observation mission withdrew its staff from the country in February after failing to receive accreditation. Independent media were also unable to gain accreditation and cover the election as, contrary to election law, media accreditation processes were not publicly announced and there was no opportunity to apply. Past election observation missions have consistently been highly critical of Tajikistan’s tightly controlled electoral contests and the government’s practice of barring all real opposition from participating. The government provided no public rationale for further restricting an already heavily restricted electoral environment, but the moves could be part of an attempt by 72-year-old President Emomali Rahmon, who has ruled the country since 1992, to close off any space for dissent as he prepares to hand over power to his son, Rustam Emomali.Sources: The Diplomat, Times of Central Asia, Organisation for Security and Cooperation in Europe</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tajikistan/march-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tajikistan holds parliamentary elections</t>
+  </si>
+  <si>
+    <t>Tajikistan held elections for the Assembly of Representatives on 2 March in which the ruling People’s Democratic Party maintained control of the parliament, winning 49 of 63 seats and 52.5 per cent of votes. The Central Commission for Elections and Referendums reported 85.4 per cent turnout, a marginal decrease from 86.4 per cent in the previous election. Data on women’s representation in the new parliament was not yet available as of 7 April. The elections were the first since 1995 without international observers, as the Organisation for Security and Cooperation in Europe (OSCE) cancelled its planned participation on 4 February, citing the failure of Tajik authorities to accredit the observation team. No national or international independent media outlets were accredited.Sources: The Diplomat, Times of Central Asia, Organisation for Security and Cooperation in Europe</t>
+  </si>
+  <si>
+    <t>February</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Former Prime Minister faces criminal charges over abandoned 2020 election  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 27 February, the Prosecutor’s Office in Warsaw charged former Prime Minister Mateusz Morawiecki, who currently serves as deputy leader of the opposition Law and Justice (PiS) party, with abuse of power over his attempt to organise a presidential election entirely by postal vote during the COVID-19 pandemic. In 2020, the previous PiS-led government scrapped plans to hold an election by postal vote following a dispute in the ruling coalition, after spending an estimated PLN 70 million (EUR 17 million). In the same year, an administrative court found Morawiecki had committed a “gross violation of the law”, undermining the authority of the National Electoral Commission as well as voters’ access to the ballot. The Prosecutor’s charges were brought following the recommendation of a parliamentary investigative commission established in 2023. Morawiecki, who claims the case is politically motivated, has waived his parliamentary immunity. The first trial or hearing dates are yet to be publicly announced. 
+Sources:  Euractiv, X, Notes from Poland (1), Notes from Poland (2), Notes from Poland (3), Balkan Insight, PAP 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/poland/february-2025-0</t>
+  </si>
+  <si>
+    <t>Executive branch, Prosecutor's Office, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presidential election front runner barred from candidacy </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 9 March, the Central Electoral Bureau (BEC) barred Calin Georgescu, who placed first in Romania’s annulled 2024 presidential election, from standing in May’s election re-run due to past violations of electoral law. The Constitutional Court subsequently rejected his appeal. On 15 March, the BEC also disqualified Diana Șoșoacă, SOS Romania party leader, who had already been barred from the 2024 presidential election for “anti-democratic and anti-semitic discourse.” In addition, on 26 February, prosecutors launched criminal proceedings against Georgescu on charges of undermining the Constitutional order, publicly promoting war criminals and fascist organisations, and disseminating false information. The decision sparked violent riots and was rejected by Georgescu and George Simion, the leader of the right-wing nationalist AUR party, claiming it represents an attack on democracy. Several European embassies in Bucharest have underscored the importance of the independence of the Romanian judiciary.  
+Sources: International IDEA, Reuters, Juridice, Ministerul Public (1), Ministerul Public (2), DW, Romania Insider, Balkan Insight, Biziday 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/romania/february-2025</t>
+  </si>
+  <si>
+    <t>Prosecutor's Office, Constitution, Elections, Organized Crime, Calin Georgescu, SDG16</t>
+  </si>
+  <si>
+    <t>Christian Democratic Union party (CDU/CSU) wins early legislative election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 23 February, Germany held an early federal legislative election after the coalition government collapsed in November 2024. The conservative Christian Democratic Union parties (CDU) led by Friedrich Merz and its sister party Christian Social Union (CSU) won the elections with 28.6 per cent of votes, securing 164 of the 630 seats in the Bundestag (lower chamber). The far-right Alternative for Germany (AfD) came second with 20.8 per cent of the vote (152 seats), almost doubling its support from the last elections. The incumbent Social Democrats (SPD) garnered 16.4 per cent of the vote (120 seats), experiencing its largest loss in support compared to previous elections. The Greens received 11.6 per cent of the vote (85 seats), while the Left Party (Die Linke) garnered 8.8 per cent (64 seats). The proportion of women in Parliament will be 32.4 per cent, down from 34.8 per cent in 2021. This general election saw the highest voter turnout since 1987, reaching 82.5 per cent, up from 76.6 per cent in the 2021 general elections. 
+Sources: Die Bundeswahlleiterin, Deutsche Welle, Zweites Deutsches Fernsehen, German Bundestag, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/germany/february-2025</t>
+  </si>
+  <si>
+    <t>Elections, Olaf Scholz, Friedrich Merz, Women's political participation</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Ecuador holds general elections, President Daniel Noboa is re-elected</t>
+  </si>
+  <si>
+    <t>On 9 February, Ecuadorians voted for the President, members of the National Assembly, and members of the Andean Parliament. Incumbent Daniel Noboa and leftist candidate Luisa Gonzalez will head to a runoff on 13 April after a tight presidential race. Noboa obtained 44.2 per cent of votes, while Gonzalez obtained 44.0 per cent. Voter turnout was 82.1 per cent (about the same as in previous elections) and voting is mandatory.In the National Assembly, the Citizen Revolution Movement and National Democratic Action Movement parties (to which Gonzalez and Noboa, respectively, belong), obtained over 40 per cent of seats. Women lawmakers will comprise about 45.0 per cent of the members of the new Assembly, a slight increase from the current 43.8 per cent, enabled by gender quotas. Electoral observation missions noted the overall transparent and peaceful conditions of the elections.  However, they noted that by not taking a leave of absence to campaign (as ordinarily required by law), President Noboa’s actions contributed to uncertainty, and recommended that the Electoral Tribunal and Constitutional Court clarify that point before the runoff vote. Update: A run-off was held on 13 April. Incumbent Daniel Noboa was re-elected with 55.6 per cent of the vote. Luisa Gonzalez received 44.4 per cent of vote and voter turnout was 83.7 per cent.Sources: Consejo Nacional Electoral, Ecuavisa, EFE, Expreso, El Universo (1), Prensa Latina, El Universo (2), Infobae, CNN, CNE</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ecuador/february-2025</t>
+  </si>
+  <si>
+    <t>Prime Minister Albin Kurti's incumbent party wins parliamentary elections</t>
+  </si>
+  <si>
+    <t>In the parliamentary elections of 9 February, incumbent Prime Minister Albin Kurti and his Vetevendosje party (VV) came first with 42.3 per cent of the vote, winning 48 out of Parliament’s 120 seats. The Democratic Party of Kosovo (PDK) received 20.9 per cent (24 seats) and the Democratic League of Kosovo (LDK) 18.3 per cent (20 seats). For the first time, the Serbian List lost one of the 10 parliamentary seats reserved for the Serbian minority. The seat was won by the For Freedom, Justice, and Survival party, which is known for its more cooperative stance toward Kosovo’s institutions. Women secured 44 seats, exceeding the 30 per cent quota, the same as in 2021. In a preliminary statement, the EU Election Observation Mission stated that the election process was peaceful and vibrant despite deep divisions in the country, which were reflected in verbal attacks by some of the candidates. Voter turnout was 46.5 per cent, down from 48.8 per cent in 2021.  Update: The European Union election observers noted that the elections were peaceful, competitive, and generally well-conducted, but marred by poor organization, harsh rhetoric, and undue pressure on voters in Serb-majority areas by Serbia and the Srpska Lista party. Sources: Komisioni Qendror i Zgjedhjeve, European Union External Action (1), European Union External Action (2), Politico, International IDEA, European Union Election Observation Mission </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kosovo/february-2025</t>
+  </si>
+  <si>
+    <t>Elections, Albin Kurti, Women's political participation</t>
+  </si>
+  <si>
+    <t>Togo</t>
+  </si>
+  <si>
+    <t>Togo holds first Senate election as part of constitutional transition</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 15 February, Togo conducted its first Senate election, completing its transition to an ‘assembly independent’ political system, under constitutional reforms promulgated in 2024. Forty-one of the 61 Senators were indirectly elected by municipal and regional councillors. The remaining 20 senators were appointed by the President of the Council of Ministers, Faure Gnassingbé, on 5 March. According to Togo’s Electoral Commission, women senators will take up six of the 41 seats. The ruling Union for the Republic (Union pour la République - UNIR) secured 83.0 per cent (34 of 41) the indirectly elected seats, while smaller opposition parties won 17.0 per cent (7 of 41). Several major opposition groups, including the Alliance Nationale pour le Changement (ANC) and Forces Démocratiques pour la République (FDR), boycotted the vote while describing it as a “constitutional coup d’etat” due to concerns that the larger package of reforms of which this election was a part of allow President Faure Gnassingbé to remain in power indefinitely. Foreign media were not accredited to cover the election.
+Sources: Commission Electorale Nationale Indépendante (1), Commission Electorale Nationale Indépendante (2), News Central, Jeune Afrique, Bloomberg, Barron’s, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/togo/february-2025</t>
+  </si>
+  <si>
+    <t>Elections, Faure Gnassingbé, Media, Women's political participation</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t>National commission recommends five-year democratic transition, new constitution, and amnesty</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 20 February, a national commission tasked with planning Niger’s transition to civilian government submitted its recommendations to the ruling junta. The commission consulted more than 700 delegates including lawyers, architects and teachers, though not political parties, who boycotted the process. The recommendations include a minimum five-year transition to civilian rule, the dissolution of all existing political parties and new rules that limit the number of political parties to five. The commission also proposed drafting a new constitution and granting amnesty to all participants in the 2023 coup. Further, it suggested allowing junta officials, including leader Brig. Gen. Abdourahamane Tchiani, to contest future elections. Tchiani welcomed the recommendations and pledged to support them, but the junta has yet to decide whether to formally adopt the plan and set the official transition timeline.
+Sources: ActuNiger, Reuters, AP News, Human Rights Watch, Radio France Internationale (1), Radio France Internationale (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/niger/february-2025</t>
+  </si>
+  <si>
+    <t>Abdourahamane Tchiani, Amnesty, Elections, Transitional Process, Political Party, SDG16</t>
+  </si>
+  <si>
+    <t>Supreme Court rules on presidential mandate amid election delay</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 3 February, Guinea-Bissau’s Supreme Court ruled that President Umaro Sissoco Embaló’s mandate expires on 4 September, contradicting opposition claims that it ended on 27 February. The court based its decision on the date it officially confirmed Embaló as president in 2020, while the opposition argues his term should be counted from 26 February 2020, when he staged his own inauguration in a Bissau hotel. On 23 February, the government announced that both presidential and parliamentary elections—originally set for November 2024—would be held on 30 November 2025. Opposition groups accused Embaló of attempting to extend his rule beyond the legal term limit and called for a nationwide strike on 27 February, though turnout was low. The Economic Community of West African States (ECOWAS) and the United Nations (UN) attempted mediation between 23 and 28 February but failed to reach a consensus on the electoral calendar.
+Sources: International IDEA, Reuters, International Crisis Group, Africa Confidential
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea-bissau/february-2025</t>
+  </si>
+  <si>
+    <t>Supreme Court, Elections, Umaro Sissoco Embaló, ECOWAS, United Nations, SDG16</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>Ruling party wins legislative elections amid opposition boycott</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 12 January, Comoros held parliamentary elections, with the Convention pour le Renouveau des Comores (CRC) winning 28 out of 33 seats, according to the Independent National Election Commission. Voter turnout was recorded at 66.3 per cent, compared to 70.9 per cent in 2020. Several opposition parties either boycotted the vote or rejected the results because of concerns over its transparency. On 22 January, the Supreme Court annulled results in four constituencies due to procedural irregularities, including changes to polling station members, ballot box issues, and inconsistencies in official records. This led to a re-run in the four constituencies on 16 February, marking only the second time such a measure has been taken in Comoros, the last being in the 2016 presidential election. The final results from the four constituencies have yet to be published.
+Sources: Commission Electorale Nationale Indépendante, International Foundation for Electoral Systems, Radio France Internationale (1), Radio France Internationale (2), Reuters, Jeune Afrique
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/comoros/february-2025</t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>Ruling party wins first senatorial elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chad held indirect Senatorial elections on 25 February, which were the first in its history and were won by President Mahamat Déby’s ruling party, the Patriotic Salvation Movement (Mouvement Patriotique du Salut, MPS). According to official results, MPS secured 43 of the 46 elected seats in the Senate, the remaining three seats were won by the National Rally of Chadian Democrats (Rassemblement national des démocrates Tchadiens - le Réveil, RNDT–Le Réveil) (two seats) and the Union for Renewal and Democracy (Union pour le renouveau et la démocratie, URD) (one seat), respectively. Several opposition parties boycotted the election, claiming that it would not be credible. The senators were elected by an electoral college of municipal and provincial counsellors. A further 23 senators were appointed by President Déby on 4 March, most of which came from MPS. Twenty five of the 69 senators (36.2 per cent) are women, in conformity with a gender quota target of 30 per cent. Chad’s new bicameral parliament was established by a 2020 constitutional reform and later confirmed by the 2023 constitution. The elections formally end the country’s transition to democracy that began after the 2021 unconstitutional change of government that first brought Déby to power. He was subsequently elected President in May 2024. 
+Sources: Radio France Internationale, Associated Press News, Agence Presse Africaine, International IDEA, Africa 24, Electoral Institute for Sustainable Democracy in Africa, Barron's      
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/chad/february-2025</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>December</t>
+  </si>
+  <si>
+    <t>Centrist D66 receives most votes in snap parliamentary elections</t>
+  </si>
+  <si>
+    <t>On 29 October, the Netherlands held snap elections for the House of Representatives after the governing coalition fell in the aftermath of the withdrawal of support from Geert Wilder’s Freedom Party (PVV). In a significant turnaround from the 2023 elections, the centrist D66 more than doubled its seats, securing 26 seats with 16.9 per cent of the vote. PVV also secured 26 seats with 16.7 per cent of the vote. The People’s Party for Freedom and Democracy (VVD) placed third with 14.2 per cent, marking a moderate decline from 2023. The GroenLinks-PvdA alliance followed with 12.8 per cent, while the Christian Democratic Appeal (CDA) earned 11.8 per cent of the vote, doubling its seats. The share of women in Parliament will reach 43.3 per cent, surpassing both the previous high of 42.7 per cent in 2010 and the 39.3 per cent in the previous mandate, marking the highest level in the House since 1918. Voter turnout was 78.3 per cent, up from 77.8 per cent in 2023.  Sources: Kiesraad (1), Kiesraad (2), IPU Parline, RTL Nieuws, International IDEA </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/netherlands/december-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's Political Representation</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>November</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>Election Commission launches system to facilitate expatriate voting</t>
+  </si>
+  <si>
+    <t>Ahead of the anticipated February 2026 election, the Bangladesh Election Commission launched a voting system to assist Bangladeshi expatriates to vote for the first time. Previously, expatriates had the right to vote, but no proper process to do so, with voting confined to in-person ballots in Bangladesh or limited paper-based ballots for certain groups. The postal ballots will now be supported by a mobile app called Postal Vote BD, whereby expatriates can register online, receive a physical ballot by mail, and then return the completed ballot to the Election Commission. According to the Election Commission, the new system aims to widen the franchise to its diaspora, potentially benefiting 15 million Bangladeshi citizens living abroad, including migrant workers. Experts note that it remains to be seen how the overseas voting system will be implemented.Sources: Dhaka Tribune (1), Dhaka Tribune (2), Al Jazeera</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bangladesh/november-2025</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Management Body, Enfranchisement, SDG16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bangladesh to hold referendum on constitutional reforms alongside election </t>
+  </si>
+  <si>
+    <t>On 13 November, the interim government announced that a referendum on constitutional and legal reforms will take place alongside the parliamentary elections in February 2026. This referendum aims to give legal force to the ‘July Charter,’ a landmark but non-binding document signed by 24 political parties in October after extensive debate. The Charter consolidates over 80 reform proposals from the interim government’s constitutional reform commission. The Charter aims to increase women’s political representation, impose term limits for the prime minister, enhance presidential powers, expand fundamental rights and protect judicial independence. It also proposes a bicameral parliament with a new 100-member Senate. Voters will cast a single yes/no vote on a question covering four consolidated issues. If approved, the next parliament will serve as a Constitutional Reform Council and have 180 days to implement the reforms. Sources: International IDEA, Chatham House, Dhaka Tribune, Consitutionnet</t>
+  </si>
+  <si>
+    <t>Constitutional reform, Elections, Referendum, SDG16</t>
+  </si>
+  <si>
+    <t>Pre-election arrests target opposition Social Democrats</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan’s security services launched a crackdown on opposition politicians in the run-up to the 2025 snap parliamentary elections held on 30 November. Ten leading members of the opposition Social Democrats were arrested on 22 November on charges of planning to violently overthrow the government, and other high-profile political figures and their family members were also questioned for hours without legal counsel. The ten individuals, including Kadyrbek Atambayev, the son of former president Almazbek Atambayev, were sentenced to preventive detention and will remain in custody for the foreseeable future. While pre-election harassment of opposition is not unheard of in Kyrgyzstan, the scale of the arrests, the seriousness of the charges, and the dearth of evidence raise concerns of further shrinking of political space.Sources: Times of Central Asia, Reuters </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kyrgyzstan/november-2025</t>
+  </si>
+  <si>
+    <t>Elections, Deepening Authoritarianism, SDG16</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>October</t>
+  </si>
+  <si>
+    <t>Independent candidate Catherine Connolly wins presidential elections</t>
+  </si>
+  <si>
+    <t>On 24 October, left-wing independent Catherine Connolly secured a landslide victory in Ireland’s presidential election. Connolly took 63.4 per cent of first-preference votes, while Heather Humphreys of the ruling Fine Gael Party received 29.5 per cent. Fianna Fáil’s candidate, Jim Gavin, had withdrawn from the campaign but remained on the ballot, winning 7.2 per cent of the vote. Connolly will succeed President Michael D. Higgins of the Labour Party, who reached the constitutional two-term limit. Voter turnout increased from 43.9 in 2018 to 45.8 in these elections. Sources: Office of Ireland’s Presidential Returning Officer, The Guardian, Reuters, International IDEA </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ireland/october-2025</t>
+  </si>
+  <si>
+    <t>Elections, Catherine Connolly, Women's political participation</t>
+  </si>
+  <si>
+    <t>Djibouti</t>
+  </si>
+  <si>
+    <t>Djibouti lifts presidential age limit, opening path to Guelleh’s sixth term</t>
+  </si>
+  <si>
+    <t>On 26 October, Djibouti’s National Assembly unanimously approved a constitutional amendment that removed the pending check on incumbent President Ismaïl Omar Guelleh’s ability to extend his term. The amendment removed the age limit (75) for presidential candidates (Article 23), enabling Guelleh—aged 77—to remain eligible for the 2026 election. Constitutional amendments can be ratified either through a referendum or a second parliamentary vote; Guelleh chose the latter, and the amendment passed again unanimously on 2 November. The amendment follows the 2010 abolition of term limits. Observers noted that opposition parties have limited space to operate and that the ruling Union for the Presidential Majority dominates the legislature, leaving few checks on the president’s ability to shape electoral conditions. In this context, critics said the amendment removed the last formal barrier to Guelleh’s continued participation, further reducing the likelihood of meaningful competition and the chances of party turnover through elections. Guelleh, in power since 1999, confirmed on 8 November that he will seek a sixth term in April.Sources: Journal Officiel de la République de Djibouti, Jeune Afrique, Dawan Africa, Africa News, Al Jaazera, Garowe Online, Le Monde</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/djibouti/october-2025</t>
+  </si>
+  <si>
+    <t>Elections, Term limits, Constitutional reform, Constitution, Legislature, Ismaïl Omar Guelleh, SDG16</t>
+  </si>
+  <si>
+    <t>President Samia Suluhu Hassan wins second term in tanza’s Presidential election</t>
+  </si>
+  <si>
+    <t>On 29 October, President Samia Suluhu Hassan was declared the winner of the country’s presidential election with 97.7 per cent of the vote; she was one of three women candidates among the 17 on the ballot. According to the Independent National Electoral Commission, voter turnout reached nearly 87.0 per cent, up from the disputed 2020 figure of 50 per cent. The main opposition parties, Chadema (Chama cha Demokrasia na Maendeleo) and ACT-Wazalendo, were excluded from the race earlier this year, leaving Hassan to contest against smaller parties. The election proceeded amid a nationwide internet shutdown and heightened security presence. Regional observers, including the Southern African Development Community (SADC), raised concerns over incidents of violence, restrictions on media, the exclusion of key opposition candidates, and limited electoral competitiveness. Tanzanian officials, however, described the vote as peaceful and orderly.Sources: Independent National Electoral Commission – Tanzania, Southern African Development Community Electoral Observation Mission, Institute for Security Studies – Africa, Africa Confidential, The New York Times, Reuters</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tanzania/october-2025</t>
+  </si>
+  <si>
+    <t>Elections, Deepening Authoritarianism, Samia Suluhu Hassan, Internet Shutdown, Media, Political Party</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>Record share of women elected in parliamentary elections</t>
+  </si>
+  <si>
+    <t>The October parliamentary elections resulted in women receiving 33.5 per cent of parliamentary seats, up from 25.5 per cent in 2021, setting a new record for women's and youth representation (12 MPs under 29). For the first time, the share of women elected exceeded the proportion of women on candidate lists. According to civil society organizations, this milestone was primarily driven by preferential votes, which mainly benefited women and younger candidates. In total, 23 of the 67 elected women gained their seats in the 200-seat parliament through preferential voting.Sources: International IDEA, Radio Prague International, Expats CZ, IPU Parline</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/czechia/october-2025</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Youth, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Mid-term legislative elections result in victory for the ruling party</t>
+  </si>
+  <si>
+    <t>On 26 October, Argentina held legislative elections to renew half of the members of the Chamber of Deputies (127 seats) and one-third of the members of the Senate (24 seats). Two main political coalitions won the majority of votes across the country: the incumbent La Libertad Avanza (LLA) and the opposition Fuerza Patria/Peronismo (FP) alliance. In the Chamber of Deputies, LLA received 41.5 per cent of the vote, followed by FP with 34.9 per cent. In the Senate, LLA also led with 42.0 per cent, while FP followed with 36.9 per cent. Despite voting being mandatory, voter turnout was 67.9 per cent, down from 71.5 per cent in the 2021 mid-term legislative elections. At the time of writing, data on women elected to Congress was not available. This election marked the first time the country voted using a Single Paper Ballot (SPB), replacing the previous party ballot system.Sources:  BBC, Buenos Aires Herald, Infobae, Resultados Elecciones, Cámara Nacional Electoral </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/argentina/october-2025</t>
+  </si>
+  <si>
+    <t>Opposition ANO receives most votes in parliamentary elections</t>
+  </si>
+  <si>
+    <t>On 3 and 4 October, Czechia held parliamentary elections for the 200 seats of the Chamber of Deputies, the lower house of the country’s bicameral Parliament. The ANO (Yes) party led by Andrej Babiš received the highest vote share with 34.5 per cent of the vote, securing 80 seats, an increase of 8 compared to the 2021 elections. The incumbent SPOLU coalition, composed of the Civic Democratic Party (ODS), Christian and Democratic Union – Czechoslovak People’s Party (KDU-ČSL), and TOP 09, came second with a combined 23.4 per cent and a total of 52 seats, a decline from the 71 seats it held before the election. Motorists for Themselves, a newly established party, entered Parliament for the first time with 6.8 per cent (13 seats). The proportion of women in Parliament will rise to 33.5 per cent, up from 25.0 per cent in 2021—marking a record level of representation for both women and young people (12 MPs under 29). This parliamentary election saw a voter turnout of 68.9 per cent, up from 65.4 per cent in 2021. Sources: IPU Parline, Czech Statistical Office (1), Czech Statistical Office (2), Radio Prague International, International IDEA (1), International IDEA (2), Expats CZ </t>
+  </si>
+  <si>
+    <t>Elections, Andrej Babiš, Women's political participation, Youth</t>
+  </si>
+  <si>
+    <t>Syrian Arab Republic</t>
+  </si>
+  <si>
+    <t>Syria holds indirect parliamentary elections for transitional period</t>
+  </si>
+  <si>
+    <t>On 5 October, Syria held indirect parliamentary elections to fill 119 of the 210 seats in the new People’s Assembly, the country’s unicameral parliament, which will serve a 30-month transitional term. Under a temporary electoral law issued in August, two-thirds of the seats were to be chosen through electoral colleges, while the remaining third would be appointed by President Al-Sharaa. Approximately 6,000 electoral-college members (selected via district subcommittees) voted for 1,578 pre-listed candidates, 14 per cent of whom were women. Voting did not take place in the governorates of Sweida, Raqqa, and Al-Hasakah due to insecurity and lack of full government control. Only six women were elected among the 119 seats, suggesting that Al-Sharaa may need to appoint additional women to meet the 20 per cent quota established under the temporary electoral law. Al-Sharaa has not yet made his 70 appointments, and the 21 seats in governorates where elections were postponed remain vacant.Sources: Syrian Arab News Agency, Al Jazeera, The New Arab, Arab Reform Initiative, Enab Baladi</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/syrian-arab-republic/october-2025</t>
+  </si>
+  <si>
+    <t>Ouattara re-elected in low-turnout vote lacking main opposition</t>
+  </si>
+  <si>
+    <t>On 27 October, Côte d’Ivoire’s electoral commission declared President Alassane Ouattara the winner of the 25 October presidential election with 89.8 per cent of the vote. Major challengers Laurent Gbagbo and Tidjane Thiam were barred from running, and with no major opposition contender on the ballot, voter turnout dropped slightly to 50.1 per cent from 53.9 per cent in 2020. Entrepreneur Jean-Louis Billon placed a distant second with 3.1 per cent, followed by former First Lady Simone Gbagbo at 2.4 per cent; she was one of two women candidates among the five on the ballot. Various observers, including the Economic Community of West African States-African Union (ECOWAS-AU) mission and national civil society groups, said the vote was largely peaceful, but noted the restrictive political environment and exclusion of key candidates. The opposition described the polls as a ‘civilian coup,’ citing the disqualification of Gbagbo and Thiam and broader concerns over electoral fairness and judicial independence.Sources: Independent Electoral Commission of Cote d'Ivoire, International Crisis Group, Deutsche Welle, The Guardian, Jeune Afrique, Institute for Security Studies – Africa, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cote-divoire/october-2025</t>
+  </si>
+  <si>
+    <t>Elections, Alassane Ouattara, ECOWAS, AU, Women's political participation</t>
+  </si>
+  <si>
+    <t>President’s party wins large majority in legislative elections marred by irregularities</t>
+  </si>
+  <si>
+    <t>The Democratic Union of Builders (Union démocratique des bâtisseurs, UDB), the party led by the recently elected President Brice Clotaire Oligui Nguema, won Gabon’s legislative elections, which were held on 27 September (first round) and 11 October (second round). They were the first since the 2023 military coup that initially brought Nguema to power. The Constitutional Court declared the results for 137 of the 145 National Assembly seats on 1 November. Of these, 101 (73.7 per cent) were won by the UDB, with the former governing party, the Gabonese Democratic Party (Parti démocratique gabonais, PDG), coming in second with 17 seats (12.4 per cent) and independent candidates forming the third largest grouping with 7 seats (5.1 per cent). Irregularities, including missing ballots and falsified results, led to the annulment of results in several contests, by-elections in the affected constituencies and extensive litigation. Despite these irregularities, observers from the Economic Community of Central African States found the elections to have been ‘peaceful, free and transparent.’ Of the 856 candidates contesting the legislative elections, 139 (16.3 per cent) were women.   Sources: L'Union, Jeune Afrique, Ministère de l’Intérieur, de la Sécurité et de la Décentralisation (1), Gabon Media Time, Gabon Review, Ministère de l’Intérieur, de la Sécurité et de la Décentralisation (2)</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/gabon/october-2025</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Government approves draft bill to promote youth and women’s political participation </t>
+  </si>
+  <si>
+    <t>On 19 October, the government approved a draft bill aimed at boosting political participation among youth and women. Key provisions include support for independent candidates under 35 by covering up to 75 per cent of their campaign costs and requiring new political parties to integrate more young people and women into their internal structures, constituting at least one-fifth of the founding members. Other measures targeting women include amending the electoral law to reserve all seats in regional electoral districts exclusively for women, with the goal of increasing women’s parliamentary representation to one-third of seats. The draft bill remains subject to parliamentary approval and is intended for implementation ahead of the 2026 legislative elections.Sources: Morocco World News, Hespress, Yabiladi, Le 360</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/morocco/october-2025</t>
+  </si>
+  <si>
+    <t>Youth, Women's political participation, Political Party, Elections, SDG16, SDG5, SDG10</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau arrests senior officers over alleged foiled coup plot ahead of elections</t>
+  </si>
+  <si>
+    <t>Authorities in Guinea-Bissau announced the arrest of several senior military officers, including Brigadier General Dahaba Na Walna and two commanders, over an alleged coup attempt aimed at disrupting the 23 November general elections. The arrests were made on 31 October, a day before the official campaign launch, in what Deputy Chief of Staff General Mamadu Turé described as a plot to subvert constitutional order. President Umaro Sissoco Embaló, who faces a second-term bid amid controversy over his mandate and the exclusion of the main opposition PAIGC (Partido Africano para a Independência da Guiné e Cabo Verde), said ‘everything is under control.’ According to country experts, the coup plot underscores political tensions, military fractures and concerns over electoral legitimacy, especially following Embaló’s expulsion of an Economic Community of West African States (ECOWAS) mission earlier this year. This is the third known coup attempt against Embaló, following similar events in 2022 and 2023—both of which led him to dissolve parliament.Sources: International IDEA, Jornal O Democrata Guiné-Bissau, Institute for Security Studies – Africa, Reuters, Al Jazeera, Jeune Afrique</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea-bissau/october-2025</t>
+  </si>
+  <si>
+    <t>Attempted coup d'état, Umaro Sissoco Embaló, Elections, ECOWAS, SDG16</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dozens killed as post-election violence breaks out amid fraud concerns </t>
+  </si>
+  <si>
+    <t>At least 48 people were killed and hundreds arrested, as security agencies responded forcefully to opposition supporters protesting Cameroon’s disputed presidential election. Demonstrations broke out across several cities shortly after polling on 12 October, as supporters of opposition candidate Issa Tchiroma perceived the election was being rigged against Tchiroma, who had pre-emptively claimed victory. They intensified when incumbent Paul Biya was later officially declared to have won. Most of the civilians killed by the security agencies were shot or beaten. Some protesters were also violent, assaulting the police and gendarmes, looting and vandalising symbols of authority. At least three gendarmes died in the violence. Among those arrested were several opposition politicians. While post-electoral violence is not uncommon in Cameroon, the scale of the protests, fatalities and protester violence appear to set it apart from the unrest after the 2018 presidential election.           Sources: International Crisis Group, Reuters, Human Rights Watch (1), Human Rights Watch (2), Africa Confidential, Associated Press News, Jeune Afrique </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cameroon/october-2025</t>
+  </si>
+  <si>
+    <t>Elections, Political Violence, Police, Security, Protests, SDG16</t>
+  </si>
+  <si>
+    <t>President Paul Biya wins eighth term in disputed presidential election</t>
+  </si>
+  <si>
+    <t>Incumbent President Paul Biya of the Cameroon People’s Democratic Movement (Rassemblement démocratique du Peuple Camerounais, RDPC) won Cameroon’s presidential election, held on 12 October, extending his rule to an eighth consecutive term. According to official results, Biya won 53.7 per cent of votes, ahead of Issa Tchiroma of the Cameroon National Salvation (Front pour le salut national du Cameroun, FSNC) with 35.2 per cent. Of the 12 candidates that contested the election, only one was a woman. Prominent opposition leader, Maurice Kamto was disqualified after the Constitutional Council rejected his candidacy in favour of a rival from the same party. Turnout was 57.8 per cent of the registered voters (up from 53.9 per cent in 2018). Several candidates disputed various aspects of the election and widespread perceptions of fraud among opposition supporters sparked violence. However, the Constitutional Council rejected all petitions challenging the poll and (in contrast to domestic monitors) observers from the African Union and the Economic Community of Central African States found it to have been ‘conducted largely in accordance with…international standards.’     Sources: The Constitutional Council of Cameroon, Africa Confidential, Jeune Afrique,  International IDEA, Pan African Visions   </t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Paul Biya</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>January</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>Lukashenka reelected in presidential poll</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belarus held a presidential election on 26 January in which incumbent Alyaksandr Lukashenka won his seventh straight term. According to the Central Election Commission, Lukashenka won 87.5 per cent of the vote on 85.7 per cent turnout, up from 84.3 per cent in the previous election. The election took place in a repressive electoral and media environment without genuine opposition candidates on the ballot. Sergei Syrankov, who finished second with 3.2 per cent of the vote, endorsed Lukashenka before the election and campaigned on his behalf. Three other candidates received between 1.8 and 2.0 per cent of the vote. Observers have not judged any Belarusian election since 1994 to be free or fair, and no independent election observers took part in this iteration because the Belarusian government declined to invite sufficiently far in advance for observation missions to be organized.  
+Sources: Reuters, Organization for Security and Co-operation in Europe, International IDEA, British Broadcasting Corporation 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/belarus/january-2025</t>
+  </si>
+  <si>
+    <t>Elections, Alyaksandr Lukashenka, Media</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>2025-02-17</t>
+  </si>
+  <si>
+    <t>Snap election brings high turnout</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Vanuatu Electoral Commission reported that turnout in the 2025 snap election was 69 per cent, up from 44 per cent in the previous election in 2022 and the highest since 2008. Pre-election concerns that persistent political instability and the ongoing efforts to recover from the 17 December earthquake would contribute to low voter turnout proved to be unfounded. 
+Sources: Radio New Zealand, The Daily Post, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/vanuatu/january-2025</t>
+  </si>
+  <si>
+    <t>Vanuatu holds snap election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vanuatu held snap general elections on 16 January in which no political party won a majority in the 52-seat parliament. While the election was called as a result of persistent political instability in the country, the question of how to rebuild from a major earthquake on 17 December dominated the campaign. The Leaders Party secured the most seats (nine) and announced it had secured a ruling coalition with the Vanua'aku Party, Graon Mo Jastis Party, Reunification Movement for Change, and the Iauko Group on 28 January. Voter turnout was 69.1 per cent, up from 44.2 per cent in the 2022 general election. Contrary to post-election worries that the failure of Gloria Julia King to win re-election would mean that the incoming parliament would be entirely men, Marie Louis Paulette Milne of the Green Confederation Party secured a seat and will replace King as the chamber’s sole woman member.
+</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>2024-10-23</t>
+  </si>
+  <si>
+    <t>Nationwide protests call for electoral transparency and accountability</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 14 September, mass protests erupted across all 16 regions of Ghana, marking one of the largest demonstrations in recent years. Hundreds of thousands of people reportedly participated, demanding greater electoral transparency and accountability. The protests were sparked by accusations from the opposition National Democratic Congress (NDC), which claimed the Electoral Commission had manipulated the voter register ahead of the 7 December 2024 general elections. The NDC raised concerns about missing names, irregularities, and the inclusion of over 50,000 deceased individuals on the voter roll. In response, the opposition called for an independent forensic audit of the voter roll and a bipartisan probe into the Electoral Commission’s conduct. Despite the Electoral Commission’s denial of wrongdoing, the scale and geographic spread of the protests highlight growing public demand for electoral reforms. 
+Sources: The Africa Report (1), The Africa Report (2), Jeune Afrique, BBC, AP News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ghana/september-2024</t>
+  </si>
+  <si>
+    <t>Elections, Political Pressure, Protests, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t>South Sudan</t>
+  </si>
+  <si>
+    <t>Government postpones elections for the fourth time since independence</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 20 September, South Sudan’s parliament approved a two-year postponement of the long-awaited elections announced by the transitional government on 13 September, citing delays in implementing key provisions of the 2018 peace agreement and insufficient funds to register voters. The elections, originally scheduled for December 2024, are now expected to be held in 2026. This marks the fourth election postponement in the past decade, with South Sudan yet to hold elections since gaining independence in 2011. The decision has drawn sharp criticism from both national and international actors. A group of South Sudanese lawyers petitioned the court, challenging the legality of the postponement, while the United States, the United Kingdom, and Norway – international guarantors of the peace process – issued a joint statement condemning the delay as a failure of leadership.
+Sources: Sudan Tribune, Radio Tamazuj, VOA News, Africa Confidential, AP News, International Peace Institute
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/south-sudan/september-2024</t>
+  </si>
+  <si>
+    <t>Salva Kiir Mayardit, Elections, Transitional Process, United Nations, SDG16</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>Women’s representation in parliament reaches historic high</t>
+  </si>
+  <si>
+    <t>In the legislative elections held on 7 September, women secured 27 out of 138 parliamentary seats, accounting for 19.6 percent of the total. This marks an increase from the previous election, where women obtained 11.5 percent of the seats, and represents the highest number of women representatives ever in Jordan's House of Representatives. The increase follows electoral reforms introduced in 2022. Two key changes in the new electoral law, implemented for the first time in this election, helped reach this outcome. First, the quota of reserved seats for women was increased, allocating 18 out of the 97 local electoral district seats—one per district—to women. Additionally, the new law required political parties to include women in their candidate lists for the remaining 41 national-level seats, with at least two women in the top six positions. These changes, coupled with an increase in party representation, have successfully facilitated the election of more women to the new parliament.Sources: The Jordan Times, Al Araby Al Jadeed, Independent Arabia, IFES, IPU Parline</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/jordan/september-2024</t>
+  </si>
+  <si>
+    <t>Women's political participation, Elections, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t>Political parties increase their share of seats in parliament following election</t>
+  </si>
+  <si>
+    <t>In the legislative elections held on 7 September, 107 of the 138 seats in Jordan’s House of Representatives were won by 10 political parties, while the remaining seats were won by independents. This marks a significant shift from the 2020 elections, where independents held 100 out of 130 seats. The change follows electoral reforms implemented in 2022, aimed at increasing party representation. The most notable success was achieved by the Islamic Action Front (IAF), the Jordanian branch of the Muslim Brotherhood, which won 31 seats (28.3 per cent of the vote)—their highest tally since 1989, and a substantial increase from five seats in the last 2020 election. Although no party gained a majority and most Jordanian political parties remain weak, the new parliamentary composition shifts away from the traditional dominance of independent and tribal candidates toward greater party representation.Sources: The Jordan Times, Al Jazeera, Al Araby Al Jadeed, Arab Reform Initiative</t>
+  </si>
+  <si>
+    <t>Elections, Political Party, SDG16</t>
+  </si>
+  <si>
+    <t>Jordan holds parliamentary election</t>
+  </si>
+  <si>
+    <t>On 10 September, Jordan held legislative elections to choose 138 members of its House of Representatives, the lower house of Parliament. A total of 1,623 candidates ran for these seats, 23.4 per cent of which were women. The Islamic Action Front (IAF) emerged as the leading party, securing 31 seats. The National Charter Party (Al-Mithaq Al-Watani) followed with 21 seats, while the Eradah Party and the Progress Party (Taqadum) won 19 and 8 seats, respectively. Twenty-seven seats (19.6 per cent) went to women, of which 18 were allocated through the quota system. This marks an increase from the previous election, where only 11.5 per cent of seats were held by women. Voter turnout was 32.3 per cent, marking a slight increase from 29.9 per cent in the previous 2020 parliamentary election. Electoral observers found Jordan's election day calm and orderly, but noted gaps in campaign finance, media transparency and low voter interest, as well as concerns over the exclusion of candidates from observing the tabulation process.Sources: The Jordan Times (1), The Jordan Times (2), EU Election Observation Mission</t>
+  </si>
+  <si>
+    <t>Haiti</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>New Provisional Electoral Council is established</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 18 September, Haiti's government announced the creation of a Provisional Electoral Council (CEP) to oversee the country's next elections, planned for 2026. Haiti last held elections in 2016. A previous CEP, formed in 2021, was dissolved by then-Prime Minister Ariel Henry, who accused it of partisanship and decided to delay the elections prompting wide social criticism. The new CEP appointment has been presented by the transitional government as a key step toward securing free and fair elections and restoring democratic stability. According to the Decree appointing the members of the CEP and setting their mandate, the CEP should consist of nine members representing various sectors. However, the government has so far appointed only seven members, drawn from groups representing journalists, farmers, universities, religious organizations, and unions. The two remaining seats, intended for representatives of the human rights and women’s rights sectors, remain vacant, as these groups have not yet appointed their representatives. They are expected to be announced in the coming weeks.
+Update: On 13 December, the two remaining members of the Provisional Electoral Council (CEP) were sworn in. Yves Marie Edouard was appointed as the representative for the women's organizations sector, while Rose Thérèse Magalie Georges will represent the human rights sector. The appointments were made amid widespread criticism and demonstrations questioning the CEP's legitimacy.
+Sources: Haitian Times (1) , Aljazeera, BBC, Haiti Libre, Le Quotidien 509, Haiti Times (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/haiti/september-2024</t>
+  </si>
+  <si>
+    <t>Transitional Process, Elections, Civil Society, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t>Tebboune elected for second term in disputed presidential vote</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 7 September, Algeria's incumbent President, Abdelmadjid Tebboune of the National Liberation Front (FLN), was re-elected for a second term with 84.3 per cent of the vote, according to results confirmed by the Constitutional Court. Of the 16 candidates who submitted their candidacies, including two women, the National Independent Election Authority (ANIE) approved only two male candidates to run against Tebboune: Abdelali Hassani Cherif from the Islamist Movement of Society for Peace (MSP) and Youcef Aouchiche from the Socialist Forces Front (FFS). They received 9.6 and 6.1 per cent of the vote, respectively. The provisional result initially reported by ANIE put Tebboune’s vote share at 94.7 per cent. However, in response to legal challenges by both opposition candidates that cited irregularities, this figure was revised to 84.3 per cent. The Court confirmed a voter turnout of 46.1 per cent, marking an increase from 39.9 per cent in the previous 2019 presidential election. Some political parties boycotted the election, complaining of intimidation in the lead up to the poll.
+Sources: Constitutional Court of Algeria (1), Constitutional Court of Algeria (2), Algeria Press Service, Associated Press (1), Associated Press (2), Arab News, TSA Algerie
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/algeria/september-2024</t>
+  </si>
+  <si>
+    <t>Abdelmadjid Tebboune, Elections</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>2024-10-17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FPÖ wins parliamentary elections but falls short of a majority </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 29 September, the “far-right” Freedom Party of Austria (FPÖ) won a party record by winning 57 of the 183 parliamentary seats, securing 28.8 per cent of the vote in the legislative elections. Chancellor Karl Nehammer’s Austrian Peoples Party (ÖVP) secured 51 seats, with a vote share of 26.3 per cent. This is a loss of 20 seats compared to the previous election. The centre-left Social Democratic Party of Austria (SPÖ) became the third largest party with a total of 41 seats and a vote share of 21.1 per cent, lower than in any previous election. Voter turnout stood at 76.2 per cent, similar to the 75.6 per cent in 2019. 
+Sources: Bundestagswahl, Politico, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/austria/september-2024</t>
+  </si>
+  <si>
+    <t>Elections, Karl Nehammer</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap elections return ruling party to power </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The ruling New Azerbaijan Party (YAP) of President Ilham Aliyev retained its dominant place in Parliament in a snap parliamentary election held on 1 September. YAP retained 68 of 125 seats, with the remainder going to loyal independent MPs or allied parties. The nominally opposition Republican Alternative Party retained its one seat in Parliament. The election was, like previous elections, boycotted by most opposition parties was and neither free nor fair. The election observation mission from the OSCE concluded the election was conducted “against the background of continued repression” and observed “serious irregularities” including 26 cases of ballot box stuffing. Official voting age population turnout was 63.52 per cent, up from 33.58 per cent in 2020, but official data on voter registration and population is of low credibility. The number of women in parliament increased to 26 from 21. 
+Sources: Eurasianet, Organisation for Security and Cooperation in Europe, Republic of Azerbaijan Central Election Commission, IPU Parline 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/azerbaijan/september-2024</t>
+  </si>
+  <si>
+    <t>Elections, Ilham Aliyev, Women's political participation</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>Government suspends access to seven websites</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 25 September, the Moldovan Security and Intelligence Service (SIS) suspended access to seven, primarily Russian websites, including RIA Novosti, and the website of a movement called Nu Acum, which has advocated against Moldova’s accession to the EU. The SIS has argued that these websites constitute a threat to national security ahead of the presidential election and referendum on EU accession on 20 October. The headquarters of the Moldovan Broadcasting Agency along with three other government buildings have also recently been defaced by vandals pouring yellow paint on the buildings. Authorities have stated that the perpetrators behind the attack have received training and financing in Russia and acted in an effort to stir instability in the country prior to the elections. The upcoming presidential election and EU referendum have resulted in unusually high tension in Moldova, with negative consequences for freedom of expression and the press. 
+Sources: Kyiv Independent, Reuters, 1Lurer, RadioFreeEurope 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/september-2024</t>
+  </si>
+  <si>
+    <t>Internet Freedom, Cyber security, Elections, Security, EU, SDG16</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Left-leaning candidate Anura Kumara Dissanayake wins presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anura Kumara Dissanayake of the National People’s Power (NPP) alliance won the presidential election held on 21 September, securing 42.3 per cent of the vote. A record 38 contenders took part in the initial presidential race, with no female candidates. The election was widely seen as a three-way contest between Dissanayake, incumbent President Ranil Wickremesinghe and opposition leader Sajith Premadasa. Voter turnout was approximately 79.5 per cent, a slight decrease from 83.7 per cent in the 2019 election. Election observers noted that the election was peaceful and well-organized, despite some concerns regarding the misuse of state resources, enforcement of campaign finance law, and voter education. Dissanayake was sworn in as president on 23 September, after which he dissolved parliament to make way for a snap general election on 14 November 2024. The president also appointed his ally, Harini Amarasuriya as prime minister, marking the third woman to hold this position in Sri Lanka’s history.
+Sources: Election Commission of Sri Lanka, The Commonwealth, BBC News, The New York Times, ANFREL
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sri-lanka/september-2024</t>
+  </si>
+  <si>
+    <t>Elections, Anura Kumara Dissanayake</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>New law transfers jurisdiction for electoral disputes to appellate courts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 27 September, Tunisia's parliament passed a bill transferring authority over resolving electoral disputes from the Administrative Court to general appellate courts. The bill, aimed at "unifying the judicial framework," was adopted with 116 votes in favor, 12 against, and 8 abstentions. It was promulgated on 28 September, ahead of the 6 October presidential elections. The move follows growing tensions between the Independent High Authority for Elections (ISIE) and the Administrative Court. ISIE refused an August court ruling to reinstate three presidential candidates, citing failure to communicate the ruling within the legally required timeframe. The Administrative Court rejected this claim, demanding reinstatement, but ISIE has yet to comply with the ruling. Prior to the bill’s passing, the Administrative Court was the primary authority on election disputes, in the absence of a constitutional court. Protests took place throughout September, demanding the reinstatement of rejected candidates and opposing the amendments to the electoral law.
+Sources: Parliament of Tunisia, Associated Press, Al Jazeera, Reuters, La Presse, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/september-2024</t>
+  </si>
+  <si>
+    <t>Electoral Management Body, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>Date for judicial elections is set after year of delay</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 13 August, electoral authorities published the date for judicial elections. On 1 December, after a year of delay, voters will be choosing members of the Constitutional Court, Supreme Court, Agro-Environmental Tribunal, and members of the Council of Magistrates. This was facilitated on account of agreements between parliamentary groups, including opposition lawmakers who previously had objected to the election of judges by popular vote, but now are encouraging participation to end what they view as the arbitrary extension of terms of members of the judiciary. Lawmakers had been unable to decide on procedural issues related to the voting process and a list of candidates for all the judgeships that will be elected (26 in total), which required a two-thirds majority approval. The agreement also follows differences between the legislature and the judiciary over the legality of the extension of the terms of high court judges, and over the validity of the decisions taken by such judges after their original tenures expired.    
+Sources: Órgano Electoral Plurinacional, Hoy Bolivia, El Deber, El Pais, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bolivia/august-2024</t>
+  </si>
+  <si>
+    <t>Judiciary, Electoral Management Body, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2024-09-22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Court reinstates three presidential candidates into election race </t>
+  </si>
+  <si>
+    <t xml:space="preserve">In August, the Tunisian Administrative Court reinstated to the presidential election three prominent candidates who had previously had their candidacies rejected by the Independent High Authority for Elections (ISIE). Out of a total of 17 candidates that submitted applications to the ISIE for running in the election, only two, along with incumbent President Kais Saied, were initially approved based on qualification requirements. According to ISIE, the rejected candidates were disqualified over alleged failure to secure the required endorsements from citizens. Seven prospective candidates have been arrested, sentenced to eight months in prison (without enforcement) and banned for life from running for elections for allegedly falsifying endorsements and vote buying. Another candidate was jailed and also banned for alleged vote buying in the 2019 elections. Among the 14 candidates who were rejected, former ministers Abdellatif Mekki and Mondher Zenaidi and former MP Imed Daimi successfully appealed the ISIE’s decision, with the Administrative Court ruling in their favor on 27, 29, and 30 August, respectively. This reinstatement increases the total number of candidates from three to six, with no women among the qualified candidates.
+Sources: Reuters (1), Reuters (2), The New Arab, The Guardian 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/august-2024</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>Georgian Dream promises to ban opposition after elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prime Minister Irakli Kobakhidze outlined the ruling Georgian Dream’s plan to ban all the country’s major pro-Western political parties should his party win the October 2024 parliamentary elections. In a speech on 23 August, Kobakhidze expanded on what had previously been a vague Georgian Dream election promise to “ban” the primary political opposition, the United National Movement, and specified that all members of “pro-Western” factions would be banned from taking office as “in reality, all these are one political force.” A spokesperson for the European Commission said the move was “concerning”.
+Sources: OC Media, Civil.ge, National Agency of Public Registry, Politico
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/georgia/august-2024</t>
+  </si>
+  <si>
+    <t>Political Party, Elections, Irakli Kobakhidze</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>Supreme Court orders immediate local elections</t>
+  </si>
+  <si>
+    <t>On 22 August, the Supreme Court ruled that the Election Commission and President's postponement of local government elections, initially scheduled for March 2023, violated voters' fundamental rights. The Court ordered an immediate rescheduling after the upcoming presidential vote on 21 September. The Local Government Elections were initially postponed from 9 March to April before being postponed indefinitely, with the government citing a lack of funds due to the economic crisis. The Election Commission responded to the ruling, stating it will schedule the local election as soon as possible.  Update: On 6 May 2025, Sri Lanka held its long-awaited local government elections. Sources: International IDEA, Daily FT, Centre for Policy Alternatives, Supreme Court Sri Lanka, The Morning, The Diplomat, Election Commission of Sri Lanka</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sri-lanka/august-2024</t>
+  </si>
+  <si>
+    <t>Elections, Local Government, Supreme Court, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t>2024-09-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Electoral authority introduces stricter media regulations for election coverage </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 17 July, Tunisia's Independent High Authority for Elections (ISIE) revised its 2018 media regulations, introducing two main changes. First, ISIE now has sole control over election media regulation, a role previously shared with the audiovisual authority (HAICA). Second, ISIE must now also report any suspected media offenses directly to the Public Prosecutor. The new regulations concentrate electoral media oversight solely in the hands of ISIE, reportedly aiming to ensure a "smooth" electoral process but raising concerns about their impact on media freedoms. By requiring ISIE to report directly to the prosecutor, these rules could criminalize journalists' activities and restrict their ability to freely and independently cover the upcoming 6 October presidential election.
+Sources: Agence Tunis Afrique Press, La Presse, L’Economiste Maghrebin
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/july-2024</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Management Body, Media, SDG16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tunisian opposition coalition denounces political crackdown ahead of presidential election </t>
+  </si>
+  <si>
+    <t xml:space="preserve">In July, concerns increased regarding the arrest, imprisonment, and disqualification of opposition figures in Tunisia. The National Salvation Front (NSF), a coalition of secular and Islamist parties, accused Tunisian authorities of targeting political opponents to undermine the opposition before the presidential election scheduled for 6 October. Key incidents include travel and media appearance restrictions imposed on a presidential candidate and former Ennahda leader, along with the detention of Ennahda's Secretary-General and two other party members. Additionally, significant legal actions were taken against opposition figures, resulting in two individuals being sentenced to six to eight months in prison, with one also being disqualified from running for the presidency. Some opposition parties plan to boycott the upcoming election, citing unfair conditions. 
+Sources: Anadolu Ajansi, Amnesty International, L’Économiste Maghrébin, Reuters, Associated Press 
+</t>
+  </si>
+  <si>
+    <t>Political Pressure, Political Party, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>Venezuela election marred with irregularities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The 28 July presidential election was marred with irregularities, and opposition leaders have claimed there was fraud. Numerous hurdles to the participation of opposition candidates included a ban against the winner of the opposition primaries, Maria Corina Machado, as well as Corina Yoris. Members of the Venezuelan diaspora further faced obstacles to register to vote from abroad, as officials demanded requirements not established in law. The National Electoral Council (CNE), a Maduro-friendly body, claimed the incumbent had been re-elected, despite showing no electoral records to substantiate the results. Thousands of people have taken to the streets to protest the results, decrying fraud. According to the top Prosecutor’s office, at least 1,000 people were detained in the context of protests, for allegedly turning to violence. 
+Sources: France 24, Infobae, International IDEA (1), International IDEA (2), Deutsche Welle
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/july-2024</t>
+  </si>
+  <si>
+    <t>Nicolas Maduro, Elections, Protests, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t>Maduro-allied election officials proclaim him winner of presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 28 July, Venezuela held presidential elections. According to the National Electoral Council (Consejo Nacional Electoral, CNE), a Maduro-allied body, incumbent Nicolas Maduro was re-elected with 51 per cent of votes, with the Unitary Platform’s candidate, Edmundo Gonzalez Urrutia, obtaining 44 per cent of votes. Voter turnout was 59 per cent. The CNE did not substantiate the results and did not make electoral records public. All ten candidates running in the election were men. Maria Corina Machado, who had received overwhelming support during last year’s primary elections, had been banned from running for the opposition’s Unitary Platform. The opposition claimed fraud and stated their electoral records showed the Unitary Platform candidate had won the election. Electoral observers, leaders within the region and other analysts have cast doubt on the results, as these have not been made public. 
+Sources: Transparencia Electoral, Deutche Welle, InfoBae (1), International IDEA, Infobae (2)
+</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>Incumbent Kagame wins presidential election with 99 per cent of vote</t>
+  </si>
+  <si>
+    <t>Rwanda’s presidential and legislative elections were held on 15 July. The presidential contest was won by incumbent, Paul Kagame, who secured a fourth term with over 99 per cent of the vote, according to the official results released by the National Electoral Commission (NEC). Frank Habineza of the Democratic Green party came second with 0.53 per cent of the vote and independent candidate Philippe Mpayimana third with 0.32 per cent. Habineza and Mpayimana (both men), were the only two opposition candidates to be approved to run, after several others (including women candidates) were barred by the NEC from running.  In the legislative elections, the ruling coalition, Rwandan Patriotic Front-Inkotanyi secured 37 out of 80 seats in the Chamber of Deputies (Lower Chamber), followed by the Social Democratic Party and the Green Party with 5 seats each. 51 women were elected (24 indirectly under the country’s gender quota system), an increase from 48 women elected in 2018. Voter turnout was reported by the NEC to be 98 per cent of registered voters. International election observers from various regional organizations described the voting process as peaceful and orderly. Sources: France24, The East African, Rwandan National Electoral Commission, BBC, Al Jazeera, COMESA, Reuters, The Chronicles, Parliament of the Republic of Rwanda</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/rwanda/july-2024</t>
+  </si>
+  <si>
+    <t>Elections, Paul Kagame</t>
+  </si>
+  <si>
+    <t>Protests in Sweida against the Syrian parliamentary elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In early July, protesters in the southern Syrian governorate of Sweida called for a boycott of the 15 July parliamentary elections. Local media reported peaceful demonstrations, with participants condemning the elections as illegitimate, following an online campaign by Syrian opposition activists. On election day, protesters reportedly seized ballot boxes at some of the 268 polling stations in Sweida, attempting to block the polls. A passerby in Sweida was injured when security forces opened fire, though no major clashes were reported. Protests in the predominantly Druze governorate of Sweida started in August 2023, driven by opposition to military conscription.
+Sources: Enab Baladi (1), Enab Baladi (2), Suwayda 24, The National, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/syrian-arab-republic/july-2024</t>
+  </si>
+  <si>
+    <t>Protests, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Syrian government holds parliamentary elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Syria held parliamentary elections on 15 July in the 70 per cent of Syrian territory controlled by President Bashar al-Assad. According to the Higher Judicial Committee for Elections (HJCE), 1,516 candidates ran for the 250 seats in the Syrian People’s Assembly (Majlis Al-Shaab). All candidates were pre-approved by the HJCE, and 7,400 pre-approved candidates withdrew before the election. The HJCE annulled election results in some polling stations in Hama, Aleppo and its countryside, Latakia, and Daraa due to reports of ballot stuffing, with the elections re-run in the affected areas on 16 July. The HJCE reported a voter turnout of 38.16 percent. The ruling Ba'athist party won 169 seats, its allied parties secured 16 seats, and independents obtained 65 seats. The Syrian opposition condemned the election, which lacked credible observers. Before the vote, protesters in the cities of Sweida and Daraa called for boycotts, arguing that the election did not align with UNSC Resolution 2254, which stipulates that parliamentary and presidential elections in Syria should occur within a political process after forming a credible transitional governing body. A total of 24 women MPs were elected, four less than in the 2020 parliament.
+Sources: SANA (1), SANA (2), Al Arabiya, Syria TV (1), Syria TV (2), IPU, International IDEA
+</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Reformist Masoud Pezeshkian wins snap presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 5 July, presidential candidate Masoud Pezeshkian, representing the reformist political faction, won the second round of the Iranian presidential election with 53.7 percent of the vote. He defeated his hardline opponent, Saeed Jalili. Voter turnout reached 49.8 percent, higher than the record low 39.93 percent registered in the first round. This snap election was called following the sudden death of former President Ebrahim Raisi in a helicopter crash on 19 May. Initially, 80 candidates, including four women, registered for candidacy. However, Iran’s Guardian Council, responsible for overseeing the elections and vetting candidacies, approved only six male candidates.  Two candidates withdrew prior to the first round, leaving four contenders in the race. Since no candidate secured the required 50 per cent of the vote in the first round, a runoff was held between the top two candidates, Pezeshkian and Jalili. Pezeshkian's swearing-in ceremony took place on 30 July.
+Sources: BBC, Al Jazeera, IRNA, Mehr News Agency, Al Arabiya
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iran/july-2024</t>
+  </si>
+  <si>
+    <t>Elections, Masoud Pezeshkian</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>Libyan voters register to participate in planned municipal elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The High National Elections Commission (HNEC) in Libya announced that 176,339 voters, including 47,979 women, have registered to participate in the upcoming elections for 60 of the country’s 106 municipal councils. The elections are scheduled for 27 August and are due to be followed by elections for the remainder of the councils. Despite backing from both the Government of National Unity (GNU) and the House of Representatives (HoR), media reports suggest that many Libyans remain skeptical of the electoral process due to the country’s de facto division. Voter registration, particularly among women, remains notably low. Efforts by the HNEC and the United Nations Support Mission in Libya (UNSMIL) to boost registration encountered significant obstacles, with reports indicating that 10 out of 12 centers in Libya’s eastern municipalities were unable to open. While municipal elections are considered a vital initial step toward establishing broader electoral procedures in the country, there is still uncertainty as to whether these elections will be held.
+Sources: HNEC, Al Araby Al Jadeed, Libya Al Ahrar, Al Watan, UNSMIL
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/libya/july-2024</t>
+  </si>
+  <si>
+    <t>United Kingdom of Great Britain and Northern Ireland</t>
+  </si>
+  <si>
+    <t>2024-08-29</t>
+  </si>
+  <si>
+    <t>General election sees historic win for Labour party</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 4 July, the United Kingdom held a general election in which 650 seats for the House of Commons, the lower parliamentary house, were contested. The Labour Party, led by Keir Starmer, won a majority of 411 seats with a vote share of 33.7 per cent. The Conservative Party, led by incumbent Prime Minister Rishi Sunak, secured 23.7 per cent of the vote and only 121 seats, lower than in any general election since 1832, according to the House of Commons Library. The Liberal Democrats became the third largest party with 72 seats and a share of 12.2 per cent of the vote. Voter turnout was 59.8 per cent, a notable drop compared to the turnout of 67.3 per cent in the 2019 general election. A record of 263 women MPs were elected (40 per cent of total), an increase from 226 women (34.8 per cent) in the previous legislature. 
+Sources: House of Commons, Reuters, BBC
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-kingdom-great-britain-and-northern-ireland/july-2024</t>
+  </si>
+  <si>
+    <t>Elections, Keir Starmer, Rishi Sunak, Women's political participation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New laws create parallel electoral system in Republika Srpska </t>
+  </si>
+  <si>
+    <t>On 17 July, two new laws - the Election Law and the Civil Initiative Law - entered into force in Republika Srpska (RS), one of the two entities of Bosnia and Herzegovina (BiH). These laws grant RS exclusive authority over conducting elections and organising referendums within the entity. The Election Law seeks to establish a Republic Election Commission, which would take over the responsibilities of BiH’s Central Electoral Commission for organizing elections within RS, including elections for the entity’s Parliament, President and Vice President, and local elections. However, on 24 July, the BiH Constitutional Court temporarily suspended the laws, with the Court’s final decision still pending. Representatives of the Peace Implementation Council’s Steering Board, created after the 1995 Dayton Peace Agreement, expressed concern in a joint statement that these laws could threaten the integrity of local elections scheduled for October. Sources: International IDEA, Slobodna Evropa, Faktor, Office of the High Representative, Balkan Insight, RFE/RLUpdate: This legislation was repealed in a vote by the Republika Srpska National Assembly on 18 October 2025. Sources: Nezavisne, Balkan Insight </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bosnia-and-herzegovina/july-2024</t>
+  </si>
+  <si>
+    <t>Elections, Constitutional Court, Referendum, SDG16</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>Thailand replaces junta-appointed senators</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 10 July, the Election Commission (EC) officially certified  a list of 200 senators in the first process to choose members of the upper house since the military coup. The three-stage Senate election concluded on 26 June, with only those who applied to be candidates eligible to vote in the indirect election. Political analysts note that most elected senators align with conservative and populist interests, with over half tied to the Bhumajaithai Party (BJT) – the third-largest party in the lower house. The official results were initially delayed due to the EC receiving thousands of electoral complaints regarding block-vote rigging allegations and false information provided by candidates; however, upon announcing the results, the EC stated that “at this point, we cannot say the voting was not free and fair.” While no longer able to elect a prime minister, the new Senate retains significant influence over politics through powers such as scrutinizing bills, voting on constitutional amendments and endorsing candidates for key independent agencies. Women’s representation increased to 45 women out of 200 elected (22.5 per cent), from approximately 25 out of 250 (10.4 per cent) in the 2019 military-appointed Senate. 
+Sources: Associated Press, Bangkok Post (1), Bangkok Post (2), International IDEA (1), International IDEA (2), IPU Parline
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/thailand/july-2024</t>
+  </si>
+  <si>
+    <t>Senate, Elections</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Government announces plans to ban Pakistan Tehreek-e-Insaf (PTI)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 14 July, Pakistan’s Information Minister Attaullah Tarar announced that the government is seeking to ban former Prime Minister Imran Khan’s political party, the Pakistan Tehreek-e-Insaf (PTI) on the grounds of inciting violent protests last year and leaking classified information. The announcement comes days after a court overturned several of Khan’s previous convictions, as well as a Supreme Court decision declaring PTI eligible for reserved seats in the national and provincial assemblies. In July, it was further revealed that a United Nations panel declared that Khan’s detention was arbitrary and in violation of international law, calling for his immediate release. The panel noted that Khan’s legal woes were part of a larger campaign of repression against him and his PTI party. Political analysts and rights bodies note that the decision to ban PTI appears politically motivated and an act of “political desperation.” It remains to be seen if and how the government will move forward with the ban. 
+Update: Although the government has backed down from its threat to ban PTI, tensions remain high due to Imran Khan’s numerous ongoing legal challenges. On 17 January 2025, Khan was sentenced to 14 years in prison in one such case, while his wife, Bushra Bibi, received a seven-year sentence in the same corruption case related to illegally obtaining lucrative plots of land. Khan intends to appeal the verdict.
+Sources: Al Jazeera, The Express Tribune, Brookings, The Express Tribune, OHCHR, International IDEA, Deutsche Welle, BBC News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/pakistan/july-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supreme Court issues interim order against chief of national police force </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 24 July, Sri Lanka’s Supreme Court (SC) issued an interim order preventing Deshabandu Thennakoon, who took office in December 2023, from serving as Inspector General of the Sri Lanka Police (IGP) until nine fundamental rights petitions against him are resolved. The petitioners, including the Center for Policy Alternatives and the Young Journalists Association, argued that Thennakoon’s February appointment by the President was unconstitutional and that Thennakoon was unsuitable for the role given a prior SC determination linking Thennakoon to torture and other acts of wrongdoing. The SC suggested an acting IGP appointment be made, but the government has yet to comply, arguing that the Court lacks the authority to challenge presidential appointments. Legal experts condemned this stance as undermining the rule of law. The hearings against Tennekoon have been set for 11 November, and it remains to be seen when an acting IGP will be named, adding a layer of uncertainty to the conduct of the 21 September election. 
+Sources:  Daily Financial Times, Economy Next, ANFREL
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sri-lanka/july-2024</t>
+  </si>
+  <si>
+    <t>Supreme Court, Police, Constitution, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>No clear majority following snap legislative elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 June, France held early legislative elections. In the first round, 577 seats of the lower parliamentary house, the National Assembly, were contested. A second round of voting took place on 7 July. The newly created coalition of left-wing parties, the New Popular Front (Nouveau Front Populaire, NFP), won 182 seats, followed by the centrist Together (Ensemble) coalition with 168 seats, and the far-right National Rally party with 143 seats. Though the National Rally won the highest vote share in the first round of voting (33.35 per cent of the vote), the second round saw the party fall to third place after other political parties, including those in the New Popular Front and Together coalitions, withdrew 221 candidates to avoid three-way runoffs. Voter turnout was 66.71 per cent in the first round, and 66.63 per cent in the second, significantly higher than the voter turnout in the 2022 legislative elections. In the new legislature, women hold 36 per cent of the seats, compared to 37.3 per cent previously. 
+Sources: Le Monde (1), Le Monde (2), France Info, Le Figaro, Vie Publique, The New York Times, International IDEA, IPU
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/france/july-2024</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Emmanuel Macron</t>
+  </si>
+  <si>
+    <t>Constitutional Court approves downsizing parliament</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 July, the Federal Constitutional Court approved an electoral reform that foresees downsizing the Bundestag (parliament), but overturned changes that would disproportionately affect smaller parties. It ruled that parties winning three or more constituencies, even if they receive less than 5 per cent of the vote (threshold to enter Bundestag), should still be entitled to proportional representation in the Bundestag. The Bundestag will shrink from 736 to 630 members. The 2021 national election resulted in a record 736 Bundestag members, exceeding the size of the European Parliament. The ruling parties believe the reform will save at least EUR 310 million per legislative period and enhance efficiency.
+Bundesverfassungsgericht, Politico, Euronews, Euractiv
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/germany/july-2024</t>
+  </si>
+  <si>
+    <t>Constitutional Court, Legislature, Political Party, Elections</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>Mexico elects its first woman president amid security challenges</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 2 June, voters elected Mexico’s first woman president, Claudia Sheinbaum Pardo, of the “Seguimos Haciendo Historia” coalition. Sheinbaum’s election follows a series of ground-breaking legal and constitutional amendments to transition from a gender-quotas system to “parity in everything” as a permanent and guiding principle for all branches of government. During the 2024 general elections, this principle was applied to the designation of candidacies, such as congress members and gubernatorial races. In both chambers of Congress, women’s representation is expected to be 50 per cent. 
+Security, on the other hand, was a persistent challenge during the electoral process, which according to analysts was the most violent in Mexico’s history. Dozens of candidates, aspiring candidates, politicians and aides were killed, and many more were subjected to intimidation. In several states, such as the southern state of Chiapas, hundreds of candidates withdrew from races, citing security concerns.
+Sources: Instituto Nacional Electoral, El Pais, CNN, Infobae
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mexico/june-2024</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Security, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>Incumbent Ghazouani wins presidential election</t>
+  </si>
+  <si>
+    <t>Mauritania’s presidential election was held on 29 June and was won by incumbent Mohamed Ould Cheikh El Ghazouani. According to the results released by the country’s Independent National Electoral Commission (CENI), Ghazouani secured a second term with 56.12 per cent of the vote. The former army chief of staff and defense minister faced six challengers in the election, none of whom were women. Ghazouani’s main opponent, anti-slavery campaigner Biram Dah Abeid, received 22.10 per cent of the vote, while Hamadi Ould Sid’ El Moctar, who heads the Islamist Tawassoul party, came third with 12.78 per cent. The result was rejected by Abeid, who alleged fraud and irregularities and announced that he had filed an appeal at the Constitutional Council. Voter turnout was reported by CENI to be 55.39 per cent of the registered voters, down from 62.66 per cent in 2019. International observers from the African Union reported the elections were held without any major incidents.Sources: Independent National Electoral Commission (CENI), Jeune Afrique, Al Jazeera, BBC, Reuters, Le Monde, African Union, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mauritania/june-2024</t>
+  </si>
+  <si>
+    <t>Elections, Mohamed Ould Ghazouani</t>
+  </si>
+  <si>
+    <t>Mexico holds general elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 2 June, more than 20,000 public officials were chosen in general elections (including members of federal and local legislatures, governors, mayors and council members). Claudia Sheinbaum Pardo was elected as Mexico’s first woman president, with 59.4 per cent of votes. Sheinbaum ran as candidate for the “Sigamos Haciendo Historia” coalition, which includes the ruling party, Morena. Voter turnout was 60.9 per cent (a slight decrease from the previous general election). Gender-parity in candidacies and in access to political participation is protected in the constitution. In 2019, “Parity in everything” was adopted as a permanent principle for all branches of government. Gender parity is expected in the elected membership of both chambers of Congress.
+In Congress, the Morena party and allies obtained a clear advantage over other political parties and are expected to attain a supermajority that could facilitate the adoption of constitutional reforms. International observers, including the Organization of American States, acknowledged that the elections had taken place without significant incidents, but expressed concern over the levels of political violence, and the impact of such violence in deterring citizen participation. 
+Sources: Instituto Nacional Electoral, OAS, Milenio, Gobierno de Mexico
+</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Claudia Sheinbaum</t>
+  </si>
+  <si>
+    <t>Ruling party claims victory in general election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">India held its general elections from 19 April to 1 June, conducted over seven phases. The ruling Bharatiya Janata Party (BJP) of Prime Minister Narendra Modi won 240 seats, falling short of an outright majority, and needed to form a coalition government for the first time. The opposition INDIA alliance, led by the Indian National Congress party, secured 232 seats. Voter turnout was 65.8 per cent, down from 67.4 per cent in the 2019 election. Women’s political representation decreased slightly with 74 women elected (13.5 per cent) , down from 78 (14.4 per cent)  in the 2019 election. The election occurred against a backdrop of an intense heatwave that left at least 30 poll workers dead, according to media reports. Democracy experts have noted that the election was well-organized by the Election Commission in a transparent and accountable manner, despite some concerns related to an uneven playing field favouring the ruling party, opposition leaders’ imprisonment, media restrictions and alleged hate speech against Muslims during campaigning.
+Sources: Election Commission of India, International IDEA, Indian Express, Westminster Foundation for Democracy, Policy Center for the New South, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/india/june-2024</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>Halla Tómasdóttir wins presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In the presidential elections that took place on 1 June, the top three candidates were women. Halla Tómasdóttir, an independent candidate, won with 34 per cent of the votes in the first-past-the-post voting system, where the candidate with the most votes wins regardless of the total number of votes cast. A businesswoman and investor, Tómasdóttir said she will focus on issues like youth mental health, tourism development, and artificial intelligence. Former Prime Minister Katrín Jakobsdóttir from the Left-Green Movement came second with 25.5 per cent, while independent Halla Hrund Logadóttir, who pledged to prioritize energy and environmental issues, gender equality, and to expand opportunities for all, finished third with 15.5 per cent.  46 per cent of the candidates were women. Tómasdóttir becomes Iceland’s second female president, following Vigdis Finnbogadottir, who became the world's first democratically elected female president in 1980. Although the president is largely ceremonial, she can veto legislation or call referendums. Voter turnout was 80.8 per cent, the highest among presidential elections since 1996.
+Sources: Euronews, Iceland Monitor, Iceland Review (1), Iceland Review (2), Al Jazeera, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iceland/june-2024</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Artificial Intelligence, Youth</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>Belgium holds regional, federal and European Parliament elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 9 June, voters elected regional and federal parliaments, and Belgium’s members of the European Parliament. Right-leaning, reformist parties gained more support over the far right and far left. The right-wing New Flemish Alliance (N-VA) remained the largest group in the Federal Parliament with 24 seats, followed by the Francophone liberal Reformist Movement (MR) and the far-right Vlaams Belang, both holding 20 seats. Prime Minister Alexander De Croo’s Open Flemish Liberals and Democrats (Open VLD) party dropped from twelve to seven seats. De Croo resigned but will remain as caretaker prime minister until a new coalition is formed. Voter turnout for the federal elections was 87.4 per cent, down from 88.3 per cent in 2019, with a record 12.5 per cent abstaining.
+Sources: Brussels Times (1), Brussels Times (2), Euronews, Federal Public Services Home Affairs, Politico, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/belgium/june-2024</t>
+  </si>
+  <si>
+    <t>Elections, Alexander De Croo, Federalism</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>Parliamentary election increases women’s representation and rights of overseas voters</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A record 32 (25 per cent) women secured seats in the National Assembly in Mongolia’s parliamentary election held on 28 June, up from 13 (17.1 per cent) in 2020. The increase follows a new quota established in May 2023 mandating that 30 per cent of candidates must be women. In addition, the parliamentary election provided the first opportunity in the country’s history for Mongolians living abroad to exercise its voting rights.  
+Sources: International IDEA, Asia News Network, IOM Mongolia, Akipress
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mongolia/june-2024</t>
+  </si>
+  <si>
+    <t>Ruling party declares victory in parliamentary elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia held a parliamentary election on 28 June in which the ruling Mongolian People’s Party secured a slim majority of 68 seats out of 126 seats, while the main opposition Democratic Party secured 42 seats, an increase from previous years where DPP won 11 out of the-then 76 seat body. The election was conducted under a mixed electoral system, following a May 2023 amendment increasing the number of legislators from 76 to 126. Voter turnout stood at 69.8 per cent, down from 73.6 per cent in the 2020 election. A record 32 (25 per cent) female lawmakers were elected to the National Assembly, up from 13 (17.1 per cent) in 2020. Election observers noted that the election was well-organized, fair, and largely peaceful. However, competitiveness was adversely affected by an uneven playing field that favoured the ruling party in the run up to the election.
+Sources: General Election Committee of Mongolia, OSCE, International IDEA, Deutsche Welle, Asia News Network
+</t>
+  </si>
+  <si>
+    <t>Bulgaria holds sixth parliamentary elections since 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 9 June, following the collapse of a nine-month coalition between the centre-right Citizens for European Development of Bulgaria-Union of Democratic Forces (GERB-UDF) and the centrist We Continue the Change – Democratic Bulgaria (PP-DB) in March, Bulgaria held its sixth parliamentary elections since 2021. The European Parliament elections were held on the same day. In the 240-seat unicameral parliament, GERB-UDF will hold 68 seats, centrist DPS (Movement for Rights and Freedoms) will have 47 seats, PP-DB 39 seats, and the ultranationalist Revival will take 38 seats. Despite leading, this was GERB’s weakest electoral performance in its history, and the party will need at least two partners to form a government. Women secured 27 per cent of the parliamentary seats, slightly up from 25.4 per cent in the previous parliament. The trend of declining voter turnout continued, reaching a new low of 34.4 per cent, down from 39.1 per cent in 2023.
+Sources: Euractiv, Bulgaria’s Central Election Commission, Dnevnik, Radio Free Europe/Radio Liberty, Al Jazeera, iKnow Politics, IPU, International IDEA
+Update: ODIHR election observers noted that while the elections were competitive and basic freedoms were respected, they were held amid a context of declining public trust, political polarization, and malpractices that hindered transparency. 
+Sources: OSCE/ODIHR 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bulgaria/june-2024</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>Riots break out in New Caledonia over Indigenous Kanak representation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 15 May, President Macron declared a state of emergency after violent riots in New Caledonia, an archipelago in the Pacific which became a French overseas territory in 1946 following colonisation by France. The declaration prompted the closure of La Tontouta airport, restrictions on social media access, deployment of French security forces, and a temporary curfew and ban on gatherings in Nouméa, New Caledonia’s capital.  The riots occurred in response to the 14 May vote in the National Assembly, France’s lower parliamentary house, to approve a constitutional amendment to increase the number of French nationals eligible to vote in New Caledonia. Local leaders have voiced concerns that the changes will diminish the vote of the Indigenous Kanak people, who comprise 41 per cent of the population. The law is currently suspended, after President Emmanuel Macron dissolved France’s National Assembly and called for snap legislative elections.
+Sources:  French Government, FranceInfo, LCP, International Work Group for Indigenous Affairs, ConstitutionNet
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/france/may-2024</t>
+  </si>
+  <si>
+    <t>Indigenous Rights, Elections, Protests, State of Emergency, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incumbent Mahamat Déby wins Chad’s transitional presidential election </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 6 May, Chad held presidential elections that formally ended the three-year rule of the country’s transitional military government. Former interim president, Mahamat Déby, of the Patriotic Salvation Movement (Mouvement Patriotique du Salut, MPS) won the election in the first round, receiving 61.03 per cent of the vote, according to official results declared by Chad’s election agency, the Agence nationale de gestion des élections (ANGE) and confirmed by the Constitutional Council (le Conseil constitutionnel). Prime Minister Succès Masra, of Les Transformateurs came in second place with 18.54 per cent. The election was contested by ten candidates, only one of whom, Lydie Beassemda, is a woman. Voter turnout was reported to be 75.89 per cent of registered voters. The election results were unsuccessfully challenged in the Constitutional Council by Masra, who alleged irregularities, including ballot stuffing. Two thousand nine hundred civil society members trained by the European Union were denied accreditation to observe the election by the ANGE , but it was observed by international observers from the Economic Community of West African States and the Community of Sahel-Saharan States, which declared it to have been free and fair.    
+Sources: Jeune Afrique (1), Jeune Afrique (2), Voice of America, International IDEA, The Conversation, Tchad Infos
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/chad/may-2024</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incumbent ANC loses national parliamentary majority in general elections   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 29 May, South Africa held general elections for the National Assembly (the lower chamber of the national parliament), and the nine provincial legislatures. Official results showed that the incumbent African National Congress (ANC) had won the largest share of the National Assembly’s 400 seats (159), followed by the Democratic Alliance (87 seats), uMkhonto we Sizwe (MK) (58 seats) and the Economic Freedom Fighters (EFF) (39). It is the first time that the ANC has not won an absolute majority in the chamber since the country’s first democratic elections in 1994. Of the 14,903 candidates contesting the national and provincial seats, 6,234 (41.86 per cent) were female. South Africa’s electoral commission reported turnout to be 58.58 per cent of registered voters. The results were contested by MK and several small parties, which alleged the elections had been rigged and vowed to mount a legal challenge. As of early June, MK had declined to publicly substantiate its claims. International observers assessed the polls to have been free and fair but noted that new electoral procedures were not consistently implemented and that many voters had experienced long waiting times, in part due to malfunctioning voter management equipment.   
+Sources: Electoral Commission of South Africa, South African Government, Daily Maverick, African Union, Electoral Institute for Sustainable Democracy in Africa, Electoral Commissions Forum of SADC Countries
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/south-africa/may-2024</t>
+  </si>
+  <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incumbent coalition loses parliamentary majority according to provisional election results </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 29 May, Madagascar held legislative elections for 163 members of the National Assembly, the lower chamber of the country’s parliament. According to provisional results released by the electoral commission (Madagascar’s electoral commission (Commission électorale nationale indépendante), CENI), the incumbent coalition led by President Andry Rajoelina, Together with President Andry Rajoelina (Isika rehetra miaraka amin'i Andry Rajoelina, IRMAR), won 80 seats, two short of an absolute majority in the chamber. The main opposition coalition, Firaisankina, won 24 seats, with smaller parties and 52 independents winning the remainder. Eighty of the 473 candidates (17 per cent) who contested the elections are women. Voter turnout was reported to be 48.03 per cent% of registered voters. The provisional results still need to be certified by the High Constitutional Court (Haute Cour Constitutionnelle, HCC), which must first rule on the approximately 100 legal challenges that have been lodged by candidates. International observers noted reports of candidate intimidation, exclusionary administrative and political measures (e.g. candidates being denied tax certificates needed for registration), and the unlawful closure of radio stations. They concluded, however, that the elections had been calm and peaceful.    
+Update: The final election results were certified by the High Constitutional Court on 27 June 2024. It declared IRMAR to have won 84 seats, giving President Rajoelina’s coalition an absolute majority in the National Assembly. Independent candidates won 50 seats and the Firaisankina coalition, 22. Twenty-six women were elected.   
+Sources: Commission électorale nationale indépendante (1)  Le Monde (1), Le Monde (2), Commission électorale nationale indépendante (2) African Union, Southern African Development Community, Jeune Afrique, Inter-Parliamentary Union  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/madagascar/may-2024</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Parliament passes controversial law granting amnesty to Catalan separatists</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 May, Parliament narrowly approved an amnesty bill, which, once implemented, entails a release from liability for separatists involved in the 2017 Catalan secession attempt. The amnesty does not apply to cases of particularly heinous crimes such as torture, terrorism or serious inhumane treatment, and must be applied by courts on a case-by-case basis. The law passed with 177 votes in favour and 172 against. The amnesty law, which is expected to apply to an estimated 400 pro-independence activists and former public officials, has led to large-scale protests and criticism from opposition parties. A review of the law by the Venice Commission of the Council of Europe for compliance with the Rule of Law recommended greater precision in the law’s application to ensure legal certainty and cautioned against inadvertently terminating cases unrelated to the social tensions. The Venice Commission noted that the bill had followed an urgent procedure with limited public consultation, and recommended that passage of the bill require a higher qualified majority in Congress.  
+Sources: The Venice Commission, El País (1), El País (2), Euronews, International IDEA, the Congress of Deputies, Foreign Policy, NPR
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/spain/may-2024</t>
+  </si>
+  <si>
+    <t>CoE, Pedro Sánchez, Amnesty, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>Supreme Court grants bail to Arvind Kejriwal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 10 May, Arvind Kejriwal, leader of the Aam Admi Party (ADP) and Delhi State Chief Minister, was granted interim bail by the Supreme Court (SC) until 1 June, allowing him to campaign for the Lok Sabha elections. Kejriwal had been arrested in March on corruption charges, which critics argued were politically motivated. While his supporters welcomed the decision, viewing it as an affirmation of due process and a fairer playing field, Union Home Minister Amit Shah criticized the judgment, claiming it was not “routine” and suggested preferential treatment. The SC denied these allegations, stating that “we said in our order what we felt was justified.”
+Update: On 13 September, India's Supreme Court granted bail to Arvind Kejriwal, citing that his trial is unlikely to be completed for some time and that his "prolonged incarceration amounts to unjust deprivation of liberty." Kejriwal had been in jail for nearly five months.
+Sources: International IDEA, Times of India, The Hindustan Times, The Indian Express, The Economic Times, BBC News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/india/may-2024</t>
+  </si>
+  <si>
+    <t>Elections, Supreme Court, SDG16</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>Incumbent wins presidential elections and referendum on citizenship fails</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 26 May, the incumbent President Gitanas Nausėda (Independent) was re-elected for a second five-year term in a run-off against Prime Minister Ingrida Šimonytė of the centre-right Homeland Union party (Tėvynės sąjunga-Lietuvos krikščionys demokratai). Nausėda, a former economist at a multinational bank, won the presidential elections in a landslide with 74.2 per cent of the vote. Šimonytė came second with 24.3 per cent, and was the only female among the total eight presidential candidates. The voter turnout in the run-off was 49.7 per cent, whereas in the first round of voting on 12 May it stood at nearly 60 per cent. The two candidates also faced each other in a run-off in the 2019 presidential elections.
+In a referendum held on 12 May parallel to the elections, a constitutional amendment to allow Lithuanians to hold dual citizenship failed to pass. Though 74.5 per cent of those who voted approved the change, voter turnout was not sufficiently high to meet the constitutional requirement that at least half of the total Lithuanian electorate must agree. Voter turnout in the referendum was 59.5 per cent.
+Sources: VRK (1), VRK (2), LRT (1), LRT (2), Al Jazeera, Euractiv, ConstitutionNet
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lithuania/may-2024</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Gitanas Nausėda</t>
+  </si>
+  <si>
+    <t>Parliament criminalises use of deep fakes that can influence elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 9 May, Parliament approved amendments to the Criminal Law, which criminalise the use of deep fake technology to influence an election process. Deep fakes refer to photos, video, audio and other media that have been digitally manipulated using artificial intelligence. The changes make it illegal to produce or disseminate information made using deep fake technology that is intentionally inaccurate to discredit political parties and electoral candidates standing in parliamentary, local or European Parliament elections. The criminal offense carries a maximum five-year jail sentence (but can also entail community service), and applies to content created or circulated as part of the pre-election campaign or on election day. The law entered into force on 22 May. On the same day, President Edgars Rinkēvičs proposed further amendments to the Criminal Law which extend to the use of deep fake technology to influence an ongoing election, appointment or confirmation process of a public official by the Parliament.
+Sources: Saeima (1), Saeima (2), Likumi, LV, Delfi, Office of the President, LSM
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/latvia/may-2024</t>
+  </si>
+  <si>
+    <t>Elections, Digital democracy, Artificial Intelligence, Disinformation, SDG16</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Interior Ministry receives fine for leaking voters’ personal data </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Data Protection Authority of Greece has found that a file containing the personal email addresses and data of thousands of expatriate voters from the 2023 Greek national elections was leaked from the Interior Ministry to Anna-Michelle Asimakopoulou, an MEP for the ruling New Democracy party. The Interior Ministry was fined EUR 400,000, and Asimakopoulou received a fine of EUR 40,000 for violating voter privacy. Investigations into New Democracy's involvement in the scandal are ongoing, and additional fines may be imposed. Asimakopoulou used the list to send mass campaign emails to Greek expatriates, promoting her re-election bid to the European Parliament on the same day the Interior Ministry sent a separate message to inform voters about postal voting procedures. Asimakopoulou, who previously served as vice-chair of the committee on international trade, has resigned.
+Source: Data Protection Authority, Politico, Reuters
+Update: On 21 October, the Personal Data Protection Authority issued a fine of EUR 30,000 to the ruling New Democracy party for its involvement in leaking voter records. Its former Secretary for Diaspora Affairs, Nikos Theodoropoulos, was fined an additional EUR 10,000 for leaking the data to Asimakopoulou. The party has sought to appeal the decision. 
+Sources: Politico, Hellenic Data Protection Authority, Greek Reporter 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/greece/may-2024</t>
+  </si>
+  <si>
+    <t>Right to privacy, EU, Elections, Governmental agency, SDG16</t>
+  </si>
+  <si>
+    <t>North Macedonia</t>
+  </si>
+  <si>
+    <t>Right-wing VMRO-DPMNE wins parliamentary elections; its candidate wins presidency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">North Macedonia held parliamentary elections and the presidential runoff on 8 May. The right-wing coalition VMRO-DPMNE emerged as the largest party with 43.3 per cent of the vote, marking a shift in power after seven years of rule by the centre-left Social Democratic Union (SDSM), which secured 15.3 per cent of the vote. The European Front coalition received 13.6 per cent. VMRO-DPMNE-backed Gordana Siljanovska-Davkova won the presidential runoff with 65 per cent of the vote, becoming North Macedonia's first female president. Experts said the results reflect voter frustration with corruption and stalled EU accession efforts. Women comprised 43 per cent of parliamentary candidates. International observers reported the elections were competitive with a pluralistic campaign, but were marred by nationalistic rhetoric, legislative shortcomings, and inadequate oversight of campaign finances. Similar to previous elections, voter turnout was 55.4 per cent for parliamentary elections and 47.4 per cent for the presidential runoff.
+Update: In a final report issued in September, international election observers said that the elections were competitive and fundamental freedoms were respected, but the process remained insufficiently regulated.
+Source: State Election Commission (1), State Election Commission (2),Reuters (1), Reuters (2), OSCE ODIHR (1), OSCE/ODIHR (2), International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/north-macedonia/may-2024</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Gordana Siljanovska-Davkova</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>José Raúl Mulino is elected President</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 5 May, Panama held elections to choose its president, members of the National Assembly, members of the Central American Parliament, mayors and other local leaders. José Raúl Mulino was elected president with the support of 34.3 per cent of voters, nearly ten percentage points ahead of second place Ricardo Lombana. Former president Martin Torrijos came in third place, while the ruling Revolutionary Democratic party (Partido Revolucionario Democrático) candidate only attained around 5.8 per cent of votes. Mulino entered the race as the candidate for the Achieving Goals (Realizando Metas) opposition party after the original candidate, former President Martinelli, was deemed ineligible for having been convicted for money laundering. Just days before the election, the Supreme Court confirmed that Mulino could run for president, denying a challenge to his eligibility for not having participated in his party’s primary process.
+In Congress, independent candidates earned enough seats to become the largest group in the Legislature. According to preliminary results, 15 women were elected to the National Assembly out of 71 members (one less than in the previous legislature). Voting is mandatory but not enforced in Panama, and electoral participation was around 78 per cent (up five percentage points compared to 2019).
+Sources: El Pais, Organization of American States, EFE, The Guardian 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/panama/may-2024</t>
+  </si>
+  <si>
+    <t>Jose Raul Mulino, Elections, Women's political participation</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Luis Abinader Secures Second Term as Dominican Republic President</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic President Luis Abinader, candidate for the Modern Revolutionary Party (Partido Revolucionario Moderno, PRM), won re-election for a four-year term in the 19 May general election. He secured 57.4 per cent of the vote, defeating former President Leonel Fernández, who received 28.9 per cent, and Abel Martínez with 10.4 per cent. The country also elected 32 senators, 190 members of the Chamber of Deputies and 20 deputies for the Central American Parliament (PARLACEN). The PRM gained a large majority in the Senate and the Chamber of Deputies, obtaining 142 out of 190 seats in the lower chamber and 24 out of 32 seats in the Senate. The election also yielded 70 women, including the Vice-President, deputies, and senators. Women now hold 35.2 per cent of the lower chamber, an improvement from the 27.9 they held after the last election. As polls had predicted, Abinader's victory was confirmed in the first round. Turnout was at record low with 46 per cent of voters abstaining.  Abinader has emphasized that this will be his final term, rejecting any constitutional changes to extend his presidency. 
+Sources: El Pais, Listin Diario, Junta Central Electoral, Tendencias Dominicanas
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/dominican-republic/may-2024</t>
+  </si>
+  <si>
+    <t>Elections, Luis Abinader</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Registration to vote from abroad marred by irregularities and delays </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Members of the Venezuelan diaspora have encountered significant issues when trying to register for the first time or change their information to cast their vote for the 28 July election. The National Electoral Council (Consejo Nacional Electoral-CNE) announced that citizens would be able to register from abroad between 18 March to 16 April, yet many have faced numerous hurdles. These issues have been particularly evident in Argentina, a country with a large Venezuelan diaspora. There, the electoral registration began two weeks after the set time and was only announced through informal channels. Similar accounts of delays and irregularities have been seen throughout Latin America. Other prerequisites to vote, not foreseen in Venezuela's electoral framework, have also been added by Maduro's government, making registration from abroad more costly and timely. Thus, even though Venezuelan citizens might be registered, some cannot afford to go through the process of voting from abroad. 
+Sources: Caracas Chronicles, Radio France Internationale, The Associated Press 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/april-2024</t>
+  </si>
+  <si>
+    <t>Nicolas Maduro, Elections, Electoral Management Body, SDG16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecuador holds constitutional referendum and plebiscite focused on security </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 21 April, through a single ballot, citizens participated in both a binding referendum on constitutional amendments and a consultative plebiscite on other questions. Citizens voted ‘Yes’ to referendum questions related to amending the constitution to permit armed forces to support the national police (by 72 per cent), the extradition of Ecuadorean nationals subject to certain conditions (by around 65 per cent), and the establishment of judiciaries specialized in constitutional issues (by 60.5 per cent). Conversely, they rejected the use of international arbitration in investment disputes, as well as a proposal to reform the constitution and Labour Code to include hourly and fixed-term work contracts. 
+Regarding the plebiscite questions, a majority of voters agreed to the armed forces carrying out checks in detention centres, increasing prison terms for certain crimes, among other security-related issues.  
+These plebiscite questions will move on to the National Assembly for consideration. Despite mandatory voting, 28 per cent of eligible voters abstained. 
+Sources: El Pais, The New York Times, CNN  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ecuador/april-2024</t>
+  </si>
+  <si>
+    <t>Elections, Referendum, Daniel Noboa</t>
+  </si>
+  <si>
+    <t>National conference delivers recommendations on future constitution</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 April, a national conference tasked with returning Gabon to constitutional order following the August 2023 coup delivered its recommendations on a new constitution. The Inclusive National Dialogue brought together over 600 participants from the military, civil society, religious organisations and political parties to debate the terms of the constitution. Many of the participants were selected by the transitional authorities. Among the recommendations put forward by the conference were: (1) that all political parties be suspended until the implementation of new rules governing their regulation, (2) that members of the former ruling party be barred from taking part in elections for three years (excluding them from the elections scheduled for August 2025), and (3) that a 12-month extension to the two-year transition promised by the junta be permitted in the event of an unforeseen crisis. The recommendations, which are not binding, are to be translated into a legal text and then submitted to a referendum later this year.     
+Update: In a referendum held on 16 November 2024, voters approved a new constitution that omitted the three conference recommendations referenced above.   
+Sources: Voice of America, Jeune Afrique, Dialogue National Inclusif, British Broadcasting Corporation, Reuters, Gabon Constitution    
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/gabon/april-2024</t>
+  </si>
+  <si>
+    <t>Constitution, Political Party, Elections, Military Junta, SDG16</t>
+  </si>
+  <si>
+    <t>Ruling party wins 96 per cent of seats in legislative elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Togo’s legislative elections, originally scheduled for 13 April but held on 29 April, were won by President Faure Gnassingbé’s ruling party, the Union for the Republic (Union Pour la République, UNIR), with provisional results showing it had secured 108 (96 per cent) of the 113 seats in the National Assembly. The remaining five seats were split between three opposition parties. The seats were contested by 2,348 validated candidates, of whom 593 (25 per cent) were women. Togo’s electoral commission reported turnout to be 61 per cent of registered voters. The election was criticized by the opposition, who alleged numerous irregularities, including overvoting, delays to the start of voting and ballot stuffing. The leader of the Democratic Convention of African Peoples Party (Convention démocratique des peuples africains, CDPA) said that she intended to challenge the election results. The poll, however, received the approval of international observers from various regional organizations, including the African Union and the Economic Community of West African States, who despite noting minor concerns gave it a positive assessment.
+Sources: Togo Officiel, Africa News, Voice of America, Radio France Internationale, Economic Community of West African States, Jeune Afrique  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/togo/april-2024</t>
+  </si>
+  <si>
+    <t>Elections, Faure Gnassingbé</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>Kuwait elects new parliament for fourth year in a row as gridlock persists</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 4 April, Kuwait held its fourth national election in four years, attempting to resolve its prolonged political deadlock. The snap election that took place during the month of Ramadan was called after Kuwait’s new emir Sheikh Mishal, who took office last December, dissolved the parliament on 15 February, citing ‘violation of the constitutional principles’. A total of 834,733 Kuwaitis were eligible to vote, and turnout was 62.1 per cent. The electoral result led to little change in the overall parliamentary composition as compared to prior electoral results, with opposition candidates retaining 29 of the 50 eligible seats. A total of 13 women ran for office, with experienced MP Jenan Bushehri being the only elected woman. Shia candidates won a total of eight parliamentary seats. One candidate linked to the Islamic Constitutional Movement, the branch of the Muslim Brotherhood in Kuwait, also secured a seat. 
+Sources: Aljazeera, Al Araby, International IDEA, Al Qabas, The New York Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kuwait/april-2024</t>
+  </si>
+  <si>
+    <t>Overseas postal voting introduced</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moldovan citizens living abroad in Canada, Finland, Iceland, Norway, Sweden and the United States will now be able to vote by mail, per legislation passed by the country’s parliament on 26 April. The criteria for the availability of postal voting include having established diplomatic relations with Moldova, a lack of or significant distance from available polling stations, national experience in implementing postal voting, the reliability of postal services, and more. 212,434 of 2.6 million Moldovans of voting age participated in the 2021 elections from abroad by voting in person at Moldovan embassies or consulates. Presidential elections are due to be held on 20 October 2024. 
+Sources: Ziarul de Gardă, Moldpres, Parliament of Moldova, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/april-2024</t>
+  </si>
+  <si>
+    <t>Electoral Reform, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nationalist-left candidate Peter Pellegrini wins presidential elections </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Slovakia held presidential elections, with the first round on 23 March and the second round on 6 April. The nationalist-left government candidate, Peter Pellegrini won over the opposition candidate, Ivan Korčok with 53.0 per cent of the vote. The voter turnout was 61.1 per cent in the second round. The president holds limited power in Slovakia but as an ally of the incumbent government, Peter Pellegrini’s win is expected to strengthen the current Prime Minister Robert Fico’s agenda. All 11 candidates who participated in the first round of elections were men.
+Sources: Reuters, State Commission for Elections, Euronews, the Slovak Spectator, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/slovakia/april-2024</t>
+  </si>
+  <si>
+    <t>Elections, Peter Pellegrini, Robert Fico, Women's political participation</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Conservative incumbent HDZ party wins parliamentary elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In the parliamentary elections held on 17 April, the conservative Croatian Democratic Union (HDZ) remained the largest group with 34.4 per cent of the vote (winning 61 out of 151 seats, six fewer than they won in 2020), while the Social Democratic Party (SPD) coalition came second with 25.4 per cent of the vote. The right-wing party, Homeland Movement was third with 9.6 per cent. The campaign featured Prime Minister Andrej Plenković (HDZ) versus President Zoran Milanović (SDP). Women won 24.5 per cent of parliamentary seats, totaling 37 seats, an increase of two from 2020, marking the highest number since the country gained independence. Voter turnout was 62.3 per cent, up from 46.9 per cent in 2020. 
+Sources: State Election Commission (1), State Election Commission (2), Reuters, The Association of the Balkan News Agencies Southeast Europe,  International IDEA (1), International IDEA (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/croatia/april-2024</t>
+  </si>
+  <si>
+    <t>Elections, Zoran Milanović, Andrej Plenković, Women's political participation</t>
+  </si>
+  <si>
+    <t>Parliament approves report investigating whistleblower allegations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parliament voted to approve the findings of a temporary parliamentary inquiry commission, which determined the State Security Department (VSD) aided the 2019 election campaign of President Gitanas Nausėda by gathering intelligence on Nausėda’s team members, election staff and supporters. The findings were approved with 64 votes in favour and 44 against. The commission was established in October 2023 to investigate a whistleblower report by a former VSD employee. The inquiry further found Nausėda obstructed the Parliament from carrying out its functions by refusing to testify and found state authorities, including the VSD and the General Prosecutor’s Office, failed to adequately protect the whistleblower’s identity. Nausėda has said that the parliamentary inquiry was designed to discredit him ahead of the May Presidential elections. The report contains proposals for election financing and the protection of whistleblowers’ rights.
+Sources: Delfi (1), Delfi (2), Delfi (3), Seimas (1), Seimas (2), LRT (1), LRT (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lithuania/april-2024</t>
+  </si>
+  <si>
+    <t>Gitanas Nausėda, Political Pressure, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Increased voter turnout for parliamentary election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Solomon Islands general elections saw a decrease in women's representation in parliament and an increase in voter turnout from the previous elections. Three women were elected to parliament, down from four in the previous sitting. Turnout was 82 per cent, up from 68 per cent in the 2019 elections.
+Sources: al Jazeera, Reuters, Solomon Islands Election Commission
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/solomon-islands/april-2024</t>
+  </si>
+  <si>
+    <t>Elections, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t>Manele succeeds Sogavare as Prime Minister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Solomon Islands held a general election on 17 April in which incumbent Prime Minister Manasseh Sogavare’s OUR Party secured a plurality with 15 of 50 seats in parliament. Sogavare announced during coalition-building negotiations that he would not seek another term and resign as the head of his party in favour of Jeremiah Manele, who then secured sufficient support from the 21 independent MPs to win the secret-ballot parliamentary nomination for prime minister on 2 May. While international observers focused on the role of China in the election -as Sogavare switched recognition from Taiwan to Beijing in 2019 -, locally economic concerns were paramount. Zero women were elected to parliament, down from four in the previous sitting. Turnout was 82 per cent, up from 68 per cent in the 2019 elections. Elections were originally planned for 2023, but Sogavare had claimed that the country could not hold an election and host the Pacific Games in the same year.
+Sources: al Jazeera, Reuters, Solomon Islands Election Commission
+</t>
+  </si>
+  <si>
+    <t>Maldives</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>Ruling party secures supermajority in parliamentary election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Maldives parliamentary election on 21 April delivered a landslide victory for President Mohamed Muizzu’s ruling People’s National Congress (PNC), which secured 66 out of the 93-member house seats, while the opposition Maldivian Democratic Party won 12 seats. Voter turnout was approximately 73.9 per cent, down from 81.3 per cent in 2019. According to media reports, female representation dropped to three women winning seats, down one from the 2019 election. Election observers noted that the electoral process was conducted in a peaceful and transparent manner. 
+Sources: Election Commission of Maldives, Maldives Financial Review,  BBC News, International IDEA, ORF, Raajje MV, ANFREL, PSM News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/maldives/april-2024</t>
+  </si>
+  <si>
+    <t>2024-04-23</t>
+  </si>
+  <si>
+    <t>Parliamentary election delivers landslide victory for opposition</t>
+  </si>
+  <si>
+    <t xml:space="preserve">South Korea’s parliamentary election on 10 April delivered a landslide victory to the opposition Democratic Party and its satellite party [political entities aligned with major political parties], securing 175 of the 300 National Assembly (NA) seats but falling just short of a supermajority. The ruling conservative People Power Party and its satellite party won 108 seats. Voter turnout was estimated at 67 per cent (0.8 percentage increase from the last 2020 election), the highest on record for a parliamentary election according to the National Election Commission. According to media reports, a record 36 female lawmakers were elected to the NA seats, up from 29 in 2020. 
+Sources: The Korea Times, National Election Commission of the Republic of Korea, CSIS, BBC News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-korea/april-2024</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>Selection of new Election Commissioners scrutinized</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 9 March, Arun Goel abruptly resigned as Election Commissioner (EC) citing personal reasons, days before the general election schedule announcement, leaving the Election Commission of India (ECI) with only one of its three mandated top officials. The government swiftly appointed two new ECs, Gyanesh Kumar and Sukhbir Singh Sandhu, selected by a three-member committee comprising Prime Minister Narendra Modi, Union Minister Amit Shah, and the Leader of the Indian National Congress in the Lokh Sabha, Adhir Ranjan Chowdhury. This selection was made under the new Chief Election Commissioner and other Election Commissioners Act of 2023 passed in December 2023 –which replaced the Chief Justice of India with a Union cabinet minister on the three-member committee to regulate EC appointments. Opposition leaders criticized the Act and appointments, claiming Gyanesh Kumar and Sukhbir Singh Sandhu’s political ideologies align closely with the ruling party, potentially compromising the ECI’s independence. The Ministry of Law and Justice argued that senior government officials on the selection committee do not automatically imply bias. On 21 March, the Supreme Court (SC) dismissed challenges to the appointments, citing potential election chaos but criticizing the haste of the selection process. A Supreme Court challenge to the 2023 act is still pending.
+Update: On 17 February, 2025, Gyanesh Kumar was appointed as the first Chief Election Commissioner (CEC) under the new 2023 appointment laws. He was selected by a committee that included Prime Minister Narendra Modi, Home Minister Amit Shah, and Opposition Leader Rahul Gandhi.  Gandhi and congress members had called for a delay due to an ongoing Supreme Court case questioning the law's validity, originally set for 19 February but later postponed. Concerns about the Election Commission's impartiality and the swift appointment have been raised by opposition lawmakers.
+Sources: International IDEA, The Hindu (1),  Al Jazeera, Times of India, The Hindu (2), The Economic Times, The Indian Express, Hindustan Times (1), Financial Express, Hindustan Times (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/india/march-2024</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cameroon’s government bans opposition coalitions ahead of 2025 elections </t>
+  </si>
+  <si>
+    <t xml:space="preserve">In a press release dated 12 March, Cameroon’s Minister of Territorial Administration, Paul Atanga Nji, declared two coalitions of opposition political parties to be illegal. Minister Nji said the Political Alliance for Change (APC) and the Alliance for a Political Transition in Cameroon (ATP), two new and important opposition groupings, did not meet the legal definition of a political party and were therefore prohibited from carrying out political activities, including holding public meetings and demonstrations. The declaration was contested by activists, who asserted that Cameroonian law did not prevent political parties from forming coalitions. According to Human Rights Watch, an NGO, the ban represented an attempt by state authorities ‘to close down space for the opposition and for public debate ahead of the 2025 presidential elections.’            
+Sources: Ministry of Territorial Administration,  Jeune Afrique (1), Jeune Afrique (2),  Human Rights Watch 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cameroon/march-2024</t>
+  </si>
+  <si>
+    <t>Paul Biya, Elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Key opposition candidates barred from May presidential election </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 24 March, Chad’s Constitutional Council announced that 10 of the 20 candidates for the forthcoming presidential election in May had been barred due to ‘irregularities’ in their applications. Amongst the excluded candidates were two outspoken critics of the government, Nasour Ibrahim Neguy Koursami and Rakhis Ahmat Saleh, the former of which is reported to be the subject of a preliminary criminal investigation by the Constitutional Council for suspected forgery in relation to his application. According to ISS Africa, a research institute, the law applied by the Council to exclude Koursami and another candidate, Clément Bagaou, was obsolete. The candidates approved to compete in the election were regarded by analysts, diplomats and the political opposition as offering little serious challenge to incumbent, Interim President Mahamat Idriss Déby Into. The barring of opposition candidates follows the death in February 2024 of leading opposition figure, Yaya Dillo Djerou, during an army assault.   
+Sources: Jeune Afrique (1), Jeune Afrique (2), Al Jazeera, Voice of America, ISS Africa  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/chad/march-2024</t>
+  </si>
+  <si>
+    <t>Elections, Mahamat Idriss Déby</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New electoral law raises thresholds for representation in parliament </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The National Assembly of Benin passed an amendment to the electoral law on 5 March. The amended law raises the threshold that parties must surpass in order to have any representation in the National Assembly from 10 per cent of the votes in an electoral district to 20 (though there is an exception for parties that join coalitions). It also raises the level of support needed to stand as a candidate for the presidency, now requiring that a candidate be sponsored by at least 15 per cent (up from 10) of the representatives and mayors across the country. The amendment limits the exercise of this sponsorship to presidential candidates who represent the same party as the sponsor. Critics of the amendments claim that the changes will entrench the current party system further. The amendments were reviewed by the Constitutional Court, which found them to comply with the constitution. The amended law was then promulgated by President Talon on 19 March. 
+Sources: Présidence de la République, Jeune Afrique, La Nouvelle Tribune, L’Autre Quotidien 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/benin/march-2024</t>
+  </si>
+  <si>
+    <t>Elections, Patrice Talon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opposition’s aspiring candidate unable to register candidacy </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela’s opposition is facing fragmentation as Corina Yoris, Maria Corina Machado’s preferred choice to run in her place in the upcoming elections, was unable to register as presidential candidate in the National Electoral Council’s portal. Machado, who had won the opposition’s October primaries by a landslide, had rallied opposition parties behind Yoris before her candidacy was rejected in a measure deemed as arbitrary by national and international experts. The governor of Zulia, Manuel Rosales, who has been a part of the Unitary Platform, the opposition’s alliance, was able to register his candidacy, but not without criticism within the opposition, due to the lack of internal agreement. Social Democrat leader Enrique Marquez, and Edmundo Gonzalez Urrutia, the Platform’s preferred choice to serve as temporary candidate, were also able to register while negotiations with the government continue. 
+Sources: El Pais, Infobae, Voz de America 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/march-2024</t>
+  </si>
+  <si>
+    <t>Elections, Political Pressure, Electoral Management Body</t>
+  </si>
+  <si>
+    <t>Election Whistleblower Faces Political Backlash in Bolivia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Public Prosecutor’s Office formally charged engineer Edgar Villegas with incitement to commit crimes, based on a complaint by Renán Cabezas, a deputy for the Movimiento al Socialismo (MAS), the country´s ruling Party. Villegas gained attention in 2019 for exposing discrepancies in election data, fuelling fraud allegations. Today he is accused of being partly responsible for the social upheaval that broke out in the country after the elections. That eventually led to Evo Morales stepping down and leaving the country. Critics and members of the opposition view Villegas’s indictment as political persecution, challenging Bolivia's democratic principles. Former President Jorge Quiroga called it vindictive, recalling the OAS's findings of irregularities during the elections.
+Sources: Vision 360, Opinion, Los Tiempos, El Deber
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bolivia/march-2024</t>
+  </si>
+  <si>
+    <t>Luis Arce, Elections, Edgar Villegas, Prosecutor's Office, SDG16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Electoral Tribunal confirms ineligibility of former president </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Electoral Tribunal confirmed the ineligibility of former president Ricardo Martinelli to run in the upcoming presidential election, given his criminal conviction for money laundering, ratified last month by the Supreme Court. Martinelli, who is currently seeking asylum in the Nicaraguan embassy, had appealed his ineligibility after the Tribunal first decided on the matter in early March. The Tribunal further determined that Jose Raul Mulino, who was Martinelli’s running mate, can hold the presidential candidacy for the Realizando Metas (RM) and Alianza alliance. The Tribunal determined Mulino will appear on the ballot without a running mate, a decision criticised by some analysts as a restrictive interpretation of the law. 
+Further, a lawyer filed a constitutional appeal before the Supreme Court against Mulino taking over the presidential candidacy for RM and Alianza, in which it is argued that because Mulino did not participate in a primary as a presidential candidate, it contravenes party rules and the constitution. 
+Sources: EcoTV Panama, Destino Panama, Metro Libre, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/panama/march-2024</t>
+  </si>
+  <si>
+    <t>Electoral Tribunal, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bassirou Diomaye Faye wins presidential election </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senegal’s presidential election (originally scheduled for 25 February) was held on 24 March. Bassirou Diomaye Faye of the African Patriots of Senegal for Work, Ethics and Fraternity (Patriotes africains du Sénégal pour le travail, l’éthique et la fraternité, PASTEF) won the election in the first round, receiving 54.3 per cent of the valid votes. Amadou Ba of the ruling party Alliance for the Republic (Alliance pour la république, APR) came in second with 35.8 per cent of the vote. There was a total of 19 candidates for the office of president, only one of whom (Anta Babacar Ngom) is a woman. Turnout was 61.3 per cent of the registered voters, down from 66.3 per cent in 2019. International observers from the African Union (AU) and European Union (EU) both delivered positive assessments of the electoral process, at least in its final stages. However, the EU report noted that access to information during the electoral campaign was impeded by several temporary shut-downs of the mobile Internet networks. 
+Sources: Agence de Presse Sénégalaise, Le Quotidien, Jeune Afrique, African Union, European Union
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/senegal/march-2024</t>
+  </si>
+  <si>
+    <t>Elections, Amadou Ba, Bassirou Diomaye Faye</t>
+  </si>
+  <si>
+    <t>Concerns mount around opposition crackdown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 21 March, Aam Aadmi Party (AAP) opposition leader and Delhi Chief Minister Arvind Kejriwal was arrested and several other protesting party members detained by the Enforcement Directorate (ED) in a graft case linked to an alleged liquor policy scam. Kejriwal denies wrongdoing and plans to appeal to the Supreme Court. Opposition parties have accused the ruling party of misusing federal investigative agencies to pressure political rivals. Three other AAP leaders have been jailed in the liquor case over the past year. Meanwhile, the Indian National Congress Party (INC) has accused the government of freezing its bank accounts ahead of the election in a tax case dating back to 2018-19, hampering its ability to campaign on a level playing field. Rights groups have criticized the timing of both developments ahead of the elections, calling the “growing crackdown” a breach of human rights. The United States, Germany and the United Nations weighed in with remarks on the recent arrest and the freezing of accounts, encouraging fair and transparent legal processes. The Indian Foreign Ministry strongly objected to both countries' remarks, iterating that "India's legal processes are based on an independent judiciary which is committed to objective and timely outcomes. Casting aspersions on that is unwarranted."
+Sources: The Economist, Amnesty International, The Indian Express, Al Jazeera, The Washington Post, Reuters, The Wire
+</t>
+  </si>
+  <si>
+    <t>Hardliners dominate Iran’s elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 1 March, Iran held parliamentary elections for all 290 seats of its Islamic Consultative Assembly, although contests for 45 of these seats will go to a second round in April or May, due to the fact that the winning candidates had failed to secure 20 per cent of the vote. The first round was dominated by members of the conservative, hardliner political faction, who clinched 200 seats, with many candidates from the reformist faction prevented from running. Despite there having been 1,713 female candidates, only 11 were elected in the first round. Voters also selected candidates for 88 seats of Iran’s Assembly of Experts, a deliberative body tasked with appointing the country’s Supreme Leader, and hardliners dominated this poll, too. Voter turnout was 40.64 per cent, the lowest since the foundation of the Islamic Republic in 1979.    
+Sources: The Iran Primer, Al Jazeera, Stimson Center, Wilson Center, Voice of America, Newsweek, International IDEA      
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iran/march-2024</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>International overseer imposes technical changes to electoral process</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 26 March, the Office of the High Representative (OHR), an international body that oversees the 1995 peace agreement, used its “Bonn powers” to amend the law in the interests of improving electoral integrity This occurred in a context marked by the attempts from Republika Sprska’s (RS) Alliance of Independent Social Democrats (SNSD) and the Croatian Democratic Union (HDZ) to block the legislation in December 2023. HDZ said reforms failed to resolve Croat representation, while SNSD insisted on replacing Central Election Commission members before the amendment. The amendments include the digitalisation of the electoral process, barring convicted war criminals from running for office, and enhancing campaign finance transparency to prevent voter manipulation. The OHR provided for a brief grace period for BiH parliamentarians to find a common solution before the legislation enters into force. The changes are planned to be rolled out in general elections scheduled for 2026, and as a pilot, subject to technological capacity, in local elections in October 2024.
+Sources: Balkan Insight (1), Balkan Insight (2), Reuters, Office of the High Representative (1), Office of the High Representative (2), International IDEA (1), International IDEA (2), European External Action Service, N1
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bosnia-and-herzegovina/march-2024</t>
+  </si>
+  <si>
+    <t>Elections, Electoral Reform, Legislature, EU, SDG16</t>
+  </si>
+  <si>
+    <t>Türkiye</t>
+  </si>
+  <si>
+    <t>Erdoğan’s AKP suffers worst electoral blow in local elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In the local elections, President Recep Tayyip Erdoğan's Justice and Development Party (AKP) suffered its worst electoral defeat in two decades. The main opposition party, the Republican People’s Party (CHP), won 37.7 per cent of the vote. It thus surpassed the AKP, which obtained 35.5 per cent of the national vote. While the result marks a significant expansion of CHP's influence beyond its urban strongholds to areas once dominated by the AKP, it remains to be seen if it is a longer term shift that significantly changes the political landscape. CHP won 36 out of 81 municipalities, including mayoral victories in Turkey’s five largest cities: Istanbul, Ankara, Izmir, Bursa, and Antalya. Istanbul’s Mayor Ekrem Imamoglu won by the widest margin seen in 40 years, reaffirming the opposition's strength and solidifying his position as Erdoğan's primary rival. In 2022, Imamoglu was sentenced to two years and seven months in prison and was banned from political activity through a Turkish court verdict, which he has since appealed, with the ruling still pending. Elections saw a near-tripling of female mayors, with women now holding office in 11 out of 81 provinces, up from four in 2019, including five major urban centers. Voter turnout was around 78 per cent, down from 84.3 per cent in 2019.
+Sources: Dünya, Türkiye’s Supreme Election Council, Foreign Policy, Deutsche Welle, Reuters (1), Reuters (2), International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/turkiye/march-2024</t>
+  </si>
+  <si>
+    <t>Elections, Local Government, Recep Tayyip Erdoğan, Women's political participation, SDG16</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>Conservatives narrowly win snap general elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 10 March, Portugal held an early general election, after Prime Minister Antonio Costa (Socialist Party) resigned in November over corruption allegations. The 230 seats in Portugal’s unicameral Parliament were contested across 22 constituencies (comprised of 18 metropolitan constituencies, the two autonomous regions of Madeira and the Azores, and two constituencies for Portuguese citizens living abroad). The conservative Democratic Alliance coalition narrowly won 28.84 per cent of votes (78 seats), while the Socialist Party retained 28 per cent (78 seats). The far-right Chega party came in third with 18.07 per cent of the vote, securing 50 seats. A total of nine parties will be represented in Parliament. Voter turnout was 59.84 per cent. A total of 76 of the 230 seats in the new Parliament were won by women (33 per cent).
+Sources: International IDEA, OSCE, Secretary General of the Ministry of Internal Affairs, NPR, Portugal Resident, Expresso, Parliament
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/portugal/march-2024</t>
+  </si>
+  <si>
+    <t>President Milanović defies Constitutional Court's ban on his PM candidacy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">After President Zoran Milanović declared his intention to run for Prime Minister in the 17 April elections on behalf of the Social Democratic Party (SDP), the Constitutional Court asserted that Milanović could only pursue this candidacy if he resigned from his presidential position first. This decision was based on Article 96 of the Constitution, which prohibits the president from engaging in any other public or professional duties, emphasizing the non-partisan nature of the role and the prohibition of involvement in political party activities. President Milanović said that the Constitutional Court cannot do anything to him, that he would disregard its warning and that a potential annulment of elections by the Court would amount to a coup. Subsequently, he faced accusations of employing campaign rhetoric, prompting the State Election Commission to urge the President to abstain from direct involvement in election campaigning.
+Sources: Hrvatska radiotelevizija (1), Hrvatska radiotelevizijav (2), Hrvatska radiotelevizija (3), N1 Info, Balkan Insight
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/croatia/march-2024</t>
+  </si>
+  <si>
+    <t>Constitution, Elections, Electoral Management Body, Zoran Milanović, SDG16</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>2024-03-19</t>
+  </si>
+  <si>
+    <t>Vladimir Putin secures fifth term in office</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Russia held presidential elections from 15 to 17 March in which President Vladimir Putin secured a fifth term in office against no meaningful opposition. According to the Central Election Commission, Putin secured 87.3 per cent of the vote on 77.44 per cent turnout, up from 77.5 per cent on 67.5 per cent turnout in 2018. There were no women on the ballot and no credible election observers. Boris Nadezhdin, the sole presidential hopeful to oppose Russia’s war on Ukraine, was not permitted to run. Elections were also held in occupied Ukraine, which was condemned by Ukraine, United Nations officials, other world leaders and International IDEA. No women were among the candidates. 
+Sources: Kommersant, Moscow Times, United Nations, International IDEA (1), International IDEA (2) 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/russian-federation/march-2024</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>Surge in political violence raises concerns during electoral process</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Throughout January and February, there has been a significant increase in political violence in Mexico, raising concerns about the impact of violence on the electoral processes underway, as the 2 June elections approach. Particularly troubling have been the killings of aspiring candidates for local offices. According to Data Cívica, the number of victims of political violence surged by 235.7 per cent from 2018 to 2023. Integralia has reported 32 victims in 2024, including aspiring candidates (eight, since the electoral process started) and current and former public officials killed. As the campaign season kicks off on 1 March, concerns are mounting over the potential rise in political violence, as criminal organizations seek to influence results. 
+Sources: El Pais, Insight Crime, Aristegi Noticias, Integralia
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mexico/february-2024</t>
+  </si>
+  <si>
+    <t>Elections, Political Violence, SDG16</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Costa Rica holds municipal elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 4 February, Costa Rica held subnational elections of authorities from its 84 municipalities and 492 districts. Despite voting being mandatory in Costa Rica (albeit, with no sanctions for not voting), turnout was particularly low at 31 per cent (the lowest turnout since 2010), and five percentage points less than in the previous subnational process. 
+This was the first time that measures to ensure gender parity in the lists of candidacies (both for single-seat constituencies and proportional representation) were implemented.  
+Significantly, the Electoral Tribunal’s President expressed concern over the aggressive disinformation campaign targeting members of the Tribunal and aiming to prevent elections from taking place, an issue also highlighted by an OAS electoral observation mission. According to the latter, multiple stakeholders agreed in their concern over the risk of illicit funding of campaigns, given organized crime’s increased presence in the country. 
+Sources: Organization of American States, El Pais, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/costa-rica/february-2024</t>
+  </si>
+  <si>
+    <t>Former President Martinelli sentenced to 10 years for money laundering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Supreme Court confirmed former President Ricardo Martinelli’s conviction for money laundering as well as his 10.5-year sentence.  The Court’s ruling results in Martinelli’s ineligibility to run in Panama’s upcoming presidential elections, given that the sentence imposes more than five years imprisonment. Martinelli had won the primaries of his political party, Realizando Metas, last June. The ruling comes days before electoral campaigns officially commenced and is related to Martinelli’s involvement in corruption schemes for which he had been arrested years prior in the United States and subsequently extradited. He is the first former president of Panama to be convicted for money laundering.  
+Sources: La Prensa Panamá, France 24 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/panama/february-2024</t>
+  </si>
+  <si>
+    <t>Supreme Court, Accountability, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>Belarus holds parliamentary and local elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belarus held parliamentary elections on 25 February for 110 seats in the lower house and 12,000 seats on local councils. The opposition boycotted or was refused registration, meaning all 110 MPs are members of parties loyal to President Alyaksandr Lukashenka. 36 of 110 MPs in the incoming parliament are women, down from 44 in the previous parliament. The Election Commission reported 73 per cent turnout, which could not be independently verified. No independent election observers were present.
+Sources: Deutsche Welle, Associated Press
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/belarus/february-2024</t>
+  </si>
+  <si>
+    <t>Elections, Alyaksandr Lukashenka</t>
+  </si>
+  <si>
+    <t>Elections reach new low in Belarus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belarus parliamentary and local elections held on 25 February were the first contest since the massive crackdown on all forms of political expression and activism that followed the 2020 elections. Only parties loyal to President Alyaksandr Lukashenka were permitted to participate and local activists reported that public employees were being forced to take part. Nobel laureate Viasna Human Rights Centre said elections were held under “conditions of incessant repression; in the virtual absence of freedom of expression, peaceful assembly and association; in a climate of total fear and political purge.” No election in independent Belarus has ever been judged free or fair, and for the first time the country refused to permit international observers to attend.
+Sources: Radio Free Europe/Radio Liberty, Associated Press, Viasna, Belta, Belarusian Election Commission (Telegram)
+</t>
+  </si>
+  <si>
+    <t>Elections, Deepening Authoritarianism, Censorship, Alyaksandr Lukashenka, SDG16</t>
+  </si>
+  <si>
+    <t>Azerbaijan holds snap presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Azerbaijan held snap presidential elections on 7 February in which President Ilham Aliyev was elected to a fifth term in office. Aliyev, who took office in 2003, received 92.12 per cent of the vote with 76 per cent voter turnout, although neither number could be independently verified. No women were among the registered candidates. The European Parliament declined to observe or comment on the elections. The OSCE election observation mission said the election “took place in a restrictive environment, and while preparations were efficiently managed, it was marked by the stifling of critical voices and the absence of political alternatives.”
+Sources: OC Media, Turan News Agency, David McAllister MEP
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/azerbaijan/february-2024</t>
+  </si>
+  <si>
+    <t>Elections, Ilham Aliyev</t>
+  </si>
+  <si>
+    <t>Presidential election less contested than usual</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap presidential elections returned the usual results of a landslide win for President Ilham Aliyev on 7 February. The campaign was marked by a lack of voter engagement, even by Azerbaijani standards, documented ballot stuffing and other election-day irregularities, and token opposition candidates that publicly encouraged voters to choose Aliyev. President Aliyev did not himself campaign or take part in televised debates, and real opposition parties boycotted as usual but, in a novel development, were either unwilling or unable to mobilize public rallies or shows of discontent, as had typically been the case in previous elections.
+Sources: OSCE, OC Media, Eurasianet
+</t>
+  </si>
+  <si>
+    <t>Elections, Deepening Authoritarianism, Ilham Aliyev, SDG16</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>Cambodia holds senatorial elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cambodia held elections for the upper house of parliament on 25 February. Hun Sen’s ruling Cambodian People’s Party (CPP) won 55 of 58 contested seats, down from 58 seats in the previous parliament (four additional seats are appointed, two by the King and two by the National Assembly). Khmer Will, which is running as a proxy for the unregistered opposition Candlelight Party, won the remaining three seats. The election was open to elected officials and local councillors, and the Capital-Provincial Election Commission reported 99.86 percent turnout. Gender representation data in the new Senate was not available. Former prime minister Hun Sen is expected to be elected president of the Senate when it convenes.
+Sources: Associated Press, Khmer Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cambodia/february-2024</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Indonesia holds general elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia held general elections on 14 February 2024 for president, vice president, both houses of parliament and local and regional offices. Final election results released on 21 March showed Minister of Defense Prabowo Subianto and his vice presidential running mate Gibran Rakabuming, the son of outgoing President Joko Widodo, won 55.5 per cent of the votes on 82.39 per cent turnout. Prabowo's PDIP won 19.33 per cent of the votes in parliament, followed by Gerindra (12.57 per cent) and Golkar (12.31 per cent). The gender makeup of the incoming parliament is not yet available, but Indonesia’s gender quota requires that 30 per cent of candidates, and every third candidate on an electoral list, be a woman. The losing presidential candidates filed legal challenges to disqualify Prabowo and re-run the election, a not uncommon practice in Indonesian elections.
+Sources: Al Jazeera, The Diplomat, Cabinet Secretariat of the Republic of Indonesia, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/indonesia/february-2024</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>2024-03-15</t>
+  </si>
+  <si>
+    <t>Ruling party wins by-elections after opposition candidates were excluded</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In the three months following the August 2023 general election, 27 of the members of the National Assembly (as well as 14 Senators and a number of local councillors) from the opposition Citizens Coalition for Change (CCC) were fraudulently recalled, triggering by-elections for those seats. The High Court in Harare ruled in December that the recalled members of parliament could not contest the by-elections as CCC candidates, essentially shutting the party out of several of the constituencies. The second set of by-elections was held on 3 February. In these elections, the ruling Zimbabwe African National Union - Patriotic Front (Zanu-PF) won all six seats, giving the party a two-thirds majority in the National Assembly. The CCC’s founding leader, Nelson Chamisa, had already quit the party on 25 January, and the party has weakened further as other politicians have left the party since the by-elections. 
+Sources: eNews Channel Africa, Africa News (1), The Herald, Africa News (2), All Africa
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/zimbabwe/february-2024</t>
+  </si>
+  <si>
+    <t>Citizens Coalition for Change, Elections, SDG16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supreme Court strikes down controversial Electoral Bonds Scheme </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 15 February, India’s Supreme Court (SC) struck down a fund-raising mechanism that allowed for individuals and companies to send unlimited anonymous political donations by receiving so-called “electoral bonds” from the State Bank of India (SBI) in exchange for donations to a political party or candidate. Critics of the system had long maintained that it favoured the ruling party by providing it with a significant financial advantage over its rivals, and by enabling SBI, and consequently the government, to track donations that influence political processes. In response to a petition brought by opposition members and a non-governmental organization, the court declared the electoral bonds scheme as “unconstitutional,” violating citizens’ right to government-held information. The decision mandates the SBI to immediately halt the issuance of electoral bonds. Political analysts and the opposition have praised the SC decision as a step towards transparency and strengthening democracy. Meanwhile, the ruling party has emphasized the importance of respecting every SC decision and accused opposition parties of politicising the matter. 
+Sources: The Indian Express, The New York Times, Financial Times, Times of India
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/india/february-2024</t>
+  </si>
+  <si>
+    <t>Supreme Court, Elections, Money in Politics, SDG16</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>Pakistan Tehreek-e-Insaf (PTI) experiences setbacks ahead of the general election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 January, former Prime Minister Imran Khan received a 10-year jail sentence for revealing state secrets. The following day, an anti-graft court imposed a 14-year sentence on Khan for illegally selling state gifts. In another setback, the Supreme Court upheld the Election Commission’s decision to strip PTI of its signature cricket bat symbol, citing irregularities in recent intra-party elections. This move was criticized for denying voters the chance to identify the party in upcoming elections, particularly in a country with low literacy rates, and forcing PTI candidates to run as independents. PTI alleges that the government (possibly acting through the army) launched a crackdown on its members after the 9 May riots, resulting in the imprisonment and forced resignations of many of its members. Furthermore, the Supreme Court in January scrapped a lifetime ban on politicians with convictions from holding office, with disqualifications now limited to five-year terms. The ruling makes it possible for Nawaz Sharif of the Pakistan Muslim League-Nawaz (PML-N) party to run for office, while Khan remains prohibited due to his five-year ban from a prior conviction. Human rights bodies have expressed concerns that recent developments undermine the fair competition and credibility of the upcoming election. 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/pakistan/february-2024</t>
+  </si>
+  <si>
+    <t>Elections, Military, Supreme Court, SDG16</t>
+  </si>
+  <si>
+    <t>General election delivers hung parliament</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakistan held its general election on 8 February to elect representatives for the National Assembly and the prime minister. Preliminary election results show that independent candidates won 101 of the 336 National Assembly seats, the majority of which are affiliated with jailed ex-Prime Minister Imran Khan’s party, Pakistan Tehreek-e-Insaf (PTI). The Pakistan Muslim League-Nawaz (PML-N), headed by former Prime Minister Nawaz Sharif, came in second with 75 seats, and the Pakistan People’s Party (PPP) secured 54 seats. With no single party securing an outright majority, the formation of a government remained uncertain, leaving the decision on the next prime minister in limbo. On 13 February, it was announced Sharif’s PML-N would form a coalition with PPP and other junior parties, allowing them to gain a simple majority - with Shehbaz Sharif nominated to resume the premiership. Voter turnout was 47.8 per cent, down from 51.9 per cent in 2018. Despite a record number of women registered to vote, the turnout for women voters remained low. A record 12 women secured seats in the National Assembly, up from 8 elected in the previous election. The election was marred by controversy and violence, including allegations of electoral fraud, poll rigging, internet disruptions, and mobile service suspensions due to two separate bomb blasts near election candidates’ offices on the eve of the election. The significant delay in announcing election results also fuelled suspicions of political engineering.
+Sources: Election Commission of Pakistan, Al Jazeera, Dawn, FAFEN, Pakistan Today
+</t>
+  </si>
+  <si>
+    <t>Former PM Alexander Stubb wins run-off presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 11 February, Alexander Stubb from the center-right National Coalition Party (NCP) won 51.6 per cent of the vote in the run-off against Pekka Haavisto, who received 48.4 per cent. Haavisto is a member of the centre-left Green Party but ran as an independent candidate. Stubb previously served as Prime Minister from 2014 to 2015, as well as Foreign Minister, Finance Minister, and a Member of the European Parliament. The incumbent President, Sauli Niinistö (NCP), is retiring after serving the maximum two consecutive six-year terms. As head of foreign and security policy, the incoming President will define Finland’s defence planning and NATO cooperation following the country’s recent accession. The President-elect will be inaugurated on 1 March. Voter turnout in the run-off election was 70.7 per cent. 
+Stubb also won the first round of the elections on 28 January with 27.2 per cent of the vote, followed by Haavisto (25.8 per cent) and Jussi Halla-aho, of the far-right Finns party, who came third with 19 per cent. In the first round, three of the nine candidates were women. 
+Sources: Yle (1), Yle (2), Yle (3), Politico, Euronews, Statistics Finland, International IDEA, ODIHR
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/finland/february-2024</t>
+  </si>
+  <si>
+    <t>2024-02-21</t>
+  </si>
+  <si>
+    <t>Nayib Bukele is reelected as El Salvador’s president</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 4 February, Nayib Bukele was re-elected as president by 84.6 per cent of cast votes. This is more than ten times the number of votes won by the second-place candidate.  The Tribunal Supremo Electoral carried out a recount of 30 per cent of presidential ballots and all legislative votes, due to significant glitches in its results reporting software and website. Voter turnout was 52.6 per cent.  
+Bukele ran for a second term thanks to a 2021 Supreme Court decision that bypassed a constitutional prohibition on consecutive re-election.  
+His party, Nuevas Ideas, will obtain almost total control of the National Assembly (54 out of 60 congress members).  
+OAS observers highlighted that elections took place in peaceful conditions, although in the context of a nearly two year old “state of exception” that was said to have impacted free speech and competition. Also noted were technological, logistical and training shortcomings, which contributed to a significant delay in the transmission of results. 
+Compared to the last legislative elections, the number of women candidates increased from 36 to 39 per cent. Out of the other five presidential candidates only one, Ana Marina Murillo, is a woman. 
+Note: This report was updated on 18 March for accuracy and comprehensiveness. 
+Sources: El Faro, Tribunal Supremo Electoral, Organization of American States, The New York Times, El Pais (1) , Washington Post, El Pais (2), France 24, IFES 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/el-salvador/february-2024</t>
+  </si>
+  <si>
+    <t>Elections, Nayib Bukele</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prime Minister announces one-year TikTok ban </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 21 December, Prime Minister Edi Rama announced a one-year ban on TikTok, starting 1 January, following the murder of a 14-year-old boy by his peer over a TikTok argument and videos supporting the killing. Rama said the decision was also based on a survey of 65,000 parents, 90 per cent of whom requested TikTok's shutdown. The opposition accused Rama of attempting to stifle political campaigning ahead of the May elections. Critics argued that banning TikTok will not solve youth violence, and that children need education on navigating technology responsibly. Experts questioned the legal basis for the ban and warned of its implications for internet freedom, free expression, and media freedom. As of 29 January 2025, the ban had not been implemented. TikTok is one of the most popular platforms in Albania. According to ByteDance, as of early 2024, there were 1.53 million users over 18, and its reach extends to younger users despite a 13+ age requirement.  
+Sources: Shqiptarja, Balkan Insight, Reuters, Politico 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/albania/december-2024</t>
+  </si>
+  <si>
+    <t>Social Media, Digital democracy, Censorship, Elections, Edi Rama, SDG16</t>
+  </si>
+  <si>
+    <t>Chad’s ruling party wins disputed legislative elections</t>
+  </si>
+  <si>
+    <t>On 29 December, Chad held legislative elections, continuing its democratic transition that began after the 2021 unconstitutional change of government that first brought to power the country’s recently elected President, Mahamat Déby. It was also Chad’s first legislative election since 2011. According to provisional results released by the elections agency (Agence nationale de gestion des élections, ANGE), Déby’s party, the Patriotic Salvation Movement (Mouvement Patriotique du Salut, MPS), won 124 of the 188 (66.0 per cent) seats in the National Assembly. The National Rally of Chadian Democrats (Rassemblement National des Démocrates Tchadiens - le Réveil, RNDT–Le Réveil) came second with 12 seats. Of the 1,329 candidates, 497 (37.4 per cent) were women (up from 145 in 2011). ANGE reported voter turnout to be 51.6 per cent (down from 56.6 per cent in 2011). The elections were boycotted by more than ten opposition parties, including the Transformers (Les Transformateurs). The election results were disputed by RNDT–Le Réveil and several other parties, who alleged fraud. Chadian election observers reported a range of irregularities, including ballot stuffing and multiple voting.               Sources: Agence nationale de gestion des élections,  Radio France Internationale (1), International IDEA (1), Alwihda Info, Inter-Parliamentary Union,  International IDEA (2), Radio France Internationale (2)</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/chad/december-2024</t>
+  </si>
+  <si>
+    <t>Presidential elections fall short of establishing majority in first round</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 29 December, Croatia held the first round of its presidential elections, but no candidate secured a majority. A run-off will take place on 12 January. Incumbent President Zoran Milanović, backed by the Social Democratic Party (SDP), received the most votes with 49.1 per cent. Dragan Primorac, the candidate of the Croatian Democratic Union (HDZ) of Prime Minister Andrej Plenković, came second with 19.4 per cent and will challenge Milanović in the second round. Voter turnout was 46.0 per cent.
+UPDATE: On 12 January, Croatia held the second round of its presidential elections. The incumbent President Zoran Milanović, backed by the Social Democratic Party (SDP),  garnered 74.7 per cent of the vote, whereas the ruling centre-right Croatian Democratic Union, HDZ candidate, Dragan Primorac, secured around 25.3 per cent of the vote. Voter turnout was 44 per cent. 
+Sources: Balkan Insight, Politico, State Election Commission, International IDEA
+New Sources: Hrvatska Radiotelevizija, Balkan Insight, State Election Commission, International IDEA (1), International IDEA (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/croatia/december-2024</t>
+  </si>
+  <si>
+    <t>Elections, Zoran Milanović</t>
+  </si>
+  <si>
+    <t>Governing party wins parliamentary elections, as far-right makes gains</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The ruling Social Democratic Party (PSD) won parliamentary elections held on 1 December, in which the 331 seats in the Chamber of Deputies (the lower parliamentary house), and the 136 seats in the Senate (the upper house) were up for election. PSD won the largest vote share in both chambers but fell short of a majority, securing 86 seats (22.0 per cent of the vote) in the Chamber of Deputies. The far-right Alliance for the Unity of Romanians (AUR) party came second with 63 seats (18.0 per cent) in the lower house, followed by the National Liberal Party (PNL), a junior partner in the outgoing ruling coalition, with 49 seats (13.2 per cent). A total of seven parties will be represented in the new legislature. Voter turnout reached 52.0 per cent, the highest of any parliamentary election since 2004. Women legislators will make up 22.4 per cent of the Chamber of the Deputies (up from 19.2 per cent before the election), and 20.3 per cent in the Senate (up from 17.8 per cent).
+Sources: Permanent Electoral Authority, Robert Schuman Foundation, International IDEA, Romania Insider, IPU (1), IPU (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/romania/december-2024</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>Violence continues to escalate as court confirms FRELIMO election victory</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Violence in Mozambique continued to escalate during December, as the Constitutional Council confirmed the victory of the governing FRELIMO party in October’s disputed presidential and parliamentary elections. The ruling, delivered on 23 December, was rejected by all opposition parties and candidates, and the final results sparked fresh clashes between protesters and the police. In the week following the ruling, at least 176 people were killed, including protesters, children and police officers. In addition to spiralling police violence (reported to include summary executions), December also saw some protesters increase their looting and attacks on property and the security forces, as well as shut down key economic infrastructure, such as main roads, mines and power stations. By the end of the month, the UN Refugee Agency (UNHCR) estimated that at least 3,000 people had fled the country to Malawi and Eswatini.                
+Sources: Conselho Constitucional, British Broadcasting Corporation, Plataforma Eleitoral DECIDE, Africa Confidential, Le Monde, News 24, United Nations High Commissioner for Refugees
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mozambique/december-2024</t>
+  </si>
+  <si>
+    <t>Protests, Elections, Police violence, SDG16</t>
+  </si>
+  <si>
+    <t>After year of delay, judicial elections partially take place</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 15 December, judicial elections were held for members of the Constitutional Court, Supreme Court, Agro-Environmental Tribunal, and the Council of Magistrates. However, only 19 out of the 26 judgeships were on the ballots. The election of the remaining offices was postponed, after the Fourth Chamber of the Constitutional Court granted injunctions in the selection process of candidates for certain judicial offices in response to legal actions initiated by individuals who wished to stand as candidates. The magistrates of the Fourth Chamber were widely criticized, given that the injunctions resulted in the indefinite extension of their mandates, as their own offices were among those affected by the injunctions. Opposition politicians have also called this an attempt to retain power to favour the ruling party and persecute opponents. Participation was close to 70 per cent (voting is mandatory), with a high percentage of spoiled and blank ballots at 37 per cent. Out of a total of 19 elected judges, nine are women.
+Sources: Órgano Electoral Plurinacional, Infobae, El Pais 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bolivia/december-2024</t>
+  </si>
+  <si>
+    <t>Elections, Judiciary, SDG16</t>
+  </si>
+  <si>
+    <t>Military junta extends transitional rule</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 31 December, Guinea’s ruling junta announced an extension of the country’s transition period but did not specify a new timeline for returning to civilian rule. The initial agreement with the Economic Community of West African States (ECOWAS), reached in 2022, had set a 24-month transition, meaning elections were expected by the end of 2024. However, the military government, led by Colonel Mamadi Doumbouya, cited logistical and institutional challenges in justifying the extension. In his New Year’s address, Doumbouya reaffirmed his commitment to restoring constitutional order, stating that a constitutional referendum would be organized in early 2025, but did not clarify when elections would follow. Opposition groups condemned the move, declaring they would no longer recognize the transitional authorities after the missed deadline. The announcement is expected to heighten political tensions as the opposition pushes for a clear and binding electoral timeline. 
+Sources: Guinee News, Radio France Internationale, Africa News (1), Africa News (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea/december-2024</t>
+  </si>
+  <si>
+    <t>Mamadi Doumbouya, Military Junta, Elections, Transitional Process, ECOWAS, SDG16</t>
+  </si>
+  <si>
+    <t>Opposition secures decisive victory in presidential and parliamentary elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 7 December, former President John Dramani Mahama won Ghana’s presidential election with 56.4 per cent of the vote, defeating Vice President Mahamudu Bawumia, who secured 41.8 per cent. Voter turnout stood at 64.0 per cent, down from 79.0 per cent in 2020. The election also resulted in a strong parliamentary win for Mahama’s National Democratic Congress (NDC), which secured 186 of the 276 seats (67.4 per cent), giving it a two-thirds majority. The country will now have its first woman Vice-President, Jane Naana Opoku-Agyemang. According to Ghana’s Electoral Commission, 12.8 per cent of parliamentary candidates in 2024 were women. Election results were initially delayed as political parties incited their supporters to gather in large numbers at collation centres. While Bawumia conceded on 8 December, reports of vandalism, looting, and property destruction led security forces to disperse crowds with tear gas and pepper spray. Observers from the African Union and the Commonwealth of Nations lauded the Electoral Commission for conducting a transparent and credible election.
+Sources: Electoral Commission Ghana, African Union, Commonwealth Observer Group, The Africa Report, Africa Confidential, British Broadcasting Corporation, Ghana Broadcasting Corporation
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ghana/december-2024</t>
+  </si>
+  <si>
+    <t>John Dramani Mahama, National Democratic Congress, Elections, Women's political participation, Jane Naana Opoku-Agyemang</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>Opposition candidates blocked from upcoming elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 31 December, Burundi’s electoral commission disqualified all candidates from the main opposition party, National Freedom Council (Congrès national pour la liberté, CNL), and the only political coalition – Burundi Bwa Bose (Burundi for All) – set to contest the June 2025 legislative elections. The Burundi for All coalition, officially recognized by the interior ministry on 17 December, was barred because three of its four candidates are current CNL lawmakers, violating electoral laws which prohibit candidates from representing a suspended party. Political analysts believe the decision specifically targets the most competitive opposition figures, including Agathon Rwasa, the former CNL leader and presidential runner-up. Opposition groups condemned the decision as an attempt to eliminate competition, ahead of the elections.
+Sources: SOS Médias Burundi, New Vision, News Central, Barron’s, Le Monde
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/burundi/december-2024</t>
+  </si>
+  <si>
+    <t>Elections, Legislature, SDG16</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mass protests after government pauses EU bid </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Major protests broke out around the country after Prime Minister Irakli Kobakhidze announced Georgia would be ‘pausing’ EU accession until 2028. The scale of the protests, as well as reports of excessive violence in the police response, led civil society observers and foreign officials to raise concerns about the country’s overall stability. Many high-ranking civil servants have resigned in protest and hundreds more have openly condemned the government’s actions. Over 300 protesters had been detained as of 3 December, and local rights NGOs accused police of torturing detainees. Tensions over the political neutrality of the country’s institutions were already high.  
+UPDATE: Street protests continued throughout December 2024. Gangs of masked men in black clothes have also been filmed attacking protesters, journalists, and opposition figures, resulting in multiple hospitalizations. The government has denied reports of excessive force by police and any connection to the masked gangs, but no arrests of the latter have been made. The government also passed several new laws on 30 December making certain activities at protests, such as blocking a road, possessing unauthorized placards or posters, possessing firecrackers, or covering one’s face punishable by fines
+Sources: Euronews, Eurasianet (1), OC Media (1), Netgazeti, Eurasianet (2), Reuters, OC Media (2), Publika, JAM News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/georgia/november-2024-0</t>
+  </si>
+  <si>
+    <t>Civil Unrest, EU, Irakli Kobakhidze, Protests, Police violence, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>Ruling party wins large majority in legislative elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senegal’s legislative elections, held on 17 November, were won by the country’s governing party, the African Patriots of Senegal for Work, Ethics and Fraternity (Patriotes africains du Sénégal pour le travail, l'éthique et la fraternité, PASTEF), which secured 130 of the 165 (78.8 per cent) seats in the National Assembly. This represents a 132.1 per cent increase in the party’s seat share, which prior to the election was 56, and comes 8 months after it won the Presidential election in March. The main opposition coalition led by former President Macky Sall, Takku Wallu Sénégal, came second, winning 16 seats, followed by the Jàmm ak Njariñ coalition led by former Prime Minister Amadou Ba (7 seats). Voter turnout was 49.5 per cent of registered voters (up from 46.6 per cent in 2022). Sixty-eight of the 165 elected legislators (41.2 per cent) are women (down from 46.1 per cent in 2022). International observers from the African Union (AU) and the Economic Community of West African States (ECOWAS) gave the elections a positive assessment, noting that the voting process was generally smooth and the atmosphere largely peaceful.
+Sources: Vie-Publique.sn (1), Jeune Afrique, Vie-Publique.sn (2),  L'Agence de presse sénégalaise
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/senegal/november-2024</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Namibia records highest voter turnout in two decades</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Voter turnout in Namibia’s presidential and parliamentary elections reached a two-decade high. According to data from the Electoral Commission of Namibia, 76.1 per cent of registered voters cast their ballot in the presidential election and the figure was slightly lower for the parliamentary poll (75.7 per cent). Compared to the previous general election in 2019 (when turnout for the presidential election was 60.8 per cent and for the parliamentary elections it was 60.4 per cent), these represent increases of 15.3 percentage points. Ninety-one per cent of eligible voters were registered to vote in the 2024 elections.    
+Sources: Electoral Commission of Namibia (1), Electoral Commission of Namibia (2), International IDEA, The Namibian
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/namibia/november-2024</t>
+  </si>
+  <si>
+    <t>Ruling SWAPO party declared winner in general elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Namibia’s ruling party, the South West Africa People’s Organisation (SWAPO) won the country’s general election, which was originally scheduled for 27 November but later extended in some areas to 30 November. Netumbo Nandi-Ndaitwah won the presidential election with 58.1 per cent of the popular vote, and SWAPO secured 51 of the 96 (53.1 per cent) directly elected seats in the National Assembly, the lower chamber of the country’s bicameral parliament. The Independent Patriots for Change (IPC) came second, winning 20 seats, followed by Affirmative Repositioning (6 seats). Turnout for the presidential election was 76.1 per cent of registered voters (up from 60.8 per cent in 2019) and 75.7 per cent for the legislative contest (up from 60.4 per cent). Nandi-Ndaitwah was the only woman among the 15 presidential candidates and is set to become Namibia’s first female president. The election results, however, were disputed by opposition parties, who alleged several irregularities. In early December, they were reported to be preparing legal challenges. International election observers, while noting logistical problems and delays, concluded that the elections had been peaceful and conducted in accordance with Namibia’s legal framework.
+Sources: Electoral Commission of Namibia (1), Electoral Commission of Namibia (2), International IDEA, The Conversation, The Windhoek Observer, Daily Maverick, African Union Election Observation Mission, SADC Electoral Observation Mission    
+</t>
+  </si>
+  <si>
+    <t>Dozens killed as post-election violence escalates further</t>
+  </si>
+  <si>
+    <t xml:space="preserve">During November, the number of people killed in Mozambique’s post-election violence rose to 76, as clashes between protesters and the security forces worsened. The protests began in October, following the country’s disputed general election, and have been characterised by strikes, street demonstrations, roadblocks and public pot-banging, as well as looting and attacks on property and the police. The police, supported by the military, which was deployed at the beginning of the month, used highly repressive measures against the protesters, most notably shooting them with live ammunition. By 1 December at least 240 people had been struck by bullets, including several children who were shot dead during a pot-banging protest. Authorities also continued to suspend mobile internet services. While the demonstrations have been focused on the capital, Maputo, and the provinces of Nampula and Zambezia, they have taken place across the country.
+Sources: International Crisis Group (1), Plataforma Eleitoral DECIDE, International IDEA, International Crisis Group (2), British Broadcasting Corporation, Access Now  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mozambique/november-2024</t>
+  </si>
+  <si>
+    <t>Protests, Strike, Elections, Police violence, Internet Shutdown, SDG16</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Opposition coalition wins landslide victory in legislative elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opposition coalition, the Alliance for Change (Alliance du Changement) won Mauritius’ legislative elections held on 10 November, securing 60 of the 62 (96.8 per cent) directly elected seats in the unicameral National Assembly. The Rodrigues People’s Organisation (Organisation du Peuple Rodriguais) won the remaining two seats, with the incumbent Alliance of the People (Alliance Lepep) coalition failing to secure an elected seat. Turnout was 79.3 per cent of registered voters (up from 77.0 per cent in 2019). Of the 891 candidates contesting the elections, 165 (18.5 per cent) were women, of whom 11 won seats. An additional woman was appointed to the Assembly by the country’s Electoral Commissioner as one of four unsuccessful candidates under the country’s Best Loser System, which allows for up to eight seats to be allocated to the highest-polling losing candidates from underrepresented ethnic groups. Women, therefore, hold 12 of the 66 (18.2 per cent) seats in parliament - down from 2019, when there were 14 female representatives in a then-larger Assembly of 72 seats (19.4 per cent). International observers assessed the elections to have been credible, transparent and peaceful, but criticised the under-representation of women among candidates.        
+Sources: Office of the Electoral Commissioner (1), Office of the Electoral Commissioner (2), Le Mauricien, International IDEA, Defimedia, SADC Electoral Observation Mission, African Union Electoral Observation Mission    
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mauritius/november-2024</t>
+  </si>
+  <si>
+    <t>Elections postponed indefinitely</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 4 November, Guinea-Bissau's President Umaro Sissoco Embaló announced the indefinite suspension of legislative elections originally scheduled for 24 November. Citing logistical and financial constraints, the president argued that the country was unprepared to hold a credible vote. Critics, however, viewed the move as a strategy to prolong his administration’s tenure and avoid political accountability. The country has been without a parliament since December 2023, when President Embaló dissolved the National Assembly (Assembleia Nacional Popular) following an alleged coup attempt. 
+Update: On 23 February 2025, President Umaro Sissoco Embaló announced that parliamentary and presidential elections would take place on 30 November 2025.
+Sources: Jeune Afrique, Business Day, News 24, Punch, News Central, International IDEA, Reuters, International Crisis Group
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea-bissau/november-2024</t>
+  </si>
+  <si>
+    <t>Umaro Sissoco Embaló, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Two convicted of the 2018 assassination of councilwoman Marielle Franco</t>
+  </si>
+  <si>
+    <t>On 31 October, a Rio de Janeiro court sentenced former police officers Ronnie Lessa and Élcio Queiroz to prison for the 2018 assassination of councilwoman Marielle Franco and her driver, Anderson Gomes, and for the attempted murder of Fernanda Chaves, Franco’s advisor, who survived the attack. The men admitted to acting on orders from two high-ranking politicians and a former police chief, and received sentences of 78 and 59 years, respectively. The court found that the attack was planned months ahead and was intended to obstruct Franco’s work on housing rights for marginalized communities. As a prominent voice against police brutality and an influential Black, gay woman born in a favela, Franco’s assassination became one of the city’s most high-profile murders, exposing collusion between organized crime and politics in Brazil. The families celebrated the verdict as a step toward justice and urged accountability for the masterminds behind the crime, whose trial dates remain pending.Sources: Brazil de Fato, The Guardian, BBC, Pagina 12, OHCHR</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/brazil/november-2024</t>
+  </si>
+  <si>
+    <t>Elections, Attempted coup d'état, Jair Bolsonaro, Luiz Inacio Lula da Silva, Prosecutor's Office, Supreme Court, Organized Crime, Police, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre-right Fianna Fáil wins early general elections </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ireland held early general elections on 29 November, after Prime Minister Simon Harris announced a snap election in a bid to secure another term for his Fine Gael party, which has been in office since 2011, and in a three-party coalition in the last mandate. Out of the 174 seats of the Dáil Éireann (Assembly), Fianna Fáil won 48 seats with a vote share of 21.9 per cent. The Sinn Féin party secured 39 seats, with a vote share of 19 per cent, and the Fine Gael secured 38 seats, with a vote share of 20.8 per cent. Voter turnout declined from 62.7 per cent in 2020 to 59.7 per cent in 2024. Despite the highest number of female candidates (246 out of 686) registered in Irish general elections, only 44 were elected. Women will make up just over 25 per cent of the new legislature—a modest increase from 23 per cent in the previous legislature, but still one of the lowest proportions of female MPs in Western Europe. 
+Sources: Raidió Teilifís Éireann, British Broadcasting Corporation (1), British Broadcasting Corporation (2), Financial Times, Politico, International IDEA, Inter-Parliamentary Union, The Guardian, The Times 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ireland/november-2024-0</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, Simon Harris</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opposition Social Democratic Alliance wins early general elections </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iceland held early parliamentary elections on 30 November, the sixth since 2008. Prime Minister Bjarni Benediktsson, who came to power in April after his predecessor resigned, called for elections in October after ending the coalition between his Independence Party, the Progressive Party, and the Left-Green Movement due to disagreements over immigration, energy policy, and the cost-of-living crisis. Out of the 63 Alþingi (Parliament) seats, the Social Democratic Alliance (Samfylkingin) won 15 seats with a vote share of 20.8 per cent, becoming the largest party. The incumbent Independence Party (Sjálfstæðisflokkurinn) secured 14 seats with a vote share of 19.4 per cent. The centre-right Liberal Reform Party (Viðreisn) secured 11 seats, with a vote share of 15.8 per cent. Voter turnout was 80.1 per cent, remaining nearly unchanged from 2021. 
+Sources: Icelandic National Broadcasting Service, Euronews, Al Jazeera, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iceland/november-2024</t>
+  </si>
+  <si>
+    <t>Elections, Bjarni Benediktsson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Government proposes constitutional amendments stripping some non-citizens of local voting rights </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 6 November, the government introduced a bill to amend the constitution in Parliament, which would remove the right of certain non-citizens living in Estonia to vote in local elections. The bill is narrowly tailored to affect Russian and Belarusian citizens, citing national security concerns. The draft amendments would guarantee local voting rights for stateless people in the Constitution, in addition to EU citizens and NATO countries--considered to share Estonia’s democratic values and security interests. The bill passed its first reading in Parliament on 20 November, and will be considered in the second reading in at least three months’ time, as required by the Constitution. There are an estimated 83,500 Russian citizens living in Estonia, roughly a third of whom have previously taken part in local elections according to Estonian public broadcaster ERR. Local elections are scheduled for October 2025.  
+Sources: ConstitutionNet,  ERR (1), ERR (2), Riigikogu (1), Riigikogu (2), Riigikogu (3) 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/estonia/november-2024</t>
+  </si>
+  <si>
+    <t>Elections, Constitutional reform, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constitutional Court annuls presidential election </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 6 December, the Constitutional Court annulled the first round of the presidential election, held on 24 November, in an unprecedented decision, citing “multiple irregularities,” including violations of campaign finance regulations and lack of equal opportunities for candidates.  On 2 December, the Constitutional Court confirmed the results of the election following a recount in view of legal challenges brought by Presidential candidate Cristian Vasile Terheș. However, the Court then reversed the decision, announcing the annulment amid ongoing voting in the run-off in the diaspora, and following statements by the Supreme Council for National Defense (CSAT) that cited evidence of cyberattacks and Russian efforts to influence Romanian social cohesion. CSAT also criticized TikTok for promoting campaign content without proper labelling, violating electoral law. On 29 November, the European Commission ordered TikTok to report on its management of information manipulation risks under the EU’s Digital Services Act. As a next step, the government will establish a timeline for a new presidential election, expected in spring 2025. 
+Sources: European Commission, Digi24, Foreign Policy, Constitutional Court, Supreme Council for National Defense (CSAT), RFERL, The Conversation 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/romania/november-2024</t>
+  </si>
+  <si>
+    <t>Elections, Constitutional Court, Social Media, Protests, EU, TikTok, Cyber security, SDG16</t>
+  </si>
+  <si>
+    <t>Donald Trump elected president, Republicans win control of Congress</t>
+  </si>
+  <si>
+    <t>On 5 November Donald Trump was elected president after winning 312 electoral votes (and 49.9 per cent of the popular vote), compared to the Democratic candidate Kamala Harris’s 226 electoral votes (and 48.4 per cent of the popular vote). The latest data suggests voter turnout was high, at 63.8 per cent, but lower than the 2020 election (66.8 per cent).The Republican Party won a majority in the Senate, with 53 out of 100 seats. Republicans further won a slim majority in the House of Representatives, with 220 seats to the Democrats’ 215. Women’s representation in Congress has not significantly changed. The number of women in the Senate is expected to be maintained at 25, and in the House between 124 and 127 representatives will be women (currently, 127 representatives are women).Sources: AP News, CNN, NY Times, Carnegie Endowment, NPR, U.S. Census Bureau</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-states-america/november-2024</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>First phase of unified municipal elections in a decade concludes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 16 November, Libya completed the first phase of its municipal elections, which were held across 58 municipalities. This is the first time since 2014 that unified local elections were held simultaneously in the country’s eastern and western regions. The elections saw a high voter turnout of 77.2 per cent out of approximately 210,000 registered voters. While women’s voter registration was low, 73.4 per cent of those registered participated. In terms of candidacy, only 3 per cent of independent candidates and 30 per cent of list candidates were women. A 2021 quota system guarantees at least one seat for women in each municipal council. Although the elections were held in both eastern and western regions, territorial control over Libya remains fragmented. A second phase of municipal elections in 59 other municipalities is scheduled for January 2025. Municipal elections are considered a vital initial step toward other electoral processes in the country, including long-delayed parliamentary and presidential elections.
+Sources: HNEC, Libya Review, Al Wasat, Middle East Monitor, UNSMIL, International IDEA (1), International IDEA (2), UN Women
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/libya/november-2024</t>
+  </si>
+  <si>
+    <t>Elections, Women's political participation, SDG16</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>Record number of women elected to parliament</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The parliamentary election held on 14 November saw a record 21 (9.3 per cent) women elected to parliament. This marks an increase from 12 women (5.4 per cent) elected in the 2020 election.  
+Sources: ANFREL, The Sunday Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sri-lanka/november-2024</t>
+  </si>
+  <si>
+    <t>Left-leaning National People’s Power coalition sweeps parliamentary polls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka held snap parliamentary elections on 14 November, following left-leaning leader Anura Kumara Dissanayake’s presidential win in October. Dissanayake’s National People’s Power coalition secured a historic super majority in parliament with 159 out of 225 seats (70.6 per cent). This marks the most decisive victory achieved by a Sri Lankan political party since the introduction of the proportional representation system in 1978. Voter turnout was approximately 68.9 per cent, down from 75.9 per cent in the 2020 election. The number of women in parliament increased from 12 (5.3 per cent) to 21 (9.3 per cent). Election observers noted that the election was peaceful and effectively managed by the Election Commission.
+Sources: Election Commission of Sri Lanka, International IDEA, ANFREL, The Diplomat 
+</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>Voter turnout in presidential and parliamentary elections falls to two-decade low</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Voter turnout in Mozambique’s presidential and parliamentary elections fell to a two-decade low. According to data from the National Election Commission (Comissão Nacional de Eleições, CNE), just 43.5 per cent of registered voters cast their ballot in the presidential election and the figure was only marginally higher for the parliamentary poll (43.9 per cent). Compared to the previous general election in 2019 (when turnout for the presidential election was 51.8 per cent and for the parliamentary elections it was 51.4 per cent), these represent declines of 8.3 and 7.5 percentage points, respectively. Analysts have ascribed the low turnout to various factors, including public distrust of electoral processes and institutions, the inflation of the voter’s roll with non-existent ‘ghost’ voters and, in the case of Cabo Delgado, the ongoing insecurity in the province.
+Sources: Comissão Nacional de Eleições, International IDEA, Club of Mozambique, International Crisis Group, CIVICUS, Mozambique Political Process Bulletin, Al Jazeera, Centro de Integridade Pública
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mozambique/october-2024</t>
+  </si>
+  <si>
+    <t>Elections, Armed Conflict</t>
+  </si>
+  <si>
+    <t>Post-election violence escalates in Mozambique amid assassinations and fraud claims</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In the wake of Mozambique’s disputed 9 October poll, protesters clashed with police in deadly confrontations, as thousands took to the streets over alleged election fraud. On 16 October, presidential candidate Venâncio Mondlane called for a nationwide shutdown on 21st  of the month, as allegations of serious election irregularities emerged from election observers. Tensions escalated in the wake of the apparent assassination of Mondlane’s elections lawyer, Elvino Dias, and a senior official from the Optimist Party for the Development of Mozambique (Partido Otimista pelo Desenvolvimento de Moçambique, PODEMOS), Paulo Gwambe, who were shot dead in the capital Maputo on 19 October. The protests on 21 October (and those which followed on the 24th and 25th) were met with a heavy response from the police, who deployed armoured vehicles and fired tear gas and live ammunition to disperse the protesters. Some protesters threw rocks at the police, barricaded streets with burning tires and burned down public buildings. The authorities also shut down the internet. By 26 October, the police had killed at least 11 people.             
+Sources: International Crisis Group, The Africa Report, British Broadcasting Corporation, Africa Confidential, Human Rights Watch, Mozambique Political Process Bulletin
+</t>
+  </si>
+  <si>
+    <t>Assassination, Protests, Strike, Elections, Police violence, Venâncio Mondlane, SDG16</t>
+  </si>
+  <si>
+    <t>Ruling party declared winner in disputed general election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 9 October, Mozambique held general elections to select the President and members of the unicameral Assembly of the Republic and the provincial assemblies. According to the provisional results announced by the National Elections Commission (Comissão Nacional de Eleições, CNE) on 24 October, the ruling Mozambique Liberation Front (Frente de Libertação de Moçambique, FRELIMO) won 195 (78.0 per cent) of the 250 Assembly seats, followed by the Optimist Party for the Development of Mozambique (Partido Otimista pelo Desenvolvimento de Moçambique, PODEMOS) (31 seats; 12.4 per cent), the Mozambique National Resistance (Resistência Nacional Moçambicana, RENAMO) (20 seats; 8.0 per cent) and and the Democratic Movement of Mozambique (Movimento Democrático de Moçambique, MDM) (4 seats; 1.6 per cent). The presidential election was won by FRELIMO’s candidate, Daniel Chapo who received 70.7 per cent of the vote. The runner up, with 20.3 per cent, was Venâncio Mondlane, an independent candidate supported by PODEMOS. Alleging electoral fraud, PODEMOS and other political parties appealed the general election results to the Constitutional Council (Conselho Constitucional, CC), the body charged with validating the results. Women candidates occupied the top spot in 30 per cent of the party lists for the parliamentary contests, but there were no women among the four presidential candidates. The CNE reported presidential election turnout to be 43.5 per cent (down from 51.8 in 2019) and 43.9 per cent in the parliamentary contest (down from 51.4 in 2019). International observers and analysts reported evidence of ballot stuffing, counting and tabulation irregularities and an inflated voters’ roll.
+Sources: Comissão Nacional de Eleições, Mozambique Political Process Bulletin, Club of Mozambique, Conselho Constitucional, European Union (1),  European Union (2) 
+</t>
+  </si>
+  <si>
+    <t>Daniel Chapo, Venâncio Mondlane, Elections, Women's political participation</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>Ruling party defeated in general election, after 58 years in power</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 October, Botswana held general elections for the unicameral National Assembly and local councils. An opposition coalition, the Umbrella for Democratic Change (UDC), emerged as winners of the national contest, securing a majority of the vote (59.0 per cent) and 36 of the 61 elected National Assembly seats. They were followed by the Botswana Congress Party (15 seats; 24.6 per cent), the Botswana Patriotic Front (5 seats; 8.1 per cent) and the incumbent Botswana Democratic Party (4 seats; 6.6 per cent), which has ruled the country since independence in 1966. Of the 264 parliamentary candidates, 28 (10.6 per cent) were women; three won seats and three women were indirectly elected by the National Assembly, taking the number of female representatives to 6 (8.7 per cent of the total 69 seats) - down from 7 (10.8 per cent) in 2019. International observers assessed the elections to have been peaceful and orderly, but raised several concerns, including inadequate civic education, the under-representation of women among candidates, and various logistical issues.               
+Sources: Daily News Botswana, Daily Maverick, Voice of America, Gender Links, The Electoral Commissions Forum of SADC Countries, Southern African Development Community 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/botswana/october-2024</t>
+  </si>
+  <si>
+    <t>Duma Boko, Elections, Women's political participation</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>Yamandú Orsi is elected Uruguay’s next President</t>
+  </si>
+  <si>
+    <t>On 27 October, Uruguay held general elections. Voter turnout was 89.52 per cent, similar to the 90,13 per cent recorded  in the last elections in 2019 (voting is compulsory). Uruguayans had the option to vote for one of 11 presidential tickets, all led by men. Yamandú Orsi from the Frente Amplio coalition and Álvaro Delgado from the National Party led the presidential race with 44 and 27 per cent of the vote, respectively. As neither reached the required 50 per cent, a run-off will take place on 24 November.Voters also elected 30 members of the Senate, 99 members of the House of Representatives, and members of municipal electoral boards. The Frente Amplio coalition obtained a majority in the Senate, while no party secured a majority in the lower chamber. Preliminary calculations indicate that 27.9 per cent of legislative seats will be held by women, an increase from the 20 per cent elected in the 2020 elections.Additionally, two plebiscites—one on pension reform and the other on restoring police authority to conduct nighttime raids—did not pass, as both fell short of the required 50 per cent voter support.Update: A run-off was held on 24 November. The Frente Amplio coalition’s Yamandú Orsi became the country’s new president, with 49.8 per cent of the vote. Álvaro Delgado garnered 45.87 per cent, and voter turnout was 89.4 per cent.Sources: International IDEA, Montevideo Portal, Corte Electoral Uruguay (1), El Pais Uruguay, AP News, Corte Electoral Uruguay (2), CNN </t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/uruguay/october-2024</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>Voter turnout reaches historic low in presidential elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The presidential election on 6 October saw a dramatic decline in voter turnout, with only 28.80 per cent of registered voters casting ballots. While it still surpasses the record-low 11.40 per cent seen in the 2023 parliamentary elections, this is the lowest turnout in Tunisia’s presidential history and represents a significant drop from the 48.98 per cent turnout in the first round of the 2019 election, and an even steeper decline from the 55.02 per cent turnout that was registered in the second round in 2019. Voter turnout was particularly low among the youth, with just 6 per cent casting their votes. Observers have pointed out several factors contributing to the reduced participation, such as increased presidential control over the electoral process, the repression of opposition groups, and restrictions on media and civil society. The detention of opposition figures, including presidential candidate Ayachi Zammel, alongside the limited number of candidates approved by the Independent High Authority for Elections (ISIE), intensified public discontent. Opposition groups called for a boycott, citing concerns over the absence of conditions for fair elections. 
+Sources: Al Jazeera, Middle East Monitor, RFI, Independent High Authority for Elections (1), Independent High Authority for Elections (2), International IDEA (1), International IDEA (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/october-2024</t>
+  </si>
+  <si>
+    <t>Saied wins second term in presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incumbent President Kais Saied won the presidential election on 6 October, securing a second term with 90.69 per cent of the vote in the first round. He faced only two male opponents: Ayachi Zammel, the imprisoned Azimoun party leader, who received 7.35 per cent of the vote, and Zouhair Maghzaoui of the People's Movement, who garnered 1.97 per cent. The Independent High Authority for Elections (ISIE) barred three other candidates from running, despite a ruling from the Administrative Court that they be reinstated. The election was boycotted by several opposition parties, including the National Salvation Front coalition, driven by concerns over the absence of conditions for fair elections. While election observers noted that the election was well-organized, they raised concerns about the limited number of approved candidates, the legal framework governing ISIE, and the denial of accreditation to some local civil society observation groups. Notably, two of Tunisia's most well-established observer organizations, I Watch and Mourakiboun, were denied accreditation. Voter turnout was 28.80 per cent of registered voters, down from 48.98 per cent in the 2019 presidential election.
+Sources: Independent High Authority for Elections, Al Jazeera, Human Rights Watch, RFI, Le Monde, African Union, Human Rights Watch
+</t>
+  </si>
+  <si>
+    <t>Kais Saied, Elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opposition Social Democratic Party wins parliamentary election </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lithuania held legislative elections for the 141-seat Seimas, with the first round on 13 October and a run-off on 27 October. The Social Democratic Party (LSDP) won 52 seats (19.3 per cent of the vote share), surpassing the incumbent Homeland Union-Christian Democrats of Lithuania (TS-LKD), which secured 28 seats (18.0 per cent of the vote). The Nemunas Dawn party came in third with 20 seats (15.0 per cent of the vote). Voter turnout was 52.18 per cent in the first round and 41.41 per cent in the run-off, up from 47.80 per cent (first round) and 39.24 per cent (run-off) in the 2020 elections. Women’s representation in the new legislature fell from 29.3 per cent to 27.7 per cent. 
+Sources: IFES, IPU, VRK, LRT (1), LRT (2), International IDEA, Made in Vilnius, Politico 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lithuania/october-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgia holds legislative elections under new electoral system </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 26 October, Georgia held a parliamentary election in which all 150 seats were contested under a fully proportional system for the first time. The incumbent right-wing Georgian Dream remained the largest party and won 89 seats with a vote share of 53.93 per cent. The centre-right Coalition for Change secured 19 seats with a vote share of 11.03 per cent. The Unity National Movement became the third-largest coalition, securing 16 seats with a vote share of 10.17 per cent. President Salome Zourabichvili, along with the opposition and civil society, have rejected the results of the election and have called for protests against the ruling party. Election observation missions have expressed concern about possible intimidation and vote buying surrounding the election. Voter turnout in the election stood at 58.73 per cent, a slight increase from the 2020 turnout of 56.75 per cent. 
+Sources: Associated Press, British Broadcasting Corporation, Election Administration of Georgia, Organisation for Security and Co-operation in Europe 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/georgia/october-2024</t>
+  </si>
+  <si>
+    <t>Elections, EU, Georgian Dream, Salome Zourabichvili</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Observers and analysts criticize election’s fairness </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International election observers criticized the conduct of Georgia’s 2024 parliamentary election, citing widespread pressure on voters to support the ruling party, the underrepresentation of women (partly due to the removal of gender quotas), limited campaign finance oversight that favoured the ruling Georgian Dream party, and more. Observers also found the election to be “marred by concerns over recently adopted legislation [and] its impact on fundamental freedoms and civil society.” Data analysts also found evidence of irregular patterns in electoral precinct data that indicated some degree of vote-buying, ballot stuffing, or other activities in favour of Georgian Dream. The domestic opposition pledged to boycott the incoming Parliament, Sweden suspended development cooperation with the Georgian government, and US President Joe Biden and other Western officials called on the Georgian government to fully investigate reports of electoral interference and voter pressure.  
+Sources: OSCE, Radio Free Europe/Radio Liberty, Civil.ge 
+UPDATE: Georgia’s Central Election Commission (CEC) certified the results of the election on 16 November. The announcement was disrupted when a representative of the opposition United National Movement threw black paint in the face of CEC chair Giorgi Kalandarishvili. Georgian rights NGOs accused the country’s courts of ‘fast-tracking’ and rejecting lawsuits challenging the conduct of October parliamentary elections in order to ensure results could be certified as scheduled. Parliament was inaugurated on 25 November, and legal experts argue the ruling Georgian Dream party’s decision to do so was unconstitutional, as the Constitutional Court was still reviewing a case lodged by President Salome Zourabichvili contesting the validity of the election. 
+New Sources:  OC Media, Netgazeti, RBC Ukraine 
+</t>
+  </si>
+  <si>
+    <t>Elections, Joe Biden, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maia Sandu wins presidential election and EU referendum passes  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moldova held a two-round presidential election on 20 October and 3 November. The incumbent President Maia Sandu of the Party of Action and Solidarity (PAS) led in the first round with 42.49 per cent of the vote, ahead of Alexandr Stoianoglo of the Party of Socialists of the Republic of Moldova (PSRM), but short of the 50 per cent threshold required to avoid a second round. Sandu won the second round with 54.34 per cent of the votes. A referendum on enshrining European Union (EU) accession in Moldova’s constitution was also on the ballot on 20 October and passed by a narrow margin, with 50.46 per cent in favour. Voter turnout increased; turnout for the first round rose to 51.68 per cent from 48.54 per cent in 2020 and to 54.29 per cent from 52.76 per cent in the second round. 
+Sources: British Broadcasting Corporation, Comisia Electorala Centrala, Moldova Matters, The Guardian, Reuters, Organisation for Security and Co-operation in Europe 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/october-2024</t>
+  </si>
+  <si>
+    <t>EU, Elections, Maia Sandu, Referendum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulgaria holds seventh parliamentary election since 2021 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 27 October, snap parliamentary elections were held for the 240-seat Parliament, after June’s elections failed to produce a governing coalition. The incumbent centre-right Citizens for European Development of Bulgaria-Union of Democratic Forces (GERB-UDF) received a vote share of 26.39 per cent (69 seats). The centrist coalition, We Continue the Change-Democratic Bulgaria (PP-DB) secured 14.20 per cent of the vote (37 seats), while the ultranationalist Revival party received a vote share of 13.36 per cent (35 seats). No party gained the 121 seats needed for a majority. Voter turnout stood at 38.94 per cent, up from 34.41 per cent in the June elections. PACE observers noted that the elections were competitive and well-managed, but the low voter turnout highlighted a lack of trust in the political leadership. However, reports of vote buying sparked large protests.  
+Sources: Central Election Commission, Council of Europe, Euronews, International IDEA (1), International IDEA (2), Politico, Radio Free Europe Radio Liberty 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bulgaria/october-2024</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jammu and Kashmir hold first local election in ten years </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jammu and Kashmir held its first local election in a decade from 18 September to 1 October, following the abrogation of Article 370 in 2019. This abrogation removed Jammu &amp; Kashmir’s autonomous status and split the region into two Union Territories of Jammu and Kashmir and Ladakh. The National Conference (NC) party and its alliance partners secured 48 out of 90 assembly seats (53.3 per cent), while the nationally-ruling Bharatiya Janata Party (BJP) secured 29 seats (32.2 per cent). Voter turnout was 63.9 per cent, slightly lower than 65.5 per cent in the last election in 2014. Despite 41 women contesting the polls, only three women secured seats in the 90-member assembly, compared to two in the previous election. The Election Commission and observers noted that the polls were held peacefully, in contrast with the 2014 election.  
+Sources: International IDEA, Hindustan Times, Deutsche Welle, Election Commission of India, South Asian Voices, The Hindu 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/india/october-2024</t>
+  </si>
+  <si>
+    <t>Elections, Jammu and Kashmir, SDG16</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Parliamentary elections held</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan held elections for the Qonunchilik palatasi, the lower house of parliament, on 27 October. The ruling Uzbekistan Liberal Democratic Party increased its representation in the 150-seat chamber from 53 to 64. All five parties who participated in the election are loyal to the government of President Shavkat Mirziyoyev, and observers from the Organisation for Security and Cooperation in Europe said, “the political environment remained constrained, not providing voters with a genuine choice.” Voter turnout was 75.35 per cent, up from 67.80 per cent in 2019. This election was the first to take place with a gender quota requiring 40 per cent, rather than 30 per cent, of candidates to be women. The new parliament will have 57 women MPs, up from 47 in the previous sitting.
+Sources: Gazeta.uz, OSCE, International Parliamentary Union
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/uzbekistan/october-2024</t>
+  </si>
+  <si>
+    <t> Parliamentary election increases women’s representation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A record 73 (15.7 per cent) women were elected to the House of Representatives in Japan’s snap parliamentary election on 27 October, representing a 46.0 per cent increase. This marks an increase from 50 women (10.8 per cent) elected in the 2021 election. While a welcome development, the percentage still remains below the global average.
+Sources: The Japan Times, The New York Times 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/japan/october-2024</t>
+  </si>
+  <si>
+    <t>Ruling Liberal Democratic Party loses ground in snap election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 27 October, Japan held snap elections for the House of Representatives, the lower house of parliament. Prime Minister Ishiba’s Liberal Democratic Party (LDP) lost 68 seats but remains the largest party in the House of Representatives with 191 out of 465 seats (41.1 per cent). The main opposition party, the Constitutional Democratic Party of Japan (CDP), increased its representation from 96 to 148 seats (31.8 per cent). Voter turnout was 53.8 per cent, slightly down from 55.9 per cent in the previous election in 2021. The number of women in parliament increased from 50 (10.8 per cent) to 73 women (15.7 per cent). Despite the LDP losing its parliamentary majority, Ishiba expressed his intention to continue the current coalition without its majority threshold. He seeks to cooperate with opposition parties on a case-by-case basis for specific bills, such as economic policies. 
+Sources: Japan Broadcasting Organization (NHK), Inter-Parliamentary Union (IPU), BBC, The Sankei Shimbun, Ministry of Internal Affairs and Communications
+</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>Sheikh Hasina secures fourth straight term in general election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 7 January, Sheikh Hasina secured her fourth consecutive term as prime minister when her party, the Awami League (AL), won 223 of 300 parliamentary seats. Independent candidates, most of them allied to AL won 62 seats, while the main opposition Bangladesh Nationalist Party (BNP) boycotted the vote. The Chief Election Commissioner reported voter turnout was 40.99 per cent, compared with 80.00 per cent in the last election in 2018. Preliminary results indicate that despite a record high 5.1 per cent of female candidates, only 20 out of 299 contested seats were won by women (a decrease from 22 in 2018), with an additional 50 reserved seats for women to be determined in March. The election was marred by violence and repression of opposition candidates and supporters in the lead-up to and on election day. Voting irregularities were reported across several polling centres, causing voting there to be postponed. Independent election monitors from the Asian Network for Free Elections (ANFREL) noted that the elections were “neither genuine nor competitive.”  
+Sources: ANFREL (1), ANFREL (2), The Dhaka Tribune, IPU, Bangladesh Parliament, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bangladesh/january-2024</t>
+  </si>
+  <si>
+    <t>Elections, Sheikh Hasina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 30 January, former Prime Minister Imran Khan received a 10-year jail sentence for revealing state secrets. The following day, an anti-graft court imposed a 14-year sentence on Khan for illegally selling state gifts. In another setback, the Supreme Court upheld the Election Commission’s decision to strip PTI of its signature cricket bat symbol, citing irregularities in recent intra-party elections. This move was criticized for denying voters the chance to identify the party in upcoming elections, particularly in a country with low literacy rates, and forcing PTI candidates to run as independents. PTI alleges that the government (possibly acting through the army) launched a crackdown on its members after the 9 May riots, resulting in the imprisonment and forced resignations of many of its members. Furthermore, the Supreme Court in January scrapped a lifetime ban on politicians with convictions from holding office, with disqualifications now limited to five-year terms. The ruling makes it possible for Nawaz Sharif of the Pakistan Muslim League-Nawaz (PML-N) party to run for office, while Khan remains prohibited due to his five-year ban from a prior conviction. Human rights bodies have expressed concerns that recent developments undermine the fair competition and credibility of the upcoming election. 
+Sources: Reuters, The Express Tribune, United Nations, Council of Foreign Affairs, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/pakistan/january-2024</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>Lai Ching-te elected as Taiwan’s president</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lai Chin-te of the Democratic Progressive Party (DPP) won Taiwan’s presidential election on 13 January, securing 40.05 per cent of the vote in the three-way presidential race. Hsiao Bi-khim was elected as vice president. Voter turnout stood at 71.86 per cent, slightly lower than the 74.90 per cent recorded in the 2020 presidential election. 
+The DPP also experienced a setback in the Legislative Yuan (unicameral legislature), losing its majority in the legislative election held on the same day. The DPP secured 51 seats out of 113, while Kuomintang (KMT) claimed 52 seats; the upstart Taiwan People’s Party (TPP) secured 8 seats; and the last 2 seats were won by independents. Voter turnout was 71.78 per cent, down from 74.86 per cent in the 2020 legislative election. Women constitute 41.59 per cent of the seats, with 47 female lawmakers elected out of 113, comparable to 48 in the previous election. Election observers noted that the electoral process was conducted in a peaceful and orderly manner.
+Sources: Central Election Commission, Taipei Times, Liberal International, IFES, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/taiwan/january-2024</t>
+  </si>
+  <si>
+    <t>Elections, Lai Chin-te</t>
+  </si>
+  <si>
+    <t>Supreme Court confirms opposition leader’s ineligibility to run for president</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela’s Supreme Court (Tribunal Supremo de Justicia, TSJ) confirmed the ineligibility of Maria Corina Machado, who won a primary election held by opposition parties in October, to run for president. Machado had been declared ineligible to run for office for 15 years by the General Comptroller’s office, on the grounds that she had backed US sanctions against Venezuela and had supported the former opposition leader, Juan Guaido. She resorted to an appeal mechanism, established in the context of the Barbados Agreement on electoral guarantees. The latter resulted from the dialogue between government and opposition in the past months, regarding the conditions to ensure free and fair elections in Venezuela in 2024. In this sense, aspiring politicians with a prior determination of ineligibility were allowed to challenge their status. However, the TSJ dismissed the appeal of Machado, the opposition’s chosen candidate.  
+Sources: Agencia EFE, Voz de America, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/january-2024</t>
+  </si>
+  <si>
+    <t>Elections, Sanctions, SDG16</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>Tshering Tobgay elected prime minister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhutan held the fourth parliamentary election in its democratic history on 9 January. Former Prime Minister Tshering Tobgay’s People’s Democratic Party (PDP) won 30 of the 47 National Assembly seats, with Bhutan Tendrel Party declared as the opposition party and securing 17 seats. Initially, five parties participated in the election, three of which were eliminated in the primary round held on 30 November 2023. Voter turnout decreased to 65.6 per cent from 71.46 per cent in the 2018 election. The drop coincides with the withdrawal of postal ballot facilities for Bhutanese residing overseas last year, as well as other cost-cutting measures such as reduced polling stations and officials amid post-pandemic economic considerations. The number of women elected decreased to two (4.3 per cent) from seven in the previous election. International observers praised the election for its free and fair conduct.
+Sources: Election Commission of Bhutan, International IDEA (1), International IDEA (2), Keunsel, Foreign policy
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bhutan/january-2024</t>
+  </si>
+  <si>
+    <t>Elections, Tshering Tobgay</t>
+  </si>
+  <si>
+    <t>Azali Assoumani re-elected in presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comoros held elections for the national presidency and the governors of the three largest islands on 14 January. The Independent National Election Commission (Commission Electoral National Independante, CENI) reported that the incumbent president Azali Assoumani won re-election in the first round, receiving 62.97 per cent of the valid votes. CENI reported presidential election turnout to be 16.30 per cent, while turnout in the gubernatorial elections varied between 39.13 per cent and 69.56 per cent. There were six candidates for president, all of whom are men. There was only one woman among the 26 candidates for governor: Chamina Ben Mohamed who won the governorship of Mohéli. A joint election observation mission from the African Union and Eastern African Standby Force noted political tensions during the early part of the electoral process but described elections as taking place in a peaceful atmosphere, and found few logistical or procedural problems in the management of the election. Opposition candidates’ legal challenges to the election were dismissed by the Supreme Court. The Court released revised figures for the election, finding that President Assoumani received 57.2 per cent of the votes, with turnout much higher than reported by the CENI at 56 per cent. This would be slightly up from the last presidential election in 2019 which had 53 per cent turnout. 
+Sources: Commission Electoral National Independante (1), Commission Electoral National Independante (2), African Union and Eastern African Standby Force, The East African, Radio France Internationale
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/comoros/january-2024</t>
+  </si>
+  <si>
+    <t>Azali Assoumani, Elections</t>
+  </si>
+  <si>
+    <t>2024-02-20</t>
+  </si>
+  <si>
+    <t>Election of new second parliamentary chamber marked by low turnout</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tunisia held two rounds of elections to select members of local councils for a five-year term. These elections represent a significant step towards the establishment of the National Council of Regions and Districts, which will serve as a second chamber in the Tunisian parliamentary system. The second parliamentary chamber was established as part of the 2022 constitution. Opposition parties criticized the move as another step towards ‘authoritarian governance’, leading to calls for a boycott of the vote. More than 260 prominent Tunisian figures signed a petition against the election, claiming it aimed to weaken local power. 
+The electoral process was marked by a lack of public interest and popular engagement was low. Tunisia’s Independent High Electoral Commission (ISIE) confirmed a 12.53 per cent voter turnout in the second round, a slight increase from the 11.7 per cent participation seen during the first round. 779 candidates were elected, including 72 women and 139 candidates under 36 years of age. The ISIE announced that two candidates' results were annulled due to violations; one held dual nationality, while the other was found guilty of electoral offenses. The final results will be announced in March following all administrative court appeals. The first round of elections, held in December 2023, saw 1,348 local council members elected from 6,177 candidates across 2,155 districts.
+Sources: Tunis Afrique Presse, Reuters, Africa News, Independent High Authority for Elections of Tunisia, Middle East Eye
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/january-2024</t>
+  </si>
+  <si>
+    <t>Elections, Kais Saied</t>
+  </si>
+  <si>
+    <t>End of 15-year-limit on voting rights enfranchises overseas voters</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 16 January, an estimated 3.5 million British citizens living abroad became eligible to vote in parliamentary elections and referenda in the UK. Amendments to the Representation of the People Act, together with provisions on overseas voting in the Elections Act (passed in 2022), paved the way for the abolishment of a rule that citizens could only be registered to vote for 15 years after leaving the UK. The changes allow any citizen abroad who has previously lived in, or been registered to vote, in the UK to register as an overseas voter. The Electoral Commission has launched a campaign to raise awareness of the changes and to encourage the newly eligible UK citizens abroad to register to vote. An estimated 233,000 overseas voters were registered to vote in the 2019 general elections. UK electoral law allows any registered voter to donate to political parties and campaigners in the UK.
+Sources: UK Parliament (1), UK Parliament (2), The Guardian, UK Electoral Commission (1), UK Electoral Commission (2), BBC, UK Government (1), UK Government (2), UK Parliament (3) 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-kingdom-great-britain-and-northern-ireland/january-2024</t>
+  </si>
+  <si>
+    <t>Electoral Reform, Electoral Management Body, Elections, SDG16</t>
+  </si>
+  <si>
+    <t>Parliament agrees on caretaker government; elects first-ever ethnic Albanian PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parliament elected Talat Xhaferi from the Democratic Union for Integration (BDI), the largest ethnic Albanian party, to be the caretaker prime minister. Despite the opposition VMRO-DPMNE party securing two ministerial and three deputy positions in the new cabinet, its MPs abstained from voting for Xhaferi. The vote follows the resignation of Prime Minister Dimitar Kovačevski, in line with a system introduced in 2015 to prevent ruling party interference in the 100 days before elections through the formation of caretaker (technical) governments. Xhaferi's election follows a 2020 coalition agreement between the ruling Social Democrats and BDI, where the appointment of an ethnic Albanian as caretaker PM was a condition. Xhaferi's election as the first ethnic Albanian in this role has been considered historic. Previously, Xhaferi was North Macedonia's first ethnic Albanian defense minister and speaker of parliament.
+Sources: Balkan Insight, Deutsche Welle, Nova Makedonija (1), Nova Makedonija (2), Europe Western Balkans
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/north-macedonia/january-2024</t>
+  </si>
+  <si>
+    <t>Elections, Political Party, Talat Xhaferi, Dimitar Kovačevski, SDG16, SDG10</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>Evo Morales will run again for president</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Former President, Evo Morales, confirmed his intention to run for the presidency in 2025, as candidate of the ruling Movimiento Al Socialismo (MAS) party. Internal divisions have exacerbated as Morales accuses current President, Luis Arce (also of the MAS party and former minister under Morales), of orchestrating political attacks against him. Supporters of both politicians engaged in physical violence in August, during a congress of peasants’ union, and the party’s internal division has contributed to a standstill in Congress over issues such as judicial elections. 
+On 4 October, during MAS’s congress, the candidacy of Morales was confirmed, while President Luis Arce was expelled from the party. 
+Sources: Agencia EFE, France 24, El Pais 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bolivia/september-2023</t>
+  </si>
+  <si>
+    <t>Elections, Luis Arce, Evo Morales</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>Raids on Electoral Tribunal hinder transition process after elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 12 September, the president-elect, Bernardo Arévalo, announced he would suspend his participation in the transition hand-over process with the Giammattei administration, over the raids carried out the same day by prosecutors of the Attorney General’s office in the Electoral Tribunal’s premises. Both Arévalo and officials of the Electoral Tribunal expressed concern over the “unprecedented” measure, as prosecutors opened electoral packages and handled ballots, compromising the chain of custody and the integrity of the election. Guatemalan law exclusively authorizes officials of the Electoral Tribunal to handle electoral material, yet prosecutors argued a citizen complaint had triggered the search, which was authorized by a judge.  
+In early September, Arévalo had denounced an “attempted coup” against him, after prosecutorial actions against his Movimiento Semilla (Seed Movement) party. International bodies, such as the Organization of American States (OAS), have also expressed concern over such measures. Scores of citizens have rallied in support of Arévalo, calling for the Attorney General and other high-level officials to resign. In late September, Arévalo asked that the transition process be reactivated, in accordance with OAS recommendations.  
+Sources: Al Jazeera, France 24, La Prensa Latina, La Hora
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guatemala/september-2023</t>
+  </si>
+  <si>
+    <t>Elections, Bernardo Arévalo, Prosecutor's Office</t>
+  </si>
+  <si>
+    <t>Pro-Russian Robert Fico wins snap elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The populist left-wing Smer party led by former Prime Minister Robert Fico won early parliamentary elections, held on 30 September. Smer won 22.94 per cent of the vote and 42 of the 150 seats in the country’s unicameral Parliament. A total of seven parties will be represented in Parliament. Progressive Slovakia (PS) came in second place with 17.96 per cent of the vote and 32 seats, winning 61.7 per cent of the record-high overseas vote. The centre-left Hlas party, an offshoot from the Smer party, placed third with 27 seats, followed by the OL’aNO party with 16 seats. The Christian Democrat party and nationalist SNS party also returned to Parliament. Voter turnout was 68.42 per cent. The elected MPs comprise 33 women (22 per cent) and 117 men (78 per cent). 
+Sources: Robert Schuman Foundation, Aktuality (1), Aktuality (2), Euractiv, Politico, Statistics Office (1), Statistics Office (2), RFERL
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/slovakia/september-2023</t>
+  </si>
+  <si>
+    <t>Elections, Robert Fico, Legislature, SDG16</t>
+  </si>
+  <si>
+    <t>Labour party suffers first-time loss in local elections in 99 years</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The results of the local elections show a shift towards more conservative local government. After more than a century, conservative opposition parties, including the right-wing anti-immigration Progress Party (FrP), came out ahead. The 11 September polls asked voters to elect representatives for local councils in 356 municipalities and 11 counties. The ruling centre-left Labour party lost ground, marking the first time the party did not place first in local elections since 1924. Labour placed second, declining from 24.9 per cent of the vote in 2019 to 21.7 per cent. The opposition centre-right Høyre won 25.9 per cent of the vote, up from 20.1 per cent in the 2019 local elections, even outperforming Labour in Oslo. FrP came in third on an anti-immigration platform, boosting its vote share from 8.3 per cent to 11.4 per cent. The turnout was 62.4 per cent, down from 64.7 per cent in 2019. A total of 42 per cent of candidates who stood in the election are women, according to Statistics Norway (a decrease of 0.7 percentage points compared to the 2019 election).
+Sources: Euractiv, AP, Election Directorate, NRK, Science Norway, Statistics Norway (1), Statistics Norway (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/norway/september-2023</t>
+  </si>
+  <si>
+    <t>Elections, Local Government, Women's political participation</t>
+  </si>
+  <si>
+    <t>Conservative parties maintain control of the Senate following elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In Senatorial elections held on 24 September, the Les Républicains party, together with its centre-right allies, held on to its dominant position in the Senate. President Macron faced further setbacks in the legislature, after his party lost its majority in the lower house in June 2022. Sonia Backès, the only member of government with a contested seat in the election, was defeated in New Caledonia by a pro-independence candidate, and subsequently offered her resignation from her post as Secretary of State of Citizenship. The far-right Rassemblement National party secured three seats in constituencies in Northern France. At stake in the elections were 170 seats (almost half of the body’s total 348) in 38 metropolitan departments, as well as six overseas territories and six constituencies of French citizens resident abroad. The Senate will be composed of 126 female representatives (to 222 male representatives).
+ Sources: Le Monde (1), Le Monde (2), Le Monde (3), Reuters, France24, RFI, IPU
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/france/september-2023</t>
+  </si>
+  <si>
+    <t>Legislature, Elections, Women's political participation, SDG16</t>
+  </si>
+  <si>
+    <t>Voter ID requirements disenfranchise voters, Electoral Commission finds</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A report by the Electoral Commission has found that voter ID requirements introduced in April 2022 prevented 14,000 people from voting in the May 2023 local elections. Particularly high hurdles to voting are faced by voters with disabilities, unemployed voters, people belonging to low-income groups, and ethnic minority voters. The requirements can also disadvantage younger groups where, for instance, the approved forms of identification disproportionately include types of ID usually held by older generations. In practice, this will mean the disenfranchisement of hundreds of thousands of voters. Recommendations by the Electoral Commission include a review of the list of accepted IDs and the improvement of access to Voter Authority Certificates, an alternative form of identification. The government has indicated that it is considering expanding the list of accepted IDs.
+Sources: Electoral Commission, International IDEA, Reuters, Guardian (1), Guardian (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-kingdom-great-britain-and-northern-ireland/september-2023</t>
+  </si>
+  <si>
+    <t>Elections, Disenfranchisement, Electoral Management Body</t>
+  </si>
+  <si>
+    <t>Illegally purchased spyware used to discredit opponents, Senate investigation finds</t>
+  </si>
+  <si>
+    <t xml:space="preserve">An investigation by the Senate Commission has found that the government’s purchase of Pegasus spyware was illegal, citing insufficient security oversight to protect classified information. The report of the Commission’s findings further concluded that, once unlawfully procured, the use of Pegasus against opposition leaders compromised the fairness of the 2019 elections. The report is the result of an 18-month probe conducted by the opposition-controlled Senate. The Commission decided to inform prosecutors of its findings, identifying current and former ministers for investigation for potential criminal activity. The report follows a May inquiry by the European Parliament which found that Poland had used spyware to discredit critics and opposition leaders, and revelations in 2022 that Pegasus had been used against Senator Krzysztof Brejza, when he was coordinating the opposition’s 2019 election campaign.
+Sources: Notes from Poland, TVN24, Senate Commission, Forbes
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/poland/september-2023</t>
+  </si>
+  <si>
+    <t>Surveillance, Cyber security, Elections</t>
+  </si>
+  <si>
+    <t>Eswatini</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>Eswatini holds legislative elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 29 September, Eswatini held legislative elections to select 59 members of its House of Assembly, the lower chamber of the country’s bicameral parliament (another ten members of the chamber are appointed by the King). Political parties are banned in Eswatini and under its electoral system candidates contest as independents. A major political cleavage in the country is between those who support the country’s absolute monarchy and those opposed to it and, according to media reports, most of the parliamentarians elected are considered to be loyal to the King. Eight women were elected and another five were due to be appointed by the King. This total fell short of the country’s gender quota, which requires at least 30 per cent of members of the House to be female. The elections were observed by missions from the Africa Union and the Southern African Development Community, both of which found them to have been peaceful and orderly but noted the low representation of women in parliament.
+Sources: Africa News, Associated Press News, Voice of America, African Union, Southern African Development Community, Daily Maverick
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/eswatini/september-2023</t>
+  </si>
+  <si>
+    <t>Tharman Shanmugaratnam wins presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Former Deputy Prime Minister Tharman Shanmugaratnam and leader of the ruling People’s Action Party won a landslide victory in the presidential election held on 1 September, securing 70.4 per cent of the vote. Voter turnout for the presidential election was 93.55 per cent. Among the three candidates running, there were no female candidates for the largely ceremonial position. No election disputes were reported.
+Sources: The Strait Times, IFES, Nikkei Asia, Elections Department Singapore
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/singapore/september-2023</t>
+  </si>
+  <si>
+    <t>Tharman Shanmugaratnam, Elections</t>
+  </si>
+  <si>
+    <t>Mohammed Muizzu wins presidential election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohammed Muizzu, the opposition candidate from the Progressive Alliance (a coalition of the Progressive Party of Maldives and Peoples National Congress), won the presidential run-off on 30 September with 54 per cent of the vote, defeating Ibrahim Solih of the Maldivian Democratic Party. The run-off followed the 9 September election, where no candidate secured the minimum 50 per cent of required votes. Voter turnout increased from 79.98 per cent on 9 September to 87.31 per cent on 30 September. A record eight candidates ran in the election, with no female candidates. Transparency Maldives reported overall peaceful elections despite isolated incidents of violence.
+Sources: The Associated Press, IFES, Election Commission of Maldives, Transparency Maldives
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/maldives/september-2023</t>
+  </si>
+  <si>
+    <t>Mohammed Muizzu, Elections</t>
+  </si>
+  <si>
+    <t>2023-09-22</t>
+  </si>
+  <si>
+    <t>Far-right populist wins presidential primary</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 13 August, Argentina conducted its PASO primaries (primary, open, simultaneous, and obligatory). This critical stage in the country's electoral process determines the candidates for national offices in the general election. A candidate needs to secure at least 1.5 per cent of the vote to qualify for the general election scheduled for 22 October. 
+The results of these primaries saw the emergence of far-right populist candidate Javier Milei as the victor. Milei, a member of Argentina's Congress since 2021, obtained first place, securing about 30 per cent of the votes. Milei promotes a radical libertarian platform and has vowed to close Argentina’s central bank. He opposes sex education, wants to ease firearm purchases, and denies the climate crisis. This outcome signifies a notable shift in Argentine politics, disrupting the long-standing dominance of the country's two principal political factions. His victory reflects public dissatisfaction with Argentina's traditional politics, especially amidst severe economic challenges. Voter participation was less than 70 per cent, marking the lowest turnout in over ten years since these elections were initiated.
+Sources: Buenos Aires Times, Reuters, La Nación, El Pais,
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/argentina/august-2023</t>
+  </si>
+  <si>
+    <t>Elections, Populism, Javier Milei</t>
+  </si>
+  <si>
+    <t>2023-09-21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Following a first-round election held in a climate of political violence, Ecuador is set for a presidential run-off </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luisa Gonzalez, leftist candidate, and Daniel Noboa, considered a pro-business candidate, will face each other in a run-off election on 15 October after leading in the first round that took place in August. Gonzalez, who is considered close to former President Rafael Correa, is currently leading over Noboa with around 33 per cent of support, while the latter attained around 24 per cent of votes. 
+The election took place amid a climate of political violence, including the killing of presidential candidate Fernando Villavicencio, just days before the election, as well as the killing of the leader of the party Revolucion Ciudadana, an assassination attempt against a mayor, and the killing of another mayor in July. Despite this climate of violence, voter turnout was around 82 per cent (voting is mandatory for most Ecuadorians). 
+As the presidential election was triggered after incumbent Guillermo Lasso invoked a constitutional provision that resulted in a call for elections, whoever wins in the run-off will govern for the remainder of Lasso’s original term. Christian Zurita, who replaced Fernando Villavicencio after he was killed at the end of a political rally, came in third. 
+Sources: El Universo, El Pais (1), Bloomberg, El Pais (2), The Guardian
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ecuador/august-2023-0</t>
+  </si>
+  <si>
+    <t>Elections, Political Violence</t>
+  </si>
+  <si>
+    <t>Bernardo Arévalo wins run-off election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 20 August, Guatemala’s run-off election between Sandra Torres, and Bernardo Arévalo took place. The latter won with an over 20-percentage point difference (around 58 per cent of support in comparison with Torres’s 37 per cent). According to Guatemala’s Supreme Electoral Tribunal, voter turnout was around 45 per cent. Turnout in the first round was around 60 per cent, though according to electoral officials, turnout has historically been lower in run-off elections. 
+Arévalo’s victory amidst prosecutorial actions against his Movimiento Semilla party have pointed to citizens’ fatigue over the political establishment’s performance. Citizens have protested against attempts to undermine the result of the election, calling for the Attorney General, Anti-Graft Prosecutor and a judicial official that ordered the suspension of Movimiento Semilla to resign. Popular demonstrations in support of Arévalo have also taken place. 
+Sources: El Pais, France 24 (1), The New York Times, France 24 (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guatemala/august-2023</t>
+  </si>
+  <si>
+    <t>Bernardo Arévalo, Elections</t>
+  </si>
+  <si>
+    <t>2023-09-18</t>
+  </si>
+  <si>
+    <t>President Mnangagwa re-elected in disputed election criticised by observers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zimbabwe’s President Emmerson Mnangagwa was re-elected in general elections held on 23 August. According to official results, Mnangagwa received 52.6 per cent of the vote, thereby avoiding a run-off against his main challenger Nelson Chamisa, who came second with 44 per cent. Mnangagwa’s party, Zanu-PF, which has governed Zimbabwe uninterruptedly since 1980, won 136 of the 210 parliamentary seats contested. The elections were criticised by international election observers, who found that they fell short of regional and international standards, and experts assessed them to be Zimbabwe’s worst ever. Amongst other irregularities, they pointed to voter intimidation and suppression, extreme delays in the opening of polling stations and undue restrictions on freedoms of association and assembly (many opposition party rallies were banned or disrupted). They also raised concerns about the arrest of 41 domestic observers, who were conducting a parallel voter tabulation. The results of the election were disputed by the largest opposition party, Citizen’s Coalition for Change, which claimed to have won and called for fresh polls. It has called for fresh elections to be held. Only 11 per cent of the 633 parliamentary candidates were women (compared with 14 per cent in 2018) and of these only 23 were elected (two fewer than in 2018). Voter turnout for the presidential election was 68 per cent (down from 86 per cent in 2018) and for the parliamentary election was 67 per cent (down from 83 per cent in 2018).            
+Sources: Zimbabwe Electoral Commission, African Union and The Common Market for Eastern and Southern Africa, Southern African Development Community,  European Union, Africa Confidential, The Africa Report, Associated Press News, British Broadcasting Corporation, The Conversation,  International IDEA     
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/zimbabwe/august-2023</t>
+  </si>
+  <si>
+    <t>Elections, Emmerson Mnangagwa, SDG16, SDG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UN warns South Sudan not ready for long-delayed transitional elections </t>
+  </si>
+  <si>
+    <t xml:space="preserve">On 2 August, Nicholas Haysom, the head of the UN mission in South Sudan, warned that the country is not ready to hold transitional elections scheduled for December 2024. Under South Sudan’s 2018 peace agreement, the elections are due to mark the end of its halting transition to democracy, which in August 2022 was extended by two years due to the slow implementation of the agreement. According to Haysom, the country has still not established the necessary infrastructure to hold credible elections, with ‘foundational tasks’, such as drafting a constitution, incomplete. In July 2023, however, its President, Salva Kiir, said the polls would be held next year as planned. South Sudan has not held general elections since it gained its independence in 2011.
+Sources: United Nations (1), United Nations (2), International IDEA,  British Broadcasting Corporation, African Arguments        
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/south-sudan/august-2023</t>
+  </si>
+  <si>
+    <t>Elections, Peace Process</t>
+  </si>
+  <si>
+    <t>Supreme court bars former president from contesting election</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Supreme Court on 6 August upheld the Election Commission's (EC) decision to decline the candidacy of former president Abdulla Yameen in next month's general election scheduled for 9 September, despite appeals from his lawyers. Yameen was convicted on corruption and money-laundering charges in December 2022, resulting in an 11-year prison sentence. The Supreme Court noted that the EC's rejection under Article 109 of the Constitution was valid, an article which disqualifies candidates running for president with a criminal sentencing that exceeds 12 months. The main opposition People's National Congress has since nominated Mohamed Muiz as Yameen's replacement.
+Sources: Maldives Financial Review, The Diplomat, The Associated Press
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/maldives/august-2023</t>
+  </si>
+  <si>
+    <t>Elections, Abdulla Yameen</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Malaysia holds state elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Malaysia held elections in six of 13 state legislatures on 12 August. In what was held as an early referendum on Prime Minister Anwar Ibrahim’s government, voters returned a result that matched the status quo, as both Anwar’s coalition governments and the opposition Perikatan Nasional (PN) held on to power in their respective three state legislatures. However, the PN made gains overall, taking 146 of the 245 contested seats nationwide. Official information on gender representation and voter turnout were not immediately available.
+Sources: Associated Press, The Diplomat
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/malaysia/august-2023</t>
+  </si>
+  <si>
+    <t>President Bongo removed by a military coup immediately after elections</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gabon held elections for the president, members of the national assembly, and municipal councils on 26 August. The election took place without any international observers, and the government instituted both an Internet shutdown and a curfew as the polls closed. The official result was announced by the electoral commission on 30 August, giving President Ali Bongo Ondimba a third term as he was said to have received 64.3 per cent of the vote, well ahead of the leading opposition candidate Albert Ondo Ossa, who received 30.7 per cent. Opposition parties alleged that the official result was fraudulent. 
+Shortly after the electoral commission’s announcement, factions of the military led by General Brice Oligui Nguema staged a coup d’état and removed President Ali Bongo Ondimba from power. In a televised address, coup leaders announced that the recent election was annulled, and that government institutions had been dissolved, including the legislature and the Constitutional Court. President Bongo was detained for a week after the coup. General Oligui was sworn in as the interim president on 4 September, promising elections but not specifying a timeline for a return to civilian rule. The coup was condemned by the international community, and Gabon was suspended from the African Union. 
+Sources: Le Point, France24, Radio France Internationale, Reuters (1), British Broadcasting Corporation (1), Le Monde, Reuters (2), The Guardian, British Broadcasting Corporation (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/gabon/august-2023</t>
+  </si>
+  <si>
+    <t>Elections, Ali Bongo Ondimba, Coup d'état, Brice Oligui Nguema, Internet Shutdown, SDG16</t>
   </si>
   <si>
     <t>StrongNegative</t>
   </si>
   <si>
-    <t>Moldova - May 2025</t>
-[...1661 lines deleted...]
-    <t>Bosnia and Herzegovina - August 2023</t>
+    <t>2023-09-16</t>
   </si>
   <si>
     <t>European court finds elections discriminatory against ethnic minorities</t>
   </si>
   <si>
-    <t>Greece - July 2023</t>
+    <t xml:space="preserve">The European Court of Human Rights found that territorial and ethnic rules applicable in Bosnia and Herzegovina (BiH)’s state-level elections are discriminatory, violating the general prohibition of discrimination in the European Convention of Human Rights. BiH’s Constitution defines a power-sharing arrangement whereby the three “constituent peoples” (the Bosniaks, Croats and Serbs) are equally represented in the House of Peoples (a parliamentary chamber) and the tripartite presidency. People outside the three dominant ethnic groups are not included in these arrangements and cannot be elected to these institutions. The ruling held that elections are “undemocratic” because they entrench advantages of the main ethnic groups over others. The case was brought by Slaven Kovačević, an adviser to a member of BiH's Presidency who is not affiliated with any ethnic group, who argued he was not genuinely represented in the 2022 elections. 
+Sources: Euronews, European Court of Human Rights (1), European Court of Human Rights (2), Avaz
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bosnia-and-herzegovina/august-2023</t>
+  </si>
+  <si>
+    <t>2023-09-07</t>
   </si>
   <si>
     <t xml:space="preserve">Parliament enacts law to ease voting from abroad </t>
   </si>
   <si>
-    <t>July 2023</t>
+    <t xml:space="preserve">On 25 July, MPs enacted a law making it easier for Greek citizens abroad to vote in elections, with just over two thirds of legislators voting in favour. The law applies to all nationals living abroad. It abolishes restrictions that prevented many in the Greek diaspora from voting, for instance, removing requirements for a length of stay in Greece necessary to vote. Although Greek nationals were able to vote from abroad in May 2023 and June 2023, voter registration among them remained low. Supporters of the law hope that more Greeks abroad go to the polls and praise the move as beneficial for the equal treatment of voters and therefore democracy. Critics point out that, due to the law of blood which allows anyone with Greek ancestors to claim citizenship and register to vote, the electorate outside of Greece may balloon.
+Sources: Ekathimerini (1), Ekathimerini (2), Greek Reporter 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/greece/july-2023</t>
   </si>
   <si>
     <t>Elections, Citizenship, Enfranchisement, SDG16</t>
   </si>
   <si>
-    <t>Spain - July 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Spain holds elections, results show no clear majority </t>
   </si>
   <si>
-    <t>Netherlands - July 2023</t>
+    <t xml:space="preserve">In snap elections held on 23 July, both the opposition centre-right Popular Party (PP) and the governing Socialist Party (PSOE) gained votes at the expense of radical parties, as well as regional and independence parties. PP won the most seats in the Congress of Deputies (136), gaining 47 more seats compared to the 2019 general elections. PSOE won more votes than expected, as did its likely coalition partner, far-left Sumar. Far-right Vox dropped from 52 deputies to 33, but narrowly retains its position as third biggest party. However, both the left-wing and right-wing bloc fall short of the 176-seat threshold required for a majority, complicating government formation. Voter turnout reached 70 per cent, up by 4 percentage points compared to 2019, despite the elections taking place during the summer holidays. The volume of postal votes reached record highs, more than doubling the number of mail-in ballots from 2019, as many were on vacation and therefore not near their polling places.  Women make up 48.8 per cent of the Congress of the Deputies candidates (compared to 48.2 per cent in 2019), but only 39.7 per cent of the heads of the list.
+Sources: LSE, El País, Politico (1), Politico (2), La Vanguardia (1), La Vanguardia (2), The Economist, Ministry of the Interior (1), Ministry of the Interior (2), BOE, Público 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/spain/july-2023</t>
   </si>
   <si>
     <t xml:space="preserve">Government collapses amid migration row </t>
   </si>
   <si>
+    <t xml:space="preserve">Mark Rutte, the longest-serving Prime Minister in the Netherlands, resigned on 8 July due to irreconcilable differences in opinion between the coalition parties on migration policy. Of the four parties in the 18-month-old coalition, Rutte’s Peoples Party for Freedom and Democracy and the Christian Democrats supported a stricter approach compared to D66 and the Christian Union (ChristenUnie). Specific issues debated included whether the rights of family members to join refugees should be restricted. A general election will be held in autumn. Until then, Rutte’s government will act in a caretaker capacity. The fragmented 20-party lower house, along with the rapid rise of the populist Farmer-Citizen Movement party in the March 2023 provincial elections, add another layer of uncertainty to the country’s political future. 
+Sources: DutchNews, Euronews, New York Times, Guardian, NL Times 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/netherlands/july-2023</t>
+  </si>
+  <si>
     <t>Resignation, Elections, Mark Rutte</t>
   </si>
   <si>
-    <t>Guatemala - July 2023</t>
+    <t>2023-09-02</t>
   </si>
   <si>
     <t>Judicial decisions and prosecutorial actions spark concern over integrity of presidential election.</t>
   </si>
   <si>
+    <t xml:space="preserve">Concern over the integrity of Guatemala’s presidential race arose after the Constitutional Court suspended the certification of the first-round electoral results pending the review of ballots, after rivalling parties complained about alleged inconsistencies in votes. The measure was widely criticised as unwarranted. After the delay in announcing official results, the Supreme Electoral Tribunal confirmed that Bernardo Arevalo and Sandra Torres would face each other in a run-off. In the weeks after the first-round, upon the request of a special anti-graft prosecutor, a lower court granted the suspension of Arevalo’s Semilla party. Also at the request of the anti-graft prosecutor, warrants were granted to carry out a raid on Semilla party’s headquarters as part of an investigation into the authenticity of signatures during the process of the party’s registration, last year. Prosecutors also carried out searches of the Supreme Electoral Tribunal, actions denounced by the UN, EU and Guatemalan protesters, particularly due to the legal framework that prohibits the suspension of a political party while an electoral process is underway. The Constitutional Court blocked the suspension of Semilla party so the runoff can go ahead. 
+Sources: France 24, Al Jazeera, Open Democracy, Office of the High Commissioner for Human Rights 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guatemala/july-2023</t>
+  </si>
+  <si>
     <t>Elections, Bernardo Arévalo, Prosecutor's Office, High Court, Lower Court</t>
   </si>
   <si>
-    <t>Cambodia - July 2023</t>
+    <t>2023-09-01</t>
   </si>
   <si>
     <t>Hun Sen wins fraudulent election and ‘steps aside’</t>
   </si>
   <si>
+    <t xml:space="preserve">Hun Sen’s Cambodian People’s Party declared victory in National Assembly elections held on 23 July, winning 120 of 125 seats in a stage-managed contest which was held to be neither free nor fair by opposition, election observers, and foreign diplomats. The main opposition Candlelight Party was disqualified in May, and other key opposition figures had been systematically forced into exile or imprisoned on trumped-up charges in recent years. On 26 July, Prime Minister Hun made the expected announcement that he would resign in August and hand over power to his son, Hun Manet, but promised “even if I am no longer a prime minister, I will still control politics as the head of the ruling party.” Women’s representation in the new parliament is 10.4 per cent, down from 20.8 per cent previously and the lowest in twenty years. 
+Sources: ASEAN Parliamentarians for Human Rights, New York Times (1), New York Times (2), IPU Parline
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cambodia/july-2023</t>
+  </si>
+  <si>
     <t>Hun Sen, Hun Manet, Elections</t>
   </si>
   <si>
-    <t>Uzbekistan - July 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Mirziyoyev re-elected</t>
   </si>
   <si>
+    <t xml:space="preserve">President Shavkat Mirziyoyev was re-elected for a seven-year term on 9 July in a snap election called after a referendum rewrote the country’s constitution and extended presidential terms from five to seven years. The Central Election Commission reported Mirziyoyev received 87 per cent of the vote with over 80 per cent turnout in an election environment without any meaningful public participation or tangible opposition. Independent media reported a lackluster campaign with a foregone conclusion, and election observers from the Organisation for Security and Cooperation in Europe reported “serious irregularities … challenging the integrity of the [electoral] process.” As the recent constitutional changes also reset the incumbent’s number of terms in office to zero, Mirziyoyev, who is 65, is now poised to stay in power at least until 2037.
+Sources: Eurasianet, OSCE
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/uzbekistan/july-2023</t>
+  </si>
+  <si>
     <t>Shavkat Mirziyoyev, Elections</t>
   </si>
   <si>
-    <t>Thailand - July 2023</t>
+    <t>2023-08-31</t>
   </si>
   <si>
     <t>Parliament blocks prime ministerial bid of election-winner</t>
   </si>
   <si>
+    <t xml:space="preserve">Despite the Move Forward Party's (MFP) decisive victory in May's general election, its leader Pita Limjaroenrat's attempts at becoming prime minister have been blocked twice by failure to garner enough support from the unelected, military-appointed Senate. The senate rejections occurred against the backdrop of two legal actions pursued against Pita and MFP over the past month, viewed by some human rights experts as being politically driven. The Constitutional Court (CC) suspended Pita from parliament on 19 July due to allegations from the Election Commission (EC) that he violated electoral rules by owning shares in a media company. Another case questions whether MFP's aim to amend the lèse-majesté law constitutes treason. Political analysts have criticized the expedited proceedings of the EC and CC, calling into question their impartiality and manipulation by the military-backed conservative elites.
+Sources: Bangkok Post, Al Jazeera, Thai Public Broadcasting Service, Human Rights Watch
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/thailand/july-2023</t>
+  </si>
+  <si>
     <t>Elections, Pita Limjaroenrat</t>
   </si>
   <si>
-    <t>Guatemala - June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Presidential race to be decided in run-off</t>
   </si>
   <si>
-    <t>June 2023</t>
+    <t xml:space="preserve">On 25 June, Guatemalans voted in general elections to determine the composition of the legislature, their representatives to the Central American Parliament, as well as their president and vice president. Bernardo Arevalo, a lawmaker and former diplomat, and Sandra Torres, also politician and former first lady, will head to a run-off on 20 August, after no candidate received majority support in the first round. Notably, the number of spoiled ballots reached 17.38 per cent, greater than the number of votes received by the leading candidate (Sandra Torres, with 15.86 per cent). According to experts, the high number of null ballots shows voter’s dissatisfaction with the ‘electoral offer’. 
+Voter turnout passed 59 per cent for both the parliamentary and presidential elections. In Congress, women’s representation overall remained the same. 31 women deputies were elected, out of 160 seats (one less than in the current legislature).
+Sources: Washington Office on Latin America , Infobae, Republica, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guatemala/june-2023</t>
   </si>
   <si>
     <t>Elections, Women's political participation, Bernardo Arévalo</t>
   </si>
   <si>
-    <t>Kuwait - June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Kuwaitis elect another opposition-led parliament, raising fears of continued deadlock</t>
   </si>
   <si>
-    <t>Guinea-Bissau - June 2023</t>
+    <t xml:space="preserve">Kuwaitis voting in the country’s snap general election on 6 June elected a parliament in which opposition candidates (those not tied to Kuwait’s ruling family) hold 29 of the National Assembly’s 50 elected seats. The election was called after the Constitutional Court annulled the results of the September 2022 election in March 2023 and reinstated the previous parliament, which was in turn dissolved on 1 May 2023. The composition of the new parliament is similar to the one elected in 2022 (37 members retained their seat) and has given rise to concerns that it will mean a continuation of the deadlock between an assertive, elected parliament and the Emir-appointed government, which has paralysed the country’s politics. Only one female MP was elected, down from two in 2022. Women’s rights activists have attributed the decline to the growing influence of tribal and Islamist MPs. Voter turnout was 59.3 per cent (up from 50 per cent in 2022).
+Source: The Jordan Times, American Broadcasting Company News, Al Jazeera, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kuwait/june-2023</t>
   </si>
   <si>
     <t>Legislative elections give majority to opposition coalition</t>
   </si>
   <si>
+    <t xml:space="preserve">Guinea-Bissau held legislative elections in June, more than a year after President Umaro Sissoco Embaló ordered the legislature to be dissolved following an investigation into an attempted coup d’état. The election gave the opposition coalition of PAI-Terra Ranka, led by the African Party for the Independence of Guinea and Cape Verde (Partido Africano para a Independência da Guiné e Cabo Verde, PAIGC), a majority in the legislature as it took 54 of the 102 seats. President Embaló’s Madem-G15 party won 29 seats. The opposition victory likely means that President Embaló’s initiative to amend the constitution to move toward a presidential system will not move forward. Election observers from the African Union and Economic Community of West African States expressed satisfaction with the conduct of the election. The election was a step back for gender equality in Guinea-Bissau, as only 11 women were elected (down from 13 in the last election) despite a gender quota that requires that at least 36 per cent of the members of the legislature are women.
+Sources: Comissão Nacional de Eleições da Guiné-Bissau, African Union, Deutsche Welle, Reuters, AfricaNews, Radio France Internationale
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guinea-bissau/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Umaro Sissoco Embaló, PAIGC</t>
   </si>
   <si>
-    <t>Sierra Leone - June 2023</t>
+    <t>Sierra Leone</t>
   </si>
   <si>
     <t>General election victory for incumbent President Bio, but observers note lack of transparency</t>
   </si>
   <si>
+    <t xml:space="preserve">General elections were held in Sierra Leone on 24 June 2023. The election selected the members of local councils, the unicameral national parliament, and the president. The presidential election has attracted the most attention. The official results gave incumbent President Julius Maada Bio 56 per cent of the vote, one per cent above the threshold that would have required a second round of voting. Turnout was reported to be 83 per cent of registered voters, marking a continuation of the high level of participation in 2018 and 2012. Mr. Bio was sworn in to begin his second term within hours of the announcement of the official results. However, local and foreign election observers raised serious concerns about inconsistencies and a lack of transparency in the vote-counting process. The main opposition party All People’s Congress (APC) echoed this concern and alleged over-voting in some districts and called for a re-run of the election. The parliamentary election also resulted in a victory for President Bio’s Sierra Leone People’s Party (SLPP), which won 81 seats (60 per cent) while the APC took 54. This election was a significant advance for gender equality in the country, as the number of women in the legislature more than doubled from 19 to 42, now accounting for 28.2 per cent of the members of parliament. This achievement follows the Gender Equality and Women's Empowerment Act passed in January 2023. However, advocates have noted that this still falls short of the 30 per cent quota the act established due to weaknesses in application of the law.
+Sources: British Broadcasting Corporation, Al Jazeera, Carter Center, European Union Election Observer Mission, Voice of America, Reuters, Inter-Parliamentary Union
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sierra-leone/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Julius Maada Bio</t>
   </si>
   <si>
-    <t>Greece - June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>New Democracy party wins general elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Centre-right leader Kyriakos Mitsotakis has won a second term as Prime Minister. His party, New Democracy, received 40.8 per cent of the vote in the second round of elections, securing 158 out of the parliament’s 300 seats, under the new system that provides the winning party with 50 bonus seats. Women will make up 23 per cent of the new legislature. The main opposition party, leftist Syriza, scored 20 per cent of the vote, the biggest loss margin for any opposition party since 1974. Centre-left Pasok received 11.4 per cent of the vote, while the far-left Communist Party of Greece took the fourth largest share of votes with 7.2 per cent. Far-right parties made significant gains, as Spartans, a Eurosceptic and ultranationalist party backed by Ilias Kasidiaris, the jailed neo-Nazi leader of the banned Golden Dawn party, entered the parliament. New Democracy’s win comes despite Greece’s deadliest migrant shipwreck in years, and following promises of economic growth reforms, and of continued financial stability by turning the country into a pro-business eurozone member. Voter turnout was 61.1 per cent, an increase of more than 3 per cent as compared to the 2019 elections.
+Sources: Greek Ministry of Interior, Euronews, Al Jazeera, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/greece/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Kyriakos Mitsotakis</t>
   </si>
   <si>
-    <t>Norway - June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Electoral law aims to expand accessibility and confidence in elections</t>
   </si>
   <si>
+    <t xml:space="preserve">The parliament approved the Elections Act, geared towards ensuring public confidence in legislative and local elections. The law aims to promote transparency in the counting of ballot papers, clarifies responsibility for overseeing the vote in polling stations, and introduces new requirements to ensure impartiality of election workers handling ballots. A new complaints system is introduced designed to subject election complaints to independent legal review. In addition, new requirements for polling station accessibility ensure that voters with disabilities can be assisted by an election official or other person designated by the voter. Finally, the law includes provisions that make it possible to postpone or extend an election in case of extraordinary events that may interfere with voter turnout. The law enters into force in time for the 2025 general election and will not apply for local elections scheduled for September 2023.
+Sources: Stortinget, Valg, Regjeringen (1), Regjeringen (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/norway/june-2023</t>
+  </si>
+  <si>
     <t>Disability rights, Elections, Transparency</t>
   </si>
   <si>
-    <t>Luxembourg - June 2023</t>
+    <t>Luxembourg</t>
   </si>
   <si>
     <t>Democratic Party makes gains in local elections</t>
   </si>
   <si>
+    <t xml:space="preserve">On 11 June, Luxembourg held local elections to elect municipal councillors, aldermen and mayors, which occur every six years. The Democratic Party (DP) held on to its majority in Luxembourg City and increased its vote share from 18.2 per cent to 20.6 per cent across the country compared to the 2017 local elections. The Christian Social People’s Party (CSV) won the greatest share of votes (26 per cent), followed by the Luxembourg Socialist Workers’ Party (LSAP) who won 21.3 per cent of the vote. It was the first time foreign residents were able to vote in local elections immediately after moving to Luxembourg following the 2022 electoral reforms, which removed requirements to reside in Luxembourg for five years in order to access the vote. A total of 50,093 foreign voters registered for the elections, aided by information and awareness raising campaigns. 61 per cent of the candidates were male and 39 per cent were female (compared to 36 per cent for the latter in 2017).
+Sources: Luxembourg Times, ALDE Party, Delano (1), Delano (2), Official elections website of the Grand Duchy of Luxembourg (1), Official elections website of the Grand Duchy of Luxembourg (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/luxembourg/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Local Government</t>
   </si>
   <si>
-    <t>Finland - June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Finland forms right-wing coalition government led by National Coalition Party</t>
   </si>
   <si>
+    <t xml:space="preserve">Following the April parliamentary elections, a coalition deal was reached between the conservative National Coalition Party (NCP), the Eurosceptic Finns Party, the minority-language Swedish People’s Party, and the Christian Democrats. The coalition negotiations lasted 74 days and were the second-longest in the country’s history. The new right-wing coalition holds 108 out of the 200 seats in the Finnish parliament. Petteri Orpo, the NCP leader, has been voted in as the country’s new prime minister. Key policy priorities for the new government are expected to be fiscally conservative changes, such as reduced government deficit and taxes, private sector job creation, and tighter policies on immigration. Out of the 18 ministries, 12 will be led by women, including the ministries of foreign affairs, finance, interior, and justice.
+Sources: Finnish Government (1), Finnish Government (2), Yleisradio Oy, Helsinki Times (1), Politico (1), Politico (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/finland/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Petteri Orpo</t>
   </si>
   <si>
-    <t>Latvia - June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Parliament approves new language requirements for pre-election campaigns</t>
   </si>
   <si>
+    <t xml:space="preserve">On 22 June, the Saeima approved amendments aimed at strengthening the status of the official language in pre-election campaigns for national, local and European Parliament elections. The amendments pertain to paid campaign materials appearing in radio and TV programmes, as well as in public spaces, and content published in print and on the Internet. The changes make it mandatory for paid pre-election campaigns to appear in Latvian, or lesser used languages Latgalian and Livonian. However, they allow official languages of the EU to be used in campaigns for European Parliament or local government elections, as long as they do not exceed the use of Latvian in the spoken or written text. Websites maintained by political parties are an exception, as well as communication between candidates and her or his electorate in person. The amendments will enter into force on 1 January 2024 in the run-up to the European Parliament elections.
+Sources: Saeima, Latvijas Vēstnesis, LSM
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/latvia/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Media, SDG16, SDG10</t>
   </si>
   <si>
-    <t>Montenegro - June 2023</t>
+    <t>Montenegro</t>
   </si>
   <si>
     <t>Europe Now Movement wins snap parliamentary elections</t>
   </si>
   <si>
+    <t xml:space="preserve">The centrist Europe Now Movement has come first in the snap parliamentary elections, winning 25.5 per cent of the vote. These are the first elections in 30 years in which Milo Đukanović, the longest-ruling leader in contemporary Europe has not participated (following his loss in presidential elections in April). Đukanović held key positions for over 31 years, including as a president and prime minister. The coalition led by his party, the Democratic Party of Socialists, received 23.2 per cent of the vote, while the pro-Serbian electoral alliance “For the Future of Montenegro” garnered 14.7 per cent. Outgoing Prime Minister Dritan Abazović’s green-conservative coalition of United Reform Action and Democratic Montenegro won 12.5 per cent of the vote.  The party has promised reforms on EU membership and the economy, including increases in average wages. International observers deemed the elections well-run, but emphasized the need for electoral reforms due to gaps and inconsistencies on the election law, which has not been updated since 2014. Voter turnout was the lowest since 1990, dropping to 56.3 per cent, a notable decrease from 76.7 per cent in 2020.
+Sources: Vijesti, Državna izborna komisija (State Election Commission), Balkan Insight (1), Balkan Insight (2), Euronews, OSCE ODIHR, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/montenegro/june-2023</t>
+  </si>
+  <si>
     <t>Elections, Dritan Abazović, Milo Đukanović</t>
   </si>
   <si>
-    <t>Kosovo - May 2023</t>
+    <t>2023-06-21</t>
   </si>
   <si>
     <t xml:space="preserve">Tensions escalate in Serb-dominated northern part of the country </t>
   </si>
   <si>
-    <t>May 2023</t>
+    <t xml:space="preserve">Local elections were held in the north of Kosovo after Serb mayors of Belgrade-backed Srpska Lista party resigned in November 2022. The election saw 3.5 per cent turnout and the victory of Kosovo Albanian candidates and one Bosnian. Violent clashes ensued when Serbs tried to prevent the newly elected officials from entering their offices and police used tear gas to disperse the masses. Serbia’s president Aleksandar Vučić placed the army on combat alert, ordering them to move closer to Kosovo’s border. Serb protesters, including groups of masked men, attacked journalists as well as NATO peacekeepers, leaving 30 of them injured. Vehicles of journalists, NATO and the police were vandalized and sprayed with the “Z” symbol used by Russian forces invading Ukraine. NATO sent an additional 700 troops to Kosovo to address the violence. The Kosovo government insists it is trying to enforce the rule of law, while the EU and the US condemned Kosovo’s “forced access to municipal buildings” and called on authorities to ”de-escalate,” with the latter imposing penalties on the country despite recognizing the elections. 
+Sources: Kallxo (1), Kallxo (2), Al Jazeera, The Guardian, Balkan Insight (1), Balkan Insight (2), Balkan Insight (3), Prishtina Insight, Politico, Reuters, European Federation of Journalists, U.S. Embassy in Kosovo
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kosovo/may-2023</t>
   </si>
   <si>
     <t>Ethnic Conflict, Protests, Violence against journalists, Sanctions, Aleksandar Vučić, Elections</t>
   </si>
   <si>
-    <t>Greece - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>The Supreme Court approves parliament’s ban on far-right party</t>
   </si>
   <si>
+    <t xml:space="preserve">Greek Parliament approved an extension to the February legislation to ban the extreme-right National Party - Greeks from running in the May elections. The ban was voted in by nine out of ten Supreme Court judges. The court said that the law’s provisions are in line with the constitution. The ruling implies that no extreme right parties will be in the parliament, excluding 13 other parties as well. The National Party - Greeks is a successor party to the Golden Dawn, a far-right neo-Nazi political party and ultranationalist criminal organization, which was declared a criminal organization in 2020 for charges including murder, racist violence, and money laundering. The National Party-Greeks was founded by former lawmaker Ilias Kasidiaris, who is currently serving a prison sentence over his leading role in Golden Dawn. It is the first time that MPs in Greece asked the Supreme Court to weigh the credentials of a party to compete in elections. 
+Sources: Ekathimerini, Voice of America, Politico, Balkan Insight, Deutsche Welle, Greek Reporter, ERT News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/greece/may-2023</t>
+  </si>
+  <si>
     <t>Elections, Supreme Court, Political Party</t>
   </si>
   <si>
-    <t>Türkiye - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Erdoğan wins presidential election</t>
   </si>
   <si>
+    <t xml:space="preserve">President Recep Tayyip Erdoğan, who has been in power for 20 years, was re-elected in Turkey’s two-round presidential race, securing just over 52 per cent of the vote. His rival, Kemal Kılıçdaroğlu, called elections unfair and accused Russia of interference. International observers stated that media bias and limits to freedom of expression led to an unjustified advantage for the incumbent. Inflation and the subsequent rebuilding efforts following the earthquakes will be Erdoğan’s top priorities. The elections spotlighted the country’s deep polarization, particularly between secularists and Islamists. While the opposition aimed at restoring parliamentary democracy, the victory gives Erdoğan significant influence not only on Turkey’s democratic trajectory but also in global affairs. The 600-seat parliament will host 16 parties, with Erdoğan’s People’s Alliance coalition having a majority of 323 MPs. While the number of women in parliament remains low, it saw a rise from 100 seats in the previous term to 121 in the current one. Only five lawmakers are under the age of 30. Similar to 2018, voter turnout was at 87 per cent.
+Sources: Cumhuriyet, Al Jazeera, Twitter (Kemal Kılıçdaroğlu), Deutsche Welle, British Broadcasting Corporation, Cable News Network, The Guardian, Balkan Insight, International IDEA, OSCE Office for Democratic Institutions and Human Rights
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/turkiye/may-2023</t>
+  </si>
+  <si>
     <t>Elections, Recep Tayyip Erdoğan, Women's political participation</t>
   </si>
   <si>
-    <t>Republic of Moldova - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Gagauzia election delivers controversy</t>
   </si>
   <si>
+    <t xml:space="preserve">Shor Party candidate Evghenia Gutul was elected Bashkan (governor) of the Autonomous Territorial Unit of Gagauzia with 52 per cent of the vote in a run-off election on 14 May. Gutul ran on a platform of promoting closer ties to Russia and her election has raised concerns of increasing tensions between the central government and the Gagauz autonomous territory, where the overwhelming majority of the population are members of the Turkic-speaking Gagauz ethnic group. However, support for Gutul has been attributed to promises to bring economic development, and all eight candidates for office were openly pro-Russian. The election was marked by disputes between the central election commissions of Moldova and Gagauzia, and protests in the Gagauz capital of Comrat were sparked when anti-corruption officials seized voter lists as part of an electoral fraud investigation. Moldovan courts upheld the results of the election, despite citing electoral violations and evidence of bribery. Turnout for the first and second round were 61 per cent and 58 per cent, respectively, although observers alleged that voter rolls had been tampered with to push the official turnout above the necessary 50 per cent to validate the election.
+Sources: Newsmaker (1), Newsmaker (2), Newsmaker (3), Institute for War and Peace Reporting
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/may-2023</t>
+  </si>
+  <si>
     <t>Gagauzia, Elections, Protests, Electoral Management Body</t>
   </si>
   <si>
-    <t>Poland - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>President Duda approves contentious Russian interference law</t>
   </si>
   <si>
+    <t xml:space="preserve">President Andrzej Duda signed into law the creation of a new political commission to examine Russian influence on Polish public officials, which has been promulgated by the ruling Law and Justice (PiS) party as a national security measure. The opposition has expressed concerns that the law could be abused by PiS to silence critics and fear it is designed to target opposition leader Donald Tusk. The nine members of the new commission will be elected by the Parliament. The commission’s purview is backward-looking, covering the period 2007-2022, including the years when Tusk’s Civic Platform (PO), the main opposition party and PiS’s major challenger in the upcoming elections in Autumn, was in power. Legal experts have criticised parts of the law as potentially unconstitutional, and these provisions have been referred to the Constitutional Tribunal (widely seen as under PiS influence) for review.
+Sources: Notes from Poland (1), Notes from Poland (2), Politico, DW (1), DW (2), Balkan Insight
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/poland/may-2023</t>
+  </si>
+  <si>
     <t>Donald Tusk, Andrzej Duda, Elections</t>
   </si>
   <si>
-    <t>Spain - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Prime Minister calls snap elections after victory for the right in local elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Poor results for the ruling Socialist party (PSOE) in local and regional elections led Prime Minister Pedro Sánchez to call for snap elections, which have been set for 23 July. The Council of Ministers subsequently approved a royal decree to dissolve Parliament. The opposition conservative People’s party won 31.5 per cent of the vote in the local elections (a 9 per cent increase from the 2019 elections) covering over 8,000 municipalities, and secured an absolute majority in both the Madrid region and in the city council. The ultra-conservative Vox party also made gains, and came in third place with 7.2 per cent of the municipal vote. There were also cases of arrests for alleged vote buying in Mojácar and Albudeite, two towns in the Southeast, and in the Spanish North African enclave of Melilla, with investigations ongoing.
+Sources: The Guardian, The Financial Times, Reuters, El País, La Moncloa, Euractiv, The Local
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/spain/may-2023</t>
+  </si>
+  <si>
     <t>Local Government, Elections</t>
   </si>
   <si>
-    <t>United Kingdom - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Conservatives lose ground in local elections</t>
   </si>
   <si>
-    <t>Latvia - May 2023</t>
+    <t xml:space="preserve">The Labour party became the most represented party in local government in Great Britain, gaining 537 seats after local representatives were elected in 230 English councils on 4 May. The Conservative party suffered great losses, down 1,063 seats, while the Liberal Democrats picked up 407 seats. In England, the Labour party now controls 71 councils (compared to 57 in the 2019 local elections), while the Conservatives only control 33, losing key Tory strongholds. On 18 May, Northern Ireland held local government elections in its 11 councils, where Irish nationalist party Sinn Fein overtook the Democratic Unionist Party as the biggest party in local government. It was the first time English voters were required to show identification in order to be issued a ballot, following the passage of the Elections Act in 2022, which critics have said can negatively impact on voter turnout, particularly among marginalised groups.   Turnout in Northern Ireland was 54.7 per cent, up from 52.7 per cent in the 2019 local elections. Women now comprise 31.4 per cent of councillors in Northern Ireland (previously 26.4 per cent). 
+Sources: The Conversation, Politico, House of Commons Library (1), House of Commons Library (2), Electoral Office for Northern Ireland, Belfast Live
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-kingdom-great-britain-and-northern-ireland/may-2023</t>
   </si>
   <si>
     <t>Saeima elects Edgars Rinkēvičs as President</t>
   </si>
   <si>
+    <t xml:space="preserve">The Saeima elected Edgars Rinkēvičs, the candidate put forward by the centre-right New Unity, as President of Latvia. Rinkēvičs was elected in the third round of voting, with 52 votes in favour, and 35 against (surpassing the 51 votes required for a simple majority). Rinkēvičs becomes Latvia’s first openly gay President and was the first prominent political figure in Latvia to come out as gay in 2014. He previously served as Minister of Foreign Affairs and had pushed for Ukraine’s accession to the EU and NATO. The incumbent, President Egils Levits, who was nominated by National Alliance, ultimately decided not to seek a second term and withdrew from the race. It is the second presidential election in which an open ballot system was used, following constitutional reforms passed in 2019, holding MPs accountable for their vote and improving transparency.
+Sources: DW, Saeima, Baltic News Network
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/latvia/may-2023</t>
+  </si>
+  <si>
     <t>Elections, LGBTQIA+ Rights, Edgars Rinkēvičs</t>
   </si>
   <si>
-    <t>Canada - May 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Parliament calls on rapporteur on foreign interference to resign</t>
   </si>
   <si>
+    <t xml:space="preserve">On 31 May, by 174 to 150 votes, Parliament voted to call on David Johnston, the rapporteur on foreign interference appointed by Prime Minister Trudeau’s government, to resign, given the opposition’s claims that he was not impartial after he recommended a series of hearings instead of a public inquiry on the allegations of foreign meddling in elections. According to Johnston, a public inquiry is not possible due to the classified nature of the information that led him to conclude that foreign officials attempted to interfere with candidates. Instead, he suggested hearings on the way in which the intelligence agencies communicated this information to other government institutions. The lawmakers’ motion, which is non-binding, was presented after criticism of the rapporteur’s alleged partiality, given reports of his personal ties to Prime Minister Trudeau. While Johnston initially rejected the call to resign and insisted he has not had a personal relationship with the PM in decades, in early June he presented a letter of resignation, in which he stated he would leave the role of rapporteur by the end of the month. 
+Sources: Canadian Broadcasting Corporation, British Broadcasting Corporation (1), British Broadcasting Corporation (2), National Post, Toronto Star
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/canada/may-2023</t>
+  </si>
+  <si>
     <t>Justin Trudeau, China, Legislature, Elections</t>
   </si>
   <si>
-    <t>Mauritania - May 2023</t>
+    <t>2023-06-20</t>
   </si>
   <si>
     <t>Legislative elections return large majority for ruling party</t>
   </si>
   <si>
-    <t>Timor-Leste - May 2023</t>
+    <t xml:space="preserve">Elections for representatives in the local, regional, and national legislative bodies were held in Mauritania on 13 and 27 May. At the national level, the party of the President (rebranded for this election as the Equity Party) won a strong majority with 107 of the 176 seats in the National Assembly. The legislature includes 20 seats elected through a special list for women, and with the addition of women who won seats in the general list and in single member districts, the new legislature will be 24.2 per cent women, which is almost unchanged from the previous legislature. The ruling party was also successful in the local and regional elections, winning control of all 13 regional councils and a majority of the local councils. However, six opposition parties have demanded that the results of the election from a number of locations (most notably in the capital of Nouakchott) be rejected due to what they have called ‘tampering’ with the vote. Turnout at the national level was 71.6 per cent of registered voters, very slightly down from the last election (72.5 per cent). 
+Sources: Commission Electorale Nationale Indépendante, Radio France Internationale, Africa News, Middle East Monitor, Le Monde
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mauritania/may-2023</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
   </si>
   <si>
     <t>Parliamentary election yields opposition wins</t>
   </si>
   <si>
-    <t>Thailand - May 2023</t>
+    <t xml:space="preserve">Timor-Leste’s parliamentary election was held on 21 May, with opposition party (The National Congress for Timorese Reconstruction (CNRT)) winning most seats. The election was marked by high voter turnout at 79.28 per cent, although slightly lower than 80.98 per cent in 2018. Official estimates on women’s political representation have not yet been publicized.  Election observers noted that the Timorese authorities delivered a transparent and well-organized election. CNRT gained 31 seats out of 65, falling short of the 33 needed for an outright majority. The results pave the way for CNRT, led by Xanana Gusmão, to form a new coalition government.
+Sources: ANFREL, Reuters, IPU Parline, Associated Press
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/timor-leste/may-2023</t>
   </si>
   <si>
     <t>Thai election delivers landslide victory for opposition</t>
   </si>
   <si>
-    <t>Uzbekistan - May 2023</t>
+    <t xml:space="preserve">Thailand’s general election on 14 May delivered a historic win to the opposition Move Forward (MFP) and Pheu Thai (PTP) parties. Voter turnout was the highest on record at 75.2 per cent, with election observers stating that the increased participation of civil society and media led to a more transparent election than that of the 2019 ballot. Official estimates on women’s political representation have not yet been updated. Preliminary results show MFP, a progressive party promising monarchy and military reforms securing the most seats, with Thai voters rejecting nearly a decade of military-backed rule. The official election results are expected to be announced in mid-July. Yet the opposition's path toward securing power remains uncertain due to a military junta-scripted 2017 constitution that allowed the establishment to appoint all 250 members of the Senate. MFP and PTP's combined seats still fall short of the 376 votes needed to name a new prime minister. On 22 May, MFP took steps to form a coalition with PTP as well as six other minor parties. The pact includes drafting a new constitution, legalizing same-sex marriage, and replacing military conscription with voluntary recruitment, to name a few. The eight-party coalition now holds 313 seats in the House and will need to convince conservative parliamentarians or senators to support its PM candidate. 
+Sources: ANFREL, Brookings Institution, Foreign Affairs, Bangkok Post
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/thailand/may-2023</t>
   </si>
   <si>
     <t>Uzbekistan to head to the polls again</t>
   </si>
   <si>
-    <t>Somalia - May 2023</t>
+    <t xml:space="preserve">President Shavkat Mirziyoyev announced early presidential elections for 9 July during remarks to parliament on 8 May, more than three years ahead of schedule. Taking advantage of constitutional changes approved in last month’s referendum, the elections will allow Mirziyoyev to remain in office for two more seven-year terms. International observers found the referendum to be “short of genuine political pluralism and competition” and noted numerous serious violations, and analysts have described the repeated voting processes as a method for authoritarian consolidation rather than reform. 
+Sources: EurasiaNet, OSCE
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/uzbekistan/may-2023</t>
   </si>
   <si>
     <t>Somalia’s leaders agree on key political reforms</t>
   </si>
   <si>
+    <t xml:space="preserve">Somalia’s federal government and regional leaders announced on 28 May that they had agreed on a series of reforms to the country’s political system that will introduce universal suffrage and direct elections for a President, national representatives, and local and regional councils. With exceptions in the self-governing region of Somaliland and the semi-autonomous state of Puntland (which on 25 May held direct local elections), Somalia has used a clan-based, indirect electoral system since 1969. Local elections in June 2024 are planned as the first to be held under the new system, followed by regional elections in November of that year. The political leaders also agreed to the creation of a two-party political system (their number is not currently limited) and to establish a presidential system in place of the current parliamentary one. Constitutional amendments and other enabling legislation will be needed to give this agreement effect and facilitate the planned elections.   
+Sources: Somali National News Agency, Voice of America, Reuters, Jurist,  France24
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/somalia/may-2023</t>
+  </si>
+  <si>
     <t>Elections, Electoral Reform, Political Party</t>
   </si>
   <si>
     <t>First state-wide direct elections held in Puntland</t>
   </si>
   <si>
+    <t xml:space="preserve">On 25 May, voters in the Somalian state of Puntland went to the polls to elect their district councils, in what were the first state-wide direct elections since Puntland’s establishment in 1998 (direct local elections were held in three of Puntland’s districts in 2021). Like much of Somalia, Puntland has used an indirect, clan-based electoral system to select its political representatives. Media reports suggested that voting took place peacefully, notwithstanding the security concerns that led to the postponement of polling in three districts. These concerns arose from a dispute between Puntland’s President Said Abdullahi Deni and members of the political opposition, who accused him of manipulating the electoral process. Of the seven political parties that participated, the ruling Kaah party won the largest number of seats (286 out of 774). Seventeen per cent of seats were won by female candidates, down from the 26 per cent of women who won seats in the 2021 local elections. 
+Sources: British Broadcasting Corporation, Voice of America, Peace Research Institute Oslo, Puntland Development and Research Center, Transitional Puntland Electoral Commission
+</t>
+  </si>
+  <si>
     <t>Elections, Electoral Reform, Women's political participation</t>
   </si>
   <si>
-    <t>Greece - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Parliament votes to ban extreme-right party from running in elections</t>
   </si>
   <si>
-    <t>April 2023</t>
+    <t xml:space="preserve">Greek Parliament approved an extension to the February legislation to ban the extreme-right National Party - Greeks from running in the May elections. The party is linked to the Golden Dawn, a far-right neo-Nazi political party and ultranationalist criminal organization, which was declared a criminal organization in 2020 for charges including murder, racist violence, and money laundering. The legislation also requires the Supreme Court to have a full plenary session to vote on the ban. It is the first time that MPs in Greece asked the Supreme Court to weigh the credentials of a party to compete in elections. The National Party-Greeks was founded by former lawmaker Ilias Kasidiaris, who is currently serving a prison sentence over his leading role in Golden Dawn. The decision sparked some criticism as the ban comes just ahead of the national elections and the parliament’s dissolution before the Orthodox Easter break. Constitutional experts also accused the government of influencing the judiciary.
+Sources: Ekathimerini, Voice of America, Politico
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/greece/april-2023</t>
   </si>
   <si>
     <t>Elections, Supreme Court</t>
   </si>
   <si>
-    <t>Finland - April 2023</t>
+    <t>2023-05-19</t>
   </si>
   <si>
     <t>Center-right party wins elections</t>
   </si>
   <si>
+    <t xml:space="preserve">The 2023 Finnish parliamentary elections resulted in a victory for the conservative National Coalition Party, led by Petteri Orpo. It was a defeat for the Social Democratic party of Prime Minister Sanna Marin. The center-right National Coalition Party scored 20.7 percent, followed by the right-wing the Finns with 20.1 per cent, whereas the Social Democrats received 19.9 per cent of the vote. Orpo, whose party has the first opportunity to form a government, has said that economic issues should be the next government’s top priority. While Prime Minister Sanna Marin, who became the world’s youngest head of government and formed a five-party coalition all led by women, did effectively respond to the concerns of Finnish citizens in relation to Russia’s war in Ukraine, the country’s economy and public debt were the main issues during these elections. Women candidates dominated the elections, including the Finns Party leader, Riikka Purra. 46 per cent of MPs in the new parliament are women. Voter turnout was 68.5 per cent, similar to 2019’s 68.7 per cent turnout.
+Sources: Helsingin Sanomat, Euractiv (1), Euractiv (2), British Broadcasting Corporation, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/finland/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Sanna Marin, Petteri Orpo, Women's political participation</t>
   </si>
   <si>
-    <t>Kosovo - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Extraordinary local elections held in municipalities with ethnic Serb majorities</t>
   </si>
   <si>
+    <t xml:space="preserve">Local elections were held in four municipalities with ethnic Serb majorities following the resignation of Serb mayors in November 2022. The dominant Kosovo Serb party, Serbian List (Srpska Lista), which is supported by the government of Serbia, boycotted the elections. Serbia’s President Aleksandar Vučić also called on Kosovo Serbs to boycott these elections. This led to low turnout (3.5 per cent). Kosovo’s Prime Minister Albin Kurti declared that Kosovo Serbs were being intimidated and pressured by Serbia not to participate in the elections. The Serbs boycotted in protest, as they have been demanding more autonomy through the establishment of the Association of Serb Municipalities (ASM), which would see the creation of a mono-ethnic structure, operating independently from the Kosovo government. The legality of the agreement has sparked debate in Kosovo, as the ASM was signed by both Kosovo and Serbia as part of the EU dialogue in 2013, but in 2015 Kosovo’s Constitutional Court ruled it was incompatible with the constitution. 
+Sources: Kallxo, Balkan Insight (1), Balkan Insight (2), Euractiv, Reuters, Voice of America  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kosovo/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Albin Kurti, Aleksandar Vučić, EU, SDG16</t>
   </si>
   <si>
-    <t>Bulgaria - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Bulgaria holds the fifth election in two years</t>
   </si>
   <si>
+    <t xml:space="preserve">On 2 April, Bulgaria held parliamentary elections for the fifth time in two years. The country has experienced several crises ever since the 2020 anti-corruption protests brought down the Citizens for European Development of Bulgaria (GERB) centre-right government led by Boyko Borissov, who had ruled the country for over a decade. The elections did not produce a clear winner, as GERB emerged first with 26.5 per cent of votes, and the reformist coalition of We Continue the Change (PP) and Democratic Bulgaria (DB) came second with 24.5 per cent. The pro-Russian Revival party placed third for the first time (14.2 per cent of the vote). The election results could lead to lengthy coalition talks and continued political gridlock. There is speculation that Russia-leaning President Rumen Radev, who has been wielding executive power through caretaker cabinets since 2021, could steer the country towards presidential rule. Similar to the 2022 elections, the voter turnout was 39.1 per cent. Women made up 23.9 per cent of the candidates and will hold 24.1 per cent of the parliament’s seats. International observers deemed the elections competitive and well-managed but said the frequent legal framework changes presented challenges.
+Sources: OSCE ODIHR, Politico (1), Politico (2), Balkan Insight, Central Election Commission of Bulgaria, IPU, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bulgaria/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Protests, Women's political participation</t>
   </si>
   <si>
-    <t>Zimbabwe - April 2023</t>
+    <t>2023-05-17</t>
   </si>
   <si>
     <t xml:space="preserve">Opposition politician convicted under nullified law </t>
   </si>
   <si>
+    <t xml:space="preserve">On 5 April, a magistrate’s court in Harare convicted opposition politician Fadzayi Mahere of ‘communicating falsehoods’, under a legal provision that was declared unconstitutional by Zimbabwe’s Constitutional Court in 2014. The conviction, for which Mahere was sentenced to a $500 USD fine, related to a tweet she shared that incorrectly alleged that a police officer had killed a baby. Mahere’s case is one of a number of recent prosecutions targeting government critics, which have led commentators to accuse the government of using the courts to intimidate its opponents ahead of the general elections to be held later this year.             
+Sources: The Guardian, Constitutional Court Judgement, Centre for Human Rights, University of Pretoria 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/zimbabwe/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Constitutional Court</t>
   </si>
   <si>
-    <t>Montenegro - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Landmark presidential runoff: Longstanding Đukanović suffers defeat from novice Milatović</t>
   </si>
   <si>
+    <t xml:space="preserve">Jakov Milatović of the Europe Now movement has won the presidential runoff election in Montenegro with 60 per cent of the vote, defeating longstanding incumbent Milo Đukanović, who has been a key actor in Montenegro’s politics for more than three decades, including as a prime minister and as a president.  Although the presidency is a largely ceremonial position in Montenegro, the results signal the boost of Milatović’s center-right movement ahead of June’s parliamentary elections. Milatović, a former economy minister, campaigned on an anti-corruption and EU membership platform. Milatović received support from parties close to Serbia, Russia and the Orthodox Church. Voter turnout was 70.1 per cent, a record high as compared to other previous presidential elections. The turnout in the 2018 elections was 63.9 per cent.
+Sources: Euronews, Politico, British Broadcasting Corporation (BBC), Deutsche Welle International IDEA, OSCE Office for Democratic Institutions and Human Rights
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/montenegro/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Jakov Milatović, Milo Đukanović, EU</t>
   </si>
   <si>
-    <t>Bosnia and Herzegovina - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>OHR criminalises acceptance of bribes by public officials</t>
   </si>
   <si>
+    <t xml:space="preserve">The Office of the High Representative (OHR) enacted changes to the criminal codes of Bosnia and Herzegovina, as well as the Federation entity, introducing political bribery as a criminal offense punishable by up to ten years in prison. The changes, which are imposed with immediate effect, are enacted on an interim basis until they are approved by the Parliaments at the state and Federation levels, respectively. According to the OHR, the amendments are designed to improve election integrity. An evaluation report of Bosnia and Herzegovina produced by the Council of Europe’s anti-corruption monitoring body in March 2023 noted a “legal vacuum in terms of corruption prevention policies,” particularly at the executive level.
+Sources: Office of the High Representative (1), Office of the High Representative (2), GRECO
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bosnia-and-herzegovina/april-2023</t>
+  </si>
+  <si>
     <t>Money in Politics, Elections</t>
   </si>
   <si>
     <t>OHR moves to unblock government formation in the Federation</t>
   </si>
   <si>
+    <t xml:space="preserve">Government formation in the Federation has now been finalised, seven months after the elections in October 2022. Refik Lendo, Bosniak Vice President and member of the Party of Democratic Action (SDA) had been blocking the appointment of the new government (which does not have any SDA ministers). The Office of the High Representative (OHR) used its “Bonn powers”, granted to the OHR by the Dayton Accords, to forward the proposed ministerial appointments to the Parliament without first obtaining Lendo’s signature. The House of Representatives subsequently confirmed the government composition, with 51 votes in favour, and one abstention. The OHR also accorded the Parliament a period of 12 months to agree to constitutional amendments that would prevent future blockages in government formation. The previous ministers in the Federation government had been serving in a technical mandate since 2018 in view of the protracted political stalemate. 
+Sources: Balkan Insight (1), Balkan Insight (2), Office of the High Representative (1), Office of the High Representative (2), Sarajevo Times, Radio Free Europe/Radio Liberty
+</t>
+  </si>
+  <si>
     <t>Executive branch, Elections, Constitution</t>
   </si>
   <si>
-    <t>Estonia - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Prime Minister’s center-right Reform Party reaches government coalition agreement</t>
   </si>
   <si>
+    <t xml:space="preserve">About a month after the elections, the center-right Reform Party government has started its third term in Estonia, after securing a coalition deal with the centrist Eesti 200 Party and the Social Democratic Party. The Reform Party will lead seven ministries, including defence and finance. Eesti 200 and the Social Democrats will each have three ministerial portfolios. Prime Minister Kallas has been one of the biggest supporters of Ukraine and has said that security and defence will be the new government’s main priorities, including the defence expenditure increase to three per cent of the country’s GDP. Other priorities will be socio-economic issues, especially reducing fiscal deficits. Kallas is Estonia’s first female prime minister and she has held the position since 2021. 
+Sources: Associated Press, Politico, Riigikogu
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/estonia/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Kaja Kallas</t>
   </si>
   <si>
-    <t>Sierra Leone - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Political parties regulator bans street rallies ahead of election</t>
   </si>
   <si>
+    <t xml:space="preserve">Ahead of the 24 June general elections, Sierra Leone’s Political Parties Regulation Commission (PPRC) has banned street rallies – a traditional form of mobile campaigning event in the country – requiring political parties to hold their campaign events in fixed locations. The PPRC suggested that this decision would reduce the likelihood of electoral violence, and that it was supported by 17 registered political parties. However, the main opposition party has claimed that the ban was imposed against its wishes. Legal activists have noted that the ban may be a violation of rights guaranteed by the Constitution, including the rights to Freedom of Movement, and Association and Assembly. It also creates practical challenges for campaigning due to the limited transportation network and small number of locations suitable for holding a political rally.
+Sources: Concord Times, Cocorioko, Radio France Internationale, AfricaNews
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sierra-leone/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Electoral Management Body</t>
   </si>
   <si>
-    <t>Pakistan - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Constitutional crisis over elections brews </t>
   </si>
   <si>
+    <t xml:space="preserve">The Supreme Court on 4 April ruled the Election Commission's decision to delay snap provincial elections in Punjab until October unconstitutional and ordered that elections should go ahead. While former PM Imran Khan’s Pakistan Tehreek-e-Insaf (PTI) party welcomed the ruling, as Punjab is a PTI stronghold and Pakistan’s most populous province, Parliament rejected the ruling and accused the court of political bias. The government cited financial and security concerns in favour of postponing snap polls to October 2023. Critics, however, note that the decision to delay the polls comes as the government fears it will fare badly at the polls amid Khan’s rising popularity. 
+The move is part of a growing power struggle between the government and judiciary, which escalated further when Parliament passed a bill to limit the Chief Justice’s ability to take suo-motu notice (decisions taken by the court on its own initiative). That bill was passed into law on 21 April. Analysts note that the tensions between the judiciary and government highlight a growing governance crisis, wherein weakened state institutions and the trust deficit between different branches of government threaten to undermine the rule of law.
+Sources: Dawn, Al Jazeera, Nikkei Asia, Voice of America, The Express Tribune, The Atlantic Council
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/pakistan/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Local Government, Supreme Court, Imran Khan, Electoral Management Body</t>
   </si>
   <si>
-    <t>Paraguay - April 2023</t>
+    <t>Paraguay</t>
   </si>
   <si>
     <t>Paraguay holds general elections, with Santiago Peña elected President</t>
   </si>
   <si>
+    <t xml:space="preserve">Santiago Peña, from the ruling Colorado Party, won the presidential election held on 30 April. With an estimated voter turnout of 63.1 per cent (an increase of almost two percentage points in comparison to last presidential election), and 42.93 per cent of the votes cast, Peña defeated his closest challenger, Efrain Alegre, who represented a centre-left party.  Discussions around Paraguay’s diplomatic ties to Taiwan, which Peña vowed to maintain, and accusations of corruption by the United States against current President Horacio Cartes (a mentor of Peña, also from the Colorado Party), had marked a polarised race. Despite some partisan confrontations, international electoral observers found that the elections were held in orderly conditions. 
+Members of Congress and local leaders were also elected. Preliminary results indicate that the ruling party will maintain a lead in both chambers of Congress. Only around 30 per cent of candidates for Congress were women, and preliminary results point to a slight increase in women’s representation in the Senate to 22.6 per cent.
+Sources: Agencia EFE, Organization of American States, European Union External Action, Ultima Hora, La Nacion
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/paraguay/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Horacio Cartes, Santiago Peña</t>
   </si>
   <si>
-    <t>Sri Lanka - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Local elections delayed indefinitely for second time</t>
   </si>
   <si>
+    <t xml:space="preserve">Local government elections due to be held on 25 April have been postponed again, with a new date pending a court decision on the availability of funds. The delay comes despite a Supreme Court (SC) interim order issued last month ordering the Treasury to not withhold funds for the election. Refusing to comply with the Interim Order, several Members of Parliament instead requested an inquiry into a potential breach of parliamentary privileges by the SC judges who gave the order, which human rights organizations allege further undermines the judiciary and demonstrates a further attempt at postponing elections. The government has repeatedly claimed it lacks the funds to hold the vote, which critics claim comes as the government fears it could fare badly at the polls.
+Sources: Asian Network for Free Elections, The Island, International Commission of Jurists, Colombo Telegraph
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sri-lanka/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Local Government, Supreme Court</t>
   </si>
   <si>
-    <t>Bhutan - April 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>National Council elections held</t>
   </si>
   <si>
-    <t>Lebanon - April 2023</t>
+    <t xml:space="preserve">Bhutan’s National Council (NC) elections were held on 20 April. Voter turnout was at a historic high of 54.64 per cent (compared to 54.29 per cent in the 2018 NC elections), despite concerns that postal ballot restrictions and the removal of postal ballot facilitation booths would negatively impact turnout. While experiencing a drop in voter participation between 2008-2013, voter turnout has increased gradually for each NC election cycle due to key electoral reforms introduced by the Election Commission. Overall, two out of ten contesting incumbents returned, with eighteen new members elected to the council. The election failed to advance women’s representation, with only one woman out of five aspiring candidates elected to the 20-member NC, compared to two women elected in the last 2018 NC election. Parties are now gearing up for the National Assembly elections expected to be held later this year.
+Sources: Kuensel, Bhutan Times, Election Commission of Bhutan
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bhutan/april-2023</t>
   </si>
   <si>
     <t>Parliament postpones municipal elections</t>
   </si>
   <si>
+    <t xml:space="preserve">On 18 April, the Lebanese parliament voted to postpone municipal elections for a second time. Municipal elections are supposed to be held every 6 years and were originally due to take place in May 2022. At that time, they were postponed for 12 months as they coincided with the parliamentary elections. This second postponement entails an extension of the terms of local officials who were elected in 2016 for a maximum of one year (until 31 May 2024). This additional postponement is due to the failure of the fragmented cabinet to approve legislation that would allocate funding for the election. 
+The Lebanese Association for Democratic Elections issued a statement condemning the vote, described as ‘undermining the democratic process and the principles of good governance’ and claims the extension is depriving citizens of the democratic process and the right to elect their representatives.
+Sources: Parliament of Lebanon, AP News, Middle East Monitor, The Lebanese Association for Democratic Elections
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lebanon/april-2023</t>
+  </si>
+  <si>
     <t>Elections, Political Deadlock</t>
   </si>
   <si>
-    <t>Lithuania - March 2023</t>
+    <t>2023-04-24</t>
   </si>
   <si>
     <t>Ruling coalition loses ground in municipal elections</t>
   </si>
   <si>
-    <t>March 2023</t>
-[...2 lines deleted...]
-    <t>Estonia - March 2023</t>
+    <t xml:space="preserve">The Social Democratic Party was the biggest winner of the local elections, greatly increasing its total seats in municipal councils and clinching 17 mayoral seats. More than half of the 60 municipalities went into run-offs on 18 March, where none of the mayoral candidates passed the electoral threshold of 50 per cent. The ruling conservative Homeland Union – Lithuanian Christian Democrats (TS-LKD) won only 5 mayoral seats, including in Vilnius, as Valdas Benkunskas won the run-off mayoral election. Subsequently, Gabrielius Landsbergis announced his decision not to renew his bid for TS-LKD party leader citing disappointment with the result. Political committees, groupings at the municipal or constituency level that are, in addition to national parties, also eligible to propose candidates in local elections since 2013, came in third place. United Kaunas and Loyal to Klaipėda won the most votes in the Kaunas and Klaipėda city council elections respectively. The voter turnout was 49 per cent in the first round of voting, the highest turnout for local elections since 2002, and slightly higher compared to recent local elections (since a 2015 decision ensuring mayors could be directly elected by residents of the municipality rather than by the municipal councils). 47 per cent of municipal council candidates and one in four mayoral candidates were women (compared to 22 per cent in the 2019 elections for the mayoral candidacy). 
+Sources: Baltic News Network (1), Baltic News Network (2), LRT, Central Electoral Commission
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lithuania/march-2023</t>
   </si>
   <si>
     <t>The ruling Reform Party secures first place in elections</t>
   </si>
   <si>
-    <t>Bulgaria - March 2023</t>
+    <t xml:space="preserve">The ruling center-right Reform Party secured first place in the country’s parliamentary elections, with 31 per cent of the vote. The elections were seen as a test for Estonia’s pro-EU direction and its stance on the war in Ukraine. Prime Minister Kaja Kallas campaigned on a pro-Ukraine platform, while far-right EKRE, which criticized accepting Ukrainian refugees and sending weapons to Ukraine, came second with 16 per cent. Apart from the national security concerns following Russia’s invasion of Ukraine, socio-economic issues and the rising cost of living are expected to be the main matters the new government will be addressing. Women’s representation in the Riigikogu set a new record, with 30 elected women, as compared to 28 in the 2019 elections. Voter turnout was at 63.5 per cent, similar to the 63.7 per cent in previous elections. 
+Sources: The Guardian, Deutsche Welle, ERR, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/estonia/march-2023</t>
+  </si>
+  <si>
+    <t>2023-04-21</t>
   </si>
   <si>
     <t>Bomb threats ahead of parliamentary elections</t>
   </si>
   <si>
-    <t>Nigeria - March 2023</t>
+    <t xml:space="preserve">Students were evacuated and schools across Bulgaria were closed following bomb threats made by phone and email. Authorities declared that no explosives were found. While the motives are unknown, the threats were sent as the country was preparing for general elections, in which schools serve as polling stations. Interim Prime Minister Galab Donev declared that although the motive was to spread fear, it is not dangerous to vote. Interior Minister, Ivan Demerdzhiev said that investigations point to Russian meddling, but not necessarily to the Russian state. The Russian Embassy in Sofia has denied involvement.
+Sources: Associated Press, Balkan Insight, Radio Free Europe/Radio Liberty
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bulgaria/march-2023</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>State elections broadly peaceful, but challenges remain</t>
   </si>
   <si>
-    <t>Liberia - March 2023</t>
+    <t xml:space="preserve">Following the national elections held in February, Nigerians voted for the members of Houses of Assembly for the 36 states, and for governors of 28 states on 18 March. Following a number of complaints about the conduct of the national elections made by political parties, the state elections had been delayed by one week as the Independent National Electoral Commission (INEC) sought to find solutions. Observers noted that the state elections experienced fewer logistical challenges than the national elections, and the technologies used for voter identification and results tabulation functioned well. Still there were reports of violence and vote buying, particularly in the states of Lagos, Lagos, Rivers, Enugu and Kano. Observers reported that 21 people were killed in election-related violence. Continuing the trend from the national election, turnout was reportedly low and few women were candidates. 
+Sources: Yiaga Africa, European Union Election Observation Mission, France24, Premium Times, Africa Report
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/nigeria/march-2023</t>
+  </si>
+  <si>
+    <t>Liberia</t>
   </si>
   <si>
     <t>President Weah vetoes portions of act to amend electoral law</t>
   </si>
   <si>
+    <t xml:space="preserve">As part of the preparations for the October 2023 general elections in Liberia, the legislature passed an act to amend portions of the electoral law in October 2022. On 16 March 2023, President George Weah approved the act, but used his line-item veto power to strike down several sections of the act, citing their non-conformity with other laws or duplication of existing law. The sections vetoed by the President include paragraphs that would have created a new independent body to hear complaints about the conduct of elections. The act had been alternatively criticized and praised for its various provisions. A revision that gives the gender quota (requiring that 30 per cent of the candidates in each party list are women) an enforcement mechanism via delisting parties that do not comply was approved by the President. The amended law will also allow diasporan Liberians to vote if they have valid Liberian identification (including passports). However, opposition parties have noted with concern that the new law significantly raises the filing fees for would-be candidates for office. 
+Sources: AllAfrica (1), Executive Mansion of Liberia, Front Page Africa, Daily Observer, AllAfrica (2), The New Dawn
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/liberia/march-2023</t>
+  </si>
+  <si>
     <t>Electoral Management Body, Elections</t>
   </si>
   <si>
-    <t>Cameroon - March 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Ruling party wins all seats in Senate in indirect election</t>
   </si>
   <si>
+    <t xml:space="preserve">An indirect election for seats in the Senate of Cameroon was held on 12 March. Of the 100 seats in the Senate, 30 are filled by direct appointments by the President, and the remaining 70 are filled through this indirect election. The members of municipal and regional councils constitute an electoral college that selects these 70 members of the Senate to represent the ten regions of the country. Following its broad victory in the last regional elections (2020), the party of President Paul Biya (the Cameroon People’s Democratic Movement -- RDPC) won all 70 of the seats. It is expected that President Biya will also select members of this party for the remaining 30 seats. Challenges to the election filed by three opposition parties were dismissed by the Constitutional Council on 21 March. The representation of women is likely to slightly improve as 26 women won seats (up from 22 in the last election). 
+Sources: The Africa Report, Africa News, Anadolu Agency, Ici Lome, Griote
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cameroon/march-2023</t>
+  </si>
+  <si>
     <t>Elections, Paul Biya</t>
   </si>
   <si>
-    <t>Turkmenistan - March 2023</t>
+    <t>Turkmenistan</t>
   </si>
   <si>
     <t>New rubber stamp parliament elected</t>
   </si>
   <si>
-    <t>Bhutan - March 2023</t>
+    <t xml:space="preserve">Turkmenistan held elections for a new unicameral legislature on 26 March that, like all elections in the country’s history, were considered neither free nor fair and marred by serious violations and fraud. The Central Election Commission claimed turnout of 91.12 per cent, but observers and journalists instead noted largely empty polling stations. Under the new constitutional framework, the rubber-stamp parliament will be largely subservient to the unelected People’s Council, headed by former president Gurbanguly Berdymukhmammedov. Women’s representation in parliament, which stood at 24 per cent in the previous parliament, has not yet been made publicly available.
+Sources: Radio Free Europe/Radio Liberty
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/turkmenistan/march-2023</t>
   </si>
   <si>
     <t>Postal voting restrictions ahead of National Council election</t>
   </si>
   <si>
-    <t>Kazakhstan - March 2023</t>
+    <t xml:space="preserve">Ahead of the parliamentary elections scheduled for 20 April 2023, the Election Commission of Bhutan (ECB) has declared it will only provide postal ballot services to eligible voters covered under Section 331 of the Election Act of Bhutan 2008. This excludes Bhutanese working in State Owned Enterprises, private companies and persons living abroad who are not registered, students and civil servants. ECB also declared that the system of voting through Postal Ballot Facilitation Booths (PBFB) is discontinued ahead of the upcoming election. As a result, those working in the private and corporate sectors residing in urban centres will have to incur time and travel costs to register votes at designated polling stations in their constituencies i.e., hometowns. Many fear the decision may result in lower voter turnout.
+Sources: Kuensel (1), Kuensel (2), Bhutan Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bhutan/march-2023</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
   </si>
   <si>
     <t>Snap election returns little change</t>
   </si>
   <si>
-    <t>Iraq - March 2023</t>
+    <t xml:space="preserve">Snap parliamentary and local elections returned a weakened majority for the ruling Amanat party on 19 March. While the government held the entry of new parties into parliament as a sign of the country’s liberalization, opposition, activists, and independent observers argued that independent candidates had been prevented from running and saw no signs nominal opposition parties would contest or interfere with government policymaking. The percentage of women in parliament fell from 27 per cent to 18 per cent. Turnout was a historic low of 54 per cent nationwide and 26 per cent in the capital, Astana.
+Sources: EurasiaNet, Deutsche Welle Russian, IPU Parline
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kazakhstan/march-2023</t>
+  </si>
+  <si>
+    <t>Iraq</t>
   </si>
   <si>
     <t>Parliament approves electoral law amendments sparking controversies</t>
   </si>
   <si>
+    <t xml:space="preserve">On 27 March, the Parliament of Iraq passed amendments to the electoral law proposed last month, with 275 of 329 legislators voting in favour. The amendments will restore the electoral law of 2018, which provided for one electoral district for each of Iraq’s 18 provinces – a significant reduction from the current 83 electoral districts. The vote was met with outrage from Iraqi opposition and independent lawmakers, who warned that this could spark a new wave of unrest. The current electoral system was adopted in response to the Tishreen mass protests of 2019 and considered one of the major gains from the movement, favouring the emergence of independent candidates and smaller political forces.
+Iraq’s first provincial council elections in a decade are expected to take place on 6 November, and the new electoral law will be applied during the vote. This has raised concerns as Iraq’s established and ruling parties, widely criticized for rampant corruption, will likely further entrench their hold on power.  
+Sources: Reuters, Al Jazeera, Al-Quds Al-Arabi, International IDEA Democracy Tracker, Middle East Monitor
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iraq/march-2023</t>
+  </si>
+  <si>
     <t>Electoral Reform, Elections, Local Government</t>
   </si>
   <si>
-    <t>Mexico - March 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Supreme Court suspends Plan B electoral reform</t>
   </si>
   <si>
+    <t xml:space="preserve">Mexico’s Supreme Court announced on 24 March a temporary suspension of the “Plan B” electoral reform package which was approved by Congress last month and entered into force on 2 March. The suspension was requested by the National Electoral Institute (INE), which filed a constitutional challenge against the reform, alleging its approval violated legislative due process. INE has requested that the Court determine that the reform is unconstitutional. 
+The suspension was authorized as the case involves “the possible violation of the political-electoral rights of citizens” and will remain in effect while the constitutional complaint is resolved. In response to the determination, INE announced the postponement of its work modifying the regulatory and administrative instruments in line with the reform, and the federal government announced its plans to challenge the decision. 
+Sources: InfoBae, El País, Mexico News Daily, Capital 21
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mexico/march-2023</t>
+  </si>
+  <si>
     <t>Electoral Management Body, Electoral Reform, Elections, Plan B</t>
   </si>
   <si>
-    <t>Cuba - March 2023</t>
+    <t>Cuba</t>
   </si>
   <si>
     <t>Record low turnout as Cuba holds parliamentary elections without opposition</t>
   </si>
   <si>
+    <t xml:space="preserve">Cuba held parliamentary elections on 26 March to select 470 deputies of the National Assembly, with no participation of international observers. The electoral process has been condemned by Cubans, and internationally denounced as ‘undemocratic’. Official participation figures have raised doubts, and human rights groups have highlighted acts of repression with coercion tactics and repression against activists in the context of the election. All opposition was barred from access to power, with only 470 candidates contending for the same number of seats, of which 55.3 per cent will be held by women. In view of the severe political restrictions, opposition groups called on Cubans to abstain from voting, claiming elections in the country’s unchallenged one-party system are fraudulent, with no formal or international oversight. 
+Official government reports claim voter turnout was 75.92 per cent, marking an increase from the 68.5 per cent participation registered in municipal elections last November. This was, however, a poor turnout by Cuban standards and the lowest seen for legislative elections since the 1959 Revolution. The trend of growing abstention over the last decade indicates an erosion of confidence in Cuba’s communist regime with increasing public discontent amid socio-economic hardships.
+Sources: Associated Press, Al Jazeera, Transparencia Electoral, Government of Cuba, InfoBae, Euro News, El País
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cuba/march-2023</t>
+  </si>
+  <si>
     <t>Elections, Cuban Communist Party</t>
   </si>
   <si>
-    <t>Jamaica - February 2023</t>
+    <t>2023-03-23</t>
   </si>
   <si>
     <t>Local government elections postponed for third time</t>
   </si>
   <si>
-    <t>February 2023</t>
-[...2 lines deleted...]
-    <t>Haiti - February 2023</t>
+    <t xml:space="preserve">On 21 February, Jamaica’s House of Representatives approved the Representation of the People Act, 2023 (Postponement of Elections to Municipal Corporations and City Municipalities). The bill effectively postponed the country’s local elections for a further 12 months - the third consecutive postponement of local elections in the country. 
+Local elections are constitutionally due every four years and were last held in November 2016. Initially scheduled for November 2020, the elections were postponed to February 2022 due to the Covid-19 pandemic. They were then further delayed by the government by 12 months as to avoid public health risks amid the fourth wave of the pandemic. They were due to be held this month, but the government did not approve the budget for the election submitted by the Electoral Office of Jamaica, citing fiscal constraints. Local Government Minister Desmond McKenzie has stated that the postponement will allow the country to continue its post-pandemic economic recovery. Local elections in Jamaica are now expected to be held no later than 28 February 2024. 
+Sources: Ministry of Local Government and Rural Development of Jamaica, Radio Jamaica News, Jamaica Information Service, Jamaica Observer
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/jamaica/february-2023</t>
   </si>
   <si>
     <t>Prime Minister installs transition council in preparation for general elections</t>
   </si>
   <si>
+    <t xml:space="preserve">On 6 February, Prime Minister Ariel Henry formally installed a high transition council (HCT), tasked with developing an electoral road map and ensuring conditions are in place for the long-awaited elections in Haiti. This is Henry’s latest effort to deliver on his promise to hold elections, which have been postponed since October 2020, and transition from his caretaker government after taking office in July 2021 following the assassination of president Jovenel Moïse.
+Appointed by PM Henry, the HTC is comprised of three representatives (civil society, political parties and private sector) tasked to deliver the essential mechanisms to organize general elections and facilitate a transition, which is expected to last 14 months. The HTC will select the representatives of the required provisional electoral council in preparation for elections and is also responsible for promoting political dialogue during the transition period, collaborating with government officials on issues regarding constitutional and economic reforms, as well as implementation of strategies to reduce gang violence. Ariel’s announcement was followed by a resolution passed by the Organization of American States (OAS) on 10 February, proposing the creation of a working group to address the security crisis in Haiti and facilitate the support of free, fair, and legitimate elections. 
+However, Haitians have continuously called for Henry’s resignation and are hesitant the HTC will be able to guarantee elections. The unilateral installation has also been extensively criticized by members from the opposition and civil society who argue the HTC lacks the necessary ‘broad consensus among the diverse sections in the country’ and could worsen the current security and humanitarian crisis. 
+Sources:Haiti Libre, Reuters, Associated Press, Caribbean National Weekly, People Dispatch,  Organization of American States
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/haiti/february-2023</t>
+  </si>
+  <si>
     <t>Ariel Henry, Elections, High Transition Council</t>
   </si>
   <si>
-    <t>Ecuador - February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Municipal elections and referendum deliver unfavourable results to Guillermo Lasso’s government</t>
   </si>
   <si>
+    <t xml:space="preserve">Municipal elections and a referendum held on 5 February delivered important wins for the opposition, and unfavourable results for President Guillermo Lasso’s government. Candidates from former president Rafael Correa’s left leaning party (Revolución Ciudadana) were elected as mayors in Ecuador’s two main cities, Quito and Guayaquil. Pursuant to adopted reforms that seek to achieve gender parity by 2025, 46.9 per cent of candidacies for this election were held by women. In Guayaquil, right-wing mayors had governed for 31 years. Analysts consider the left’s gains in the countries as indicative of the diminished popularity of Lasso’s government. They have also characterized the results of the referendum that took place on the same date as a blow to Lasso’s efforts to gain backing for his security policy and the war on drugs. 
+The referendum included questions on the possibility of extraditing Ecuadorian nationals for transnational organized crime, reducing the number of the legislature’s members among other varied reforms. All possible reforms in the government-backed referendum were rejected by voters. 
+Participation reached 80.74 per cent (voting is mandatory for most citizens). The elections stood out for the uncharacteristic level of violence; five candidates were killed and at least 12 were targeted by violent attacks. 
+Sources: La Hora, Organization of American States, Telesur,  El Pais
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ecuador/february-2023</t>
+  </si>
+  <si>
     <t>Elections, Referendum, Guillermo Lasso, War on drugs</t>
   </si>
   <si>
-    <t>Guatemala - February 2023</t>
+    <t>2023-03-22</t>
   </si>
   <si>
     <t>Electoral court rejects candidacy of indigenous leader</t>
   </si>
   <si>
+    <t xml:space="preserve">The Electoral Tribunal rejected the candidacy of Thelma Cabrera, an Indigenous woman and leader, on the grounds that her running mate failed to produce proof that no corruption cases were open against him. Critics have underlined that other politicians have been allowed to register their candidacies even with open cases against them and have argued that Cabrera has been subject to discriminatory treatment. Supporters blocked national highways to protest the rejection of Cabrera’s candidacy and called upon the Constitutional Court to resolve an appeal to the Tribunal’s ruling. Cabrera had previously participated in the 2019 elections and obtained 10 per cent of the votes. 
+Human Rights Watch and the Washington Office on Latin America have highlighted the need for electoral authorities to apply equal standards to all candidacies and ensure a level playing field for all political hopefuls. In addition to Cabrera, they brought attention to the rejection of the candidacy of a right-wing politician, expressing concern about apparent efforts to undermine candidates from the opposition.  
+Sources: The Washington Post,  Washington Office on Latin America, Telesur
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/guatemala/february-2023</t>
+  </si>
+  <si>
     <t>Elections, Electoral Tribunal, Women's political participation</t>
   </si>
   <si>
-    <t>Djibouti - February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Ruling coalition wins 94% of vote in Djibouti’s parliamentary elections </t>
   </si>
   <si>
+    <t xml:space="preserve">On 24 February, Djibouti held a parliamentary election, and in a  result that was widely anticipated President Ismaïl Omar Guelleh’s ruling coalition, the Union for the Presidential Majority (UMP), received 94 per cent of the vote. This vote share translated into 58 of the National Assembly’s 65 seats (up from 57 in 2018), with the remaining 7 seats won by the Djibouti Union for Democracy and Justice, the only opposition party to contest the elections. The result maintains Guelleh’s control over the National Assembly, which has been dominated by the party he leads, the People’s Rally for Progress (latterly through the UMP) since independence in 1977. Djibouti’s main opposition parties boycotted the election, calling it ‘a sham.’ However, international observers from the African Union and the Intergovernmental Authority on Development (IGAD) characterized the poll as free and fair. Notwithstanding reports of low voter turnout from the local media and election observers, the government reported it to be 75.9 per cent (up from 61.8 per cent in 2018).        
+Sources: The Constitutional Council, Voice of America, Inter-Parliamentary Union, African Union, Intergovernmental Authority on Development, Al Jazeera, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/djibouti/february-2023</t>
+  </si>
+  <si>
     <t>Elections, AU, IGAD</t>
   </si>
   <si>
-    <t>Sri Lanka - February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Scrutiny over government attempts to delay local elections</t>
   </si>
   <si>
-    <t>Iraq - February 2023</t>
+    <t xml:space="preserve">Rights activists have expressed concern about numerous government attempts to delay and invalidate long-overdue local government elections scheduled for 9 March. Delay tactics noted so far include several rounds of talks held between President Ranil Wickremesinghe and his cabinet members after summoning the Election Commission (EC) to discuss election postponement after citing "financial difficulties." The Supreme Court issued a critical verdict on 10 February ordering the EC to hold the elections, which are now scheduled for 25 April 2023. Yet disruptions continue, with the Government Printer refusing to print ballot papers for postal voting unless paid in advance by the EC. Opposition-led protesters on 26 February were also met by police with tear gas and water cannons, resulting in dozens injured and at least one death. Critics allege that the delays come as the government fears they will fare badly at the polls. 
+Sources: Asian Network for Free Elections, Amnesty International, Colombo Telegraph, Economy Next
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sri-lanka/february-2023</t>
   </si>
   <si>
     <t>Proposed amendments to electoral law sparked demonstrations</t>
   </si>
   <si>
+    <t xml:space="preserve">Hundreds of Iraqis took to the streets on 27 February to protest against a draft amendment to election legislation that would increase the size of electoral districts. The current law was passed in 2020 in response to the 2019 Tishreen Movement and has allowed independents and smaller parties to gain seats in parliament. Proposed by Iraq’s Coordination Framework and its allies, the amendment seeks a return to the previous system and would improve the electoral prospects of established parties at the provincial level at the expense of the newly formed independent actors. The new law would also bring back voting from abroad and manual counting instead of electronic counting. Seen as an attempt to alter the electoral laws to favour the ruling coalition, the amendment was challenged in parliament by independent and new political formations that arose from the Tishreen protests. Sadrists have also expressed objection to the amendment, threatening to boycott the upcoming provincial elections if implemented. Due to both popular opposition and disagreements among lawmakers, Iraq’s parliament failed to move forward with a second reading of the legislation. As parliamentary elections could be expected in October in addition to the provincial vote, these changes could raise concerns about the legitimacy of the political process if they go into effect.
+Sources: Associated Press, The Arab Weekly, Shafaq News, Al Monitor
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iraq/february-2023</t>
+  </si>
+  <si>
     <t>Elections, Electoral Reform, Protests, Tishreen Movement</t>
   </si>
   <si>
-    <t>Nigeria - February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Elections for President and National Assembly held</t>
   </si>
   <si>
-    <t>Türkiye - February 2023</t>
+    <t xml:space="preserve">On 25 February, Nigerians voted in one of the most consequential elections in Africa in 2023. The lead-up to the election was dominated by economic challenges and protests against shortages of fuel and the newly redesigned currency. Turnout was markedly low, down from the already low mark of 35 per cent in 2019, with only 27 per cent of registered voters participating in the election. International observers faulted the Independent National Election Commission (INEC) for logistical failures, irregularities, and a lack of transparency. The ruling party (All People’s Congress) candidate Bola Ahmed Tinubu was declared the winner of the presidential election. In the National Assembly, the APC lost ground to opposition parties, but retained its majority in the Senate and likely also in the House of Representatives. The election failed to advance women’s representation, with only 18 women elected to the 469-member National Assembly thus far (some seats remain to be determined). Opposition parties have announced that they will challenge the outcome of the presidential election in the courts. Those proceedings are likely to last at least six months. 
+Sources: The Guardian (Nigeria), Wall Street Journal, Africanews, The Cable, Premium Times, The Africa Report, International IDEA, European Union, The Commonwealth, International Republican Institute and National Democratic Institute 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/nigeria/february-2023</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
   </si>
   <si>
     <t>Devastating earthquake kills tens of thousands of people</t>
   </si>
   <si>
+    <t xml:space="preserve">A devastating earthquake of 7.8 magnitude scale, followed by numerous aftershocks, hit south-eastern Turkey and Syria on 6 February. Reports estimate that more than 45,000 have died and millions were displaced, marking the country’s worst humanitarian disaster in modern history. The earthquake has spotlighted several concerns, including authorities’ responsibility for the quality of buildings that led to the high death toll, and the reported attempts to suppress media freedom. Over two hundred arrest warrants were issued for builders. Critics have said that President Recep Tayyip Erdoğan has offered amnesties for illegal buildings throughout the years, in what he called “zoning peace,” a practice that allowed builders to skip crucial safety regulations. Some have blamed authorities’ slow response following the quake on incompetent officials who were placed in state institutions for being loyalists of Erdoğan. There were also reports of intimidation and arrests of journalists covering the earthquake zones, as well as restrictions on social media access. Experts have stated that this crisis could impact Turkish elections set for this year.
+Sources: The Guardian (1), The Guardian (2), British Broadcasting Corporation (1), British Broadcasting Corporation (2), Voice of America, Foreign Policy, Foreign Affairs, Kulturkampf, Reuters, Committee to Protect Journalists, The Guardian (3), British Broadcasting Corporation (3)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/turkiye/february-2023</t>
+  </si>
+  <si>
     <t>Humanitarian crisis, Recep Tayyip Erdoğan, Elections</t>
   </si>
   <si>
-    <t>Cyprus - February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Christodoulides wins Presidential elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Nikos Christodoulides, former Foreign Minister, was elected President after winning 51.9 per cent of the vote in a run-off against Andreas Mavroyiannis in the closest presidential election since 1998. Christodoulides ran as an independent candidate after defecting from the ruling centre-right Democratic Rally (DISY) party in 2022, throwing divisions within the party into sharp relief. It was the first time in DISY’s history that the party did not have a candidate in the presidential race, after DISY leader Averof Neophytou placed third in the first round of voting. DISY subsequently declared itself an opposition party and Neophytou announced he would not run again for the party leadership. The voter turnout was 72 per cent, continuing a trend of declining turnout in presidential elections. Key issues for the new government will include corruption, the rising cost of living, migration policy, and deadlock in reunification talks with Turkish Cypriots. Christodoulides has pledged to promote institutional reforms, including through measures to prevent conflicts of interest among state officials and MPs, and to upgrade public administration.
+Sources: Al Jazeera, Voice of America, Cyprus Mail, Governance Program 2023, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cyprus/february-2023</t>
+  </si>
+  <si>
     <t>Elections, Political Party, DISY, Nikos Christodoulides</t>
   </si>
   <si>
-    <t>Finland - February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">The Sámi Parliament Act fails in parliament’s final committee stage </t>
   </si>
   <si>
+    <t xml:space="preserve">The Sámi Parliament Act, which establishes how the Finnish government works with the Sámi legislative assembly on issues impacting indigenous communities, has failed in the Finnish parliament’s final Constitutional Law Committee stage. Under this legislation, representatives of the Sami community would be able to decide who is eligible to identify as Sami and therefore participate in elections. The self-identification of the Sámi people in Finland was also supported by the United Nations Human Rights Committee in 2019 and the UN Committee on the Elimination of Racial Discrimination in 2022.  Right-wing parties and the Centre Party (one of the Prime Minister’s coalition partners) concluded that that there was not sufficient time to discuss the law before it was sent to parliament. Prime Minister Sanna Marin, who has described the bill as an important human rights milestone for the Sámi, the EU’s only indigenous people, stated that the decision is “unfortunate and regrettable.” Constitutional law experts have called the rejection of the proposed law “purely political,” declaring that there were no human rights or constitutional arguments to reject the law. Critics of the legislation stated that the law could strengthen indigenous land use rights, potentially obstructing mining and wind power projects in the Sámi territory. 
+Sources: Euronews (1), Euronews (2), Grist, Finnish Ministry of Foreign Affairs (1), Finnish Ministry of Foreign Affairs (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/finland/february-2023</t>
+  </si>
+  <si>
     <t>Indigenous Rights, Sanna Marin, Elections</t>
   </si>
   <si>
-    <t>Mexico - December 2023</t>
+    <t>2024-02-02</t>
   </si>
   <si>
     <t>Change in Electoral Tribunal’s leadership raises concerns</t>
   </si>
   <si>
-    <t>December 2023</t>
+    <t xml:space="preserve">In December, Reyes Rodríguez Mondragón resigned as President of the Federal Judiciary’s Electoral Tribunal (TEPJF, Tribunal Electoral del Poder Judicial de la Federación), a significant development just six months before the country's largest electoral process (in terms of number of offices for election). After the tenure of two of its seven magistrates expired and due to an impasse in the Senate that has prevented the designation of replacements, the TEPJF’s High Chamber has been functioning with only five members since November. Of these, three magistrates expressed their loss of trust in the leadership of former President Rodríguez Mondragón and publicly called on him to resign. Reports indicate that the three magistrates were unhappy with how the Tribunal’s internal administration was being handled. Allegations in the media of external political pressures were denied by the former President, Justice Mónica Soto Fregoso was subsequently voted in as the new president of the Tribunal and started her tenure in January 2024.
+Experts had expressed their concern, calling on the three magistrates to privilege the TEPJF’s stability. Some stressed that this situation seriously impacts public trust in the electoral justice system, particularly given the opacity of the allegations made against the former President.
+Sources: El Pais (1), Infobae, El Pais (2), Forbes Mexico, El Universal
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mexico/december-2023</t>
   </si>
   <si>
     <t>Elections, Political Pressure, Electoral Tribunal, SDG16</t>
   </si>
   <si>
-    <t>Chile - December 2023</t>
+    <t>Chile</t>
   </si>
   <si>
     <t>Chileans reject draft constitution in second referendum</t>
   </si>
   <si>
+    <t xml:space="preserve">On 17 December, in the country's second constitutional referendum, a majority of Chileans voted against the proposed new constitution. 55 per cent of voters rejected a draft that had been prepared by a Constitutional Council in which right-wing and far-right members were the majority. According to critics of the draft, pressing issues, such as women’s rights and the secular character of the country, were at stake. Voter turnout was 84.5 per cent; voting was mandatory. The rejection of this second draft ends a constitutional process that started four years ago. 
+After the results were revealed and amid “constitutional fatigue”, President Boric announced the “closure” of the constitutional process and the need to focus on other pressing issues. 70.1 per cent of women between 18 and 34 years of age voted “against”, in comparison to 62.7 per cent of men of the same age. Such data also shows that most of those aged between 18 and 34 years voted decidedly “against”.
+Sources: El Pais (1), British Broadcasting Corporation, DecideChile, El Pais (2), El Pais (3)  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/chile/december-2023</t>
+  </si>
+  <si>
     <t>Referendum, Constitution, Gabriel Boric, Elections</t>
   </si>
   <si>
-    <t>United States of America - December 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Former President Trump is excluded from primary ballots in Colorado and Maine</t>
   </si>
   <si>
+    <t xml:space="preserve">The Supreme Court of the state of Colorado and the State Secretary of Maine ruled that Former President Trump is ineligible to run for president and has been excluded from appearing on primary election ballots in those states because of his role in the efforts to overturn the results of the 2020 election. They argue the applicability of the Constitution’s 14th Amendment, which rules out the ability of officials to hold office if they have participated in an “insurrection”. Because the decisions in Colorado and Maine have been legally challenged, as of early January Trump’s exclusion has been suspended. The Colorado case will be considered by the Supreme Court, with oral arguments due to take place in early February. Other states that have been asked to exclude Trump from primary ballots, such as Illinois, have declined to do so.
+Sources: National Public Radio,  The New York Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-states-america/december-2023</t>
+  </si>
+  <si>
     <t>Elections, Donald Trump, SDG16</t>
   </si>
   <si>
-    <t>Iraq - December 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Iraq holds first local elections in a decade</t>
   </si>
   <si>
+    <t xml:space="preserve">On 18 December, Iraq conducted its first set of provincial elections since 2013. The Independent High Electoral Commission announced the preliminary results, with a turnout of 41 per cent despite a boycott by influential cleric Muqtada al-Sadr. The ruling Shia Coordination Framework emerged as a major victor, securing 101 out of the 285 available seats. In terms of regional participation, Kirkuk had the highest participation at 66 per cent, where Kurdish candidates won the majority seats. In Baghdad, the coalition led by former Parliament Speaker Mohammed al-Halbousi secured the most votes, followed by a coalition of Iran-backed Shiite parties. Despite minor incidents including the detonation of a stun grenade at a polling station in Najaf and a helicopter crash near Kirkuk (causing one fatality and one injury), the elections were largely peaceful. Women constituted 28 per cent of the candidates and secured 75 seats in the provincial council elections. 
+Sources: Rudaw, The New Arab, Al Jazeera, Independent High Electoral Commission,  Associated Press, French Research Center on Iraq
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/iraq/december-2023</t>
+  </si>
+  <si>
     <t>Elections, Muqtada al-Sadr</t>
   </si>
   <si>
-    <t>Egypt - December 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>President Al-Sissi secures a third term in office amid landslide victory</t>
   </si>
   <si>
+    <t>President Abdel Fattah Al-Sisi was re-elected for a third term in office, winning 89.6 per cent of the vote in presidential elections held between 10 and 12 December. According to Egypt's National Election Authority, the electoral process was marked by a record turnout of 66.8 per cent. There were no female candidates. International observers noted the smooth execution of the voting process and praised Egypt's efforts in conducting the election. Al-Sisi’s win solidifies his position as the country's leader for another six years, starting from April 2024, after already being in power for a decade. As per the Egyptian Constitution, it is anticipated that this will be his last term. However, the landslide victory raises questions about the state of democracy in the country, particularly considering the absence of robust opposition as Al-Sisi's authority remains unchallenged and the space for democratic discourse appears to be shrinking.Sources: Egypt State Information Service (1), Al Jazeera, Egypt Today, Egypt State Information Service (2), African Union, Africa News, Amnesty International, International IDEA</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/egypt/december-2023</t>
+  </si>
+  <si>
     <t>Abdel Fattah Al-Sisi, Elections</t>
   </si>
   <si>
-    <t>China - December 2023</t>
+    <t>China</t>
+  </si>
+  <si>
+    <t>2024-01-31</t>
   </si>
   <si>
     <t>Hong Kong’s local district election results in record low voter turnout</t>
   </si>
   <si>
+    <t xml:space="preserve">On 10 December, Hong Kong held its first district council elections since undergoing an electoral overhaul guided by Beijing earlier this year. The overhaul effectively excluded pro-democracy candidates and screened candidates based on the criterion of “patriotism.” Simultaneously, the number of seats democratically chosen by the public was reduced from 452 to 88. The local election resulted in an unprecedented low voter turnout of 27.5 per cent, in stark contrast to the 71.2 per cent turnout in the previous district election held in 2019, which saw opposition candidates winning by a landslide. The majority of seats this year were won by candidates aligned with pro-Beijing interests. Foreign observers and the European parliament characterized the election as “neither free nor fair” due to the exclusion of opposition representation.
+Sources: Financial Times, Associated Press, South China Morning Post, Hong Kong Free Press
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/china/december-2023</t>
+  </si>
+  <si>
     <t>Hong Kong, Elections, SDG16</t>
   </si>
   <si>
-    <t>Republic of Moldova - December 2023</t>
+    <t>2024-01-29</t>
   </si>
   <si>
     <t>Investigation reveals widespread campaign finance fraud</t>
   </si>
   <si>
+    <t xml:space="preserve">A campaign finance investigation by Moldovan media outlet TV8 found that Chisinau mayor Ion Ceban’s National Alternative Movement (MAN) Party and the Ilan Shor-linked Renaissance Party both systematically used “straw donors” to fund their 2023 local election campaigns. While campaign finance fraud is historically common in Moldova and has rarely been successfully prosecuted, TV8’s detailed reporting is novel. In both cases, official records showed private individuals making almost exclusively cash donations. In MAN’s case, the donations were often on the same day and in the same amount by large groups of employees working at the same state institution, and in Renaissance’s case, by students and pensioners. Individuals interviewed by TV8 journalists either denied making any contribution at all, incorrectly recalled the details of their donation, or refused to speak to the journalists. The investigation found no similar activity by the ruling PAS or Socialists. It is unclear if prosecutors plan to follow up on TV8’s investigation.
+Sources: Moldova Matters, TV8
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/republic-moldova/december-2023</t>
+  </si>
+  <si>
     <t>Money in Politics, Elections, SDG16</t>
   </si>
   <si>
-    <t>Azerbaijan - December 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Azerbaijan calls snap elections, cracks down on opposition</t>
   </si>
   <si>
+    <t xml:space="preserve">On 7 December, President Ilham Aliyev signed a decree to hold snap elections in February 2024, a year ahead of schedule. No reason was given for the early elections, and no Azerbaijani election during Aliyev’s twenty years in power has been free or fair. Prominent opposition politician Tofig Yaqublu was arrested on fraud charges shortly after the announcement and faces seven to twelve years of imprisonment, which supporters argue to be a tool to keep him imprisoned during the election campaign. The country’s main opposition parties announced plans to boycott the election, citing the lack of a fair and equal playing field.
+Sources: Eurasianet (1), Eurasianet (2), OC Media
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/azerbaijan/december-2023</t>
+  </si>
+  <si>
     <t>Elections, Political Prisoners, Ilham Aliyev, SDG16</t>
   </si>
   <si>
-    <t>Serbia - December 2023</t>
+    <t>Serbia</t>
   </si>
   <si>
     <t>Electoral fraud reports trigger protests and international condemnation</t>
   </si>
   <si>
+    <t xml:space="preserve">Following reports of electoral fraud in the 17 December elections, tens of thousands protested, opposition figures went on hunger strike, and student organizations staged blockades. Police violence and arrests ensued when supporters of the opposition, Serbia Against Violence, tried to break into Belgrade’s city hall by smashing windows. The opposition suspects the involvement of agents provocateurs in the incident. President Vučić and Russian authorities attributed the turmoil to foreign interference, while Prime Minister Ana Brnabić thanked the Russian secret service for information on the opposition. EU election observers reported organized voters from Republika Srpska (RS) and cases of intimidation. Authorities claim only citizens voted. Of the alleged 40,000 voters from RS, Brnabić says 20,360 crossed the border on voting day, with only about 15,000 voting. Germany deemed accusations of electoral misconduct for an EU candidate country unacceptable. MEPs along with 24 senior European foreign affairs politicians, called for an independent investigation. During a European Parliament plenary session, most speakers criticized the elections. 
+Sources: N1, Euractiv (1), Euractiv (2), Euractiv (3), European Western Balkans, British Broadcasting Corporation, Politico (1), Politico (2), The Socialists and Democrats in the European Parliament, OSCE ODHIR, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/serbia/december-2023</t>
+  </si>
+  <si>
     <t>Elections, Protests, EU, Aleksandar Vučić, Ana Brnabić, SDG16</t>
   </si>
   <si>
     <t>Country holds early elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Early parliamentary, local and Vojvodina provincial elections were held on 17 December. Aleksandar Vučić – Serbia Must Not Stop electoral list led by the Serbian Progressive Party (SNS) won nearly 47 per cent of the vote, while opposition parties under the Serbia Against Violence (SPN) won nearly 24 per cent. Although President Vučić did not participate as a candidate, he campaigned alongside Serbia Must Not Stop, pledging new roads, hospitals, one-time cash bonuses, and that Kosovo will be part of Serbia. SPN claims it won the elections, especially in Belgrade, and called for annulment. The electoral process was marred by reports of irregularities and led to weeks of protests and international condemnation. The electoral commission decided to have a rerun in 30 polling stations (0.38 percent of the polling stations). International observers said that voters had political alternatives but that elections were undermined by the involvement of the President, the overwhelming ruling party advantage, vote buying and ballot box stuffing. Women will hold 38 per cent of parliament seats, up from the previous 35 per cent. Voter turnout stood at 58 per cent.
+Sources: The Government of the Republic of Serbia, The Republic Electoral Commission (RIK), B92, Deutsche Welle, Euractiv, Euronews, OSCE ODHIR, Inter-Parliamentary Union, International IDEA (1), International IDEA (2)
+</t>
+  </si>
+  <si>
     <t>Elections, Legislature, Local Government, Protests, Aleksandar Vučić</t>
   </si>
   <si>
-    <t>Hungary - December 2023</t>
+    <t>Hungary</t>
   </si>
   <si>
     <t>Parliament passes ‘sovereignty law’</t>
   </si>
   <si>
+    <t xml:space="preserve">On 12 December, the parliament passed a law to protect “national sovereignty,” targeting what the ruling Fidesz party views as unwarranted foreign political interference, particularly through funding to political parties during the electoral campaigns. The legislation, passed with 141 votes in favour and 50 against, establishes the Sovereignty Protection Office, equipped with extensive investigative powers. This office can scrutinize NGOs and individuals engaged in public discourse, initiating investigations into those suspected of serving foreign interests. The Penal Code now states that those who are found to have accepted foreign funding while running for office may face up to three years in prison. The Council of Europe Commissioner for Human Rights urged Fidesz to abandon the proposal, expressing concerns about potential misuse of sensitive data. Four major political groups voiced deep concerns about threats to the rule of law in a letter to EU Commission President Ursula von der Leyen. Critics, including rights groups, warned the law resembles Russia's foreign agent legislation, posing risks to freedom of expression and independent journalism.
+Sources: Euronews, Index (1), Index (2), Reuters (1), Reuters (2), International Press Institute, S&amp;D Group (X), Committee to Protect Journalists
+Update: In October, the European Commission referred Hungary to the European Court of Justice over its ‘Defence of Sovereignty’ law, citing violations of privacy, free speech and assembly, and presumption of innocence. If found to be in breach of EU law, the country may face a fine. A ruling is expected in the coming years. 
+Sources: Euronews, Euractiv, Al Jazeera, Radio Free Europe/Radio Liberty, Transparency International 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/hungary/december-2023</t>
+  </si>
+  <si>
     <t>Censorship, Elections, Surveillance, Political Party, EU, SDG16, ECJ</t>
   </si>
   <si>
-    <t>Madagascar - November 2023</t>
+    <t>2023-12-15</t>
   </si>
   <si>
     <t>Incumbent President re-elected in election marked by opposition boycotts and low turnout</t>
   </si>
   <si>
+    <t xml:space="preserve">Madagascar’s presidential election was held on 16 November, resulting in a victory on the first ballot for incumbent President Andry Rajoelina. Ten of the twelve other candidates decided to boycott the election late the process, thus leaving their names on the ballots. Several legal challenges to the provisional results of the election were filed, but these were dismissed by the courts and on 2 December the High Constitutional Court declared Rajoelina the winner. The national election commission (Commission électorale nationale indépendante, CENI) reported turnout to be 46.4 per cent of the registered voters, down from 53.9 per cent in 2018. Rajoelina received 58.9 per cent of the votes, while the two leading opposition candidates, Siteny Randrianasoloniaiko and Marc Ravalomanana, received 14.4 and 12.1 per cent, respectively.  There were no female candidates. An observer mission from the African Union noted that the election took place in a fraught political atmosphere ‘characterized by acts of violence,’ following a month of demonstrations, and that turnout was lower among women than men. 
+Sources: Commission électorale nationale indépendante, African Union, Reuters, Al Jazeera
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/madagascar/december-2023</t>
+  </si>
+  <si>
     <t>Elections, Andry Rajoelina</t>
   </si>
   <si>
-    <t>Israel - November 2023</t>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>2024-01-22</t>
   </si>
   <si>
     <t xml:space="preserve">Government delays local elections </t>
   </si>
   <si>
-    <t>November 2023</t>
+    <t xml:space="preserve">Amid rising regional conflict, the Israeli government postponed local elections under a state of emergency. Initially scheduled for 31 October, the pivotal local elections, set amidst ongoing judicial and democratic crises, have been pushed to 30 January  2024. A further delay until 27 February 2024 is possible upon Knesset's approval. Later in November, Bezalel Smotrich, leader of the Religious Zionism party, sought an additional postponement due to many of his party's candidates serving in military reserves, impairing their ability to campaign effectively.
+Sources: Knesset, The Jerusalem Post, Times of Israel (1), Times of Israel (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/israel/november-2023</t>
   </si>
   <si>
     <t>Elections, State of Emergency, Intrastate War, SDG16</t>
   </si>
   <si>
-    <t>Argentina - November 2023</t>
+    <t>2023-12-20</t>
   </si>
   <si>
     <t>Paradigm shift in Argentina’s politics with Milei’s presidential victory</t>
   </si>
   <si>
+    <t xml:space="preserve">In a significant shift in Argentina's political landscape, the presidential run-off on 19 November saw a resounding victory for Javier Milei. Despite falling behind Sergio Massa by nearly 1.8 million votes in the first round, Milei secured 55.7 per cent of votes in the second round, leaving Massa trailing at 44.3 per cent. Known for his far-right leanings, Milei is set to implement widespread privatizations and introduce dollarization within his first year in office, aiming to stabilize Argentina's economy. His win has provoked a variety of global responses, with some expressing cautious optimism and others expressing concern about Argentina's economic trajectory.
+Despite the challenging social and economic context in which the elections took place, Transparencia Electoral, an independent organization that promotes electoral transparency, praised the Argentine citizenry for their commitment to democratic values.  The election concluded with a 76 per cent voter turnout, according to the National Electoral Chamber. A slight increase from the 74 per cent turnout in the October general elections, but lower than the 2015 run-off where 80.8 per cent of the eligible voters participated.
+Sources: El País , Buenos Aires Herald, The New York Times, The Wall Street Journal, Transparencia Electoral, Cámara Nacional Electoral 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/argentina/november-2023</t>
+  </si>
+  <si>
     <t>Elections, Javier Milei</t>
   </si>
   <si>
-    <t>South Sudan - November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Progress towards 2024 elections as key democratic institutions reconstituted</t>
   </si>
   <si>
+    <t xml:space="preserve">On 3 November, President Salva Kiir issued a series of decrees   reconstituting three democratic institutions critical to the implementation of South Sudan’s 2018 peace agreement, including the 2024 elections that are due to end its long-delayed transition to democracy. Since the outbreak of civil war in South Sudan in 2013, the National Elections Commission, the Political Parties Council (tasked with regulating political parties) and the National Constitutional Review Commission (tasked with drafting a permanent constitution) have been largely defunct. While the development has been welcomed by the UN and the peace agreement’s other guarantors, the reconstituted institutions face significant challenges in carrying out their mandates, including a lack of resources, a lack of political will and trust among the parties to the agreement, and an implementation timeframe that many commentators consider to be unfeasible.      
+Sources: Sudans Post, Friedrich Ebert Stiftung (1), Friedrich Ebert Stiftung (2), Radio Tamazuj, The Conversation, United Nations, The Africa Report      
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/south-sudan/november-2023</t>
+  </si>
+  <si>
     <t>Electoral Management Body, Elections, Peace Process, Political Party, SDG16</t>
   </si>
   <si>
-    <t>Netherlands - November 2023</t>
+    <t>2023-12-19</t>
   </si>
   <si>
     <t>Party for Freedom (PVV) led by Geert Wilders wins elections</t>
   </si>
   <si>
+    <t xml:space="preserve">On 22 November, the country held early general elections to elect the members of the House of Representatives following the collapse of the fourth Rutte cabinet in July, triggered by immigration policy disagreements among the coalition partners. The right-wing populist Party for Freedom (PVV), led by Geert Wilders, secured 37 out of the 150-seats, becoming the largest party for the first time. All four parties of the incumbent coalition government experienced losses. With doubled support, PVV wants to focus on issues such as cost-of-living, an exit from the EU (Nexit), closing the borders to all immigration and to the “de-Islamisization” of the country. Voter turnout was 78 per cent, down from 81 per cent in 2017. Similar to the previous legislature, women will constitute 40 per cent of the parliament.
+Sources: Kiesraad, RTL Nieuws, Dutch News, IPU, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/netherlands/november-2023</t>
+  </si>
+  <si>
     <t>Elections, Legislature, Mark Rutte, Geert Wilders</t>
   </si>
   <si>
-    <t>Germany - November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Authorities classify AfD in Saxony-Anhalt an ‘extremist’ party</t>
   </si>
   <si>
+    <t xml:space="preserve">The Office for the Protection of the Constitution (BfV), responsible for monitoring anti-constitutional groups, has classified the regional branch of the Alternative for Germany (AfD)  in Saxony-Anhalt, a right-wing wing populist party, with the highest category used by the domestic intelligence service — ‘definitely extremist aspirations.’ Authorities stated that they gathered significant evidence, revealing Islamophobic, antisemitic, and racist statements by AfD officials, which violate the three pillars of the German constitution: human dignity, the principles of democracy, and the rule of law. The classification grants BfV expanded state-level surveillance authority, enabling systematic collection of personal data without restrictions on intelligence gathering. This decision coincides with the upcoming regional elections in 2024 in Thuringia, Brandenburg, and Saxony, where polls indicate a rise in support for the far-right AfD, ranging from 15 to 35 per cent. Saxony-Anhalt's AfD becomes the second party chapter to be classified as right-wing extremist, following its branch in Thuringia in 2021.
+Sources: Deutsche Welle, Politico, mdr, ZEIT Online
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/germany/november-2023</t>
+  </si>
+  <si>
     <t>Elections, Political Party, SDG16, SDG10</t>
   </si>
   <si>
-    <t>Serbia - November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Rights organisations confirm use of advanced spyware against government’s critics</t>
   </si>
   <si>
+    <t xml:space="preserve">Research by Amnesty International and civil society organizations confirmed that two pro-democracy activists and critics of the government were subjected to spyware ahead of the December elections. There is no confirmation that this is a government-perpetrated attack. Test results also signalled that the attacks are coherent with the Israeli cyber-intelligence NSO Group’s Pegasus spyware. The confirmation comes following notifications two civil society representatives received from Apple, indicating they were probable targets of state-sponsored spyware. 
+Sources: Euractiv, The Guardian, Beta, Amnesty International, Balkan Insight
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/serbia/november-2023</t>
+  </si>
+  <si>
     <t>Surveillance, Cyber security, Elections, SDG16</t>
   </si>
   <si>
-    <t>Liberia - November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Joseph Boakai wins in second round of the presidential election </t>
   </si>
   <si>
+    <t xml:space="preserve">In the first round of the presidential election in October, leading candidates Joseph Boakai of the Unity Party (UP) and incumbent President George Weah of the Coalition for Democratic Change (CDC) were separated by less than one per cent of the vote. Voters were asked to choose between these top two candidates in a second round on 14 November. The official results from the National Elections Commission gave Boakai 50.6 per cent, while Weah received 49.4 per cent. Turnout was 66.1 per cent of registered voters, down from 78.8 per cent in the general election (including the first round of the presidential election) in October. Weah was quick to concede to Boakai and made a public statement urging his supporters to accept the result of the election. His support for the electoral process was widely celebrated in the region. Observers from the European Union stated that the second round was well conducted, and some of the procedural problems in the first round had been corrected.
+Sources: National Elections Commission, Reuters, News24, European Union
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/liberia/november-2023</t>
+  </si>
+  <si>
     <t>Elections, George Weah, Joseph Boakai</t>
   </si>
   <si>
-    <t>Pakistan - November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Election date set following nudge from Supreme Court</t>
   </si>
   <si>
-    <t>Bangladesh - November 2023</t>
+    <t>Following months of uncertainty, the Election Commission of Pakistan (ECP) agreed to hold general elections on 8 February 2024. The announcement comes after the Supreme Court ordered the commission and president to agree on a date in response to several court challenges questioning the delay. The polls were originally delayed past the 90-day stipulated period after the dissolution of parliament on 9 August to allow time to redraw constituency boundaries based on the latest census. However, some political observers suspect the delay had more to do with the political crisis that has ensued since Prime Minister Imran Khan's no-confidence vote in 2022. Nonetheless, the move has been welcomed by major political parties as a positive development toward stability in Pakistan.Sources: The Express Tribune, Dawn, Financial Times, Nikkei Asia</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/pakistan/november-2023</t>
   </si>
   <si>
     <t>Systematic crackdown on opposition amid “unfair” election concerns</t>
   </si>
   <si>
+    <t xml:space="preserve">Several opposition parties, including the Bangladesh Nationalist Party (BNP), have formally announced their boycott of the upcoming general election set for 7 January 2024. The parties had earlier refused to submit candidate nominations on the last day of the filing period. Prime Minister Sheikh Hasina directed her party members to set up “dummy candidates” in uncontested seats, which some political analysts criticize as a move toward making the election appear inclusive and competitive. Rights experts have questioned the possibility of a free and fair election amid reports of an ongoing "systematic crackdown on opposition members." Human Rights Watch notes that nearly 10,000 activists have been arrested by Bangladesh authorities since 28 October, with key opposition leaders and supporters targeted.  
+Sources: ANFREL, Human Rights Watch, The Diplomat, VOA News, The Daily Star
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bangladesh/november-2023</t>
+  </si>
+  <si>
     <t>Arbitrary Detention, Elections, SDG16</t>
   </si>
   <si>
-    <t>Kazakhstan - November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Familiar results in ‘pilot’ local elections</t>
   </si>
   <si>
-    <t>Colombia - October 2023</t>
+    <t xml:space="preserve">Three towns and 42 regional districts held gubernatorial elections for the first time in Kazakhstan’s history on 5 November. The “pilot” election process was the second and largest since the electoral code was changed to allow for direct elections in May 2021. The contested districts represent about eight per cent of the country’s population and turnout was officially 62.79 per cent. Local media and analysts reported that independent candidates were prevented from running and of numerous election and post-election irregularities. The ruling Amanat party won 37 of 45 races, and only two winners were not previously serving appointed officials. Ten of the 249 candidates were women, none of whom were elected.
+Sources: Central Asian Bureau for Analytical Reporting, The Diplomat, Radio Free Europe/Radio Liberty
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kazakhstan/november-2023</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
   </si>
   <si>
     <t>32 governors and over 1,000 mayors are elected in regional elections, during an election day with acts of violence</t>
   </si>
   <si>
-    <t>October 2023</t>
+    <t xml:space="preserve">On 29 October, regional elections were held in Colombia. 32 governors and over 1,000 mayors were among the over 20,000 public offices that were elected. President Gustavo Petro’s party faced a blow as its candidates for pivotal posts were defeated.  
+Acts of violence took place during election day, including riots and acts of arson in public buildings in some localities, one of which resulted in the death of a civil servant. The Organization of American States expressed its concern over the acts of violence during the election day and throughout the post-electoral process, calling for all disagreements and claims to be considered by the relevant authorities. According to international observers, compared to the 2019 elections, violence has increased in 75 per cent. 
+Sources: El Pais, Organization of American States, Colombia Reports 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/colombia/october-2023</t>
   </si>
   <si>
     <t>Elections, OAS</t>
   </si>
   <si>
-    <t>Argentina - October 2023</t>
+    <t>2023-11-23</t>
   </si>
   <si>
     <t>Argentina's Elections: Massa and Milei Head for Run-off</t>
   </si>
   <si>
-    <t>Venezuela - October 2023</t>
+    <t xml:space="preserve">On 22 October, Argentina held its general elections with a turnout of 77.7 per cent (with compulsory voting from the age of 18). Peronist Economy Minister Sergio Massa and Javier Milei emerged as the leading presidential candidates, earning 36.7 per cent and 30 per cent of votes, respectively. Patricia Bullrich underperformed and was eliminated from the presidential race, securing only 23.8 per cent of the votes. The two frontrunners will face each other in a run-off on 19 November. 
+Alongside the presidential election, the composition of Argentina's Congress was also determined. Unión por la Patria (UxP), led by Massa, became the dominant party, securing 32 out of 72 seats in the Upper House and retaining 104 in the Lower House. Conversely, Juntos por el Cambio's (JxC) representation diminished. Javier Milei’s La Libertad Avanza (LLA) made significant progress, becoming the third largest bloc in Congress. The number of women representatives decreased from 117 to 111.
+A preliminary report by Transparencia Electoral indicated the elections were conducted peacefully and democratically across the nation. Nonetheless, it underscores concerns about unequal competition, opacity in campaign financing, restricted media access for opposition, and misappropriation of public resources during campaigning.
+Sources: Gobierno de Argentina, El País, El Cronista, Reuters , Buenos Aires Herald, Transparencia Electoral
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/argentina/october-2023</t>
   </si>
   <si>
     <t>Opposition’s primaries results invalidated by the Supreme Court</t>
   </si>
   <si>
+    <t xml:space="preserve">On 22 October, the Venezuelan opposition held a primary election, organized independently, without participation of the country’s electoral body, to choose its candidate. Over two million people participated, the vast majority voting for conservative politician, Maria Corina Machado, as the political opposition’s candidate. Machado, however, was banned from running for public office years ago, after an internal comptroller’s decision related to omissions in disclosure of personal assets, a measure seen as politically motivated. The results of the primaries were subsequently suspended by Venezuela’s Supreme Court after the attorney general’s office accused organizers of incurring in irregularities.
+The opposition’s primaries took place days after a negotiation between the government and the opposition, after which the United States agreed to temporarily lift some sanctions, upon the Maduro government’s commitment to hold presidential elections during the second semester of 2024. The invalidation of the results and the continued ban on opposition candidates to run is a blow to the dialogue and efforts to ensure elections can take place next year, and will likely impact Venezuela-US discussions regarding sanctions.
+Sources: El Pais (1), El Pais (2), The Guardian, British Broadcasting Corporation
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Maria Corina Machado</t>
   </si>
   <si>
-    <t>Ecuador - October 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Daniel Noboa is elected President in run-off election</t>
   </si>
   <si>
+    <t xml:space="preserve">Daniel Noboa, a right-of-centre entrepreneur running for the National Democratic Action coalition (Accion Democratica Nacional, ADN), was elected president on 15 October, in a run-off election. He defeated Luisa Gonzalez, a politician aligned with ‘Correismo’, a political movement that embraces former president Rafael Correa’s policies. Noboa will assume office in December and will govern for only 16 months, as the election was triggered to complete President Guillermo Lasso’s term after he dissolved Congress and called for early legislative and presidential elections. 
+Noboa obtained nearly 52 per cent of votes, over Gonzalez’s 48 per cent. Electoral participation was 82.3 per cent. In Ecuador, voting is mandatory for most of the population. On 16 October the Organization of American States electoral observation mission to Ecuador issued a preliminary statement recognizing citizens’ commitment to democracy, and the holding of peaceful elections amid the country’s complex security situation.
+Sources: El Universo, El Pais, Swissinfo   
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/ecuador/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Daniel Noboa</t>
   </si>
   <si>
-    <t>Nicaragua - October 2023</t>
+    <t>Nicaragua</t>
   </si>
   <si>
     <t>Indigenous political party is abolished</t>
   </si>
   <si>
+    <t xml:space="preserve">Nicaragua’s electoral authority (Consejo Supremo Electoral, CSE) has cancelled the legal personality of the Yatama political party, an Indigenous party that mainly represents the Miskito people. The CSE’s relevant resolution did not provide an explanation for the decision. Yatama’s leader and sole member of Congress, Brooklyn Rivera, had been detained in previous days, as had his alternate, Nancy Elizabeth Henriquez, who also holds a leadership position in Yatama. In April, Rivera had also been denied entry to Nicaragua after attending a UN forum in which he had called attention to the invasion of Indigenous lands, stating he had been forced to enter the country through informal crossings along the border with Honduras. In addition, two community radio stations owned by Yatama were confiscated after authorities argued they were operating without the necessary permits.
+According to Yatama, the Ortega government’s actions against the party aim to prevent it from participating in regional elections to be held in March, in Caribbean provinces where Yatama maintains considerable support.
+Sources: Voz de America, The Guardian, Infobae   
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/nicaragua/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Indigenous Rights, SDG16, SDG10</t>
   </si>
   <si>
-    <t>Oman - October 2023</t>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>2023-11-21</t>
   </si>
   <si>
     <t>Oman launches region’s first  mobile –app for elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Oman’s October general elections saw all seats of the Majlis al-Shura, or Omani Consultative Assembly, up for grabs. Voting rights are extended to every Omani citizen above the age of 21, applicable in government elections such as those for the Shura Council and Municipal Council. The elections included the launch of the region’s first mobile app for elections, which contributed to a record voter turnout of 65.9 per cent. It was a significant milestone and featured an audio reading feature and sign language support for the deaf and hard of hearing, along with high-level security measures, serving as an innovative model for other countries aiming to modernize their voting systems.
+Sources: Times of Oman, Gulf News, Asharaq Al-Awsat
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/oman/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Digital democracy, SDG16, SDG10</t>
   </si>
   <si>
     <t xml:space="preserve">Oman holds legislative elections </t>
   </si>
   <si>
-    <t>Libya - October 2023</t>
+    <t xml:space="preserve">Oman conducted general elections on 29 October to elect 90 members to the Majlis Al-Shura Council for its tenth term, spanning 2023 to 2027. There were a total of 843 candidates, including 32 women. The elections saw a record turnout of 65.9 per cent, with more than 753,000 registered voters casting their ballots across the country. The early voting statistics showed a balanced gender participation, with 13.55 per cent male and 10.39 per cent female voters.
+The voting process was monitored by Oman's Supreme Committee for Elections to ensure its fairness and transparency. As an absolute monarchy, the elected legislature serves primarily in an advisory capacity. Despite the democratic proceedings, the sultan retains primary power, with political rights and civil liberties remaining limited.
+Sources: Government of Oman, Gulf News, Parliamentary Union of Islamic Cooperation, Times of Oman
+</t>
   </si>
   <si>
     <t>Unresolved Disputes Threaten Libya Election Progress</t>
   </si>
   <si>
-    <t>Egypt - October 2023</t>
+    <t xml:space="preserve">In early October, progress was made on the electoral process as the Eastern-based House of Representatives (HoR) approved modified versions of the laws governing presidential and parliamentary elections, passing them on to the High Electoral Commission for implementation. However, Mohamed Tekala, the new leader of the Tripoli-based High State Council (HSC), rejected these laws and ceased cooperation with HoR. Some HSC members argued this decision only mirrored Tekala's faction's stance, not the council's collective view. On 16 October, the UN Special Representative for Libya acknowledged some progress in the electoral process but stressed unresolved political issues. He highlighted the compulsory second presidential election round and the interconnection of presidential and parliamentary polls as potential sources of disruption. The representative also pointed out the lack of negotiations between rival factions to form a pre-election government, urging dialogue to prevent a unilateral government appointment by any party.
+Sources: Al Jazeera, The National News, Relief Web, Middle East Monitor, Reuters, Libya Review
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/libya/october-2023</t>
   </si>
   <si>
     <t>Controversy Surrounds Al-Sisi's Bid for Third Presidential Term</t>
   </si>
   <si>
+    <t>President Abdel Fattah Al-Sisi announced on 2 October 2 his intention to run for a third term in the upcoming presidential elections in December. However, his candidacy has not been met without controversy. Ahmed Tantawi, a prominent opposition figure and presidential candidate, announced on 13 October 13 his withdrawal from the race due to alleged harassment and intimidation by authorities. Tantawi stated he failed to secure the 25,000 individual endorsements required to participate in the election, citing a series of obstacles imposed by the authorities, including intimidation tactics, arrests, and even phone hacking. Following Tantawi's exit, only four candidates remain in the presidential race, including President Al-Sisi. These incidents have sparked concerns over the transparency and fairness of Egypt's electoral process. Critics suggest that the current regime may be leveraging its power to stifle opposition and restrict competition, casting doubts on Egypt's adherence to democratic norms.Sources: Al Jazeera, Al Monitor, National News, The New Arab, France 24</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/egypt/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Abdel Fattah Al-Sisi, SDG16</t>
   </si>
   <si>
-    <t>Liberia - October 2023</t>
+    <t>2023-11-17</t>
   </si>
   <si>
     <t>General election returns victory for incumbent party in House of Representatives – Presidential race goes to second round</t>
   </si>
   <si>
-    <t>Mozambique - October 2023</t>
+    <t>General elections were held in Liberia on 10 October. Voters chose all the members of the House of Representatives, half the members of the Senate, and also voted in the first round of the presidential election. Turnout was 79 per cent of registered voters, up from 72 per cent in 2017. Incumbent President George Weah of the Coalition for Democratic Change (CDC) was slightly ahead in the first round with 43.8 per cent support, closely followed by Joseph Boakai of the Unity Party (UP) who received 43.4 per cent of the votes. Liberians will choose between these two leading candidates in the second round in November. The CDC increased its seat share in the House of Representatives, gaining four seats for a total of 25 (out of the 73 seats), while the UP lost 10 seats, for a new count of 10. No party has a majority in the House, and 18 independent candidates were elected. While there were 153 female candidates, only 9 were elected (a gain of one). Election observers noted logistical and technical problems in the process preparing for the election, but positively assessed the election day processes in the vast majority of polling places. However, nine temporary staff members of the National Elections Commission were arrested for electoral fraud.Sources: National Elections Commission, Global News Network Liberia, Africa Report, Reuters, European Union Election Observation Mission, International IDEA, The New Dawn</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/liberia/october-2023</t>
   </si>
   <si>
     <t>Opposition parties allege fraud in local elections as Constitutional Council considers annulling some results</t>
   </si>
   <si>
+    <t xml:space="preserve">Elections for the 65 municipal governments across Mozambique took place on 11 October. According to the official results from the National Election Commission (Comissão Nacional de Eleições, CNE) the ruling FRELIMO party won control of 64 of the 65 municipal governments. The main opposition party Mozambican National Resistance (Resistência Nacional Moçambicana, RENAMO) did not win the majority of the votes in any municipality, losing control of 8 municipalities they previously held. RENAMO has alleged massive fraud and filed a number of appeals with district courts and most of those cases now rest in the hands of the Constitutional Council, which is the body in charge of deciding electoral litigation in last instance as well as validating the final results. Renamo also called on its supporters to join demonstrations against the electoral results in some municipalities, especially in the capital city, Maputo, where Renamo alleges to have won. Police have responded to some demonstrations with force, using tear gas, firing automatic weapons into the air, and arresting dozens of people. At least two people are reported to have been killed. Civil society groups have suggested that there is evidence that votes were changed to benefit FRELIMO in several municipalities. On 28 November the Constitutional Council certified the electoral results in almost all municipalities, but mandated new electoral processes in four municipalities.  
+Sources: Nascer do SOL, Centro de Integridade Pública, Voice of America, Africa Confidential, Human Rights Watch, Institute for Security Studies, Publico
+Note: This report was updated on 12 December 2023 to take note of the ruling of the Constitutional Council.
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mozambique/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Protests, Police violence</t>
   </si>
   <si>
-    <t>Madagascar - October 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Election delayed by a week as opposition supporters clash with police</t>
   </si>
   <si>
+    <t xml:space="preserve">The High Constitutional Court of Madagascar ruled on 12 October that the first round of the presidential election would be delayed by one week (from 9 November to 16 November). The court did not provide a reason for the delay, but the capital city was the scene of regular clashes between opposition supporters and the police in the weeks before, as unauthorized marches broadly supporting 11 opposition candidates were met with tear gas. Outdoor demonstrations have been banned in Madagascar since April. During one of these incidents, former president (and current presidential candidate) Marc Ravalomanana sustained a minor injury. Incumbent President Andry Rajoelina is running for re-election, and opposition politicians interpret the restriction on demonstrations as favouring his campaign. 
+Sources: Reuters, Africanews (1), Africanews (2), Deutsche Welle, Jeune Afrique
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/madagascar/october-2023</t>
+  </si>
+  <si>
     <t>Elections, Protests, Police violence, SDG16</t>
   </si>
   <si>
-    <t>Switzerland - October 2023</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
   </si>
   <si>
     <t>Parliament shifts to the right following federal elections</t>
   </si>
   <si>
+    <t xml:space="preserve">On 22 October, Switzerland held federal elections to elect all members of the National Council (the lower parliamentary house with a total of 200 seats) and the Council of States (the smaller, upper house with 46 seats). The right-wing Swiss People’s Party (SVP) won the greatest vote share in the lower house (27.9 per cent translating to 62 seats). This was followed by the Social Democratic party (SP) with 18.3 per cent of the vote and 41 seats. The Centre Party (Mitte) secured 29 seats with 14.1 per cent of the vote, and the Radical Liberal party (FDP) won 28 seats with 14.3 per cent. Women will make up 38.5 per cent (77) of the deputies in the National Council and 28.3 per cent (13) of Council of States representatives. Estimates show around 34 per cent of candidates for elections to the upper house are women. Voter turnout was 46.6 per cent of eligible voters.
+Sources: ch.ch, SwissInfo (1), SwissInfo (2), OSCE, Federal Statistics Office, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/switzerland/october-2023</t>
+  </si>
+  <si>
     <t>Legislature, Elections, Women's political participation</t>
   </si>
   <si>
-    <t>Luxembourg - October 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Ruling coalition loses majority in general elections</t>
   </si>
   <si>
-    <t>Poland - October 2023</t>
+    <t xml:space="preserve">In general elections held on 8 October, a total of seven parties passed the required threshold to be represented in Parliament. All 60 seats of the Chamber of Deputies, Luxembourg’s unicameral legislature, were contested. The opposition Christian Social Party (CSV) won the greatest vote share (29.2 per cent), securing 21 seats in the legislature. Ruling coalition members, the Democratic Party (DP) and the Socialist party (LSAP), followed behind with 18.7 per cent (14 seats) and with 18.91 per cent of the vote (11 seats) respectively. The conservative Reformist Democratic Alternative party (ADR) secured 9.3 per cent of the vote and 5 seats. There were 278 female candidates (42.8 per cent of the total 649 candidates), and women will make up just under a third of deputies in Parliament. Voter turnout was 87 per cent, and voting is mandatory.
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/luxembourg/october-2023</t>
   </si>
   <si>
     <t>Opposition best placed to form government following elections</t>
   </si>
   <si>
-    <t>Lithuania - October 2023</t>
+    <t xml:space="preserve">Following parliamentary elections held on 15 October, the incumbent Law and Justice (PiS) party won the largest share of the vote (35.4 per cent), but it was unable to hold onto its majority in Parliament. All seats in both houses of Parliament (the Sejm and the Senate) were contested. The main opposition party, Civic Platform (KO), came second with 30.7 per cent of the vote and 157 seats. Its two likely coalition partners, Third Way (Trzecia Droga) and The Left (Lewica) finished with 14.4 per cent of the vote (65 seats) and 8.6 per cent (26 seats) respectively. Far-right Confederation (Konfederacja) secured 7.2 per cent of the vote and 18 seats. Voter turnout was 74.4 per cent. The lower house will comprise 136 women lawmakers (29.6 per cent), and 17 women were elected to the upper house (17 per cent). A total of 44 per cent of candidates standing in the elections were women. According to international observers, the elections were competitive but characterized by public media bias and mismanagement of public resources.
+Sources: Wybory, Notes from Poland (1), Notes from Poland (2), Notes from Poland (3), Notes from Poland (4), Action Network, International IDEA, OSCE
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/poland/october-2023</t>
   </si>
   <si>
     <t>Parliament approves mandatory disclosure of past party membership</t>
   </si>
   <si>
+    <t xml:space="preserve">Parliament voted to approve electoral amendments introducing the requirement for candidates to disclose whether they were formerly members of the Communist Party (CPSU), which was banned after Lithuania regained independence from the Soviet Union in 1991. Previously, reporting of past political affiliations via the Central Electoral Commission’s candidate questionnaire had been optional. The amendments passed with 110 votes in favour and one abstention, and follow revelations uncovered by media that President Gitanas Nausėda and at least 18 sitting MPs had formerly been members of the party without reporting this affiliation. Prime Minister Ingrida Šimonytė called failure to disclose previous affiliations a “mistake”, and observers noted potential adverse impacts on public trust. A parallel proposal, put forward by the conservative Homeland Union party, was rejected, and would have required candidates to declare their Communist Party membership on campaign posters.
+Sources: LRT (1), LRT (2), LRT (3), Baltic News Network, 15min
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lithuania/october-2023</t>
+  </si>
+  <si>
     <t>Legislature, Political Party, Elections, Gitanas Nausėda, Ingrida Šimonytė</t>
   </si>
   <si>
-    <t>Tunisia - January 2023</t>
+    <t>2023-02-22</t>
   </si>
   <si>
     <t xml:space="preserve">Continued low turnout in second round of parliamentary elections </t>
   </si>
   <si>
-    <t>January 2023</t>
-[...2 lines deleted...]
-    <t>Benin - January 2023</t>
+    <t xml:space="preserve">Tunisia held the second round of its parliamentary elections on 29 January amid growing calls from the opposition and civil society for the cancellation of the electoral process. The Independent High Authority for Elections (ISIE) announced that the turnout in the second round of the legislative elections amounted to 11.4 per cent, up from 8.8 per cent in the first round. However, this level of electoral participation is a significant decline compared with the 2019 elections which had 41.7 per cent turnout. Opposition leaders attribute the low turnout to public dissatisfaction with recent policy changes, which have been criticized for being authoritarian-leaning.
+Sources: North Africa Post, Al Jazeera, Middle East Monitor The Washington Post 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/january-2023</t>
   </si>
   <si>
     <t>Governing parties maintain majority in legislature, but opposition gains representation</t>
   </si>
   <si>
-    <t>Czechia - January 2023</t>
+    <t xml:space="preserve">Benin’s legislative elections on 8 January were closely watched as an indicator of the country’s democratic trajectory. Opposition parties had been prevented from participating in the last legislative elections in 2019, however five opposition parties were on the ballot in 2023. Most notably, the Democrats overcame procedural hurdles and won 28 seats in the 109-seat parliament. The two parties allied with President Talon, the Republican Bloc and the Progressive Union for Renewal, won 28 and 53 seats, respectively. Women’s representation also improved, with 28 women taking seats in the new parliament, 22 more than before. Opposition parties have levied accusations of electoral fraud. Observers from the Economic Community of West African States noted that the election was ‘conducted in a calm and peaceful atmosphere.’ Unlike the 2019 election, there was no violence, and no shutdown of the Internet. Turnout was reported to be 38.6 per cent of the registered voters. This is a significant increase from the 27.2 per cent who voted in 2019.
+Sources: Le Monde, France24 (1), France24 (2), Al Jazeera, Economic Community of West African States, Institute for Security Studies, La Nouvelle Tribune
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/benin/january-2023</t>
+  </si>
+  <si>
+    <t>2023-02-21</t>
   </si>
   <si>
     <t>Pro-western Petr Pavel wins presidential election</t>
   </si>
   <si>
+    <t xml:space="preserve">Petr Pavel, a retired army general and former NATO military committee chief has won the Czech presidential election, garnering 58.3 per cent of the vote. His opponent, Andrej Babiš, a billionaire former prime minister, won 41.6 per cent. Outgoing president Miloš Zeman supported Babiš, with who he shares Eurosceptic and anti-migrant views. Pavel, who promotes stronger EU and NATO relations as well as support for Ukraine, and supports adopting the euro and progressive policies such as same-sex marriage, has conveyed a message of unity following the results. Despite having a largely ceremonial role, the president in Czechia appoints the prime minister as well as central bank heads, is a powerful voice in foreign policy and in pushing government policies. Voter turnout was 68.2 per cent, a substantial increase from 2018’s 61.8 per cent. 
+Sources: CNN, Euronews, Euractiv, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/czechia/january-2023</t>
+  </si>
+  <si>
     <t>Elections, Petr Pavel, Miloš Zeman, Andrej Babiš</t>
   </si>
   <si>
-    <t>Myanmar - January 2023</t>
+    <t>2023-02-20</t>
   </si>
   <si>
     <t xml:space="preserve">Military Junta declares a new ‘political party registration law’ </t>
   </si>
   <si>
-    <t>Kazakhstan - January 2023</t>
+    <t xml:space="preserve">The military junta declared a new, strict ‘electoral law’ on 20 January. The new ‘law’ replaces legislation from 2010 and increases the number and necessary distribution of members and founding thresholds for parties who would attempt to compete in the ‘general elections’ which the junta plans to organize in August 2023. The United Nations Human Rights Council has previously declared the election to be a sham, and an attempt by the junta “to advance its false claim to legitimacy.” The new ‘law’ effectively prevents the National League for Democracy and new opposition parties from participating, while allowing the military-backed Union Solidarity and Development Party to be the only party able to meet all the requirements. Parties that do not register within 60 days will lose their legal status under the law. 
+Sources: Associated Press, Al Jazeera, Reuters, Radio Free Asia, United Nations Human Rights Council
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/myanmar/january-2023</t>
   </si>
   <si>
     <t>Tokayev calls early elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Kazakh President Kassym-Jomart Tokayev dissolved parliament on 19 January and set snap elections for 19 March. Only two months after an early presidential election, Tokayev said the elections were necessary to keep pace with his reform agenda, but analysts say the moves are instead part of a larger effort to sideline former President Nursultan Nazarbayev and his clan and cement Tokayev’s power.
+Sources: Radio Free Europe/Radio Liberty, Organized Crime and Corruption Reporting Project
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kazakhstan/january-2023</t>
+  </si>
+  <si>
     <t>Elections, Kassym-Jomart Tokayev</t>
   </si>
   <si>
-    <t>Chile - September 2022</t>
+    <t>2022-11-23</t>
   </si>
   <si>
     <t>Chileans reject new constitution</t>
   </si>
   <si>
-    <t>September 2022</t>
+    <t xml:space="preserve">On 4 September a majority of Chileans rejected a new constitutional text that would have replaced the existing one that dates to the Pinochet dictatorship. With mandatory vote and 85.8 per cent participation, 61.9 per cent of voters rejected the new constitution, with just 38.1 per cent favouring its adoption.  Electors were seemingly unconvinced by profound modifications that would have impacted indigenous rights, the environment, pensions and education, among other issues. While the result had been foreseeable, the margin of defeat was unexpected, and taken as a poll on the performance of President Boric’s administration - so much so, that a reshuffling of his cabinet has already taken place, six months into his presidency. 
+The new constitutional drafting process was triggered by social discontent and mass protests in 2019 against inequality associated with the legacy of the Pinochet regime and neoliberalism, thought to be enabled by the current constitution’s terms. After the referendum results, President Boric directed Congress to establish a new timetable for the drafting of a proposal that satisfies the majority of the population.
+Sources: El Pais (1), El Pais (2), La Nacion, The Guardian, The New York Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/chile/september-2022</t>
   </si>
   <si>
     <t>Elections, Referendum, Gabriel Boric, Constitution</t>
   </si>
   <si>
-    <t>Taiwan - September 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Countering misinformation through civic activism </t>
   </si>
   <si>
+    <t xml:space="preserve">Ahead of local elections scheduled for 26 November, Taiwan's President Tsai Ing-Wen called for "domestic political unity" in combatting Chinese disinformation efforts aimed at polarizing Taiwanese society. The last local election in 2018 saw Chinese state-aligned actors spreading pro-unification rhetoric that sought to weaken public trust in the government and promote pro-China candidates. Taiwan's government is actively working with civil society organizations and social media companies to counter false narratives with fact-checking tools without repressing the freedom of speech. Examples include improving media literacy and civic learning; tinkering with algorithms and working with social media platforms to identify and keep misinformation off the top of people's social media feeds instead of directly censoring specific narratives. 
+Sources: Nikkei Asia, Council on Foreign Relations, Al Jazeera 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/taiwan/september-2022</t>
+  </si>
+  <si>
     <t>Disinformation, Elections</t>
   </si>
   <si>
-    <t>Kazakhstan - September 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Early presidential elections called</t>
   </si>
   <si>
+    <t xml:space="preserve">President Kassym-Jomart Tokayev called for early presidential elections for November on 2 September. The decision was pitched as a move away from the dominating style of his predecessor Nursultan Nazarbayev, but critics argue Tokayev is abusing democratic processes to further his own legitimacy. See August report for more information. 
+Sources: EurasiaNet  
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kazakhstan/september-2022</t>
+  </si>
+  <si>
     <t>Kassym-Jomart Tokayev, Elections</t>
   </si>
   <si>
-    <t>Russian Federation - September 2022</t>
+    <t>2022-11-22</t>
   </si>
   <si>
     <t>Regional and municipal elections rife with irregularities</t>
   </si>
   <si>
-    <t>Italy - September 2022</t>
+    <t xml:space="preserve">On 11 September Russia held its first elections (municipal, regional, and gubernatorial) since the full-scale invasion of Ukraine began. Opposition candidates were subject to pre-election pressure, and hundreds of violations, including pre-printed ballots, were uncovered by the few domestic monitors able to participate. 
+Sources: Meduza 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/russian-federation/september-2022</t>
+  </si>
+  <si>
+    <t>Italy</t>
   </si>
   <si>
     <t>Victory for the far-right in general election</t>
   </si>
   <si>
+    <t xml:space="preserve">The coalition that consists of two far-right political parties, Giorgia Meloni’s Fratelli d’Italia (Brothers of Italy) and Matteo Salvini’s Lega (League), as well as former Prime Minister Silvio Berlusconi’s centre-right Forza Italia, have won 44 per cent of the vote in the snap general election held on 25 September. Although Fratelli d’Italia was the top vote-getter, the failure of the fragmented left to form a coalition was a key factor that led to the (far-)right’s victory. Fratelli d’Italia was founded after World War II by Mussolini supporters, and while Meloni has stated that the party doesn’t have any connection with the fascist rhetoric anymore, critics worry that the party still includes fascist supporters. Meloni has particularly promised to defend “traditional family” and has targeted the “LGBT lobby,” immigrants and what she called an “Islamist violence” and “bureaucrats of Brussels.” The voter turnout was 64 per cent (nine points lower than the 2018 election), Italy’s lowest ever turnout for a general election.
+Sources: BBC, Washington Post, ANSA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/italy/september-2022</t>
+  </si>
+  <si>
     <t>Elections, Giorgia Meloni, Fratelli d'Italia</t>
   </si>
   <si>
-    <t>Kuwait - September 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Election boycott ended but election candidates arrested</t>
   </si>
   <si>
-    <t>Tunisia - September 2022</t>
+    <t xml:space="preserve">Legislative elections were held in Kuwait on 29 September. For the first time in a decade, they took place with the participation of opposition candidates, who ended a boycott that began over concerns of election integrity. Changes to electoral rules, which had the stated intention of preventing vote buying and manipulation, were introduced ahead of these elections. Opposition candidates now constitute 33 of the 50-member National Assembly. Notable too was the fact that two women MPs were elected - the preceding legislature was all male, although there have previously been women MPs. Voter turnout was approximately 50 per cent, down from 60 per cent in the last legislative elections in 2020. Prior to the election, three candidates were arrested for participating in a peaceful protest over the status of the Bedoon community, a stateless Arab minority in the country.       
+Sources: Al Monitor, Al Jazeera, Gulf Centre for Human Rights, Amnesty International, Atalayar,  Al-Awsat, International IDEA   
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kuwait/september-2022</t>
   </si>
   <si>
     <t>Opposition parties announce boycott of December elections following new electoral law</t>
   </si>
   <si>
+    <t xml:space="preserve">President Kaïs Saïed issued an electoral law on 16 September that weakens the role of political parties ahead of the upcoming 17 December legislative elections. The law significantly reconfigures the electoral system, moving from party-list based proportional representation to single-member districts. Additionally, the law adds new restrictions for candidacy, including disqualifying anyone who has been charged with a crime and requiring the endorsement of 400 citizens in the constituency to register as a candidate. The electoral reforms further include the annulment of clauses on gender parity and youth quota in candidate lists introduced in 2014 to improve representation in the legislature. Taken together, these changes both reduce the power of political parties and reduce the number of people who will have the opportunity to stand as candidates. Tunisia’s main opposition parties announced a boycott in response to the change, rejecting the new electoral law. The unilateral changes to the political system are the latest of President Saïed’s efforts to seize power and remove checks on his actions.
+Sources: Al Monitor, Al Jazeera (1), Al Jazeera (2), Republic of Tunisia, Carnegie Endowment for International Peace
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/september-2022</t>
+  </si>
+  <si>
     <t>Kais Saied, Elections, Ennahda</t>
   </si>
   <si>
-    <t>Sweden - September 2022</t>
+    <t>Sweden</t>
   </si>
   <si>
     <t>Right wing block secures more seats in Swedish parliamentary election</t>
   </si>
   <si>
-    <t>Lesotho - September 2022</t>
+    <t xml:space="preserve">Although the Social Democrats won the largest share of votes (30.3 per cent) in the Swedish parliamentary election of 11 September, the party and its allies did not secure enough votes to form a government, opening the door to a right-wing coalition government. The Sweden Democrats, considered a far-right party, went from a 5.7 per cent vote share in 2010 to 20.5 per cent vote share in 2022, becoming the second largest party in Sweden. This has moved the centre-right Moderates from the second to the third largest party in Sweden, as they received 19.1 per cent of the votes. As a result, the right-wing block will have 176 seats in parliament, as opposed to the 173 seats of the left-wing block. This has been considered a victory of the far-right movement in Sweden, as the Sweden Democrats have been regarded a populist and conservative party that mainly promotes a far-right anti-immigrant rhetoric. The voter turnout was 84.2 per cent.
+Sources: London School of Economics, Sveriges Radio, Euronews
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sweden/september-2022</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>2022-11-21</t>
   </si>
   <si>
     <t>Lesotho’s Constitutional Court strikes down constitutional reform package</t>
   </si>
   <si>
+    <t xml:space="preserve">On 12 September, Lesotho’s Constitutional Court struck down a long-awaited package of constitutional reforms that had been passed less than two weeks earlier to pave the way for next month’s general election. The passage of the reforms, which were intended to tackle the country’s notorious political instability, had come after the dissolution of parliament for the election, and had been made possible only by Prime Minister Moeketsi Majoro declaring a State of Emergency that allowed him to recall parliament. The Court, however, judged the declaration to be unconstitutional, finding that the circumstances did not amount to a state of emergency. The ruling was then confirmed by the Court of Appeal on 19 September and so the country will now hold the election under an unreformed framework. This may risk further instability. However, the Southern African Litigation Centre, a human rights organization, welcomed the ruling’s reinforcement of the rule of law.
+Sources: Constitutional Court of Lesotho, Southern African Litigation Centre, The Conversation, Africa Confidential           
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lesotho/september-2022</t>
+  </si>
+  <si>
     <t>Constitutional Court, Moeketsi Majoro, Constitution, Elections</t>
   </si>
   <si>
-    <t>Somalia - September 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Somaliland’s election commission postpones presidential elections</t>
   </si>
   <si>
+    <t xml:space="preserve">The Somaliland National Electoral Commission (SLNEC) announced on 24 September that the self-governing region’s presidential election, scheduled for 13 November 2022, was to be postponed to July 2023 due to time, financial and technical constraints. This pushes the election date beyond the end of President Muse Bihi Abdi’s current term, which expires in December 2022. The postponement comes shortly after deadly protests last month broke out over opposition suspicions that President Abdi intended to delay the presidential election - both the government and opposition regard the electoral calendar as critical to their political fortunes. Election delays are a feature of Somaliland politics but the political tensions building around the election date have led commentators to warn of the destabilizing potential of this delay.  
+Sources: Reuters, Horn Diplomat, Crisis Group, Twitter (1), Twitter (2), Twitter (3) 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/somalia/september-2022</t>
+  </si>
+  <si>
     <t>Somaliland, Elections, Muse Bihi Abdi</t>
   </si>
   <si>
-    <t>Kenya - September 2022</t>
+    <t>Kenya</t>
   </si>
   <si>
     <t>Kenya’s Supreme Court upholds the presidential election result</t>
   </si>
   <si>
+    <t xml:space="preserve">The Kenyan Supreme Court unanimously dismissed all of the petitions challenging the outcome of the country’s presidential election. In its judgment, the court found that no evidence was produced to prove that the Independent Electoral and Boundaries Commission Chairperson had been part of a conspiracy to subvert the election, as had been alleged by Raila Odinga (a losing presidential candidate and one of the petitioners), and that the “illegalities and irregularities [pointed out by the petitioners] were not of such magnitude as to affect the final result of the presidential election.” The decision cleared the way for President-Elect William Ruto’s inauguration, which took place on 13 September. Raila Odinga stated that he “respected” but vehemently disagreed with the court’s decision.
+Sources: Kenyan Supreme Court, The East African (1), The East African (2), Twitter
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kenya/september-2022</t>
+  </si>
+  <si>
     <t>Supreme Court, William Ruto, Raila Odinga, Elections, Electoral Management Body</t>
   </si>
   <si>
-    <t>Equatorial Guinea - September 2022</t>
+    <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>World’s longest-serving president moves to extend his time in office</t>
   </si>
   <si>
+    <t xml:space="preserve">Teodoro Obiang Nguema Mbasogo has been the president of Equatorial Guinea since seizing power in a coup d’état in 1979. His political party, the Democratic Party of Equatorial Guinea (PDGE), announced in September that he will run again in the election that will take place in November. Equatorial Guinea has been a dominant party state for decades, as the PDGE and the president’s inner circle control the most important offices of the state, and all but one of the seats in the bicameral legislature. In the last election in 2016, Obiang was said to have received more than 90 per cent of the votes.
+Sources: Le Point, Foreign Policy, Reuters, Africa News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/equatorial-guinea/september-2022</t>
+  </si>
+  <si>
     <t>Teodoro Obiang Nguema Mbasogo, Elections</t>
   </si>
   <si>
-    <t>Angola - August 2022</t>
+    <t>Angola</t>
+  </si>
+  <si>
+    <t>2022-11-03</t>
   </si>
   <si>
     <t>Election keeps MPLA in power but UNITA gains support</t>
   </si>
   <si>
-    <t>August 2022</t>
+    <t xml:space="preserve">On 24 August Angola held an election for the National Assembly, and indirectly for the President. Observers from the African Union (AU) reported that balloting was carried out competently, but noted concerns about the opportunities for parties to hold events and regarding the transparency of an audit of voter registration lists. The Popular Movement for the Liberation of Angola (MPLA), which has ruled Angola since independence, won the majority of the seats in the legislature and thus retains the presidency as well. However, the main opposition party, the Union for the Total Independence of Angola (UNITA) increased its vote share from 27 per cent in 2017 to 44 per cent and doubled its number of seats in the National Assembly. UNITA challenged the result, alleging irregularities in the vote totals reported by the electoral authority. This challenge was rejected by the Constitutional Court on 9 September. The justices of the Constitutional Court were all appointed by MPLA presidents.
+Sources: British Broadcasting Corporation, Rádio e Televisão de Portugal, Africa News
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/angola/august-2022</t>
   </si>
   <si>
     <t>Elections, João Manuel Gonçalves Lourenço</t>
   </si>
   <si>
-    <t>Senegal - August 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Legislative election narrows governing majority</t>
   </si>
   <si>
+    <t xml:space="preserve">Senegal held a regularly scheduled legislative election on 31 July. The election was reported to be free and fair. Both the governing coalition and opposition parties had encountered some procedural problems related to the registration of candidates, but there were no significant technical or legal challenges during the polling. The election saw increased support for opposition parties, reducing the seats held by the coalition supporting President Macky Sall (Benno Bokk Yakaar) from 125 seats down to 82 in the 165-seat legislature. Sall’s coalition was able to maintain a bare majority through the support of Pape Diop, the sole member from Bokk Gis-Gis. One key outcome of this election is that Benno Bokk Yakaar no longer has enough seats to pass constitutional amendments without the support of opposition parties. Since a constitutional change would be required to allow President Sall to run for a third term, this change in the legislature has significant implications for the future of presidential term limits in Senegal.
+Sources: France 24, Africa News, The Conversation
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/senegal/august-2022</t>
+  </si>
+  <si>
     <t>Elections, Macky Sall, Term limits</t>
   </si>
   <si>
-    <t>Kenya - August 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Record number of women elected as parliamentarians and governors</t>
   </si>
   <si>
+    <t xml:space="preserve">Kenya’s National Gender and Equality Commission has reported that a historic number of women elected as parliamentarians and governors in the country’s 2022 general election. The number of women parliamentarians representing single-member constituencies increased from 23 in 2017 to 30 (of a total of 290), and women candidates won 7 out of the 47 gubernatorial races, substantially increasing the number of women governors from 3 in 2017. Of the 47 Senate races, 3 were won by women – the same figure as 2017. This increased female representation, however, still fails to meet the constitutionally enshrined requirement that two-thirds gender rule that no one gender should occupy more than two-thirds of appointive and elective bodies. According to the Kenya Women Parliamentary Association, dozens of female candidates were subject to physical abuse during campaigning. They were also subject to other forms of harassment and intimidation intended to intimidate them out of running for election.
+Sources: Kenya Broadcasting Corporation, National Gender and Equality Commission, Al Jazeera, Cable News Network
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kenya/august-2022</t>
+  </si>
+  <si>
     <t>Women's political participation, Gender-Based Violence, Elections</t>
   </si>
   <si>
     <t>The outcome of Kenya’s presidential election to be resolved in court</t>
   </si>
   <si>
+    <t xml:space="preserve">Kenya held its general elections on 9 August. The winner of the presidential contest was William Ruto, who narrowly beat Raila Odinga by 50.5 per cent to 48.8 per cent. Voter turnout, which was 64.8 per cent, was significantly lower than in the two previous presidential elections. The preliminary findings of international observers praised the elections for being largely peaceful and transparent and stated that electoral processes were generally carried out in accordance with procedure. They did, however, raise several concerns, including the poor informational environment, the misuse of state resources and low registration rates among young Kenyans. Alongside several other petitioners, Odinga has challenged the election result in the Supreme Court, alleging “criminal subversion of the…electoral process” by the Chairperson of Kenya’s election management body, the Independent Electoral and Boundaries Commission, which was split over the election result. Judgement is expected in September.     
+Sources: African Union-Common Market for Eastern and Southern Africa, European Union, The Commonwealth, East African Community, International IDEA, Public Broadcasting Service, The East African
+</t>
+  </si>
+  <si>
     <t>Electoral Management Body, William Ruto, Raila Odinga, Youth, Supreme Court, Elections</t>
   </si>
   <si>
-    <t>Solomon Islands - August 2022</t>
+    <t>2022-11-02</t>
   </si>
   <si>
     <t>Delayed elections?</t>
   </si>
   <si>
+    <t xml:space="preserve">Opposition Members of Parliament and civil society groups accused Prime Minister Manasseh Sogavare of attempting to force a bill through Parliament without proper procedures in order to delay next year’s scheduled elections. Opponents cited the lack of a convincing rationale for the postponement and worries that Sogavare was planning to extend his hold on power.
+Sources: Australian Broadcasting Corporation, The Guardian
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/solomon-islands/august-2022</t>
+  </si>
+  <si>
     <t>Manasseh Sogavare, Elections</t>
   </si>
   <si>
-    <t>Papua New Guinea - August 2022</t>
+    <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Troubled elections</t>
   </si>
   <si>
+    <t xml:space="preserve">James Marape was reelected as Prime Minister of Papua New Guinea in an election that did not significantly improve on previous elections’ struggles with violence and electoral management. Outdated voter rolls disenfranchised as many as one million voters and there were about 50 election-related deaths. However, the election was less violent than 2017, when roughly 200 died in election-related violence. The incoming government will need to address the underlying causes of the country’s electoral chaos, which observers attribute to under-investment in public services and deeply rooted patriarchal political traditions.  
+Sources: The Guardian, CIVICUS
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/papua-new-guinea/august-2022</t>
+  </si>
+  <si>
     <t>James Marape, Elections, Electoral Violence</t>
   </si>
   <si>
-    <t>Kazakhstan - August 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Early elections called</t>
   </si>
   <si>
-    <t>Colombia - August 2022</t>
+    <t xml:space="preserve">President Kassym-Jomart Tokayev called for early elections to take place in the coming months. While Tokayev has portrayed the snap presidential elections and recent constitutional changes as redistributing and balancing power, critics claim Tokayev is instead cementing his personal power and heading off further public unrest. 
+Sources: EurasiaNet
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kazakhstan/august-2022</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
   </si>
   <si>
     <t>Gustavo Petro takes office as President of Colombia</t>
   </si>
   <si>
+    <t xml:space="preserve">On 7 August Gustavo Petro took office as President of Colombia, being the first politician from the centre-left to become elected. In his inaugural addresses, he has pledged to decrease poverty, promote unity and address the economic issues that have exacerbated inequality. He has also indicated a considerable shift in policy regarding Colombia’s relationship with Venezuela and, notably, the ‘war on drugs’. Petro has stated he is considering decriminalizing cocaine, and would seek partnerships with other countries in the region to shift the strategy against drugs, while other members of his cabinet have watered down such remarks.
+Sources: Clarin, EFE, El Financiero, Reuters, The Washington Post
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/colombia/august-2022</t>
+  </si>
+  <si>
     <t>Elections, Gustavo Petro, War on drugs</t>
   </si>
   <si>
-    <t>Sweden - August 2022</t>
+    <t>2022-10-23</t>
   </si>
   <si>
     <t>Political party financing</t>
   </si>
   <si>
+    <t xml:space="preserve">A majority of political parties represented in Sweden’s Parliament showed willingness to evade party financing laws according to an investigation by TV4 journalists carried out in the lead-up to the September 2022 elections. Five parties suggested ways to circumvent a 2018 law that prohibits anonymous donations over a certain threshold, when presented by investigators with a larger donation. Only three parties responded that it would not be possible to receive the donation anonymously. The investigation sheds light on loose regulation of political party financing and inadequate transparency on money in Swedish politics.
+Sources: International IDEA (1), International IDEA (2)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sweden/august-2022</t>
+  </si>
+  <si>
     <t>Elections, Political Party, Money in Politics</t>
   </si>
   <si>
-    <t>Denmark - December 2022</t>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>2023-01-27</t>
   </si>
   <si>
     <t>Denmark forms bipartisan government led by Social Democrats</t>
   </si>
   <si>
-    <t>December 2022</t>
+    <t xml:space="preserve">A rare bipartisan coalition, bridging the country’s traditional left-right political divide, has been formed following 42 days of negotiations after the 1 November general elections. The last centrist coalition in Denmark was formed in 1978 and lasted only eight months. Social Democratic leader Mette Frederiksen will continue to be Denmark’s Prime Minister, leading a coalition with two centre-right parties – the traditional Liberal Party and the newly formed Moderates. The coalition controls 99 of the 179-seat parliament. Out of the government’s 23 ministries, 11 will be led by Social Democrats, seven by the Liberals and five by the Moderates. The cabinet consists of 15 men and eight women. The new government has planned to introduce reforms to its welfare model such as big tax cuts and abolishing a public holiday in order to boost productivity and increase labour supply. It additionally planned to accelerate defense spending to meet NATO’s target of 2 per cent of GDP and set firmer climate change objectives. 
+Sources: Associated Press, Euractiv, The Wall Street Journal
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/denmark/december-2022</t>
   </si>
   <si>
     <t>Mette Frederiksen, Elections</t>
   </si>
   <si>
-    <t>Kosovo - December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Local elections in Serbian-populated areas postponed as tensions rise </t>
   </si>
   <si>
+    <t xml:space="preserve">Following the resignation of Serb judges, mayors and police officers in Kosovo over the government’s decision to ban Serbian-issued license plates, Kosovo’s President Vjosa Osmani announced local elections in Serbian-populated areas. In response, Serbs in northern Kosovo set up multiple roadblocks. The president eventually postponed the elections to April 2023 over security concerns, but roadblocks remained. The situation was further exacerbated by the arrest of a former Serb police officer in Kosovo who was suspected of attacking the municipal election commission offices. Serbian President Aleksandar Vučić warned that he planned to request NATO’s permission to deploy Serbian troops in northern Kosovo. The Serbian army was put on the highest combat alert and Narodne Patrole, a far-right Serbian nationalist organization, also gathered on the Serbia-Kosovo border. Kosovo closed its biggest border crossing point with Serbia. For more than two weeks, Kosovo saw a tense security situation marked by the presence of masked armed men, explosions, shootings and attacks on police officers, journalists, EULEX and the NATO-led Force (KFOR) in the Serbian-populated areas in the northern part of the country. Following the intervention of international stakeholders, roadblocks started being dismantled on 29 December, and the closed border points were reopened. 
+Sources: DW, Prishtina Insight, Associated Press (1), Associated Press (2) Balkan Insight (1), Balkan Insight (2) Euractiv (1), Euractiv (2), RFERL, The Guardian, EUobserver
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kosovo/december-2022</t>
+  </si>
+  <si>
     <t>Elections, Electoral Management Body, Aleksandar Vučić, Vjosa Osmani, Ethnic Conflict</t>
   </si>
   <si>
-    <t>Venezuela - December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Opposition votes to end Juan Guaido’s “interim government”</t>
   </si>
   <si>
+    <t xml:space="preserve">The “interim" or parallel government, established by the main opposition parties in Venezuela, and recognised by a number of countries internationally, after the 2018 elections were discredited, was ended in a vote held on 22 December. Juan Guaido’s mandate as “interim president” was concluded, with supportive political parties arguing the unviability of a strategy that relies on symbolic leadership and the non-recognition of Nicolas Maduro as president. Some members of the opposition have also argued the need to concentrate efforts in ensuring that the 2024 elections are free and fair, including through the dialogue and negotiations with Maduro’s government that resumed last month with the facilitation of Norway.
+Sources: El Pais, Reuters, British Broadcasting Corporation 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/venezuela/december-2022</t>
+  </si>
+  <si>
     <t>Nicolas Maduro, Juan Guaido, Elections</t>
   </si>
   <si>
-    <t>United States of America - December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>January 6th panel issues final report</t>
   </si>
   <si>
+    <t xml:space="preserve">The panel of Congress established to investigate the riot of 6 January 2021 has issued its final report after 18 months of work, in which it holds that former president Trump took part in a conspiracy to overturn the results of the 2020 presidential election. The report also recommends that Trump is charged with federal crimes, including allegedly aiding an insurrection. Nevertheless, its findings are not binding on the Justice Department. It further recommends that the former president is barred from public office. The committee will dissolve on 3 January 2023.
+Sources: British Broadcasting Corporation, The Washington Post 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-states-america/december-2022</t>
+  </si>
+  <si>
     <t>Legislature, Political Pressure, Elections, Donald Trump</t>
   </si>
   <si>
-    <t>Sudan - December 2022</t>
+    <t>Sudan</t>
   </si>
   <si>
     <t>Transitional agreement signed by Sudan’s military junta and civilian organisations</t>
   </si>
   <si>
+    <t xml:space="preserve">On 5 December, the military junta signed a framework agreement with more than 40 Sudanese political parties, movements and professional groups aimed at restoring the country’s transition to democratic rule. The framework agreement provides for the transfer of power from the junta to a civilian transitional government, which is to govern Sudan for a two-year period ending in elections. In vague terms, it sets out the formation of several transitional state institutions, including a national legislative council, a council of ministers, and a head of state, that are to be based on human rights, the rule of law, civic participation and social equality. The agreement also enumerates issues and tasks to be addressed during the transition, such as security sector reform, transitional justice and constitution-making – although it leaves the resolution of the thorniest of these (most notably security sector reform) to a future, final agreement. While the framework agreement is an important breakthrough, the process is fragile and it has been rejected by many grassroots activists, who distrust the junta. 
+Sources: Draft Political Framework Agreement, Dabanga, United Nations, Al Jazeera, Radio France Internationale
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sudan/december-2022</t>
+  </si>
+  <si>
     <t>Constitution, Transitional Justice, Security, Elections</t>
   </si>
   <si>
-    <t>Kenya - December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Resignations from the IEBC as an investigation begins</t>
   </si>
   <si>
+    <t xml:space="preserve">The split within the Independent Electoral and Boundaries Commission (IEBC) during the 2022 election continues to have implications for the future of the institution. On 2 December, following a recommendation from the National Assembly, President Ruto suspended the four commissioners (Juliana Whonge Cherera, Francis Mathenge Wanderi, Irene Cherop Masit and Justus Abonyo Nyang’aya) who had disputed the official results of the election, and appointed a tribunal to investigate allegations of misconduct. After this, three of the suspended commissioners resigned, thus avoiding participation in the investigation. Masit did not resign and appeared before the tribunal in late December. The tribunal is expected to conclude on 27 January. The remaining three members of the IEBC will conclude their non-renewable six-year term in January 2023, meaning a complete replacement of the IEBC commissioners may take place. 
+Sources: The East African, The Standard, Garowe Online, The Africa Report, Nation
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kenya/december-2022</t>
+  </si>
+  <si>
     <t>Electoral Management Body, William Ruto, Elections, Irene Cherop Masit</t>
   </si>
   <si>
-    <t>Tunisia - December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Record low turnout in parliamentary elections, president urged to resign</t>
   </si>
   <si>
-    <t>Fiji - December 2022</t>
+    <t xml:space="preserve">On 17 December, Tunisia held its first legislative elections since the dissolution of the legislature in July 2021. The vote took place under a new electoral system created by the president through decree laws, and which reduces the power of political parties. In response, most political parties boycotted the election. With the majority of parties absent, 1,058 candidates (of whom only 4 per cent were youth (under 35 years old) and only 11 per cent were women) were competing for 161 parliamentary seats. Turnout was at a record low of 11.2 per cent, continuing a negative trend since the remarkably high level of participation (more than 90 per cent) achieved in 2011. Only 21 candidates secured election due to the low turnout figures. A second round will be held in February in most Tunisian regions to decide the remaining seats. Opposition politicians stated the low turnout is indicative of a legitimacy deficit, and that President Saied should step down.
+Sources: L'Instance Supérieure Indépendante pour les Élections, Al Bawsala, RFI, Reuters, The Carter Center, The New York Times Middle East Monitor, Africa News, International IDEA 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/december-2022</t>
+  </si>
+  <si>
+    <t>Fiji</t>
+  </si>
+  <si>
+    <t>2023-01-26</t>
   </si>
   <si>
     <t>Rabuka sworn in as Bainimarama cedes power</t>
   </si>
   <si>
-    <t>United Kingdom - November 2022</t>
+    <t xml:space="preserve">After a week of tense and uncertain coalition negotiations and worries that the outgoing prime minister would not leave peacefully, the Fijian parliament voted to elect Sitiveni Rabuka prime minister, replacing former Prime Minister Frank Bainimarama, who had taken power in a 2006 coup. Rabuka, who also led two coups in 1987 and was previously elected prime minister in 1992, and his People’s Alliance Party finished with 36 per cent of the vote behind Bainimarama’s FijiFirst party with 42.5 per cent. The People’s Alliance Party secured the support of smaller parties to gain the premiership. The campaign was contested on both socioeconomic issues and concerns over the future of Fijian democratic institutions, specifically the fear of future coups. Observers and media noted numerous irregularities throughout the electoral cycle. Women’s representation declined from 11 of 51 to 6 of 55 seats in parliament, and voter turnout was 68.3 per cent.
+Sources: New York Times, Associated Press, Fiji Live, Fiji Times, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/fiji/december-2022</t>
+  </si>
+  <si>
+    <t>2022-12-21</t>
   </si>
   <si>
     <t>Voter ID requirements attract fresh concerns</t>
   </si>
   <si>
-    <t>November 2022</t>
+    <t xml:space="preserve">The Electoral Commission, election officials, local authorities and civil society organizations have voiced concerns over the Elections Act, as passed by Parliament in April 2022. Requiring voters to show photographic identification before being allowed to vote in parliamentary, local and certain other elections, the Act will apply to the local elections scheduled for May 2023. The list of acceptable forms of voter ID was published in secondary legislation this month and faced criticism for disproportionately approving forms of ID held by older people vis-a-vis younger generations. For those who do not hold an approved ID, a Voter Authority Certificate will be made available, although arrangements for this will not be finalized until January 2023 at the earliest. In private correspondence with the Government, it was also revealed this month that the Electoral Commission described the voter ID timeline as neither “workable” nor “secure” and warned that it has the potential to disenfranchise parts of the electorate, particularly those already marginalized. Its potential to polarize and affect trust in the electoral process has additionally been raised. 
+Sources: House of Commons Library, openDemocracy, The Constitution Society, Electoral Reform Society 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-kingdom-great-britain-and-northern-ireland/november-2022</t>
   </si>
   <si>
     <t>Elections, Electoral Management Body, Disenfranchisement</t>
   </si>
   <si>
-    <t>Denmark - November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Social Democrats secure election majority </t>
   </si>
   <si>
+    <t xml:space="preserve">The incumbent Prime Minister Mette Frederiksen’s centre-left Social Democrats have secured the best election results in more than two decades as they gained the required 90 seats in the general election. This makes the Social Democrats the biggest party in the parliament with more than a quarter of the vote (27.5 per cent). Given that these elections were considered as a vote of confidence for Frederiksen’s handling of the pandemic as well as the ensuing crises due to inflation and geopolitical uncertainty, the results are important for the government’s and Prime Minister’s legitimacy going forward. Voter turnout was 84.2 per cent, a trend not too different from past elections.
+Sources: Euronews, British Broadcasting Corporation, Danish Parliament, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/denmark/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Mette Frederiksen</t>
   </si>
   <si>
-    <t>Slovenia - November 2022</t>
+    <t>Slovenia</t>
   </si>
   <si>
     <t>Musar becomes first female President after run-off</t>
   </si>
   <si>
+    <t xml:space="preserve">On 13 November Nataša Pirc Musar became Slovenia’s first female head of state. Musar is an independent candidate, and a former journalist and lawyer who famously represented former United States First Lady Melania Trump in a libel case. Although the role of president is largely ceremonial, Musar’s victory gives her gatekeeping authority. She will appoint members of the anti-corruption commission and nominate the Prime Minister and members of the Constitutional Court (who are then elected by Parliament). Voter turnout was 51 per cent, a considerable improvement compared to the 42 per cent turnout in the 2012 presidential election. Independent candidates also performed well in local elections held on 20 November. The Slovenian Democratic Party (SDS) was the biggest winner of the established parties in local councils and mayoral positions.
+Sources: Politico, Euronews, Balkan Insight, International IDEA, Slovenia Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/slovenia/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Nataša Pirc Musar</t>
   </si>
   <si>
-    <t>Poland - November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>President approves delay to local elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Local elections, originally scheduled to be held in autumn 2023, will now be held in autumn 2024, after the proposal by the ruling Law and Justice (PiS) party was signed into legislation by President Andrzej Duda. The one-year delay was justified by the executive so as to avoid clashes with the general elections of autumn 2023 and the European Parliament elections of spring 2024. Constitutional lawyers and civil society organizations have raised concerns that the delay violates the constitutional principle of tenure, and the delay has also drawn criticism from the opposition, who argue that it is a mere political manoeuvre as the ruling party is falling in opinion polls.
+Sources: Prezydent.pl, Notes From Poland, Stefan Batory Foundation
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/poland/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Andrzej Duda</t>
   </si>
   <si>
-    <t>United States of America - November 2022</t>
+    <t>2022-12-20</t>
   </si>
   <si>
     <t>Democrats maintain Senate majority and Republicans take over the House in midterm elections</t>
   </si>
   <si>
-    <t>Elections, Women's political participation, Legislature</t>
-[...2 lines deleted...]
-    <t>Nicaragua - November 2022</t>
+    <t xml:space="preserve">On 8 November, the United States held its midterm legislative elections. Electors voted to fill seats at both the Senate and House of Representatives, governorships, and other local positions. Voter turnout was approximately 46.0 per cent, with higher participation rates in battleground states. Democrats held on to the Senate, with one of the seats (Georgia) determined in a runoff election that took place in early December. Republicans took over the House with a slim majority. 
+The elections were held after a polarizing campaign that saw election officials being harassed, as well as some reports of partisan officials taking up positions at the polls. Some democracy advocates expressed concern for the considerable number of election deniers (candidates who have cast doubt on the results of the 2020 elections) on the ballots.
+Twelve women were elected and will serve as governors in the upcoming year (about 24 per cent of governorships), three more than the previous record of nine. A total of 149 women will serve in the House and Senate (about a quarter of members of Congress), two more seats than currently held by women.
+Sources: The Washington Post, Cable News Network, Five Thirty Eight, National Public Radio, British Broadcasting Corporation, Center for American Women and Politics
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-states-america/november-2022</t>
   </si>
   <si>
     <t>Local elections result in governing party’s total control of municipalities</t>
   </si>
   <si>
+    <t xml:space="preserve">On 6 November, Nicaragua held local elections to choose leadership in the country’s departments and municipalities. Members of Nicaragua’s opposition, including those living in exile, as well as civil society have characterized this process as fraudulent, given the lack of competitiveness and voter intimidation. Electoral observation civil society group Urnas Abiertas reported that abstention surpassed 80 per cent. 
+Results from the electoral authority indicated that the incumbent party, led by Daniel Ortega, will control the totality of the country’s municipalities. This result points to a consolidation of the single-party model, with no remaining opposition-held local governments.
+Sources: El Pais, Deutsche Welle
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/nicaragua/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Daniel Ortega</t>
   </si>
   <si>
-    <t>Mexico - November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Proposed electoral reform is submitted to Congress</t>
   </si>
   <si>
+    <t xml:space="preserve">President Andres Manuel Lopez Obrador announced in April his intention to reform Mexico’s electoral system through constitutional amendments. In November, the proposed reform was submitted to Congress, while civil society organized mass demonstrations in defence of the National Electoral Institute. Widespread criticism of the proposed reform reflects the concern about its potential impact on the independence of the country’s electoral authorities and risk to the integrity of elections and voter registry. The proposed reforms seek, among other aspects, to replace the way in which electoral authorities are currently appointed, allowing the president and his party to control most nominations, to significantly cut their budget, and to eliminate local electoral authorities. The President also announced a “plan B” reform to the electoral law if the constitutional plan fails to obtain the two-thirds majority required in Congress for constitutional amendments, which the ruling party does not possess.
+Sources: Al Jazeera, Cable News Network, El Pais, New York Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/mexico/november-2022</t>
+  </si>
+  <si>
     <t>Andres Manuel Lopez Obrador, Elections, Protests</t>
   </si>
   <si>
-    <t>Cuba - November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Cuba holds local elections with lowest turnout in 40 years</t>
   </si>
   <si>
+    <t xml:space="preserve">On 27 November Cubans went to the polls to elect over 11,500 delegates to municipal assemblies. The elections took place at a critical moment for the country, which is facing a grave economic crisis and increasingly deteriorating living conditions. According to government figures, Cuba saw the highest abstention rate (31.5 per cent) in local elections since at least 1976. The sharp drop in voter turnout, in elections that are not competitive, with only one party on the ballot, followed calls from Cuba’s opposition to refrain from voting in protest of the administration of Cuban President Miguel Diaz-Canel.
+Sources: El Pais, Deutsche Welle, Havana Times, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/cuba/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Miguel Díaz-Canel</t>
   </si>
   <si>
-    <t>Israel- November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Israel votes in fifth parliamentary election in less than four years </t>
   </si>
   <si>
+    <t xml:space="preserve">Israel’s fifth election in less than four years has resulted in an apparent victory for a religious nationalist coalition led by former prime minister Benjamin Netanyahu. Netanyahu, who is on trial for corruption, was tasked with forming a government by President Isaac Herzog. A far-right government is expected as Netanyahu has pledged to seek national consensus with policies such as annexation of the West Bank, alterations to the role of the judiciary, and strict opposition to any territorial concessions with the Palestinians, generating national and international concern.
+Sources: Al Jazeera, Arab Center, i24 News, Middle East Eye, Middle East Institute, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/israel/november-2022</t>
+  </si>
+  <si>
     <t>Benjamin Netanyahu, Elections, Israeli-Palestinian Conflict, West Bank</t>
   </si>
   <si>
-    <t>Bahrain- November 2022</t>
+    <t>Bahrain</t>
   </si>
   <si>
     <t>Formation of new Cabinet in Bahrain following non-competitive elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Bahrain’s King Hamad bin Isa Al Khalifa approved the formation of a new Cabinet after reappointing Crown Prince Salman bin Hamad Al-Khalifa as Prime Minister. The cabinet’s change followed a general election on 12 November held without opposition or independent media. Voter turnout reached 70 per cent, but the authorities had made it a criminal offense to boycott the tightly controlled ballot. This was Bahrain’s third election since the 2011 demonstrations, which were driven by demands for a constitutional monarchy and further political reforms. 
+The vote has been criticized by several human rights organizations for taking place in a climate of "political repression" following the suppression of dissent and dissolution of main opposition groups by the state, seen as the most restrictive measures since Bahrain’s return to parliamentary elections in 2002.
+Sources: Al Arabiya News, BIRD, Reuters, The Arab Weekly
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bahrain/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Hamad bin Isa Al Khalifa, Salman bin Hamad Al-Khalifa</t>
   </si>
   <si>
-    <t>Tunisia- November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Electoral process underway as crackdown on opposition continues </t>
   </si>
   <si>
-    <t>Vanuatu - November 2022</t>
+    <t xml:space="preserve">The electoral campaign for the 17 December elections in Tunisia began on 25 November in the midst of an ongoing crackdown on dissent. Twelve political parties (including the influential Ennahda party) have boycotted the election. President Kais Saied has been criticized by journalists and politicians for using legal proceedings to imprison politicians and journalists who expressed criticism, including through politically motivated investigations into corruption, and the use of a decree introduced in September that criminalises the spreading of “false news.” 
+Under the new electoral law, 1,055 candidates are running for the 161 seats in the parliament, representing constituencies in Tunisia (151) and abroad (10). Voters are preoccupied with the high cost of living and the unemployment rate (currently at 15.3 per cent). The social situation and new electoral law have had a negative impact on the political outlook, and low voter participation is expected.
+Sources: Al Chourouk, Middle East Monitor, North Africa Post, Reuters, International Foundation for Electoral Systems
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/november-2022</t>
   </si>
   <si>
     <t xml:space="preserve">New prime minister elected </t>
   </si>
   <si>
+    <t xml:space="preserve">Ishmael Kalsakau was elected the 13th Prime Minister of Vanuatu by the country’s parliament on 4 November, following the country’s 13 October general election. Kalsakau was previously the deputy prime minister, and was elected with 50 votes in the 52-seat parliament. The government’s priorities include raising the minimum wage and addressing unemployment, as well as furthering the long-time goal of ensuring customary land ownership. 
+Sources: DevPolicy Blog, Radio New Zealand, Daily Post
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/vanuatu/november-2022</t>
+  </si>
+  <si>
     <t>Ishmael Kalsakau, Elections</t>
   </si>
   <si>
-    <t>New Zealand - November 2022</t>
+    <t>New Zealand</t>
   </si>
   <si>
     <t xml:space="preserve">Court rules voting age discriminatory </t>
   </si>
   <si>
-    <t>Taiwan - November 2022</t>
+    <t xml:space="preserve">New Zealand’s parliament will discuss lowering the voting age from 18 to 16, after the country’s Supreme Court ruled the current age limit was discriminatory, as legal protections against discrimination in New Zealand begin at that age. Although the ruling does not compel parliament to lower the voting age, only to debate it, supporters for the proposed change celebrated the decision as a step in the right direction.
+Sources: British Broadcasting Corporation, Deutsche Welle, Lexology 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/new-zealand/november-2022</t>
   </si>
   <si>
     <t xml:space="preserve">Local election losses for ruling party </t>
   </si>
   <si>
+    <t xml:space="preserve">President Tsai Ing-wen resigned as head of the governing Democratic Progressive Party (DPP) following DPP losses in the local election held on 29 November. DPP secured only five out of 22 municipalities, whereas the opposition Kuomintang (KMT) emerged victorious in winning 13 seats. The voter turnout rate was relatively low for Taiwanese local elections, at approximately 60 per cent. Voters also rejected lowering the voting age from 20 to 18, in a referendum that ran alongside the elections. 
+Source: Taipei Times, Nikkei Asia, British Broadcasting Corporation 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/taiwan/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Resignation, Referendum</t>
   </si>
   <si>
-    <t>Kazakhstan - November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>President Tokayev re-elected</t>
   </si>
   <si>
-    <t>Malaysia - November 2022</t>
+    <t xml:space="preserve">On 20 November, the Kazakh election commission reported President Kassym-Jomart Tokayev was re-elected with 81.31 per cent of the vote. President since 2019, Tokayev faces no tangible opposition in the country’s strictly controlled political and media environment. The OSCE election observation mission reported a peaceful and orderly election day, but that “important safeguards were disregarded and substantial procedural errors and omissions were observed.” 
+Sources: Reuters, Organization for Security and Co-operation in Europe
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/kazakhstan/november-2022</t>
   </si>
   <si>
     <t>Anwar prime minister after election returns hung parliament</t>
   </si>
   <si>
+    <t xml:space="preserve">Anwar Ibrahim was sworn in as Malaysia’s Prime Minister on 24 November, five days after the nation’s general election returned the first hung parliament in its history. Despite the hung parliament, the election was widely interpreted as an historic defeat for the UNMO party, which dominated politics from independence in 1957 until 2018, and had staged a partial comeback during the last two years of political instability in the country. Anwar, a former UNMO member with a long and tumultuous career in politics, has been the main opposition leader for nearly twenty years. He will be the fifth prime minister in as many years and will need to manage a broad coalition of political parties to maintain power. 
+This was the first Malaysian election held since the voting age was lowered from 21 to 18. Voter turnout declined from previous elections to 73.9 per cent, and despite an increase in the number of women candidates, the number of women in parliament declined from 33 to 30.
+Sources: Reuters, New York Times, Coalition for Clean and Fair Elections (BERSIH), International IDEA, Free Malaysia Daily
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/malaysia/november-2022</t>
+  </si>
+  <si>
     <t>Anwar Ibrahim, Elections</t>
   </si>
   <si>
-    <t>Nepal - November 2022</t>
+    <t>Nepal</t>
   </si>
   <si>
     <t>General elections return hung parliament</t>
   </si>
   <si>
-    <t>Benin - November 2022</t>
+    <t xml:space="preserve">On 20 November, the Nepali general election returned a hung parliament that analysts say means a continuation of the political instability that has led Nepal to have thirty governments in the past thirty years. The ruling Nepali Congress and the opposition Communist Party of Nepal-United Marxist Leninist received the most and second-most votes, respectively, but neither has a large enough mandate to govern without gaining the support of several coalition parties. 
+The election day and campaign were mostly peaceful, but some minor irregularities were reported. The campaign was criticized for a lack of choice and representation of marginalized groups, and voter turnout was the lowest since 2008.
+Sources: The Diplomat (1), The Diplomat (2), Deutsche Welle, International Crisis Group, Online Khabar, Mint
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/nepal/november-2022</t>
   </si>
   <si>
     <t>Opposition party candidate list accepted ahead of January election</t>
   </si>
   <si>
-    <t>Nigeria - November 2022</t>
+    <t xml:space="preserve">As Benin prepares for the January 2023 legislative elections, political parties were required to submit their candidate lists to the National Autonomous Electoral Commission (CENA) for verification. The inadmissibility of any candidate results in the rejection of the entire list. In the case of the opposition party, The Democrats, four candidates (out of 218) were found to be lacking certificates from the tax authority and the party list was rejected, potentially eliminating the party from contesting the election. However, the party appealed this decision to the Constitutional Court. On 19 November, the Court ruled in the party’s favour, requiring CENA to allow The Democrats to submit a new list of candidates. The second list was accepted as valid. This brings the number of parties contesting the legislative election to seven, including the main opposition parties.  
+Sources: France24, Cadena de Ondas Populares Españolas, Anadolu Agency, Deutsche Welle
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/benin/november-2022</t>
   </si>
   <si>
     <t>CSOs on the alert as general election approaches</t>
   </si>
   <si>
-    <t>Equatorial Guinea - November 2022</t>
+    <t xml:space="preserve">With only three months until the February 2023 elections in Nigeria, many CSOs have been active in highlighting any procedural problems or restrictions on political rights. After a process of internal review during which the Independent National Electoral Commission (INEC) purged the voter register of 2.7 million ineligible registrants, INEC published the preliminary voter registry for public review. CSOs were quick to bring attention to potential problems relating to the registration of persons who may be too young to vote, and others who may be registered more than once. Following public input, the registry is to be corrected before the election. In isolated, but concerning incidents, two INEC local offices were the targets of arson in Ogun State and Osun State. Given the understaffing, logistical challenges (including matters around voter registration), and violence that marred the 2019 election, these matters in Nigeria must be carefully monitored.
+Sources: The Guardian (Nigeria), Sahara Reporters, Al Arabiya, Electoral Institute for Sustainable Democracy in Africa
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/nigeria/november-2022</t>
   </si>
   <si>
     <t>Africa’s longest-serving president wins election to extend 43-year tenure</t>
   </si>
   <si>
+    <t xml:space="preserve">Equatorial Guinea is a consolidated authoritarian regime, so it was not a surprise that President Teodoro Obiang Nguema Mbasogo was declared the winner of the presidential election on 20 November. Already in power for 43 years, the 80-year-old was elected to a seven-year term. The official results awarded him 94.5 per cent of the valid votes, with 43 per cent of the voting age population participating in the election. He has never received less than 93 per cent of the votes for the president. His political party, the Democratic Party of Equatorial Guinea (PDGE) also won all 100 seats in the lower chamber of the legislature and all 55 seats in the upper chamber. The leader of the only legal opposition party (Andrés Esono Ondo of the Convergence for Social Democracy) denounced the election as fraudulent. However, the African Union electoral observation mission stated that “the general elections were in accordance with international standards and the national legal framework governing those elections.” 
+Sources: Le Figaro, The National, France24, African Union, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/equatorial-guinea/november-2022</t>
+  </si>
+  <si>
     <t>Elections, Teodoro Obiang Nguema Mbasogo, AU</t>
   </si>
   <si>
-    <t>Brazil - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Luiz Inacio Lula da Silva narrowly wins presidential race in run-off</t>
   </si>
   <si>
-    <t>October 2022</t>
+    <t xml:space="preserve">Lula won the second-round elections held on 30 October, narrowly defeating incumbent Jair Bolsonaro after an extremely polarizing race, in which voter turnout was 79.4 per cent of those registered. This follows the first round, in which neither Lula nor the incumbent attained the needed 50.0 per cent of votes. 
+Thousands of Bolsonaro’s supporters protested the results and blocked traffic, some even calling on the military to intervene. Almost two days after the election took place, Bolsonaro’s administration acknowledged that the initiation of the transition process had been authorised. 
+Increased tension resulted in acts of politically based violence prior to the run-off, including the fatal stabbing of a Lula supporter in September. Moreover, increased power to oversee online content and measures to combat disinformation by the Tribunal Supremo Electoral (TSE) have been criticized as overreach. 
+In elections to congress, two Indigenous women were elected and, in a historic first, two trans women also won their parliamentary races. In the chamber of deputies, women’s representation increased from 15.0 to 17.7 per cent, but in the senate it decreased to only 12.3 per cent. Lula will govern with a congress in which members of Bolsonaro’s party make up the largest parliamentary group.
+Sources: Câmara dos Deputados,  La Nacion, Reuters, The New York Times (1), The New York Times (2), The Guardian
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/brazil/october-2022</t>
   </si>
   <si>
     <t>Jair Bolsonaro, Luiz Inacio Lula da Silva, Elections</t>
   </si>
   <si>
-    <t>United States of America - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Voters face intimidation from groups monitoring drop-box voting in Arizona</t>
   </si>
   <si>
+    <t xml:space="preserve">In the process leading up to the November midterm elections, voters in Arizona have faced intimidation from groups claiming to be protecting drop-box voting from fraud. Such groups have employed aggressive tactics to ‘monitor’ citizens who cast their votes early by openly carrying weapons, wearing tactical gear, by recording voters and sharing their images and personal information. On 1 November a federal judge ruled that those who engaged in ‘surveillance’ were forbidden from remaining in the physical proximity of ballot boxes and from openly carrying arms, and could not interact with voters or record their images.  
+Intimidation of voters and harassment of elections officials – as evidenced in the findings of a recent investigative report from Reuters - illustrate the environment of polarization and disinformation that has been a constant in the preparation for the midterms.
+Sources: ABC News, NPR, Reuters, The Conversation, The Guardian, The New York Times
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/united-states-america/october-2022</t>
+  </si>
+  <si>
     <t>Elections, Disinformation</t>
   </si>
   <si>
-    <t>Malaysia - October 2022</t>
+    <t xml:space="preserve">Following months of disarray in the ruling coalition, on 10 October Prime Minister Ismail Sabri Yaakob dissolved parliament and called for early elections. The central election commission set the election for 19 November. The election will be the first since Malaysia lowered the voting age from 21 to 18, enfranchising 5.8 million new voters, and the government has already come under significant criticism for the decision to hold elections during monsoon season. 
+Sources: South China Morning Post, Washington Post, The Diplomat 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/malaysia/october-2022</t>
   </si>
   <si>
     <t>Elections, Electoral Management Body, Sabri Yaakob</t>
   </si>
   <si>
-    <t>Pakistan - October 2022</t>
+    <t>2022-11-26</t>
   </si>
   <si>
     <t>Imran Khan barred from public office</t>
   </si>
   <si>
+    <t xml:space="preserve">Pakistan's election commission disqualified former prime minister Imran Khan from holding public office on 21 October following accusations that he incorrectly declared his assets and illegally sold state gifts. Khan's Pakistan Tehreek-e-Insaf party alleges the decision is politically motivated and will challenge it in Islamabad's high court. Mr Khan called on his supporters to protest the decision outside of Islamabad, although these came to a halt when police began firing tear gas to disperse crowds. The decision is expected to escalate political tensions amid Khan's long-promised march to Islamabad, challenging the government of his successor and calling for snap elections. 
+Sources: Dawn, Al Jazeera, NPR 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/pakistan/october-2022</t>
+  </si>
+  <si>
     <t>Elections, Imran Khan, Protests, Electoral Management Body</t>
   </si>
   <si>
-    <t>Bangladesh - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Escalating crackdown on opposition</t>
   </si>
   <si>
+    <t xml:space="preserve">Ahead of the 2023 parliamentary elections, violent clashes at political rallies have escalated amid Bangladesh's cost-of-living crisis. Bangladeshi authorities are accused of voter intimidation as well as carrying out mass arrests and raids of opposition supporters affiliated with the Bangladesh Nationalist Party - undermining their right to freedom of association and peaceful assembly. While questions remain as to the instigators of the violence, Human Rights Watch notes that those affiliated with the ruling Awami League "appear to have impunity" for attacks. 
+Sources: The Daily Star, Human Rights Watch 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bangladesh/october-2022</t>
+  </si>
+  <si>
     <t>Electoral Violence, Elections</t>
   </si>
   <si>
-    <t>Vanuatu - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Vanuatu holds snap elections</t>
   </si>
   <si>
+    <t xml:space="preserve">Vanuatu held snap elections on 13 October after a ten-day campaign, during which the nation’s small electoral management body cooperated with the Royal Australian Air Force to distribute and collect ballots in the nation’s 63 inhabited islands. Gloria Julia King was elected the sole woman in Vanuatu’s 52-seat legislature.  
+Sources: Barron's, The Guardian 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/vanuatu/october-2022</t>
+  </si>
+  <si>
     <t>Women's political participation, Gloria Julia King, Elections</t>
   </si>
   <si>
-    <t>Spain - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Procedures for out-of-country voting simplified</t>
   </si>
   <si>
-    <t>Fiji - October 2022</t>
+    <t xml:space="preserve">Electoral reforms were approved this month, designed to make it easier for Spanish citizens living abroad to vote. The amendments lift the requirement to request to receive a ballot (these are now sent to all registered voters). The changes also enable downloading of the ballot electronically, and extend the permitted time for submission of the completed ballot. In Spain’s four most recent elections less than 10 per cent of voters abroad requested a ballot, according to official data, and even fewer completed the steps necessary to cast their votes. According to the Ministry of Foreign Affairs, the reforms protect the rights of voters living abroad to participate in elections and cast their votes.
+Sources: Ministry of Foreign Affairs, European Union and Cooperation, Official State Gazette (BoE)
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/spain/october-2022</t>
   </si>
   <si>
     <t>Election announced</t>
   </si>
   <si>
+    <t xml:space="preserve">Prime Minister Frank Bainimarama announced Fiji would hold national elections on 14 December, after months of criticism from the opposition over the lack of a date for the regularly scheduled election. Both Bainimarama and his opponent Sitiveni Rabuka have led military coups, and the last transfer of executive power via an election took place in 1999. The most recent election was largely clean, but international observers are concerned about a further entrenchment of authoritarianism and decay of democratic norms. Opposition political parties have warned of legal intimidation and accused the government of the abuse of administrative resources, such as vote buying. 
+Sources: ABC, Fiji Times, The Guardian 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/fiji/october-2022</t>
+  </si>
+  <si>
     <t>Frank Bainimarama, Elections</t>
   </si>
   <si>
-    <t>Italy - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Italy forms farthest-right government since Mussolini’s fall</t>
   </si>
   <si>
+    <t xml:space="preserve">Italy’s new ruling coalition is the first far-right-led one since the World War II’s end. Meloni’s Fratelli d’Italia (Brothers of Italy), a party with neo-fascist origins, is the coalition’s dominant party. The government is expected to deal with major crisis following the soaring energy prices, increased cost of living and Russia’s war in Ukraine. Although this government will feature Italy’s first ever woman Prime Minister, only 25 per cent of Giorgia Meloni’s cabinet ministers are women – as compared to the two previous governments, which were comprised of 30 and 50 per cent women, respectively.
+Sources: Al Jazeera, Associated Press, Politico, France24
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/italy/october-2022</t>
+  </si>
+  <si>
     <t>Giorgia Meloni, Elections</t>
   </si>
   <si>
-    <t>Tunisia - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Growing opposition to president as new parties join boycott of December elections</t>
   </si>
   <si>
+    <t xml:space="preserve">On 3 October three new political parties joined the boycott of the parliamentary elections that are due to be held on 17 December. This came after 13 other political parties announced a boycott of the election in September, opposing the new electoral law imposed by President Kaïs Saïed. Anti-government protests followed later on 15 October, demanding Saïed’s resignation and accountability for the economic crisis. 
+Sources: Africa News, BBC, Al Monitor (1), Al Monitor (2), MEI, Reuters
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/tunisia/october-2022</t>
+  </si>
+  <si>
     <t>Kais Saied, Elections, Boycott</t>
   </si>
   <si>
-    <t>Taiwan - October 2022</t>
+    <t>2022-11-25</t>
   </si>
   <si>
     <t>Crackdown on organized crime linked to vote-buying</t>
   </si>
   <si>
+    <t xml:space="preserve">Taiwanese law enforcement agencies arrested over 250 suspected gang members on 21 October to deter organized crime-led violence explicitly linked to vote-buying ahead of the 26 November local elections. Over 50 illegal firearms were confiscated, with at least 45 major criminal figures identified among the suspects.  The arrests mark the fourth major joint campaign by law enforcement to crack down on organized crime over the past several years, with many of those arrested strongly linked to pro-China political and economic positions. 
+Sources: Taipei Times 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/taiwan/october-2022</t>
+  </si>
+  <si>
     <t>Security, Elections, Criminal Violence</t>
   </si>
   <si>
-    <t>Latvia - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Parliamentary elections held</t>
   </si>
   <si>
+    <t xml:space="preserve">The centre-right New Unity (JV) party of the incumbent Prime Minister Krišjānis Kariņš won 19 per cent of the vote in Latvia’s parliamentary elections on 1 October. Seven parties passed the five per cent threshold required to be represented in Parliament. The populist Stability party has replaced Harmony Social Democracy (SSD) as the largest Russophone party in Parliament. SSD had formerly been Latvia’s biggest opposition party but has lost support since publicly condemning Russia’s war in Ukraine. Overall voter turnout rose to 59 per cent - an increase of five percentage points compared to the 2018 elections. However, there was low turnout among the Latvian diaspora (only 16 per cent), partly as a result of recent amendments to election laws introducing additional requirements for opening election sites. For example, as a result of the new requirements, only nine sites were opened across the United Kingdom, where more than 130,000 Latvian citizens are registered to vote, compared to 19 during the 2018 elections. 
+Sources: International IDEA, London School of Economics, Baltic News Network
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/latvia/october-2022</t>
+  </si>
+  <si>
     <t>Elections, Krišjānis Kariņš</t>
   </si>
   <si>
-    <t>Bulgaria - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Uncertainty following parliamentary elections</t>
   </si>
   <si>
-    <t>Bosnia and Herzegovina - October 2022</t>
+    <t xml:space="preserve">Bulgaria held its fourth election in 18 months on 2 October. Former Prime Minister Boyko Borissov’s centre-right party, Citizens for European Development of Bulgaria (GERB), won the majority of votes, while the centrist anti-corruption We Continue the Change (PP) came second. Other parties, such as the pro-Russian Revival party, won sizeable chunks of votes as well, which means that any new government might involve several coalition members and rely on deals that could lead to further political crises. Political gridlock is likely to continue as GERB goes through difficulties to form a coalition. The low voter turnout (39.4 per cent) continued the trend of increased voter apathy. This is the lowest voter turnout in the four elections held in just two years. 
+Sources: EuroNews, Radio Bulgaria 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bulgaria/october-2022</t>
   </si>
   <si>
     <t>General elections held</t>
   </si>
   <si>
+    <t xml:space="preserve">On 2 October citizens of Bosnia and Herzegovina voted in general elections, recording a low voter turnout of 51.5 per cent. As votes were still being counted, the Office of the High Representative (OHR), an international body set up at the end of the Bosnian War in 1995, enacted changes to the constitutional and electoral law of the Federation. The OHR was able to impose the changes in the exercise of the Bonn powers accorded to the Office in 1997. The timing of the move was widely criticized. The OHR had earlier announced part of the reform package in July 2022, following protracted debate and deadlock between political parties. According to the OHR, the new measures aim to alleviate gridlock in key institutions and to give ethnic minorities, beyond the country’s three constituent peoples, greater political representation. Milorad Dodik faced allegations of vote-rigging in his bid for President of Republika Srpska, amid wider election fraud complaints brought by the opposition, and was declared the winner on 27 October, further to a recount. 
+Sources: Office of the High Representative, Al Jazeera, London School of Economics, International IDEA, Office of the High Representative, Crisis Group 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/bosnia-and-herzegovina/october-2022</t>
+  </si>
+  <si>
     <t>Elections, Milorad Dodik</t>
   </si>
   <si>
-    <t>Sweden - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Sweden parliament elects new PM</t>
   </si>
   <si>
+    <t xml:space="preserve">Following the results of the 2022 parliamentary election, Sweden’s parliament has elected Moderate Party’s Ulf Kristersson as Prime Minister. Although Kristersson’s party came in as the third largest vote winner in the election, his government – consisting of three centre-right coalition members – was formed with the agreement and support of the Sweden Democrats, a far-right anti-immigration party that came second in the election. The right-wing block will have 176 seats in Parliament, as opposed to the 173 seats of the left-wing.
+Sources: Al Jazeera
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/sweden/october-2022</t>
+  </si>
+  <si>
     <t>Ulf Kristersson, Elections</t>
   </si>
   <si>
-    <t>Austria - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Van der Bellen re-elected president</t>
   </si>
   <si>
+    <t xml:space="preserve">Austrian president, former leader of Greens, Alexander Van der Bellen has secured a second six-year term with more than 50 per cent of the vote and without going to a runoff. This result differs from the 2016 election when Van der Bellen only won by a narrow margin against his far-right rival Norbert Hofer. Despite the role being generally ceremonial, the president has sweeping powers during transition periods or crisis. Van der Bellen won on a slogan of “clarity” and “stability” following his reputation of leading in a steady and calm manner, particularly during political crisis. The voter turnout was 65.2 per cent.
+Sources: Financial Times, Euractiv, BBC, International IDEA
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/austria/october-2022</t>
+  </si>
+  <si>
     <t>Alexander Van der Bellen, Elections</t>
   </si>
   <si>
-    <t>Zimbabwe - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Harassment of journalists escalates ahead of expected election crackdown </t>
   </si>
   <si>
+    <t xml:space="preserve">Zimbabwean security agencies’ assault, detention and obstruction of five journalists in less than a week, marked an escalation in the harassment of journalists by state authorities as the country prepares for elections in 2023. The Media Institute of Southern Africa (MISA), an advocacy group, says that approximately 30 journalists have been subject to such treatment in 2022. In all five incidents, the journalists were trying to cover public interest events. While an escalation in journalist harassment in the build up to elections is common in Zimbabwe, the director of MISA Zimbabwe has said that this election season is promising to be worse than usual for the media. The Committee to Protect Journalists, an NGO, described the increased violence against journalists in the country as “a serious source of concern.” In 2022, Zimbabwe fell 7 places to 37th in the Press Freedom Index, which is published annually by the NGO Reporters without Borders.
+Sources: Committee to Protect Journalists, Daily Maverick, Voice of America, MISA Zimbabwe   
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/zimbabwe/october-2022</t>
+  </si>
+  <si>
     <t>Elections, Violence against journalists</t>
   </si>
   <si>
-    <t>Lesotho - October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Lesotho elects new Revolution for Prosperity party to lead coalition government</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lesotho held its general election on 7 October. Of the 65 political parties that contested the election, the newly formed Revolution for Prosperity (RFP) party emerged with the largest presence in the National Assembly, the lower house of Lesotho’s Parliament, winning 56 of the 120 seats - members of Lesotho’s upper house, the Senate, are not elected. The RFP’s failure to win a majority of seats meant they have had to form a coalition government with the Alliance of Democrats and the Movement for Economic Change. The government is headed by RFP’s leader, Sam Matekane, who was sworn in as Prime Minister on 28 October. Voter turnout was 34.7 per cent, 9.0 per cent lower than in the last general election in 2017. The preliminary findings of international observers praised the elections for being well run and peaceful, but raised concerns about poorly regulated campaign finance, a lack of independent information, and the low representation of women (they accounted for just 33.0 per cent of candidates).
+Sources: EU, AU, The Commonwealth, Lesotho Times, The Conversation, International IDEA, Government of Lesotho 
+</t>
+  </si>
+  <si>
+    <t>https://www.idea.int/democracytracker/report/lesotho/october-2022</t>
   </si>
   <si>
     <t>Elections, Sam Matekane, Revolution for Prosperity</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -3881,11610 +7102,38371 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I428"/>
+  <dimension ref="A1:AS451"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="2072.637" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="201.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:45">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM1" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS1" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:45">
       <c r="A2" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D2"/>
+        <v>47</v>
+      </c>
+      <c r="D2">
+        <v>2025</v>
+      </c>
       <c r="E2" t="s">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
       </c>
       <c r="I2" t="s">
-        <v>13</v>
-      </c>
+        <v>52</v>
+      </c>
+      <c r="J2">
+        <v>0</v>
+      </c>
+      <c r="K2">
+        <v>0</v>
+      </c>
+      <c r="L2">
+        <v>0</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2">
+        <v>1</v>
+      </c>
+      <c r="O2"/>
+      <c r="P2"/>
+      <c r="Q2"/>
+      <c r="R2"/>
+      <c r="S2"/>
+      <c r="T2"/>
+      <c r="U2">
+        <v>-1</v>
+      </c>
+      <c r="V2">
+        <v>0</v>
+      </c>
+      <c r="W2"/>
+      <c r="X2">
+        <v>-1</v>
+      </c>
+      <c r="Y2"/>
+      <c r="Z2">
+        <v>-1</v>
+      </c>
+      <c r="AA2"/>
+      <c r="AB2"/>
+      <c r="AC2"/>
+      <c r="AD2"/>
+      <c r="AE2"/>
+      <c r="AF2"/>
+      <c r="AG2"/>
+      <c r="AH2"/>
+      <c r="AI2"/>
+      <c r="AJ2">
+        <v>0</v>
+      </c>
+      <c r="AK2"/>
+      <c r="AL2"/>
+      <c r="AM2"/>
+      <c r="AN2"/>
+      <c r="AO2">
+        <v>0</v>
+      </c>
+      <c r="AP2"/>
+      <c r="AQ2"/>
+      <c r="AR2"/>
+      <c r="AS2"/>
     </row>
-    <row r="3" spans="1:9">
+    <row r="3" spans="1:45">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>47</v>
+      </c>
+      <c r="D3">
+        <v>2025</v>
+      </c>
       <c r="E3" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
-      </c>
+        <v>59</v>
+      </c>
+      <c r="J3">
+        <v>0</v>
+      </c>
+      <c r="K3">
+        <v>0</v>
+      </c>
+      <c r="L3">
+        <v>0</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3">
+        <v>0</v>
+      </c>
+      <c r="O3"/>
+      <c r="P3"/>
+      <c r="Q3"/>
+      <c r="R3"/>
+      <c r="S3"/>
+      <c r="T3"/>
+      <c r="U3"/>
+      <c r="V3">
+        <v>1</v>
+      </c>
+      <c r="W3"/>
+      <c r="X3"/>
+      <c r="Y3"/>
+      <c r="Z3"/>
+      <c r="AA3"/>
+      <c r="AB3"/>
+      <c r="AC3"/>
+      <c r="AD3"/>
+      <c r="AE3"/>
+      <c r="AF3"/>
+      <c r="AG3"/>
+      <c r="AH3"/>
+      <c r="AI3">
+        <v>1</v>
+      </c>
+      <c r="AJ3">
+        <v>0</v>
+      </c>
+      <c r="AK3">
+        <v>1</v>
+      </c>
+      <c r="AL3"/>
+      <c r="AM3"/>
+      <c r="AN3"/>
+      <c r="AO3">
+        <v>0</v>
+      </c>
+      <c r="AP3"/>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
     </row>
-    <row r="4" spans="1:9">
+    <row r="4" spans="1:45">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>47</v>
+      </c>
+      <c r="D4">
+        <v>2025</v>
+      </c>
       <c r="E4" t="s">
-        <v>21</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="F4" t="s">
+        <v>60</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
-      </c>
+        <v>63</v>
+      </c>
+      <c r="J4">
+        <v>0</v>
+      </c>
+      <c r="K4">
+        <v>0</v>
+      </c>
+      <c r="L4">
+        <v>1</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4">
+        <v>0</v>
+      </c>
+      <c r="O4"/>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4"/>
+      <c r="T4"/>
+      <c r="U4"/>
+      <c r="V4">
+        <v>0</v>
+      </c>
+      <c r="W4"/>
+      <c r="X4"/>
+      <c r="Y4"/>
+      <c r="Z4"/>
+      <c r="AA4"/>
+      <c r="AB4"/>
+      <c r="AC4"/>
+      <c r="AD4"/>
+      <c r="AE4"/>
+      <c r="AF4"/>
+      <c r="AG4"/>
+      <c r="AH4"/>
+      <c r="AI4"/>
+      <c r="AJ4">
+        <v>0</v>
+      </c>
+      <c r="AK4"/>
+      <c r="AL4"/>
+      <c r="AM4"/>
+      <c r="AN4"/>
+      <c r="AO4">
+        <v>0</v>
+      </c>
+      <c r="AP4"/>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
     </row>
-    <row r="5" spans="1:9">
+    <row r="5" spans="1:45">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>47</v>
+      </c>
+      <c r="D5">
+        <v>2025</v>
+      </c>
       <c r="E5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
       </c>
       <c r="I5" t="s">
-        <v>17</v>
-      </c>
+        <v>69</v>
+      </c>
+      <c r="J5">
+        <v>0</v>
+      </c>
+      <c r="K5">
+        <v>0</v>
+      </c>
+      <c r="L5">
+        <v>0</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5">
+        <v>0</v>
+      </c>
+      <c r="O5"/>
+      <c r="P5"/>
+      <c r="Q5"/>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
+      <c r="U5"/>
+      <c r="V5">
+        <v>0</v>
+      </c>
+      <c r="W5"/>
+      <c r="X5"/>
+      <c r="Y5"/>
+      <c r="Z5"/>
+      <c r="AA5"/>
+      <c r="AB5"/>
+      <c r="AC5"/>
+      <c r="AD5"/>
+      <c r="AE5"/>
+      <c r="AF5"/>
+      <c r="AG5"/>
+      <c r="AH5"/>
+      <c r="AI5">
+        <v>-1</v>
+      </c>
+      <c r="AJ5">
+        <v>0</v>
+      </c>
+      <c r="AK5">
+        <v>-1</v>
+      </c>
+      <c r="AL5"/>
+      <c r="AM5"/>
+      <c r="AN5"/>
+      <c r="AO5">
+        <v>0</v>
+      </c>
+      <c r="AP5"/>
+      <c r="AQ5"/>
+      <c r="AR5"/>
+      <c r="AS5"/>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:45">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>47</v>
+      </c>
+      <c r="D6">
+        <v>2025</v>
+      </c>
       <c r="E6" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>70</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>68</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
-      </c>
+        <v>72</v>
+      </c>
+      <c r="J6">
+        <v>0</v>
+      </c>
+      <c r="K6">
+        <v>0</v>
+      </c>
+      <c r="L6">
+        <v>1</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6">
+        <v>0</v>
+      </c>
+      <c r="O6"/>
+      <c r="P6"/>
+      <c r="Q6"/>
+      <c r="R6"/>
+      <c r="S6"/>
+      <c r="T6"/>
+      <c r="U6"/>
+      <c r="V6">
+        <v>0</v>
+      </c>
+      <c r="W6"/>
+      <c r="X6"/>
+      <c r="Y6"/>
+      <c r="Z6"/>
+      <c r="AA6"/>
+      <c r="AB6"/>
+      <c r="AC6"/>
+      <c r="AD6"/>
+      <c r="AE6"/>
+      <c r="AF6"/>
+      <c r="AG6"/>
+      <c r="AH6"/>
+      <c r="AI6"/>
+      <c r="AJ6">
+        <v>0</v>
+      </c>
+      <c r="AK6"/>
+      <c r="AL6"/>
+      <c r="AM6"/>
+      <c r="AN6"/>
+      <c r="AO6">
+        <v>0</v>
+      </c>
+      <c r="AP6"/>
+      <c r="AQ6"/>
+      <c r="AR6"/>
+      <c r="AS6"/>
     </row>
-    <row r="7" spans="1:9">
+    <row r="7" spans="1:45">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>47</v>
+      </c>
+      <c r="D7">
+        <v>2025</v>
+      </c>
       <c r="E7" t="s">
-        <v>30</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G7" t="s">
+        <v>77</v>
+      </c>
+      <c r="H7" t="s">
+        <v>78</v>
       </c>
       <c r="I7" t="s">
-        <v>17</v>
-      </c>
+        <v>79</v>
+      </c>
+      <c r="J7">
+        <v>0</v>
+      </c>
+      <c r="K7">
+        <v>0</v>
+      </c>
+      <c r="L7">
+        <v>0</v>
+      </c>
+      <c r="M7">
+        <v>1</v>
+      </c>
+      <c r="N7">
+        <v>0</v>
+      </c>
+      <c r="O7"/>
+      <c r="P7">
+        <v>1</v>
+      </c>
+      <c r="Q7"/>
+      <c r="R7"/>
+      <c r="S7"/>
+      <c r="T7"/>
+      <c r="U7"/>
+      <c r="V7">
+        <v>0</v>
+      </c>
+      <c r="W7"/>
+      <c r="X7"/>
+      <c r="Y7"/>
+      <c r="Z7"/>
+      <c r="AA7"/>
+      <c r="AB7"/>
+      <c r="AC7"/>
+      <c r="AD7"/>
+      <c r="AE7"/>
+      <c r="AF7"/>
+      <c r="AG7"/>
+      <c r="AH7"/>
+      <c r="AI7"/>
+      <c r="AJ7">
+        <v>0</v>
+      </c>
+      <c r="AK7"/>
+      <c r="AL7"/>
+      <c r="AM7"/>
+      <c r="AN7"/>
+      <c r="AO7">
+        <v>0</v>
+      </c>
+      <c r="AP7"/>
+      <c r="AQ7"/>
+      <c r="AR7"/>
+      <c r="AS7"/>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:45">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>47</v>
+      </c>
+      <c r="D8">
+        <v>2025</v>
+      </c>
       <c r="E8" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="F8" t="s">
+        <v>80</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>34</v>
-      </c>
+        <v>69</v>
+      </c>
+      <c r="J8">
+        <v>0</v>
+      </c>
+      <c r="K8">
+        <v>0</v>
+      </c>
+      <c r="L8">
+        <v>0</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8">
+        <v>0</v>
+      </c>
+      <c r="O8"/>
+      <c r="P8"/>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8">
+        <v>0</v>
+      </c>
+      <c r="W8"/>
+      <c r="X8"/>
+      <c r="Y8"/>
+      <c r="Z8"/>
+      <c r="AA8"/>
+      <c r="AB8"/>
+      <c r="AC8"/>
+      <c r="AD8"/>
+      <c r="AE8"/>
+      <c r="AF8"/>
+      <c r="AG8"/>
+      <c r="AH8"/>
+      <c r="AI8">
+        <v>1</v>
+      </c>
+      <c r="AJ8">
+        <v>0</v>
+      </c>
+      <c r="AK8">
+        <v>1</v>
+      </c>
+      <c r="AL8"/>
+      <c r="AM8"/>
+      <c r="AN8"/>
+      <c r="AO8">
+        <v>0</v>
+      </c>
+      <c r="AP8"/>
+      <c r="AQ8"/>
+      <c r="AR8"/>
+      <c r="AS8"/>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:45">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>47</v>
+      </c>
+      <c r="D9">
+        <v>2025</v>
+      </c>
       <c r="E9" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9" t="s">
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>34</v>
-      </c>
+        <v>84</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+      <c r="K9">
+        <v>0</v>
+      </c>
+      <c r="L9">
+        <v>1</v>
+      </c>
+      <c r="M9"/>
+      <c r="N9">
+        <v>0</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9"/>
+      <c r="Q9"/>
+      <c r="R9"/>
+      <c r="S9"/>
+      <c r="T9"/>
+      <c r="U9"/>
+      <c r="V9">
+        <v>0</v>
+      </c>
+      <c r="W9"/>
+      <c r="X9"/>
+      <c r="Y9"/>
+      <c r="Z9"/>
+      <c r="AA9"/>
+      <c r="AB9"/>
+      <c r="AC9"/>
+      <c r="AD9"/>
+      <c r="AE9"/>
+      <c r="AF9"/>
+      <c r="AG9"/>
+      <c r="AH9"/>
+      <c r="AI9"/>
+      <c r="AJ9">
+        <v>0</v>
+      </c>
+      <c r="AK9"/>
+      <c r="AL9"/>
+      <c r="AM9"/>
+      <c r="AN9"/>
+      <c r="AO9">
+        <v>0</v>
+      </c>
+      <c r="AP9"/>
+      <c r="AQ9"/>
+      <c r="AR9"/>
+      <c r="AS9"/>
     </row>
-    <row r="10" spans="1:9">
+    <row r="10" spans="1:45">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>47</v>
+      </c>
+      <c r="D10">
+        <v>2025</v>
+      </c>
       <c r="E10" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10" t="s">
+        <v>88</v>
       </c>
       <c r="I10" t="s">
-        <v>22</v>
-      </c>
+        <v>89</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
+      </c>
+      <c r="K10">
+        <v>0</v>
+      </c>
+      <c r="L10">
+        <v>1</v>
+      </c>
+      <c r="M10"/>
+      <c r="N10">
+        <v>0</v>
+      </c>
+      <c r="O10"/>
+      <c r="P10"/>
+      <c r="Q10"/>
+      <c r="R10"/>
+      <c r="S10"/>
+      <c r="T10"/>
+      <c r="U10"/>
+      <c r="V10">
+        <v>0</v>
+      </c>
+      <c r="W10"/>
+      <c r="X10"/>
+      <c r="Y10"/>
+      <c r="Z10"/>
+      <c r="AA10"/>
+      <c r="AB10"/>
+      <c r="AC10"/>
+      <c r="AD10"/>
+      <c r="AE10"/>
+      <c r="AF10"/>
+      <c r="AG10"/>
+      <c r="AH10"/>
+      <c r="AI10"/>
+      <c r="AJ10">
+        <v>0</v>
+      </c>
+      <c r="AK10"/>
+      <c r="AL10"/>
+      <c r="AM10"/>
+      <c r="AN10"/>
+      <c r="AO10">
+        <v>0</v>
+      </c>
+      <c r="AP10"/>
+      <c r="AQ10"/>
+      <c r="AR10"/>
+      <c r="AS10"/>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:45">
       <c r="A11" t="s">
-        <v>41</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>47</v>
+      </c>
+      <c r="D11">
+        <v>2025</v>
+      </c>
       <c r="E11" t="s">
-        <v>43</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>93</v>
+      </c>
+      <c r="H11" t="s">
+        <v>94</v>
       </c>
       <c r="I11" t="s">
-        <v>22</v>
-      </c>
+        <v>95</v>
+      </c>
+      <c r="J11">
+        <v>0</v>
+      </c>
+      <c r="K11">
+        <v>0</v>
+      </c>
+      <c r="L11">
+        <v>1</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11">
+        <v>0</v>
+      </c>
+      <c r="O11"/>
+      <c r="P11"/>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11">
+        <v>0</v>
+      </c>
+      <c r="W11"/>
+      <c r="X11"/>
+      <c r="Y11"/>
+      <c r="Z11"/>
+      <c r="AA11"/>
+      <c r="AB11"/>
+      <c r="AC11"/>
+      <c r="AD11"/>
+      <c r="AE11"/>
+      <c r="AF11"/>
+      <c r="AG11"/>
+      <c r="AH11"/>
+      <c r="AI11"/>
+      <c r="AJ11">
+        <v>0</v>
+      </c>
+      <c r="AK11"/>
+      <c r="AL11"/>
+      <c r="AM11"/>
+      <c r="AN11"/>
+      <c r="AO11">
+        <v>0</v>
+      </c>
+      <c r="AP11"/>
+      <c r="AQ11"/>
+      <c r="AR11"/>
+      <c r="AS11"/>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:45">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12">
+        <v>2025</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>99</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12" t="s">
+        <v>101</v>
+      </c>
+      <c r="I12" t="s">
+        <v>72</v>
+      </c>
+      <c r="J12">
+        <v>0</v>
+      </c>
+      <c r="K12">
+        <v>0</v>
+      </c>
+      <c r="L12">
+        <v>1</v>
+      </c>
+      <c r="M12"/>
+      <c r="N12">
+        <v>0</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12"/>
+      <c r="Q12"/>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
+      <c r="U12"/>
+      <c r="V12">
+        <v>0</v>
+      </c>
+      <c r="W12"/>
+      <c r="X12"/>
+      <c r="Y12"/>
+      <c r="Z12"/>
+      <c r="AA12"/>
+      <c r="AB12"/>
+      <c r="AC12"/>
+      <c r="AD12"/>
+      <c r="AE12"/>
+      <c r="AF12"/>
+      <c r="AG12"/>
+      <c r="AH12"/>
+      <c r="AI12"/>
+      <c r="AJ12">
+        <v>0</v>
+      </c>
+      <c r="AK12"/>
+      <c r="AL12"/>
+      <c r="AM12"/>
+      <c r="AN12"/>
+      <c r="AO12">
+        <v>0</v>
+      </c>
+      <c r="AP12"/>
+      <c r="AQ12"/>
+      <c r="AR12"/>
+      <c r="AS12"/>
+    </row>
+    <row r="13" spans="1:45">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13">
+        <v>2025</v>
+      </c>
+      <c r="E13" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" t="s">
+        <v>103</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" t="s">
+        <v>105</v>
+      </c>
+      <c r="I13" t="s">
+        <v>106</v>
+      </c>
+      <c r="J13">
+        <v>0</v>
+      </c>
+      <c r="K13">
+        <v>0</v>
+      </c>
+      <c r="L13">
+        <v>0</v>
+      </c>
+      <c r="M13"/>
+      <c r="N13">
+        <v>1</v>
+      </c>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+      <c r="R13"/>
+      <c r="S13"/>
+      <c r="T13"/>
+      <c r="U13"/>
+      <c r="V13">
+        <v>0</v>
+      </c>
+      <c r="W13"/>
+      <c r="X13"/>
+      <c r="Y13"/>
+      <c r="Z13"/>
+      <c r="AA13"/>
+      <c r="AB13"/>
+      <c r="AC13"/>
+      <c r="AD13"/>
+      <c r="AE13"/>
+      <c r="AF13"/>
+      <c r="AG13"/>
+      <c r="AH13"/>
+      <c r="AI13"/>
+      <c r="AJ13">
+        <v>0</v>
+      </c>
+      <c r="AK13"/>
+      <c r="AL13"/>
+      <c r="AM13"/>
+      <c r="AN13">
+        <v>2</v>
+      </c>
+      <c r="AO13">
+        <v>0</v>
+      </c>
+      <c r="AP13"/>
+      <c r="AQ13"/>
+      <c r="AR13" t="s">
+        <v>107</v>
+      </c>
+      <c r="AS13"/>
+    </row>
+    <row r="14" spans="1:45">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14">
+        <v>2025</v>
+      </c>
+      <c r="E14" t="s">
+        <v>110</v>
+      </c>
+      <c r="F14" t="s">
+        <v>111</v>
+      </c>
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14" t="s">
+        <v>113</v>
+      </c>
+      <c r="I14" t="s">
+        <v>114</v>
+      </c>
+      <c r="J14">
+        <v>0</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
+      <c r="L14">
+        <v>0</v>
+      </c>
+      <c r="M14">
+        <v>0</v>
+      </c>
+      <c r="N14">
+        <v>0</v>
+      </c>
+      <c r="O14"/>
+      <c r="P14"/>
+      <c r="Q14">
+        <v>0</v>
+      </c>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
+      <c r="U14"/>
+      <c r="V14">
+        <v>0</v>
+      </c>
+      <c r="W14"/>
+      <c r="X14"/>
+      <c r="Y14"/>
+      <c r="Z14"/>
+      <c r="AA14"/>
+      <c r="AB14"/>
+      <c r="AC14"/>
+      <c r="AD14"/>
+      <c r="AE14"/>
+      <c r="AF14"/>
+      <c r="AG14"/>
+      <c r="AH14"/>
+      <c r="AI14"/>
+      <c r="AJ14">
+        <v>0</v>
+      </c>
+      <c r="AK14"/>
+      <c r="AL14"/>
+      <c r="AM14"/>
+      <c r="AN14"/>
+      <c r="AO14">
+        <v>0</v>
+      </c>
+      <c r="AP14"/>
+      <c r="AQ14"/>
+      <c r="AR14"/>
+      <c r="AS14"/>
+    </row>
+    <row r="15" spans="1:45">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15">
+        <v>2025</v>
+      </c>
+      <c r="E15" t="s">
+        <v>116</v>
+      </c>
+      <c r="F15" t="s">
+        <v>117</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" t="s">
+        <v>119</v>
+      </c>
+      <c r="I15" t="s">
+        <v>120</v>
+      </c>
+      <c r="J15">
+        <v>0</v>
+      </c>
+      <c r="K15">
+        <v>0</v>
+      </c>
+      <c r="L15">
+        <v>0</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15">
+        <v>0</v>
+      </c>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
+      <c r="U15">
+        <v>1</v>
+      </c>
+      <c r="V15">
+        <v>0</v>
+      </c>
+      <c r="W15"/>
+      <c r="X15"/>
+      <c r="Y15"/>
+      <c r="Z15"/>
+      <c r="AA15"/>
+      <c r="AB15"/>
+      <c r="AC15"/>
+      <c r="AD15"/>
+      <c r="AE15">
+        <v>1</v>
+      </c>
+      <c r="AF15">
+        <v>1</v>
+      </c>
+      <c r="AG15"/>
+      <c r="AH15"/>
+      <c r="AI15"/>
+      <c r="AJ15">
+        <v>0</v>
+      </c>
+      <c r="AK15"/>
+      <c r="AL15"/>
+      <c r="AM15"/>
+      <c r="AN15"/>
+      <c r="AO15">
+        <v>0</v>
+      </c>
+      <c r="AP15"/>
+      <c r="AQ15"/>
+      <c r="AR15"/>
+      <c r="AS15"/>
+    </row>
+    <row r="16" spans="1:45">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16">
+        <v>2025</v>
+      </c>
+      <c r="E16" t="s">
+        <v>116</v>
+      </c>
+      <c r="F16" t="s">
+        <v>121</v>
+      </c>
+      <c r="G16" t="s">
+        <v>122</v>
+      </c>
+      <c r="H16" t="s">
+        <v>119</v>
+      </c>
+      <c r="I16" t="s">
+        <v>72</v>
+      </c>
+      <c r="J16">
+        <v>0</v>
+      </c>
+      <c r="K16">
+        <v>0</v>
+      </c>
+      <c r="L16">
+        <v>1</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16">
+        <v>0</v>
+      </c>
+      <c r="O16"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+      <c r="R16"/>
+      <c r="S16"/>
+      <c r="T16"/>
+      <c r="U16"/>
+      <c r="V16">
+        <v>0</v>
+      </c>
+      <c r="W16"/>
+      <c r="X16"/>
+      <c r="Y16"/>
+      <c r="Z16"/>
+      <c r="AA16"/>
+      <c r="AB16"/>
+      <c r="AC16"/>
+      <c r="AD16"/>
+      <c r="AE16"/>
+      <c r="AF16"/>
+      <c r="AG16"/>
+      <c r="AH16"/>
+      <c r="AI16"/>
+      <c r="AJ16">
+        <v>0</v>
+      </c>
+      <c r="AK16"/>
+      <c r="AL16"/>
+      <c r="AM16"/>
+      <c r="AN16"/>
+      <c r="AO16">
+        <v>0</v>
+      </c>
+      <c r="AP16"/>
+      <c r="AQ16"/>
+      <c r="AR16"/>
+      <c r="AS16"/>
+    </row>
+    <row r="17" spans="1:45">
+      <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17">
+        <v>2025</v>
+      </c>
+      <c r="E17" t="s">
+        <v>123</v>
+      </c>
+      <c r="F17" t="s">
+        <v>124</v>
+      </c>
+      <c r="G17" t="s">
+        <v>125</v>
+      </c>
+      <c r="H17" t="s">
+        <v>126</v>
+      </c>
+      <c r="I17" t="s">
+        <v>127</v>
+      </c>
+      <c r="J17">
+        <v>0</v>
+      </c>
+      <c r="K17">
+        <v>0</v>
+      </c>
+      <c r="L17">
+        <v>0</v>
+      </c>
+      <c r="M17"/>
+      <c r="N17">
+        <v>0</v>
+      </c>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
+      <c r="U17"/>
+      <c r="V17">
+        <v>0</v>
+      </c>
+      <c r="W17"/>
+      <c r="X17"/>
+      <c r="Y17"/>
+      <c r="Z17"/>
+      <c r="AA17"/>
+      <c r="AB17"/>
+      <c r="AC17"/>
+      <c r="AD17"/>
+      <c r="AE17"/>
+      <c r="AF17"/>
+      <c r="AG17"/>
+      <c r="AH17"/>
+      <c r="AI17"/>
+      <c r="AJ17">
+        <v>0</v>
+      </c>
+      <c r="AK17"/>
+      <c r="AL17"/>
+      <c r="AM17"/>
+      <c r="AN17">
+        <v>1</v>
+      </c>
+      <c r="AO17">
+        <v>0</v>
+      </c>
+      <c r="AP17"/>
+      <c r="AQ17" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR17"/>
+      <c r="AS17"/>
+    </row>
+    <row r="18" spans="1:45">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18">
+        <v>2025</v>
+      </c>
+      <c r="E18" t="s">
+        <v>123</v>
+      </c>
+      <c r="F18" t="s">
+        <v>131</v>
+      </c>
+      <c r="G18" t="s">
+        <v>132</v>
+      </c>
+      <c r="H18" t="s">
+        <v>133</v>
+      </c>
+      <c r="I18" t="s">
+        <v>134</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+      <c r="K18">
+        <v>0</v>
+      </c>
+      <c r="L18">
+        <v>0</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18">
+        <v>1</v>
+      </c>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18">
+        <v>0</v>
+      </c>
+      <c r="W18"/>
+      <c r="X18"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
+      <c r="AA18"/>
+      <c r="AB18"/>
+      <c r="AC18"/>
+      <c r="AD18"/>
+      <c r="AE18"/>
+      <c r="AF18"/>
+      <c r="AG18"/>
+      <c r="AH18"/>
+      <c r="AI18"/>
+      <c r="AJ18">
+        <v>0</v>
+      </c>
+      <c r="AK18"/>
+      <c r="AL18"/>
+      <c r="AM18"/>
+      <c r="AN18">
+        <v>-1</v>
+      </c>
+      <c r="AO18">
+        <v>0</v>
+      </c>
+      <c r="AP18">
+        <v>-1</v>
+      </c>
+      <c r="AQ18"/>
+      <c r="AR18"/>
+      <c r="AS18"/>
+    </row>
+    <row r="19" spans="1:45">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19">
+        <v>2025</v>
+      </c>
+      <c r="E19" t="s">
+        <v>123</v>
+      </c>
+      <c r="F19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G19" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19" t="s">
+        <v>138</v>
+      </c>
+      <c r="I19" t="s">
+        <v>139</v>
+      </c>
+      <c r="J19">
+        <v>0</v>
+      </c>
+      <c r="K19">
+        <v>0</v>
+      </c>
+      <c r="L19">
+        <v>0</v>
+      </c>
+      <c r="M19">
+        <v>-1</v>
+      </c>
+      <c r="N19">
+        <v>0</v>
+      </c>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19">
+        <v>-1</v>
+      </c>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19">
+        <v>0</v>
+      </c>
+      <c r="W19"/>
+      <c r="X19"/>
+      <c r="Y19"/>
+      <c r="Z19"/>
+      <c r="AA19"/>
+      <c r="AB19"/>
+      <c r="AC19"/>
+      <c r="AD19"/>
+      <c r="AE19"/>
+      <c r="AF19"/>
+      <c r="AG19"/>
+      <c r="AH19"/>
+      <c r="AI19"/>
+      <c r="AJ19">
+        <v>0</v>
+      </c>
+      <c r="AK19"/>
+      <c r="AL19"/>
+      <c r="AM19"/>
+      <c r="AN19"/>
+      <c r="AO19">
+        <v>0</v>
+      </c>
+      <c r="AP19"/>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
+    </row>
+    <row r="20" spans="1:45">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20">
+        <v>2025</v>
+      </c>
+      <c r="E20" t="s">
+        <v>142</v>
+      </c>
+      <c r="F20" t="s">
+        <v>143</v>
+      </c>
+      <c r="G20" t="s">
+        <v>144</v>
+      </c>
+      <c r="H20" t="s">
+        <v>145</v>
+      </c>
+      <c r="I20" t="s">
+        <v>146</v>
+      </c>
+      <c r="J20">
+        <v>0</v>
+      </c>
+      <c r="K20">
+        <v>1</v>
+      </c>
+      <c r="L20">
+        <v>0</v>
+      </c>
+      <c r="M20">
+        <v>0</v>
+      </c>
+      <c r="N20">
+        <v>0</v>
+      </c>
+      <c r="O20"/>
+      <c r="P20">
+        <v>0</v>
+      </c>
+      <c r="Q20"/>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
+      <c r="U20"/>
+      <c r="V20">
+        <v>0</v>
+      </c>
+      <c r="W20"/>
+      <c r="X20"/>
+      <c r="Y20"/>
+      <c r="Z20"/>
+      <c r="AA20"/>
+      <c r="AB20"/>
+      <c r="AC20"/>
+      <c r="AD20"/>
+      <c r="AE20"/>
+      <c r="AF20"/>
+      <c r="AG20"/>
+      <c r="AH20"/>
+      <c r="AI20"/>
+      <c r="AJ20">
+        <v>0</v>
+      </c>
+      <c r="AK20"/>
+      <c r="AL20"/>
+      <c r="AM20"/>
+      <c r="AN20"/>
+      <c r="AO20">
+        <v>0</v>
+      </c>
+      <c r="AP20"/>
+      <c r="AQ20"/>
+      <c r="AR20"/>
+      <c r="AS20"/>
+    </row>
+    <row r="21" spans="1:45">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21">
+        <v>2025</v>
+      </c>
+      <c r="E21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>149</v>
+      </c>
+      <c r="G21" t="s">
+        <v>150</v>
+      </c>
+      <c r="H21" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" t="s">
+        <v>152</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+      <c r="K21">
+        <v>1</v>
+      </c>
+      <c r="L21">
+        <v>0</v>
+      </c>
+      <c r="M21">
+        <v>0</v>
+      </c>
+      <c r="N21">
+        <v>0</v>
+      </c>
+      <c r="O21"/>
+      <c r="P21">
+        <v>0</v>
+      </c>
+      <c r="Q21"/>
+      <c r="R21"/>
+      <c r="S21"/>
+      <c r="T21"/>
+      <c r="U21"/>
+      <c r="V21">
+        <v>0</v>
+      </c>
+      <c r="W21"/>
+      <c r="X21"/>
+      <c r="Y21"/>
+      <c r="Z21"/>
+      <c r="AA21"/>
+      <c r="AB21"/>
+      <c r="AC21"/>
+      <c r="AD21"/>
+      <c r="AE21"/>
+      <c r="AF21"/>
+      <c r="AG21"/>
+      <c r="AH21"/>
+      <c r="AI21"/>
+      <c r="AJ21">
+        <v>0</v>
+      </c>
+      <c r="AK21"/>
+      <c r="AL21"/>
+      <c r="AM21"/>
+      <c r="AN21"/>
+      <c r="AO21">
+        <v>0</v>
+      </c>
+      <c r="AP21"/>
+      <c r="AQ21"/>
+      <c r="AR21"/>
+      <c r="AS21"/>
+    </row>
+    <row r="22" spans="1:45">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22">
+        <v>2025</v>
+      </c>
+      <c r="E22" t="s">
+        <v>110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>155</v>
+      </c>
+      <c r="G22" t="s">
+        <v>156</v>
+      </c>
+      <c r="H22" t="s">
+        <v>157</v>
+      </c>
+      <c r="I22" t="s">
+        <v>158</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22">
+        <v>0</v>
+      </c>
+      <c r="L22">
+        <v>1</v>
+      </c>
+      <c r="M22"/>
+      <c r="N22">
+        <v>0</v>
+      </c>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
+      <c r="U22"/>
+      <c r="V22">
+        <v>0</v>
+      </c>
+      <c r="W22"/>
+      <c r="X22"/>
+      <c r="Y22"/>
+      <c r="Z22"/>
+      <c r="AA22"/>
+      <c r="AB22"/>
+      <c r="AC22"/>
+      <c r="AD22"/>
+      <c r="AE22"/>
+      <c r="AF22"/>
+      <c r="AG22"/>
+      <c r="AH22"/>
+      <c r="AI22"/>
+      <c r="AJ22">
+        <v>0</v>
+      </c>
+      <c r="AK22"/>
+      <c r="AL22"/>
+      <c r="AM22"/>
+      <c r="AN22"/>
+      <c r="AO22">
+        <v>0</v>
+      </c>
+      <c r="AP22"/>
+      <c r="AQ22"/>
+      <c r="AR22"/>
+      <c r="AS22"/>
+    </row>
+    <row r="23" spans="1:45">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23">
+        <v>2025</v>
+      </c>
+      <c r="E23" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" t="s">
+        <v>160</v>
+      </c>
+      <c r="G23" t="s">
+        <v>161</v>
+      </c>
+      <c r="H23" t="s">
+        <v>162</v>
+      </c>
+      <c r="I23" t="s">
+        <v>163</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
+      </c>
+      <c r="K23">
+        <v>0</v>
+      </c>
+      <c r="L23">
+        <v>0</v>
+      </c>
+      <c r="M23">
+        <v>-1</v>
+      </c>
+      <c r="N23">
+        <v>0</v>
+      </c>
+      <c r="O23">
+        <v>-1</v>
+      </c>
+      <c r="P23"/>
+      <c r="Q23">
+        <v>-1</v>
+      </c>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
+      <c r="U23"/>
+      <c r="V23">
+        <v>0</v>
+      </c>
+      <c r="W23"/>
+      <c r="X23"/>
+      <c r="Y23"/>
+      <c r="Z23"/>
+      <c r="AA23"/>
+      <c r="AB23"/>
+      <c r="AC23"/>
+      <c r="AD23"/>
+      <c r="AE23"/>
+      <c r="AF23"/>
+      <c r="AG23"/>
+      <c r="AH23"/>
+      <c r="AI23"/>
+      <c r="AJ23">
+        <v>0</v>
+      </c>
+      <c r="AK23"/>
+      <c r="AL23"/>
+      <c r="AM23"/>
+      <c r="AN23"/>
+      <c r="AO23">
+        <v>0</v>
+      </c>
+      <c r="AP23"/>
+      <c r="AQ23"/>
+      <c r="AR23"/>
+      <c r="AS23"/>
+    </row>
+    <row r="24" spans="1:45">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24">
+        <v>2025</v>
+      </c>
+      <c r="E24" t="s">
+        <v>110</v>
+      </c>
+      <c r="F24" t="s">
+        <v>165</v>
+      </c>
+      <c r="G24" t="s">
+        <v>166</v>
+      </c>
+      <c r="H24" t="s">
+        <v>167</v>
+      </c>
+      <c r="I24" t="s">
+        <v>168</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
+      </c>
+      <c r="K24">
+        <v>0</v>
+      </c>
+      <c r="L24">
+        <v>0</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24">
+        <v>1</v>
+      </c>
+      <c r="O24"/>
+      <c r="P24"/>
+      <c r="Q24"/>
+      <c r="R24"/>
+      <c r="S24"/>
+      <c r="T24"/>
+      <c r="U24"/>
+      <c r="V24">
+        <v>0</v>
+      </c>
+      <c r="W24"/>
+      <c r="X24"/>
+      <c r="Y24"/>
+      <c r="Z24"/>
+      <c r="AA24"/>
+      <c r="AB24"/>
+      <c r="AC24"/>
+      <c r="AD24"/>
+      <c r="AE24"/>
+      <c r="AF24"/>
+      <c r="AG24"/>
+      <c r="AH24"/>
+      <c r="AI24"/>
+      <c r="AJ24">
+        <v>1</v>
+      </c>
+      <c r="AK24"/>
+      <c r="AL24"/>
+      <c r="AM24"/>
+      <c r="AN24">
+        <v>-1</v>
+      </c>
+      <c r="AO24">
+        <v>0</v>
+      </c>
+      <c r="AP24"/>
+      <c r="AQ24"/>
+      <c r="AR24" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS24"/>
+    </row>
+    <row r="25" spans="1:45">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25">
+        <v>2025</v>
+      </c>
+      <c r="E25" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+      <c r="I25" t="s">
+        <v>114</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
+      </c>
+      <c r="L25">
+        <v>0</v>
+      </c>
+      <c r="M25">
+        <v>0</v>
+      </c>
+      <c r="N25">
+        <v>0</v>
+      </c>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25">
+        <v>0</v>
+      </c>
+      <c r="R25"/>
+      <c r="S25"/>
+      <c r="T25"/>
+      <c r="U25"/>
+      <c r="V25">
+        <v>0</v>
+      </c>
+      <c r="W25"/>
+      <c r="X25"/>
+      <c r="Y25"/>
+      <c r="Z25"/>
+      <c r="AA25"/>
+      <c r="AB25"/>
+      <c r="AC25"/>
+      <c r="AD25"/>
+      <c r="AE25"/>
+      <c r="AF25"/>
+      <c r="AG25"/>
+      <c r="AH25"/>
+      <c r="AI25"/>
+      <c r="AJ25">
+        <v>0</v>
+      </c>
+      <c r="AK25"/>
+      <c r="AL25"/>
+      <c r="AM25"/>
+      <c r="AN25"/>
+      <c r="AO25">
+        <v>0</v>
+      </c>
+      <c r="AP25"/>
+      <c r="AQ25"/>
+      <c r="AR25"/>
+      <c r="AS25"/>
+    </row>
+    <row r="26" spans="1:45">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26">
+        <v>2025</v>
+      </c>
+      <c r="E26" t="s">
+        <v>110</v>
+      </c>
+      <c r="F26" t="s">
+        <v>172</v>
+      </c>
+      <c r="G26" t="s">
+        <v>173</v>
+      </c>
+      <c r="H26" t="s">
+        <v>174</v>
+      </c>
+      <c r="I26" t="s">
+        <v>175</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26">
+        <v>1</v>
+      </c>
+      <c r="L26">
+        <v>0</v>
+      </c>
+      <c r="M26"/>
+      <c r="N26">
+        <v>1</v>
+      </c>
+      <c r="O26"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+      <c r="R26"/>
+      <c r="S26"/>
+      <c r="T26"/>
+      <c r="U26"/>
+      <c r="V26">
+        <v>1</v>
+      </c>
+      <c r="W26"/>
+      <c r="X26"/>
+      <c r="Y26"/>
+      <c r="Z26"/>
+      <c r="AA26"/>
+      <c r="AB26"/>
+      <c r="AC26"/>
+      <c r="AD26"/>
+      <c r="AE26"/>
+      <c r="AF26"/>
+      <c r="AG26"/>
+      <c r="AH26"/>
+      <c r="AI26"/>
+      <c r="AJ26">
+        <v>0</v>
+      </c>
+      <c r="AK26"/>
+      <c r="AL26"/>
+      <c r="AM26"/>
+      <c r="AN26"/>
+      <c r="AO26">
+        <v>1</v>
+      </c>
+      <c r="AP26"/>
+      <c r="AQ26"/>
+      <c r="AR26"/>
+      <c r="AS26"/>
+    </row>
+    <row r="27" spans="1:45">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>178</v>
+      </c>
+      <c r="D27">
+        <v>2025</v>
+      </c>
+      <c r="E27" t="s">
+        <v>179</v>
+      </c>
+      <c r="F27" t="s">
+        <v>180</v>
+      </c>
+      <c r="G27" t="s">
+        <v>181</v>
+      </c>
+      <c r="H27" t="s">
+        <v>182</v>
+      </c>
+      <c r="I27" t="s">
+        <v>183</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27">
+        <v>0</v>
+      </c>
+      <c r="L27">
+        <v>0</v>
+      </c>
+      <c r="M27">
+        <v>-1</v>
+      </c>
+      <c r="N27">
+        <v>0</v>
+      </c>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27"/>
+      <c r="S27">
+        <v>-1</v>
+      </c>
+      <c r="T27"/>
+      <c r="U27"/>
+      <c r="V27">
+        <v>0</v>
+      </c>
+      <c r="W27"/>
+      <c r="X27"/>
+      <c r="Y27"/>
+      <c r="Z27"/>
+      <c r="AA27"/>
+      <c r="AB27"/>
+      <c r="AC27"/>
+      <c r="AD27"/>
+      <c r="AE27"/>
+      <c r="AF27"/>
+      <c r="AG27"/>
+      <c r="AH27"/>
+      <c r="AI27"/>
+      <c r="AJ27">
+        <v>0</v>
+      </c>
+      <c r="AK27"/>
+      <c r="AL27"/>
+      <c r="AM27"/>
+      <c r="AN27"/>
+      <c r="AO27">
+        <v>0</v>
+      </c>
+      <c r="AP27"/>
+      <c r="AQ27"/>
+      <c r="AR27"/>
+      <c r="AS27"/>
+    </row>
+    <row r="28" spans="1:45">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28">
+        <v>2025</v>
+      </c>
+      <c r="E28" t="s">
+        <v>179</v>
+      </c>
+      <c r="F28" t="s">
+        <v>185</v>
+      </c>
+      <c r="G28" t="s">
+        <v>186</v>
+      </c>
+      <c r="H28" t="s">
+        <v>187</v>
+      </c>
+      <c r="I28" t="s">
+        <v>120</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28">
+        <v>0</v>
+      </c>
+      <c r="L28">
+        <v>0</v>
+      </c>
+      <c r="M28"/>
+      <c r="N28">
+        <v>0</v>
+      </c>
+      <c r="O28"/>
+      <c r="P28"/>
+      <c r="Q28"/>
+      <c r="R28"/>
+      <c r="S28"/>
+      <c r="T28"/>
+      <c r="U28">
+        <v>1</v>
+      </c>
+      <c r="V28">
+        <v>0</v>
+      </c>
+      <c r="W28"/>
+      <c r="X28"/>
+      <c r="Y28"/>
+      <c r="Z28"/>
+      <c r="AA28"/>
+      <c r="AB28"/>
+      <c r="AC28"/>
+      <c r="AD28"/>
+      <c r="AE28">
+        <v>1</v>
+      </c>
+      <c r="AF28">
+        <v>1</v>
+      </c>
+      <c r="AG28"/>
+      <c r="AH28"/>
+      <c r="AI28"/>
+      <c r="AJ28">
+        <v>0</v>
+      </c>
+      <c r="AK28"/>
+      <c r="AL28"/>
+      <c r="AM28"/>
+      <c r="AN28"/>
+      <c r="AO28">
+        <v>0</v>
+      </c>
+      <c r="AP28"/>
+      <c r="AQ28"/>
+      <c r="AR28"/>
+      <c r="AS28"/>
+    </row>
+    <row r="29" spans="1:45">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29">
+        <v>2025</v>
+      </c>
+      <c r="E29" t="s">
+        <v>179</v>
+      </c>
+      <c r="F29" t="s">
+        <v>190</v>
+      </c>
+      <c r="G29" t="s">
+        <v>191</v>
+      </c>
+      <c r="H29" t="s">
+        <v>192</v>
+      </c>
+      <c r="I29" t="s">
+        <v>72</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29">
+        <v>0</v>
+      </c>
+      <c r="L29">
+        <v>1</v>
+      </c>
+      <c r="M29"/>
+      <c r="N29">
+        <v>0</v>
+      </c>
+      <c r="O29"/>
+      <c r="P29"/>
+      <c r="Q29"/>
+      <c r="R29"/>
+      <c r="S29"/>
+      <c r="T29"/>
+      <c r="U29"/>
+      <c r="V29">
+        <v>0</v>
+      </c>
+      <c r="W29"/>
+      <c r="X29"/>
+      <c r="Y29"/>
+      <c r="Z29"/>
+      <c r="AA29"/>
+      <c r="AB29"/>
+      <c r="AC29"/>
+      <c r="AD29"/>
+      <c r="AE29"/>
+      <c r="AF29"/>
+      <c r="AG29"/>
+      <c r="AH29"/>
+      <c r="AI29"/>
+      <c r="AJ29">
+        <v>0</v>
+      </c>
+      <c r="AK29"/>
+      <c r="AL29"/>
+      <c r="AM29"/>
+      <c r="AN29"/>
+      <c r="AO29">
+        <v>0</v>
+      </c>
+      <c r="AP29"/>
+      <c r="AQ29"/>
+      <c r="AR29"/>
+      <c r="AS29"/>
+    </row>
+    <row r="30" spans="1:45">
+      <c r="A30" t="s">
+        <v>108</v>
+      </c>
+      <c r="B30" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" t="s">
+        <v>178</v>
+      </c>
+      <c r="D30">
+        <v>2025</v>
+      </c>
+      <c r="E30" t="s">
+        <v>179</v>
+      </c>
+      <c r="F30" t="s">
+        <v>193</v>
+      </c>
+      <c r="G30" t="s">
+        <v>194</v>
+      </c>
+      <c r="H30" t="s">
+        <v>195</v>
+      </c>
+      <c r="I30" t="s">
+        <v>196</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+      <c r="K30">
+        <v>0</v>
+      </c>
+      <c r="L30">
+        <v>0</v>
+      </c>
+      <c r="M30">
+        <v>-1</v>
+      </c>
+      <c r="N30">
+        <v>0</v>
+      </c>
+      <c r="O30"/>
+      <c r="P30"/>
+      <c r="Q30"/>
+      <c r="R30">
+        <v>-1</v>
+      </c>
+      <c r="S30"/>
+      <c r="T30"/>
+      <c r="U30"/>
+      <c r="V30">
+        <v>0</v>
+      </c>
+      <c r="W30"/>
+      <c r="X30"/>
+      <c r="Y30"/>
+      <c r="Z30"/>
+      <c r="AA30"/>
+      <c r="AB30"/>
+      <c r="AC30"/>
+      <c r="AD30"/>
+      <c r="AE30"/>
+      <c r="AF30"/>
+      <c r="AG30"/>
+      <c r="AH30"/>
+      <c r="AI30"/>
+      <c r="AJ30">
+        <v>0</v>
+      </c>
+      <c r="AK30"/>
+      <c r="AL30"/>
+      <c r="AM30"/>
+      <c r="AN30"/>
+      <c r="AO30">
+        <v>0</v>
+      </c>
+      <c r="AP30"/>
+      <c r="AQ30"/>
+      <c r="AR30"/>
+      <c r="AS30"/>
+    </row>
+    <row r="31" spans="1:45">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31">
+        <v>2025</v>
+      </c>
+      <c r="E31" t="s">
+        <v>179</v>
+      </c>
+      <c r="F31" t="s">
+        <v>198</v>
+      </c>
+      <c r="G31" t="s">
+        <v>199</v>
+      </c>
+      <c r="H31" t="s">
+        <v>200</v>
+      </c>
+      <c r="I31" t="s">
+        <v>201</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+      <c r="K31">
+        <v>0</v>
+      </c>
+      <c r="L31">
+        <v>0</v>
+      </c>
+      <c r="M31">
+        <v>-1</v>
+      </c>
+      <c r="N31">
+        <v>0</v>
+      </c>
+      <c r="O31">
+        <v>-1</v>
+      </c>
+      <c r="P31"/>
+      <c r="Q31"/>
+      <c r="R31"/>
+      <c r="S31"/>
+      <c r="T31"/>
+      <c r="U31"/>
+      <c r="V31">
+        <v>0</v>
+      </c>
+      <c r="W31"/>
+      <c r="X31"/>
+      <c r="Y31"/>
+      <c r="Z31"/>
+      <c r="AA31"/>
+      <c r="AB31"/>
+      <c r="AC31"/>
+      <c r="AD31"/>
+      <c r="AE31"/>
+      <c r="AF31"/>
+      <c r="AG31"/>
+      <c r="AH31"/>
+      <c r="AI31"/>
+      <c r="AJ31">
+        <v>0</v>
+      </c>
+      <c r="AK31"/>
+      <c r="AL31"/>
+      <c r="AM31"/>
+      <c r="AN31"/>
+      <c r="AO31">
+        <v>0</v>
+      </c>
+      <c r="AP31"/>
+      <c r="AQ31"/>
+      <c r="AR31"/>
+      <c r="AS31"/>
+    </row>
+    <row r="32" spans="1:45">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32">
+        <v>2025</v>
+      </c>
+      <c r="E32" t="s">
+        <v>179</v>
+      </c>
+      <c r="F32" t="s">
+        <v>203</v>
+      </c>
+      <c r="G32" t="s">
+        <v>204</v>
+      </c>
+      <c r="H32" t="s">
+        <v>205</v>
+      </c>
+      <c r="I32" t="s">
+        <v>206</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+      <c r="K32">
+        <v>0</v>
+      </c>
+      <c r="L32">
+        <v>1</v>
+      </c>
+      <c r="M32"/>
+      <c r="N32">
+        <v>0</v>
+      </c>
+      <c r="O32"/>
+      <c r="P32"/>
+      <c r="Q32"/>
+      <c r="R32"/>
+      <c r="S32"/>
+      <c r="T32"/>
+      <c r="U32"/>
+      <c r="V32">
+        <v>0</v>
+      </c>
+      <c r="W32"/>
+      <c r="X32"/>
+      <c r="Y32"/>
+      <c r="Z32"/>
+      <c r="AA32"/>
+      <c r="AB32"/>
+      <c r="AC32"/>
+      <c r="AD32"/>
+      <c r="AE32"/>
+      <c r="AF32"/>
+      <c r="AG32"/>
+      <c r="AH32"/>
+      <c r="AI32"/>
+      <c r="AJ32">
+        <v>0</v>
+      </c>
+      <c r="AK32"/>
+      <c r="AL32"/>
+      <c r="AM32"/>
+      <c r="AN32"/>
+      <c r="AO32">
+        <v>0</v>
+      </c>
+      <c r="AP32"/>
+      <c r="AQ32"/>
+      <c r="AR32"/>
+      <c r="AS32"/>
+    </row>
+    <row r="33" spans="1:45">
+      <c r="A33" t="s">
+        <v>207</v>
+      </c>
+      <c r="B33" t="s">
+        <v>154</v>
+      </c>
+      <c r="C33" t="s">
+        <v>178</v>
+      </c>
+      <c r="D33">
+        <v>2025</v>
+      </c>
+      <c r="E33" t="s">
+        <v>179</v>
+      </c>
+      <c r="F33" t="s">
+        <v>208</v>
+      </c>
+      <c r="G33" t="s">
+        <v>209</v>
+      </c>
+      <c r="H33" t="s">
+        <v>210</v>
+      </c>
+      <c r="I33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+      <c r="K33">
+        <v>0</v>
+      </c>
+      <c r="L33">
+        <v>0</v>
+      </c>
+      <c r="M33"/>
+      <c r="N33">
+        <v>0</v>
+      </c>
+      <c r="O33"/>
+      <c r="P33"/>
+      <c r="Q33"/>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+      <c r="V33">
+        <v>0</v>
+      </c>
+      <c r="W33"/>
+      <c r="X33"/>
+      <c r="Y33"/>
+      <c r="Z33"/>
+      <c r="AA33"/>
+      <c r="AB33"/>
+      <c r="AC33"/>
+      <c r="AD33"/>
+      <c r="AE33"/>
+      <c r="AF33"/>
+      <c r="AG33"/>
+      <c r="AH33"/>
+      <c r="AI33"/>
+      <c r="AJ33">
+        <v>0</v>
+      </c>
+      <c r="AK33"/>
+      <c r="AL33"/>
+      <c r="AM33"/>
+      <c r="AN33">
+        <v>-1</v>
+      </c>
+      <c r="AO33">
+        <v>0</v>
+      </c>
+      <c r="AP33">
+        <v>-1</v>
+      </c>
+      <c r="AQ33"/>
+      <c r="AR33" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS33"/>
+    </row>
+    <row r="34" spans="1:45">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" t="s">
+        <v>213</v>
+      </c>
+      <c r="D34">
+        <v>2025</v>
+      </c>
+      <c r="E34" t="s">
+        <v>179</v>
+      </c>
+      <c r="F34" t="s">
+        <v>214</v>
+      </c>
+      <c r="G34" t="s">
+        <v>215</v>
+      </c>
+      <c r="H34" t="s">
+        <v>216</v>
+      </c>
+      <c r="I34" t="s">
+        <v>217</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>0</v>
+      </c>
+      <c r="L34">
+        <v>1</v>
+      </c>
+      <c r="M34"/>
+      <c r="N34">
+        <v>0</v>
+      </c>
+      <c r="O34"/>
+      <c r="P34"/>
+      <c r="Q34"/>
+      <c r="R34"/>
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+      <c r="V34">
+        <v>0</v>
+      </c>
+      <c r="W34"/>
+      <c r="X34"/>
+      <c r="Y34"/>
+      <c r="Z34"/>
+      <c r="AA34"/>
+      <c r="AB34"/>
+      <c r="AC34"/>
+      <c r="AD34"/>
+      <c r="AE34"/>
+      <c r="AF34"/>
+      <c r="AG34"/>
+      <c r="AH34"/>
+      <c r="AI34"/>
+      <c r="AJ34">
+        <v>0</v>
+      </c>
+      <c r="AK34"/>
+      <c r="AL34"/>
+      <c r="AM34"/>
+      <c r="AN34"/>
+      <c r="AO34">
+        <v>0</v>
+      </c>
+      <c r="AP34"/>
+      <c r="AQ34"/>
+      <c r="AR34"/>
+      <c r="AS34"/>
+    </row>
+    <row r="35" spans="1:45">
+      <c r="A35" t="s">
+        <v>85</v>
+      </c>
+      <c r="B35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C35" t="s">
+        <v>213</v>
+      </c>
+      <c r="D35">
+        <v>2025</v>
+      </c>
+      <c r="E35" t="s">
+        <v>218</v>
+      </c>
+      <c r="F35" t="s">
+        <v>219</v>
+      </c>
+      <c r="G35" t="s">
+        <v>220</v>
+      </c>
+      <c r="H35" t="s">
+        <v>221</v>
+      </c>
+      <c r="I35" t="s">
+        <v>222</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
+      </c>
+      <c r="K35">
+        <v>0</v>
+      </c>
+      <c r="L35">
+        <v>0</v>
+      </c>
+      <c r="M35">
+        <v>-1</v>
+      </c>
+      <c r="N35">
+        <v>0</v>
+      </c>
+      <c r="O35">
+        <v>-1</v>
+      </c>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35"/>
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35">
+        <v>0</v>
+      </c>
+      <c r="W35"/>
+      <c r="X35"/>
+      <c r="Y35"/>
+      <c r="Z35"/>
+      <c r="AA35"/>
+      <c r="AB35"/>
+      <c r="AC35"/>
+      <c r="AD35"/>
+      <c r="AE35"/>
+      <c r="AF35"/>
+      <c r="AG35"/>
+      <c r="AH35"/>
+      <c r="AI35"/>
+      <c r="AJ35">
+        <v>0</v>
+      </c>
+      <c r="AK35"/>
+      <c r="AL35"/>
+      <c r="AM35"/>
+      <c r="AN35"/>
+      <c r="AO35">
+        <v>0</v>
+      </c>
+      <c r="AP35"/>
+      <c r="AQ35"/>
+      <c r="AR35"/>
+      <c r="AS35"/>
+    </row>
+    <row r="36" spans="1:45">
+      <c r="A36" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" t="s">
+        <v>213</v>
+      </c>
+      <c r="D36">
+        <v>2025</v>
+      </c>
+      <c r="E36" t="s">
+        <v>218</v>
+      </c>
+      <c r="F36" t="s">
+        <v>223</v>
+      </c>
+      <c r="G36" t="s">
+        <v>224</v>
+      </c>
+      <c r="H36" t="s">
+        <v>225</v>
+      </c>
+      <c r="I36" t="s">
+        <v>72</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+      <c r="K36">
+        <v>0</v>
+      </c>
+      <c r="L36">
+        <v>1</v>
+      </c>
+      <c r="M36"/>
+      <c r="N36">
+        <v>0</v>
+      </c>
+      <c r="O36"/>
+      <c r="P36"/>
+      <c r="Q36"/>
+      <c r="R36"/>
+      <c r="S36"/>
+      <c r="T36"/>
+      <c r="U36"/>
+      <c r="V36">
+        <v>0</v>
+      </c>
+      <c r="W36"/>
+      <c r="X36"/>
+      <c r="Y36"/>
+      <c r="Z36"/>
+      <c r="AA36"/>
+      <c r="AB36"/>
+      <c r="AC36"/>
+      <c r="AD36"/>
+      <c r="AE36"/>
+      <c r="AF36"/>
+      <c r="AG36"/>
+      <c r="AH36"/>
+      <c r="AI36"/>
+      <c r="AJ36">
+        <v>0</v>
+      </c>
+      <c r="AK36"/>
+      <c r="AL36"/>
+      <c r="AM36"/>
+      <c r="AN36"/>
+      <c r="AO36">
+        <v>0</v>
+      </c>
+      <c r="AP36"/>
+      <c r="AQ36"/>
+      <c r="AR36"/>
+      <c r="AS36"/>
+    </row>
+    <row r="37" spans="1:45">
+      <c r="A37" t="s">
+        <v>226</v>
+      </c>
+      <c r="B37" t="s">
+        <v>54</v>
+      </c>
+      <c r="C37" t="s">
+        <v>213</v>
+      </c>
+      <c r="D37">
+        <v>2025</v>
+      </c>
+      <c r="E37" t="s">
+        <v>227</v>
+      </c>
+      <c r="F37" t="s">
+        <v>228</v>
+      </c>
+      <c r="G37" t="s">
+        <v>229</v>
+      </c>
+      <c r="H37" t="s">
+        <v>230</v>
+      </c>
+      <c r="I37" t="s">
+        <v>231</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+      <c r="K37">
+        <v>0</v>
+      </c>
+      <c r="L37">
+        <v>0</v>
+      </c>
+      <c r="M37"/>
+      <c r="N37">
+        <v>1</v>
+      </c>
+      <c r="O37"/>
+      <c r="P37"/>
+      <c r="Q37"/>
+      <c r="R37"/>
+      <c r="S37"/>
+      <c r="T37"/>
+      <c r="U37">
+        <v>1</v>
+      </c>
+      <c r="V37">
+        <v>0</v>
+      </c>
+      <c r="W37"/>
+      <c r="X37"/>
+      <c r="Y37"/>
+      <c r="Z37"/>
+      <c r="AA37"/>
+      <c r="AB37"/>
+      <c r="AC37"/>
+      <c r="AD37"/>
+      <c r="AE37">
+        <v>1</v>
+      </c>
+      <c r="AF37"/>
+      <c r="AG37">
+        <v>1</v>
+      </c>
+      <c r="AH37"/>
+      <c r="AI37"/>
+      <c r="AJ37">
+        <v>1</v>
+      </c>
+      <c r="AK37"/>
+      <c r="AL37"/>
+      <c r="AM37"/>
+      <c r="AN37"/>
+      <c r="AO37">
+        <v>0</v>
+      </c>
+      <c r="AP37"/>
+      <c r="AQ37"/>
+      <c r="AR37"/>
+      <c r="AS37"/>
+    </row>
+    <row r="38" spans="1:45">
+      <c r="A38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B38" t="s">
+        <v>130</v>
+      </c>
+      <c r="C38" t="s">
+        <v>213</v>
+      </c>
+      <c r="D38">
+        <v>2025</v>
+      </c>
+      <c r="E38" t="s">
+        <v>227</v>
+      </c>
+      <c r="F38" t="s">
+        <v>233</v>
+      </c>
+      <c r="G38" t="s">
+        <v>234</v>
+      </c>
+      <c r="H38" t="s">
+        <v>235</v>
+      </c>
+      <c r="I38" t="s">
+        <v>236</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+      <c r="K38">
+        <v>0</v>
+      </c>
+      <c r="L38">
+        <v>0</v>
+      </c>
+      <c r="M38">
+        <v>1</v>
+      </c>
+      <c r="N38">
+        <v>0</v>
+      </c>
+      <c r="O38"/>
+      <c r="P38">
+        <v>1</v>
+      </c>
+      <c r="Q38"/>
+      <c r="R38"/>
+      <c r="S38"/>
+      <c r="T38"/>
+      <c r="U38">
+        <v>1</v>
+      </c>
+      <c r="V38">
+        <v>0</v>
+      </c>
+      <c r="W38"/>
+      <c r="X38"/>
+      <c r="Y38"/>
+      <c r="Z38"/>
+      <c r="AA38"/>
+      <c r="AB38"/>
+      <c r="AC38"/>
+      <c r="AD38"/>
+      <c r="AE38">
+        <v>1</v>
+      </c>
+      <c r="AF38"/>
+      <c r="AG38">
+        <v>1</v>
+      </c>
+      <c r="AH38"/>
+      <c r="AI38"/>
+      <c r="AJ38">
+        <v>0</v>
+      </c>
+      <c r="AK38"/>
+      <c r="AL38"/>
+      <c r="AM38"/>
+      <c r="AN38"/>
+      <c r="AO38">
+        <v>0</v>
+      </c>
+      <c r="AP38"/>
+      <c r="AQ38"/>
+      <c r="AR38"/>
+      <c r="AS38"/>
+    </row>
+    <row r="39" spans="1:45">
+      <c r="A39" t="s">
+        <v>232</v>
+      </c>
+      <c r="B39" t="s">
+        <v>130</v>
+      </c>
+      <c r="C39" t="s">
+        <v>213</v>
+      </c>
+      <c r="D39">
+        <v>2025</v>
+      </c>
+      <c r="E39" t="s">
+        <v>227</v>
+      </c>
+      <c r="F39" t="s">
+        <v>237</v>
+      </c>
+      <c r="G39" t="s">
+        <v>238</v>
+      </c>
+      <c r="H39" t="s">
+        <v>235</v>
+      </c>
+      <c r="I39" t="s">
+        <v>239</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+      <c r="K39">
+        <v>0</v>
+      </c>
+      <c r="L39">
+        <v>0</v>
+      </c>
+      <c r="M39">
+        <v>-1</v>
+      </c>
+      <c r="N39">
+        <v>0</v>
+      </c>
+      <c r="O39"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39">
+        <v>-1</v>
+      </c>
+      <c r="U39"/>
+      <c r="V39">
+        <v>0</v>
+      </c>
+      <c r="W39"/>
+      <c r="X39"/>
+      <c r="Y39"/>
+      <c r="Z39"/>
+      <c r="AA39"/>
+      <c r="AB39"/>
+      <c r="AC39"/>
+      <c r="AD39"/>
+      <c r="AE39"/>
+      <c r="AF39"/>
+      <c r="AG39"/>
+      <c r="AH39"/>
+      <c r="AI39"/>
+      <c r="AJ39">
+        <v>0</v>
+      </c>
+      <c r="AK39"/>
+      <c r="AL39"/>
+      <c r="AM39"/>
+      <c r="AN39"/>
+      <c r="AO39">
+        <v>0</v>
+      </c>
+      <c r="AP39"/>
+      <c r="AQ39"/>
+      <c r="AR39"/>
+      <c r="AS39"/>
+    </row>
+    <row r="40" spans="1:45">
+      <c r="A40" t="s">
+        <v>240</v>
+      </c>
+      <c r="B40" t="s">
+        <v>189</v>
+      </c>
+      <c r="C40" t="s">
+        <v>213</v>
+      </c>
+      <c r="D40">
+        <v>2025</v>
+      </c>
+      <c r="E40" t="s">
+        <v>241</v>
+      </c>
+      <c r="F40" t="s">
+        <v>242</v>
+      </c>
+      <c r="G40" t="s">
+        <v>243</v>
+      </c>
+      <c r="H40" t="s">
+        <v>244</v>
+      </c>
+      <c r="I40" t="s">
+        <v>245</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+      <c r="K40">
+        <v>0</v>
+      </c>
+      <c r="L40">
+        <v>1</v>
+      </c>
+      <c r="M40"/>
+      <c r="N40">
+        <v>0</v>
+      </c>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+      <c r="S40"/>
+      <c r="T40"/>
+      <c r="U40"/>
+      <c r="V40">
+        <v>0</v>
+      </c>
+      <c r="W40"/>
+      <c r="X40"/>
+      <c r="Y40"/>
+      <c r="Z40"/>
+      <c r="AA40"/>
+      <c r="AB40"/>
+      <c r="AC40"/>
+      <c r="AD40"/>
+      <c r="AE40"/>
+      <c r="AF40"/>
+      <c r="AG40"/>
+      <c r="AH40"/>
+      <c r="AI40"/>
+      <c r="AJ40">
+        <v>0</v>
+      </c>
+      <c r="AK40"/>
+      <c r="AL40"/>
+      <c r="AM40"/>
+      <c r="AN40"/>
+      <c r="AO40">
+        <v>0</v>
+      </c>
+      <c r="AP40"/>
+      <c r="AQ40"/>
+      <c r="AR40"/>
+      <c r="AS40"/>
+    </row>
+    <row r="41" spans="1:45">
+      <c r="A41" t="s">
+        <v>246</v>
+      </c>
+      <c r="B41" t="s">
+        <v>247</v>
+      </c>
+      <c r="C41" t="s">
+        <v>213</v>
+      </c>
+      <c r="D41">
+        <v>2025</v>
+      </c>
+      <c r="E41" t="s">
+        <v>241</v>
+      </c>
+      <c r="F41" t="s">
+        <v>248</v>
+      </c>
+      <c r="G41" t="s">
+        <v>249</v>
+      </c>
+      <c r="H41" t="s">
+        <v>250</v>
+      </c>
+      <c r="I41" t="s">
+        <v>251</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>0</v>
+      </c>
+      <c r="L41">
+        <v>0</v>
+      </c>
+      <c r="M41">
+        <v>-1</v>
+      </c>
+      <c r="N41">
+        <v>0</v>
+      </c>
+      <c r="O41"/>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41"/>
+      <c r="S41"/>
+      <c r="T41"/>
+      <c r="U41">
+        <v>0</v>
+      </c>
+      <c r="V41">
+        <v>0</v>
+      </c>
+      <c r="W41"/>
+      <c r="X41"/>
+      <c r="Y41"/>
+      <c r="Z41"/>
+      <c r="AA41"/>
+      <c r="AB41"/>
+      <c r="AC41"/>
+      <c r="AD41"/>
+      <c r="AE41">
+        <v>0</v>
+      </c>
+      <c r="AF41">
+        <v>1</v>
+      </c>
+      <c r="AG41">
+        <v>-1</v>
+      </c>
+      <c r="AH41"/>
+      <c r="AI41"/>
+      <c r="AJ41">
+        <v>0</v>
+      </c>
+      <c r="AK41"/>
+      <c r="AL41"/>
+      <c r="AM41"/>
+      <c r="AN41"/>
+      <c r="AO41">
+        <v>0</v>
+      </c>
+      <c r="AP41"/>
+      <c r="AQ41"/>
+      <c r="AR41"/>
+      <c r="AS41"/>
+    </row>
+    <row r="42" spans="1:45">
+      <c r="A42" t="s">
+        <v>252</v>
+      </c>
+      <c r="B42" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42" t="s">
+        <v>253</v>
+      </c>
+      <c r="D42">
+        <v>2025</v>
+      </c>
+      <c r="E42" t="s">
+        <v>254</v>
+      </c>
+      <c r="F42" t="s">
+        <v>255</v>
+      </c>
+      <c r="G42" t="s">
+        <v>256</v>
+      </c>
+      <c r="H42" t="s">
+        <v>257</v>
+      </c>
+      <c r="I42" t="s">
+        <v>258</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>1</v>
+      </c>
+      <c r="L42">
+        <v>0</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="N42">
+        <v>0</v>
+      </c>
+      <c r="O42"/>
+      <c r="P42"/>
+      <c r="Q42">
+        <v>0</v>
+      </c>
+      <c r="R42"/>
+      <c r="S42"/>
+      <c r="T42"/>
+      <c r="U42">
+        <v>0</v>
+      </c>
+      <c r="V42">
+        <v>0</v>
+      </c>
+      <c r="W42"/>
+      <c r="X42"/>
+      <c r="Y42"/>
+      <c r="Z42"/>
+      <c r="AA42"/>
+      <c r="AB42"/>
+      <c r="AC42"/>
+      <c r="AD42"/>
+      <c r="AE42">
+        <v>0</v>
+      </c>
+      <c r="AF42"/>
+      <c r="AG42">
+        <v>0</v>
+      </c>
+      <c r="AH42"/>
+      <c r="AI42"/>
+      <c r="AJ42">
+        <v>0</v>
+      </c>
+      <c r="AK42"/>
+      <c r="AL42"/>
+      <c r="AM42"/>
+      <c r="AN42">
+        <v>0</v>
+      </c>
+      <c r="AO42">
+        <v>0</v>
+      </c>
+      <c r="AP42"/>
+      <c r="AQ42"/>
+      <c r="AR42"/>
+      <c r="AS42" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="43" spans="1:45">
+      <c r="A43" t="s">
+        <v>260</v>
+      </c>
+      <c r="B43" t="s">
+        <v>261</v>
+      </c>
+      <c r="C43" t="s">
+        <v>253</v>
+      </c>
+      <c r="D43">
+        <v>2025</v>
+      </c>
+      <c r="E43" t="s">
+        <v>254</v>
+      </c>
+      <c r="F43" t="s">
+        <v>262</v>
+      </c>
+      <c r="G43" t="s">
+        <v>263</v>
+      </c>
+      <c r="H43" t="s">
+        <v>264</v>
+      </c>
+      <c r="I43" t="s">
+        <v>265</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+      <c r="K43">
+        <v>0</v>
+      </c>
+      <c r="L43">
+        <v>1</v>
+      </c>
+      <c r="M43"/>
+      <c r="N43">
+        <v>0</v>
+      </c>
+      <c r="O43"/>
+      <c r="P43"/>
+      <c r="Q43"/>
+      <c r="R43"/>
+      <c r="S43"/>
+      <c r="T43"/>
+      <c r="U43"/>
+      <c r="V43">
+        <v>0</v>
+      </c>
+      <c r="W43"/>
+      <c r="X43"/>
+      <c r="Y43"/>
+      <c r="Z43"/>
+      <c r="AA43"/>
+      <c r="AB43"/>
+      <c r="AC43"/>
+      <c r="AD43"/>
+      <c r="AE43"/>
+      <c r="AF43"/>
+      <c r="AG43"/>
+      <c r="AH43"/>
+      <c r="AI43"/>
+      <c r="AJ43">
+        <v>0</v>
+      </c>
+      <c r="AK43"/>
+      <c r="AL43"/>
+      <c r="AM43"/>
+      <c r="AN43"/>
+      <c r="AO43">
+        <v>0</v>
+      </c>
+      <c r="AP43"/>
+      <c r="AQ43"/>
+      <c r="AR43"/>
+      <c r="AS43"/>
+    </row>
+    <row r="44" spans="1:45">
+      <c r="A44" t="s">
+        <v>266</v>
+      </c>
+      <c r="B44" t="s">
+        <v>267</v>
+      </c>
+      <c r="C44" t="s">
+        <v>253</v>
+      </c>
+      <c r="D44">
+        <v>2025</v>
+      </c>
+      <c r="E44" t="s">
+        <v>268</v>
+      </c>
+      <c r="F44" t="s">
+        <v>269</v>
+      </c>
+      <c r="G44" t="s">
+        <v>270</v>
+      </c>
+      <c r="H44" t="s">
+        <v>271</v>
+      </c>
+      <c r="I44" t="s">
+        <v>146</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+      <c r="K44">
+        <v>0</v>
+      </c>
+      <c r="L44">
+        <v>0</v>
+      </c>
+      <c r="M44">
+        <v>1</v>
+      </c>
+      <c r="N44">
+        <v>0</v>
+      </c>
+      <c r="O44"/>
+      <c r="P44"/>
+      <c r="Q44"/>
+      <c r="R44"/>
+      <c r="S44"/>
+      <c r="T44">
+        <v>1</v>
+      </c>
+      <c r="U44"/>
+      <c r="V44">
+        <v>0</v>
+      </c>
+      <c r="W44"/>
+      <c r="X44"/>
+      <c r="Y44"/>
+      <c r="Z44"/>
+      <c r="AA44"/>
+      <c r="AB44"/>
+      <c r="AC44"/>
+      <c r="AD44"/>
+      <c r="AE44"/>
+      <c r="AF44"/>
+      <c r="AG44"/>
+      <c r="AH44"/>
+      <c r="AI44"/>
+      <c r="AJ44">
+        <v>1</v>
+      </c>
+      <c r="AK44"/>
+      <c r="AL44"/>
+      <c r="AM44"/>
+      <c r="AN44"/>
+      <c r="AO44">
+        <v>0</v>
+      </c>
+      <c r="AP44"/>
+      <c r="AQ44"/>
+      <c r="AR44"/>
+      <c r="AS44"/>
+    </row>
+    <row r="45" spans="1:45">
+      <c r="A45" t="s">
+        <v>108</v>
+      </c>
+      <c r="B45" t="s">
+        <v>46</v>
+      </c>
+      <c r="C45" t="s">
+        <v>253</v>
+      </c>
+      <c r="D45">
+        <v>2025</v>
+      </c>
+      <c r="E45" t="s">
+        <v>272</v>
+      </c>
+      <c r="F45" t="s">
+        <v>273</v>
+      </c>
+      <c r="G45" t="s">
+        <v>274</v>
+      </c>
+      <c r="H45" t="s">
+        <v>275</v>
+      </c>
+      <c r="I45" t="s">
+        <v>276</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+      <c r="K45">
+        <v>0</v>
+      </c>
+      <c r="L45">
+        <v>0</v>
+      </c>
+      <c r="M45"/>
+      <c r="N45">
+        <v>1</v>
+      </c>
+      <c r="O45"/>
+      <c r="P45"/>
+      <c r="Q45"/>
+      <c r="R45"/>
+      <c r="S45"/>
+      <c r="T45"/>
+      <c r="U45"/>
+      <c r="V45">
+        <v>0</v>
+      </c>
+      <c r="W45"/>
+      <c r="X45"/>
+      <c r="Y45"/>
+      <c r="Z45"/>
+      <c r="AA45"/>
+      <c r="AB45"/>
+      <c r="AC45"/>
+      <c r="AD45"/>
+      <c r="AE45"/>
+      <c r="AF45"/>
+      <c r="AG45"/>
+      <c r="AH45"/>
+      <c r="AI45">
+        <v>1</v>
+      </c>
+      <c r="AJ45">
+        <v>0</v>
+      </c>
+      <c r="AK45"/>
+      <c r="AL45">
+        <v>1</v>
+      </c>
+      <c r="AM45">
+        <v>1</v>
+      </c>
+      <c r="AN45"/>
+      <c r="AO45">
+        <v>1</v>
+      </c>
+      <c r="AP45"/>
+      <c r="AQ45"/>
+      <c r="AR45"/>
+      <c r="AS45"/>
+    </row>
+    <row r="46" spans="1:45">
+      <c r="A46" t="s">
+        <v>90</v>
+      </c>
+      <c r="B46" t="s">
+        <v>91</v>
+      </c>
+      <c r="C46" t="s">
+        <v>253</v>
+      </c>
+      <c r="D46">
+        <v>2025</v>
+      </c>
+      <c r="E46" t="s">
+        <v>277</v>
+      </c>
+      <c r="F46" t="s">
+        <v>278</v>
+      </c>
+      <c r="G46" t="s">
+        <v>279</v>
+      </c>
+      <c r="H46" t="s">
+        <v>280</v>
+      </c>
+      <c r="I46" t="s">
+        <v>281</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+      <c r="K46">
+        <v>0</v>
+      </c>
+      <c r="L46">
+        <v>0</v>
+      </c>
+      <c r="M46">
+        <v>1</v>
+      </c>
+      <c r="N46">
+        <v>0</v>
+      </c>
+      <c r="O46"/>
+      <c r="P46">
+        <v>1</v>
+      </c>
+      <c r="Q46"/>
+      <c r="R46"/>
+      <c r="S46"/>
+      <c r="T46"/>
+      <c r="U46"/>
+      <c r="V46">
+        <v>0</v>
+      </c>
+      <c r="W46"/>
+      <c r="X46"/>
+      <c r="Y46"/>
+      <c r="Z46"/>
+      <c r="AA46"/>
+      <c r="AB46"/>
+      <c r="AC46"/>
+      <c r="AD46"/>
+      <c r="AE46"/>
+      <c r="AF46"/>
+      <c r="AG46"/>
+      <c r="AH46"/>
+      <c r="AI46"/>
+      <c r="AJ46">
+        <v>0</v>
+      </c>
+      <c r="AK46"/>
+      <c r="AL46"/>
+      <c r="AM46"/>
+      <c r="AN46"/>
+      <c r="AO46">
+        <v>0</v>
+      </c>
+      <c r="AP46"/>
+      <c r="AQ46"/>
+      <c r="AR46"/>
+      <c r="AS46"/>
+    </row>
+    <row r="47" spans="1:45">
+      <c r="A47" t="s">
+        <v>282</v>
+      </c>
+      <c r="B47" t="s">
+        <v>261</v>
+      </c>
+      <c r="C47" t="s">
+        <v>253</v>
+      </c>
+      <c r="D47">
+        <v>2025</v>
+      </c>
+      <c r="E47" t="s">
+        <v>277</v>
+      </c>
+      <c r="F47" t="s">
+        <v>283</v>
+      </c>
+      <c r="G47" t="s">
+        <v>284</v>
+      </c>
+      <c r="H47" t="s">
+        <v>285</v>
+      </c>
+      <c r="I47" t="s">
+        <v>286</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>0</v>
+      </c>
+      <c r="L47">
+        <v>0</v>
+      </c>
+      <c r="M47">
+        <v>1</v>
+      </c>
+      <c r="N47">
+        <v>0</v>
+      </c>
+      <c r="O47"/>
+      <c r="P47">
+        <v>1</v>
+      </c>
+      <c r="Q47"/>
+      <c r="R47"/>
+      <c r="S47"/>
+      <c r="T47"/>
+      <c r="U47"/>
+      <c r="V47">
+        <v>1</v>
+      </c>
+      <c r="W47"/>
+      <c r="X47"/>
+      <c r="Y47"/>
+      <c r="Z47"/>
+      <c r="AA47"/>
+      <c r="AB47"/>
+      <c r="AC47"/>
+      <c r="AD47"/>
+      <c r="AE47"/>
+      <c r="AF47"/>
+      <c r="AG47"/>
+      <c r="AH47"/>
+      <c r="AI47"/>
+      <c r="AJ47">
+        <v>0</v>
+      </c>
+      <c r="AK47"/>
+      <c r="AL47"/>
+      <c r="AM47"/>
+      <c r="AN47"/>
+      <c r="AO47">
+        <v>0</v>
+      </c>
+      <c r="AP47"/>
+      <c r="AQ47"/>
+      <c r="AR47"/>
+      <c r="AS47"/>
+    </row>
+    <row r="48" spans="1:45">
+      <c r="A48" t="s">
+        <v>287</v>
+      </c>
+      <c r="B48" t="s">
+        <v>130</v>
+      </c>
+      <c r="C48" t="s">
+        <v>253</v>
+      </c>
+      <c r="D48">
+        <v>2025</v>
+      </c>
+      <c r="E48" t="s">
+        <v>277</v>
+      </c>
+      <c r="F48" t="s">
+        <v>288</v>
+      </c>
+      <c r="G48" t="s">
+        <v>289</v>
+      </c>
+      <c r="H48" t="s">
+        <v>290</v>
+      </c>
+      <c r="I48" t="s">
+        <v>291</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>0</v>
+      </c>
+      <c r="L48">
+        <v>1</v>
+      </c>
+      <c r="M48"/>
+      <c r="N48">
+        <v>0</v>
+      </c>
+      <c r="O48"/>
+      <c r="P48"/>
+      <c r="Q48"/>
+      <c r="R48"/>
+      <c r="S48"/>
+      <c r="T48"/>
+      <c r="U48"/>
+      <c r="V48">
+        <v>0</v>
+      </c>
+      <c r="W48"/>
+      <c r="X48"/>
+      <c r="Y48"/>
+      <c r="Z48"/>
+      <c r="AA48"/>
+      <c r="AB48"/>
+      <c r="AC48"/>
+      <c r="AD48"/>
+      <c r="AE48"/>
+      <c r="AF48"/>
+      <c r="AG48"/>
+      <c r="AH48"/>
+      <c r="AI48"/>
+      <c r="AJ48">
+        <v>0</v>
+      </c>
+      <c r="AK48"/>
+      <c r="AL48"/>
+      <c r="AM48"/>
+      <c r="AN48"/>
+      <c r="AO48">
+        <v>0</v>
+      </c>
+      <c r="AP48"/>
+      <c r="AQ48"/>
+      <c r="AR48"/>
+      <c r="AS48"/>
+    </row>
+    <row r="49" spans="1:45">
+      <c r="A49" t="s">
+        <v>292</v>
+      </c>
+      <c r="B49" t="s">
+        <v>130</v>
+      </c>
+      <c r="C49" t="s">
+        <v>253</v>
+      </c>
+      <c r="D49">
+        <v>2025</v>
+      </c>
+      <c r="E49" t="s">
+        <v>277</v>
+      </c>
+      <c r="F49" t="s">
+        <v>293</v>
+      </c>
+      <c r="G49" t="s">
+        <v>294</v>
+      </c>
+      <c r="H49" t="s">
+        <v>295</v>
+      </c>
+      <c r="I49" t="s">
+        <v>296</v>
+      </c>
+      <c r="J49">
+        <v>0</v>
+      </c>
+      <c r="K49">
+        <v>0</v>
+      </c>
+      <c r="L49">
+        <v>1</v>
+      </c>
+      <c r="M49"/>
+      <c r="N49">
+        <v>0</v>
+      </c>
+      <c r="O49"/>
+      <c r="P49"/>
+      <c r="Q49"/>
+      <c r="R49"/>
+      <c r="S49"/>
+      <c r="T49"/>
+      <c r="U49"/>
+      <c r="V49">
+        <v>0</v>
+      </c>
+      <c r="W49"/>
+      <c r="X49"/>
+      <c r="Y49"/>
+      <c r="Z49"/>
+      <c r="AA49"/>
+      <c r="AB49"/>
+      <c r="AC49"/>
+      <c r="AD49"/>
+      <c r="AE49"/>
+      <c r="AF49"/>
+      <c r="AG49"/>
+      <c r="AH49"/>
+      <c r="AI49"/>
+      <c r="AJ49">
+        <v>0</v>
+      </c>
+      <c r="AK49"/>
+      <c r="AL49"/>
+      <c r="AM49"/>
+      <c r="AN49"/>
+      <c r="AO49">
+        <v>0</v>
+      </c>
+      <c r="AP49"/>
+      <c r="AQ49"/>
+      <c r="AR49"/>
+      <c r="AS49"/>
+    </row>
+    <row r="50" spans="1:45">
+      <c r="A50" t="s">
+        <v>297</v>
+      </c>
+      <c r="B50" t="s">
+        <v>130</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50">
+        <v>2025</v>
+      </c>
+      <c r="E50" t="s">
+        <v>277</v>
+      </c>
+      <c r="F50" t="s">
+        <v>298</v>
+      </c>
+      <c r="G50" t="s">
+        <v>299</v>
+      </c>
+      <c r="H50" t="s">
+        <v>300</v>
+      </c>
+      <c r="I50" t="s">
+        <v>301</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>0</v>
+      </c>
+      <c r="L50">
+        <v>1</v>
+      </c>
+      <c r="M50"/>
+      <c r="N50">
+        <v>0</v>
+      </c>
+      <c r="O50"/>
+      <c r="P50"/>
+      <c r="Q50"/>
+      <c r="R50"/>
+      <c r="S50"/>
+      <c r="T50"/>
+      <c r="U50"/>
+      <c r="V50">
+        <v>0</v>
+      </c>
+      <c r="W50"/>
+      <c r="X50"/>
+      <c r="Y50"/>
+      <c r="Z50"/>
+      <c r="AA50"/>
+      <c r="AB50"/>
+      <c r="AC50"/>
+      <c r="AD50"/>
+      <c r="AE50"/>
+      <c r="AF50"/>
+      <c r="AG50"/>
+      <c r="AH50"/>
+      <c r="AI50"/>
+      <c r="AJ50">
+        <v>0</v>
+      </c>
+      <c r="AK50"/>
+      <c r="AL50"/>
+      <c r="AM50"/>
+      <c r="AN50"/>
+      <c r="AO50">
+        <v>0</v>
+      </c>
+      <c r="AP50"/>
+      <c r="AQ50"/>
+      <c r="AR50"/>
+      <c r="AS50"/>
+    </row>
+    <row r="51" spans="1:45">
+      <c r="A51" t="s">
+        <v>184</v>
+      </c>
+      <c r="B51" t="s">
+        <v>65</v>
+      </c>
+      <c r="C51" t="s">
+        <v>253</v>
+      </c>
+      <c r="D51">
+        <v>2025</v>
+      </c>
+      <c r="E51" t="s">
+        <v>277</v>
+      </c>
+      <c r="F51" t="s">
+        <v>302</v>
+      </c>
+      <c r="G51" t="s">
+        <v>303</v>
+      </c>
+      <c r="H51" t="s">
+        <v>304</v>
+      </c>
+      <c r="I51" t="s">
+        <v>72</v>
+      </c>
+      <c r="J51">
+        <v>0</v>
+      </c>
+      <c r="K51">
+        <v>0</v>
+      </c>
+      <c r="L51">
+        <v>1</v>
+      </c>
+      <c r="M51"/>
+      <c r="N51">
+        <v>0</v>
+      </c>
+      <c r="O51"/>
+      <c r="P51"/>
+      <c r="Q51"/>
+      <c r="R51"/>
+      <c r="S51"/>
+      <c r="T51"/>
+      <c r="U51"/>
+      <c r="V51">
+        <v>0</v>
+      </c>
+      <c r="W51"/>
+      <c r="X51"/>
+      <c r="Y51"/>
+      <c r="Z51"/>
+      <c r="AA51"/>
+      <c r="AB51"/>
+      <c r="AC51"/>
+      <c r="AD51"/>
+      <c r="AE51"/>
+      <c r="AF51"/>
+      <c r="AG51"/>
+      <c r="AH51"/>
+      <c r="AI51"/>
+      <c r="AJ51">
+        <v>0</v>
+      </c>
+      <c r="AK51"/>
+      <c r="AL51"/>
+      <c r="AM51"/>
+      <c r="AN51"/>
+      <c r="AO51">
+        <v>0</v>
+      </c>
+      <c r="AP51"/>
+      <c r="AQ51"/>
+      <c r="AR51"/>
+      <c r="AS51"/>
+    </row>
+    <row r="52" spans="1:45">
+      <c r="A52" t="s">
+        <v>202</v>
+      </c>
+      <c r="B52" t="s">
+        <v>148</v>
+      </c>
+      <c r="C52" t="s">
+        <v>253</v>
+      </c>
+      <c r="D52">
+        <v>2025</v>
+      </c>
+      <c r="E52" t="s">
+        <v>277</v>
+      </c>
+      <c r="F52" t="s">
+        <v>305</v>
+      </c>
+      <c r="G52" t="s">
+        <v>306</v>
+      </c>
+      <c r="H52" t="s">
+        <v>307</v>
+      </c>
+      <c r="I52" t="s">
+        <v>308</v>
+      </c>
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>0</v>
+      </c>
+      <c r="L52">
+        <v>0</v>
+      </c>
+      <c r="M52">
+        <v>-1</v>
+      </c>
+      <c r="N52">
+        <v>0</v>
+      </c>
+      <c r="O52"/>
+      <c r="P52"/>
+      <c r="Q52">
+        <v>-1</v>
+      </c>
+      <c r="R52"/>
+      <c r="S52"/>
+      <c r="T52"/>
+      <c r="U52">
+        <v>-1</v>
+      </c>
+      <c r="V52">
+        <v>0</v>
+      </c>
+      <c r="W52"/>
+      <c r="X52">
+        <v>-1</v>
+      </c>
+      <c r="Y52"/>
+      <c r="Z52">
+        <v>-1</v>
+      </c>
+      <c r="AA52"/>
+      <c r="AB52"/>
+      <c r="AC52"/>
+      <c r="AD52"/>
+      <c r="AE52"/>
+      <c r="AF52"/>
+      <c r="AG52"/>
+      <c r="AH52"/>
+      <c r="AI52"/>
+      <c r="AJ52">
+        <v>0</v>
+      </c>
+      <c r="AK52"/>
+      <c r="AL52"/>
+      <c r="AM52"/>
+      <c r="AN52"/>
+      <c r="AO52">
+        <v>1</v>
+      </c>
+      <c r="AP52"/>
+      <c r="AQ52"/>
+      <c r="AR52"/>
+      <c r="AS52"/>
+    </row>
+    <row r="53" spans="1:45">
+      <c r="A53" t="s">
+        <v>309</v>
+      </c>
+      <c r="B53" t="s">
+        <v>148</v>
+      </c>
+      <c r="C53" t="s">
+        <v>253</v>
+      </c>
+      <c r="D53">
+        <v>2025</v>
+      </c>
+      <c r="E53" t="s">
+        <v>277</v>
+      </c>
+      <c r="F53" t="s">
+        <v>310</v>
+      </c>
+      <c r="G53" t="s">
+        <v>311</v>
+      </c>
+      <c r="H53" t="s">
+        <v>312</v>
+      </c>
+      <c r="I53" t="s">
+        <v>313</v>
+      </c>
+      <c r="J53">
+        <v>0</v>
+      </c>
+      <c r="K53">
+        <v>0</v>
+      </c>
+      <c r="L53">
+        <v>0</v>
+      </c>
+      <c r="M53">
+        <v>-1</v>
+      </c>
+      <c r="N53">
+        <v>0</v>
+      </c>
+      <c r="O53"/>
+      <c r="P53"/>
+      <c r="Q53">
+        <v>-1</v>
+      </c>
+      <c r="R53"/>
+      <c r="S53"/>
+      <c r="T53"/>
+      <c r="U53"/>
+      <c r="V53">
+        <v>0</v>
+      </c>
+      <c r="W53"/>
+      <c r="X53"/>
+      <c r="Y53"/>
+      <c r="Z53"/>
+      <c r="AA53"/>
+      <c r="AB53"/>
+      <c r="AC53"/>
+      <c r="AD53"/>
+      <c r="AE53"/>
+      <c r="AF53"/>
+      <c r="AG53"/>
+      <c r="AH53"/>
+      <c r="AI53"/>
+      <c r="AJ53">
+        <v>0</v>
+      </c>
+      <c r="AK53"/>
+      <c r="AL53"/>
+      <c r="AM53"/>
+      <c r="AN53"/>
+      <c r="AO53">
+        <v>1</v>
+      </c>
+      <c r="AP53"/>
+      <c r="AQ53"/>
+      <c r="AR53"/>
+      <c r="AS53"/>
+    </row>
+    <row r="54" spans="1:45">
+      <c r="A54" t="s">
+        <v>314</v>
+      </c>
+      <c r="B54" t="s">
+        <v>65</v>
+      </c>
+      <c r="C54" t="s">
+        <v>253</v>
+      </c>
+      <c r="D54">
+        <v>2025</v>
+      </c>
+      <c r="E54" t="s">
+        <v>277</v>
+      </c>
+      <c r="F54" t="s">
+        <v>315</v>
+      </c>
+      <c r="G54" t="s">
+        <v>316</v>
+      </c>
+      <c r="H54" t="s">
+        <v>317</v>
+      </c>
+      <c r="I54" t="s">
+        <v>72</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>0</v>
+      </c>
+      <c r="L54">
+        <v>1</v>
+      </c>
+      <c r="M54"/>
+      <c r="N54">
+        <v>0</v>
+      </c>
+      <c r="O54"/>
+      <c r="P54"/>
+      <c r="Q54"/>
+      <c r="R54"/>
+      <c r="S54"/>
+      <c r="T54"/>
+      <c r="U54"/>
+      <c r="V54">
+        <v>0</v>
+      </c>
+      <c r="W54"/>
+      <c r="X54"/>
+      <c r="Y54"/>
+      <c r="Z54"/>
+      <c r="AA54"/>
+      <c r="AB54"/>
+      <c r="AC54"/>
+      <c r="AD54"/>
+      <c r="AE54"/>
+      <c r="AF54"/>
+      <c r="AG54"/>
+      <c r="AH54"/>
+      <c r="AI54"/>
+      <c r="AJ54">
+        <v>0</v>
+      </c>
+      <c r="AK54"/>
+      <c r="AL54"/>
+      <c r="AM54"/>
+      <c r="AN54"/>
+      <c r="AO54">
+        <v>0</v>
+      </c>
+      <c r="AP54"/>
+      <c r="AQ54"/>
+      <c r="AR54"/>
+      <c r="AS54"/>
+    </row>
+    <row r="55" spans="1:45">
+      <c r="A55" t="s">
+        <v>318</v>
+      </c>
+      <c r="B55" t="s">
+        <v>171</v>
+      </c>
+      <c r="C55" t="s">
+        <v>253</v>
+      </c>
+      <c r="D55">
+        <v>2025</v>
+      </c>
+      <c r="E55" t="s">
+        <v>319</v>
+      </c>
+      <c r="F55" t="s">
+        <v>320</v>
+      </c>
+      <c r="G55" t="s">
+        <v>321</v>
+      </c>
+      <c r="H55" t="s">
+        <v>322</v>
+      </c>
+      <c r="I55" t="s">
+        <v>69</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+      <c r="K55">
+        <v>0</v>
+      </c>
+      <c r="L55">
+        <v>1</v>
+      </c>
+      <c r="M55"/>
+      <c r="N55">
+        <v>0</v>
+      </c>
+      <c r="O55"/>
+      <c r="P55"/>
+      <c r="Q55"/>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55"/>
+      <c r="U55"/>
+      <c r="V55">
+        <v>0</v>
+      </c>
+      <c r="W55"/>
+      <c r="X55"/>
+      <c r="Y55"/>
+      <c r="Z55"/>
+      <c r="AA55"/>
+      <c r="AB55"/>
+      <c r="AC55"/>
+      <c r="AD55"/>
+      <c r="AE55"/>
+      <c r="AF55"/>
+      <c r="AG55"/>
+      <c r="AH55"/>
+      <c r="AI55"/>
+      <c r="AJ55">
+        <v>0</v>
+      </c>
+      <c r="AK55"/>
+      <c r="AL55"/>
+      <c r="AM55"/>
+      <c r="AN55"/>
+      <c r="AO55">
+        <v>0</v>
+      </c>
+      <c r="AP55"/>
+      <c r="AQ55"/>
+      <c r="AR55"/>
+      <c r="AS55"/>
+    </row>
+    <row r="56" spans="1:45">
+      <c r="A56" t="s">
+        <v>323</v>
+      </c>
+      <c r="B56" t="s">
+        <v>171</v>
+      </c>
+      <c r="C56" t="s">
+        <v>253</v>
+      </c>
+      <c r="D56">
+        <v>2025</v>
+      </c>
+      <c r="E56" t="s">
+        <v>319</v>
+      </c>
+      <c r="F56" t="s">
+        <v>324</v>
+      </c>
+      <c r="G56" t="s">
+        <v>325</v>
+      </c>
+      <c r="H56" t="s">
+        <v>326</v>
+      </c>
+      <c r="I56" t="s">
+        <v>72</v>
+      </c>
+      <c r="J56">
+        <v>0</v>
+      </c>
+      <c r="K56">
+        <v>0</v>
+      </c>
+      <c r="L56">
+        <v>1</v>
+      </c>
+      <c r="M56"/>
+      <c r="N56">
+        <v>0</v>
+      </c>
+      <c r="O56"/>
+      <c r="P56"/>
+      <c r="Q56"/>
+      <c r="R56"/>
+      <c r="S56"/>
+      <c r="T56"/>
+      <c r="U56"/>
+      <c r="V56">
+        <v>0</v>
+      </c>
+      <c r="W56"/>
+      <c r="X56"/>
+      <c r="Y56"/>
+      <c r="Z56"/>
+      <c r="AA56"/>
+      <c r="AB56"/>
+      <c r="AC56"/>
+      <c r="AD56"/>
+      <c r="AE56"/>
+      <c r="AF56"/>
+      <c r="AG56"/>
+      <c r="AH56"/>
+      <c r="AI56"/>
+      <c r="AJ56">
+        <v>0</v>
+      </c>
+      <c r="AK56"/>
+      <c r="AL56"/>
+      <c r="AM56"/>
+      <c r="AN56"/>
+      <c r="AO56">
+        <v>0</v>
+      </c>
+      <c r="AP56"/>
+      <c r="AQ56"/>
+      <c r="AR56"/>
+      <c r="AS56"/>
+    </row>
+    <row r="57" spans="1:45">
+      <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>253</v>
+      </c>
+      <c r="D57">
+        <v>2025</v>
+      </c>
+      <c r="E57" t="s">
+        <v>319</v>
+      </c>
+      <c r="F57" t="s">
+        <v>329</v>
+      </c>
+      <c r="G57" t="s">
+        <v>330</v>
+      </c>
+      <c r="H57" t="s">
+        <v>331</v>
+      </c>
+      <c r="I57" t="s">
+        <v>120</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>0</v>
+      </c>
+      <c r="L57">
+        <v>0</v>
+      </c>
+      <c r="M57"/>
+      <c r="N57">
+        <v>0</v>
+      </c>
+      <c r="O57"/>
+      <c r="P57"/>
+      <c r="Q57"/>
+      <c r="R57"/>
+      <c r="S57"/>
+      <c r="T57"/>
+      <c r="U57">
+        <v>1</v>
+      </c>
+      <c r="V57">
+        <v>0</v>
+      </c>
+      <c r="W57"/>
+      <c r="X57"/>
+      <c r="Y57"/>
+      <c r="Z57"/>
+      <c r="AA57"/>
+      <c r="AB57"/>
+      <c r="AC57"/>
+      <c r="AD57"/>
+      <c r="AE57">
+        <v>1</v>
+      </c>
+      <c r="AF57">
+        <v>1</v>
+      </c>
+      <c r="AG57"/>
+      <c r="AH57"/>
+      <c r="AI57"/>
+      <c r="AJ57">
+        <v>0</v>
+      </c>
+      <c r="AK57"/>
+      <c r="AL57"/>
+      <c r="AM57"/>
+      <c r="AN57"/>
+      <c r="AO57">
+        <v>0</v>
+      </c>
+      <c r="AP57"/>
+      <c r="AQ57"/>
+      <c r="AR57"/>
+      <c r="AS57"/>
+    </row>
+    <row r="58" spans="1:45">
+      <c r="A58" t="s">
+        <v>327</v>
+      </c>
+      <c r="B58" t="s">
+        <v>328</v>
+      </c>
+      <c r="C58" t="s">
+        <v>253</v>
+      </c>
+      <c r="D58">
+        <v>2025</v>
+      </c>
+      <c r="E58" t="s">
+        <v>319</v>
+      </c>
+      <c r="F58" t="s">
+        <v>332</v>
+      </c>
+      <c r="G58" t="s">
+        <v>333</v>
+      </c>
+      <c r="H58" t="s">
+        <v>331</v>
+      </c>
+      <c r="I58" t="s">
+        <v>72</v>
+      </c>
+      <c r="J58">
+        <v>0</v>
+      </c>
+      <c r="K58">
+        <v>0</v>
+      </c>
+      <c r="L58">
+        <v>1</v>
+      </c>
+      <c r="M58"/>
+      <c r="N58">
+        <v>0</v>
+      </c>
+      <c r="O58"/>
+      <c r="P58"/>
+      <c r="Q58"/>
+      <c r="R58"/>
+      <c r="S58"/>
+      <c r="T58"/>
+      <c r="U58"/>
+      <c r="V58">
+        <v>0</v>
+      </c>
+      <c r="W58"/>
+      <c r="X58"/>
+      <c r="Y58"/>
+      <c r="Z58"/>
+      <c r="AA58"/>
+      <c r="AB58"/>
+      <c r="AC58"/>
+      <c r="AD58"/>
+      <c r="AE58"/>
+      <c r="AF58"/>
+      <c r="AG58"/>
+      <c r="AH58"/>
+      <c r="AI58"/>
+      <c r="AJ58">
+        <v>0</v>
+      </c>
+      <c r="AK58"/>
+      <c r="AL58"/>
+      <c r="AM58"/>
+      <c r="AN58"/>
+      <c r="AO58">
+        <v>0</v>
+      </c>
+      <c r="AP58"/>
+      <c r="AQ58"/>
+      <c r="AR58"/>
+      <c r="AS58"/>
+    </row>
+    <row r="59" spans="1:45">
+      <c r="A59" t="s">
+        <v>108</v>
+      </c>
+      <c r="B59" t="s">
+        <v>46</v>
+      </c>
+      <c r="C59" t="s">
+        <v>253</v>
+      </c>
+      <c r="D59">
+        <v>2025</v>
+      </c>
+      <c r="E59" t="s">
+        <v>272</v>
+      </c>
+      <c r="F59" t="s">
+        <v>334</v>
+      </c>
+      <c r="G59" t="s">
+        <v>335</v>
+      </c>
+      <c r="H59" t="s">
+        <v>275</v>
+      </c>
+      <c r="I59" t="s">
+        <v>336</v>
+      </c>
+      <c r="J59">
+        <v>0</v>
+      </c>
+      <c r="K59">
+        <v>0</v>
+      </c>
+      <c r="L59">
+        <v>0</v>
+      </c>
+      <c r="M59">
+        <v>-2</v>
+      </c>
+      <c r="N59">
+        <v>0</v>
+      </c>
+      <c r="O59"/>
+      <c r="P59"/>
+      <c r="Q59">
+        <v>-2</v>
+      </c>
+      <c r="R59">
+        <v>-1</v>
+      </c>
+      <c r="S59"/>
+      <c r="T59"/>
+      <c r="U59"/>
+      <c r="V59">
+        <v>0</v>
+      </c>
+      <c r="W59"/>
+      <c r="X59"/>
+      <c r="Y59"/>
+      <c r="Z59"/>
+      <c r="AA59"/>
+      <c r="AB59"/>
+      <c r="AC59"/>
+      <c r="AD59"/>
+      <c r="AE59"/>
+      <c r="AF59"/>
+      <c r="AG59"/>
+      <c r="AH59"/>
+      <c r="AI59"/>
+      <c r="AJ59">
+        <v>0</v>
+      </c>
+      <c r="AK59"/>
+      <c r="AL59"/>
+      <c r="AM59"/>
+      <c r="AN59"/>
+      <c r="AO59">
+        <v>0</v>
+      </c>
+      <c r="AP59"/>
+      <c r="AQ59"/>
+      <c r="AR59"/>
+      <c r="AS59"/>
+    </row>
+    <row r="60" spans="1:45">
+      <c r="A60" t="s">
+        <v>337</v>
+      </c>
+      <c r="B60" t="s">
+        <v>338</v>
+      </c>
+      <c r="C60" t="s">
+        <v>339</v>
+      </c>
+      <c r="D60">
+        <v>2025</v>
+      </c>
+      <c r="E60" t="s">
+        <v>340</v>
+      </c>
+      <c r="F60" t="s">
+        <v>341</v>
+      </c>
+      <c r="G60" t="s">
+        <v>342</v>
+      </c>
+      <c r="H60" t="s">
+        <v>343</v>
+      </c>
+      <c r="I60" t="s">
+        <v>344</v>
+      </c>
+      <c r="J60">
+        <v>0</v>
+      </c>
+      <c r="K60">
+        <v>0</v>
+      </c>
+      <c r="L60">
+        <v>0</v>
+      </c>
+      <c r="M60"/>
+      <c r="N60">
+        <v>0</v>
+      </c>
+      <c r="O60"/>
+      <c r="P60"/>
+      <c r="Q60"/>
+      <c r="R60"/>
+      <c r="S60"/>
+      <c r="T60"/>
+      <c r="U60"/>
+      <c r="V60">
+        <v>0</v>
+      </c>
+      <c r="W60"/>
+      <c r="X60"/>
+      <c r="Y60"/>
+      <c r="Z60"/>
+      <c r="AA60"/>
+      <c r="AB60"/>
+      <c r="AC60"/>
+      <c r="AD60"/>
+      <c r="AE60"/>
+      <c r="AF60"/>
+      <c r="AG60"/>
+      <c r="AH60"/>
+      <c r="AI60">
+        <v>1</v>
+      </c>
+      <c r="AJ60">
+        <v>0</v>
+      </c>
+      <c r="AK60">
+        <v>1</v>
+      </c>
+      <c r="AL60"/>
+      <c r="AM60"/>
+      <c r="AN60"/>
+      <c r="AO60">
+        <v>0</v>
+      </c>
+      <c r="AP60"/>
+      <c r="AQ60"/>
+      <c r="AR60"/>
+      <c r="AS60"/>
+    </row>
+    <row r="61" spans="1:45">
+      <c r="A61" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" t="s">
+        <v>338</v>
+      </c>
+      <c r="C61" t="s">
+        <v>339</v>
+      </c>
+      <c r="D61">
+        <v>2025</v>
+      </c>
+      <c r="E61" t="s">
+        <v>340</v>
+      </c>
+      <c r="F61" t="s">
+        <v>341</v>
+      </c>
+      <c r="G61" t="s">
+        <v>342</v>
+      </c>
+      <c r="H61" t="s">
+        <v>343</v>
+      </c>
+      <c r="I61" t="s">
+        <v>344</v>
+      </c>
+      <c r="J61">
+        <v>0</v>
+      </c>
+      <c r="K61">
+        <v>0</v>
+      </c>
+      <c r="L61">
+        <v>0</v>
+      </c>
+      <c r="M61"/>
+      <c r="N61">
+        <v>0</v>
+      </c>
+      <c r="O61"/>
+      <c r="P61"/>
+      <c r="Q61"/>
+      <c r="R61"/>
+      <c r="S61"/>
+      <c r="T61"/>
+      <c r="U61"/>
+      <c r="V61">
+        <v>0</v>
+      </c>
+      <c r="W61"/>
+      <c r="X61"/>
+      <c r="Y61"/>
+      <c r="Z61"/>
+      <c r="AA61"/>
+      <c r="AB61"/>
+      <c r="AC61"/>
+      <c r="AD61"/>
+      <c r="AE61"/>
+      <c r="AF61"/>
+      <c r="AG61"/>
+      <c r="AH61"/>
+      <c r="AI61">
+        <v>1</v>
+      </c>
+      <c r="AJ61">
+        <v>0</v>
+      </c>
+      <c r="AK61">
+        <v>1</v>
+      </c>
+      <c r="AL61"/>
+      <c r="AM61"/>
+      <c r="AN61"/>
+      <c r="AO61">
+        <v>0</v>
+      </c>
+      <c r="AP61"/>
+      <c r="AQ61"/>
+      <c r="AR61"/>
+      <c r="AS61"/>
+    </row>
+    <row r="62" spans="1:45">
+      <c r="A62" t="s">
+        <v>337</v>
+      </c>
+      <c r="B62" t="s">
+        <v>338</v>
+      </c>
+      <c r="C62" t="s">
+        <v>339</v>
+      </c>
+      <c r="D62">
+        <v>2025</v>
+      </c>
+      <c r="E62" t="s">
+        <v>340</v>
+      </c>
+      <c r="F62" t="s">
+        <v>345</v>
+      </c>
+      <c r="G62" t="s">
+        <v>346</v>
+      </c>
+      <c r="H62" t="s">
+        <v>343</v>
+      </c>
+      <c r="I62" t="s">
+        <v>347</v>
+      </c>
+      <c r="J62">
+        <v>0</v>
+      </c>
+      <c r="K62">
+        <v>0</v>
+      </c>
+      <c r="L62">
+        <v>1</v>
+      </c>
+      <c r="M62"/>
+      <c r="N62">
+        <v>0</v>
+      </c>
+      <c r="O62"/>
+      <c r="P62"/>
+      <c r="Q62"/>
+      <c r="R62"/>
+      <c r="S62"/>
+      <c r="T62"/>
+      <c r="U62"/>
+      <c r="V62">
+        <v>0</v>
+      </c>
+      <c r="W62"/>
+      <c r="X62"/>
+      <c r="Y62"/>
+      <c r="Z62"/>
+      <c r="AA62"/>
+      <c r="AB62"/>
+      <c r="AC62"/>
+      <c r="AD62"/>
+      <c r="AE62"/>
+      <c r="AF62"/>
+      <c r="AG62"/>
+      <c r="AH62"/>
+      <c r="AI62">
+        <v>1</v>
+      </c>
+      <c r="AJ62">
+        <v>0</v>
+      </c>
+      <c r="AK62">
+        <v>1</v>
+      </c>
+      <c r="AL62"/>
+      <c r="AM62"/>
+      <c r="AN62"/>
+      <c r="AO62">
+        <v>0</v>
+      </c>
+      <c r="AP62"/>
+      <c r="AQ62"/>
+      <c r="AR62"/>
+      <c r="AS62"/>
+    </row>
+    <row r="63" spans="1:45">
+      <c r="A63" t="s">
+        <v>147</v>
+      </c>
+      <c r="B63" t="s">
+        <v>148</v>
+      </c>
+      <c r="C63" t="s">
+        <v>339</v>
+      </c>
+      <c r="D63">
+        <v>2025</v>
+      </c>
+      <c r="E63" t="s">
+        <v>272</v>
+      </c>
+      <c r="F63" t="s">
+        <v>348</v>
+      </c>
+      <c r="G63" t="s">
+        <v>349</v>
+      </c>
+      <c r="H63" t="s">
+        <v>350</v>
+      </c>
+      <c r="I63" t="s">
+        <v>351</v>
+      </c>
+      <c r="J63">
+        <v>0</v>
+      </c>
+      <c r="K63">
+        <v>0</v>
+      </c>
+      <c r="L63">
+        <v>0</v>
+      </c>
+      <c r="M63">
+        <v>1</v>
+      </c>
+      <c r="N63">
+        <v>0</v>
+      </c>
+      <c r="O63"/>
+      <c r="P63">
+        <v>1</v>
+      </c>
+      <c r="Q63"/>
+      <c r="R63"/>
+      <c r="S63"/>
+      <c r="T63">
+        <v>1</v>
+      </c>
+      <c r="U63"/>
+      <c r="V63">
+        <v>0</v>
+      </c>
+      <c r="W63"/>
+      <c r="X63"/>
+      <c r="Y63"/>
+      <c r="Z63"/>
+      <c r="AA63"/>
+      <c r="AB63"/>
+      <c r="AC63"/>
+      <c r="AD63"/>
+      <c r="AE63"/>
+      <c r="AF63"/>
+      <c r="AG63"/>
+      <c r="AH63"/>
+      <c r="AI63"/>
+      <c r="AJ63">
+        <v>0</v>
+      </c>
+      <c r="AK63"/>
+      <c r="AL63"/>
+      <c r="AM63"/>
+      <c r="AN63"/>
+      <c r="AO63">
+        <v>0</v>
+      </c>
+      <c r="AP63"/>
+      <c r="AQ63"/>
+      <c r="AR63"/>
+      <c r="AS63"/>
+    </row>
+    <row r="64" spans="1:45">
+      <c r="A64" t="s">
+        <v>159</v>
+      </c>
+      <c r="B64" t="s">
+        <v>148</v>
+      </c>
+      <c r="C64" t="s">
+        <v>339</v>
+      </c>
+      <c r="D64">
+        <v>2025</v>
+      </c>
+      <c r="E64" t="s">
+        <v>272</v>
+      </c>
+      <c r="F64" t="s">
+        <v>352</v>
+      </c>
+      <c r="G64" t="s">
+        <v>353</v>
+      </c>
+      <c r="H64" t="s">
+        <v>354</v>
+      </c>
+      <c r="I64" t="s">
+        <v>355</v>
+      </c>
+      <c r="J64">
+        <v>0</v>
+      </c>
+      <c r="K64">
+        <v>0</v>
+      </c>
+      <c r="L64">
+        <v>0</v>
+      </c>
+      <c r="M64">
+        <v>-1</v>
+      </c>
+      <c r="N64">
+        <v>0</v>
+      </c>
+      <c r="O64">
+        <v>-1</v>
+      </c>
+      <c r="P64"/>
+      <c r="Q64">
+        <v>-1</v>
+      </c>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64"/>
+      <c r="U64"/>
+      <c r="V64">
+        <v>0</v>
+      </c>
+      <c r="W64"/>
+      <c r="X64"/>
+      <c r="Y64"/>
+      <c r="Z64"/>
+      <c r="AA64"/>
+      <c r="AB64"/>
+      <c r="AC64"/>
+      <c r="AD64"/>
+      <c r="AE64"/>
+      <c r="AF64"/>
+      <c r="AG64"/>
+      <c r="AH64"/>
+      <c r="AI64"/>
+      <c r="AJ64">
+        <v>0</v>
+      </c>
+      <c r="AK64"/>
+      <c r="AL64"/>
+      <c r="AM64"/>
+      <c r="AN64"/>
+      <c r="AO64">
+        <v>1</v>
+      </c>
+      <c r="AP64"/>
+      <c r="AQ64"/>
+      <c r="AR64"/>
+      <c r="AS64"/>
+    </row>
+    <row r="65" spans="1:45">
+      <c r="A65" t="s">
+        <v>164</v>
+      </c>
+      <c r="B65" t="s">
+        <v>46</v>
+      </c>
+      <c r="C65" t="s">
+        <v>339</v>
+      </c>
+      <c r="D65">
+        <v>2025</v>
+      </c>
+      <c r="E65" t="s">
+        <v>272</v>
+      </c>
+      <c r="F65" t="s">
+        <v>356</v>
+      </c>
+      <c r="G65" t="s">
+        <v>357</v>
+      </c>
+      <c r="H65" t="s">
+        <v>358</v>
+      </c>
+      <c r="I65" t="s">
+        <v>359</v>
+      </c>
+      <c r="J65">
+        <v>0</v>
+      </c>
+      <c r="K65">
+        <v>0</v>
+      </c>
+      <c r="L65">
+        <v>0</v>
+      </c>
+      <c r="M65">
+        <v>-1</v>
+      </c>
+      <c r="N65">
+        <v>0</v>
+      </c>
+      <c r="O65">
+        <v>-1</v>
+      </c>
+      <c r="P65"/>
+      <c r="Q65">
+        <v>-1</v>
+      </c>
+      <c r="R65"/>
+      <c r="S65"/>
+      <c r="T65"/>
+      <c r="U65"/>
+      <c r="V65">
+        <v>0</v>
+      </c>
+      <c r="W65"/>
+      <c r="X65"/>
+      <c r="Y65"/>
+      <c r="Z65"/>
+      <c r="AA65"/>
+      <c r="AB65"/>
+      <c r="AC65"/>
+      <c r="AD65"/>
+      <c r="AE65"/>
+      <c r="AF65"/>
+      <c r="AG65"/>
+      <c r="AH65"/>
+      <c r="AI65"/>
+      <c r="AJ65">
+        <v>0</v>
+      </c>
+      <c r="AK65"/>
+      <c r="AL65"/>
+      <c r="AM65"/>
+      <c r="AN65"/>
+      <c r="AO65">
+        <v>0</v>
+      </c>
+      <c r="AP65"/>
+      <c r="AQ65"/>
+      <c r="AR65"/>
+      <c r="AS65"/>
+    </row>
+    <row r="66" spans="1:45">
+      <c r="A66" t="s">
+        <v>360</v>
+      </c>
+      <c r="B66" t="s">
+        <v>97</v>
+      </c>
+      <c r="C66" t="s">
+        <v>339</v>
+      </c>
+      <c r="D66">
+        <v>2025</v>
+      </c>
+      <c r="E66" t="s">
+        <v>272</v>
+      </c>
+      <c r="F66" t="s">
+        <v>361</v>
+      </c>
+      <c r="G66" t="s">
+        <v>362</v>
+      </c>
+      <c r="H66" t="s">
+        <v>363</v>
+      </c>
+      <c r="I66" t="s">
+        <v>72</v>
+      </c>
+      <c r="J66">
+        <v>0</v>
+      </c>
+      <c r="K66">
+        <v>0</v>
+      </c>
+      <c r="L66">
+        <v>1</v>
+      </c>
+      <c r="M66"/>
+      <c r="N66">
+        <v>0</v>
+      </c>
+      <c r="O66"/>
+      <c r="P66"/>
+      <c r="Q66"/>
+      <c r="R66"/>
+      <c r="S66"/>
+      <c r="T66"/>
+      <c r="U66"/>
+      <c r="V66">
+        <v>0</v>
+      </c>
+      <c r="W66"/>
+      <c r="X66"/>
+      <c r="Y66"/>
+      <c r="Z66"/>
+      <c r="AA66"/>
+      <c r="AB66"/>
+      <c r="AC66"/>
+      <c r="AD66"/>
+      <c r="AE66"/>
+      <c r="AF66"/>
+      <c r="AG66"/>
+      <c r="AH66"/>
+      <c r="AI66"/>
+      <c r="AJ66">
+        <v>0</v>
+      </c>
+      <c r="AK66"/>
+      <c r="AL66"/>
+      <c r="AM66"/>
+      <c r="AN66"/>
+      <c r="AO66">
+        <v>0</v>
+      </c>
+      <c r="AP66"/>
+      <c r="AQ66"/>
+      <c r="AR66"/>
+      <c r="AS66"/>
+    </row>
+    <row r="67" spans="1:45">
+      <c r="A67" t="s">
+        <v>364</v>
+      </c>
+      <c r="B67" t="s">
+        <v>365</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67">
+        <v>2025</v>
+      </c>
+      <c r="E67" t="s">
+        <v>366</v>
+      </c>
+      <c r="F67" t="s">
+        <v>367</v>
+      </c>
+      <c r="G67" t="s">
+        <v>368</v>
+      </c>
+      <c r="H67" t="s">
+        <v>369</v>
+      </c>
+      <c r="I67" t="s">
+        <v>69</v>
+      </c>
+      <c r="J67">
+        <v>0</v>
+      </c>
+      <c r="K67">
+        <v>0</v>
+      </c>
+      <c r="L67">
+        <v>0</v>
+      </c>
+      <c r="M67"/>
+      <c r="N67">
+        <v>0</v>
+      </c>
+      <c r="O67"/>
+      <c r="P67"/>
+      <c r="Q67"/>
+      <c r="R67"/>
+      <c r="S67"/>
+      <c r="T67"/>
+      <c r="U67"/>
+      <c r="V67">
+        <v>0</v>
+      </c>
+      <c r="W67"/>
+      <c r="X67"/>
+      <c r="Y67"/>
+      <c r="Z67"/>
+      <c r="AA67"/>
+      <c r="AB67"/>
+      <c r="AC67"/>
+      <c r="AD67"/>
+      <c r="AE67"/>
+      <c r="AF67"/>
+      <c r="AG67"/>
+      <c r="AH67"/>
+      <c r="AI67">
+        <v>1</v>
+      </c>
+      <c r="AJ67">
+        <v>0</v>
+      </c>
+      <c r="AK67">
+        <v>1</v>
+      </c>
+      <c r="AL67"/>
+      <c r="AM67"/>
+      <c r="AN67"/>
+      <c r="AO67">
+        <v>0</v>
+      </c>
+      <c r="AP67"/>
+      <c r="AQ67"/>
+      <c r="AR67"/>
+      <c r="AS67"/>
+    </row>
+    <row r="68" spans="1:45">
+      <c r="A68" t="s">
+        <v>318</v>
+      </c>
+      <c r="B68" t="s">
+        <v>171</v>
+      </c>
+      <c r="C68" t="s">
+        <v>339</v>
+      </c>
+      <c r="D68">
+        <v>2025</v>
+      </c>
+      <c r="E68" t="s">
+        <v>370</v>
+      </c>
+      <c r="F68" t="s">
+        <v>371</v>
+      </c>
+      <c r="G68" t="s">
+        <v>372</v>
+      </c>
+      <c r="H68" t="s">
+        <v>373</v>
+      </c>
+      <c r="I68" t="s">
+        <v>374</v>
+      </c>
+      <c r="J68">
+        <v>0</v>
+      </c>
+      <c r="K68">
+        <v>0</v>
+      </c>
+      <c r="L68">
+        <v>0</v>
+      </c>
+      <c r="M68">
+        <v>1</v>
+      </c>
+      <c r="N68">
+        <v>0</v>
+      </c>
+      <c r="O68"/>
+      <c r="P68">
+        <v>1</v>
+      </c>
+      <c r="Q68"/>
+      <c r="R68"/>
+      <c r="S68"/>
+      <c r="T68"/>
+      <c r="U68"/>
+      <c r="V68">
+        <v>0</v>
+      </c>
+      <c r="W68"/>
+      <c r="X68"/>
+      <c r="Y68"/>
+      <c r="Z68"/>
+      <c r="AA68"/>
+      <c r="AB68"/>
+      <c r="AC68"/>
+      <c r="AD68"/>
+      <c r="AE68"/>
+      <c r="AF68"/>
+      <c r="AG68"/>
+      <c r="AH68"/>
+      <c r="AI68"/>
+      <c r="AJ68">
+        <v>0</v>
+      </c>
+      <c r="AK68"/>
+      <c r="AL68"/>
+      <c r="AM68"/>
+      <c r="AN68"/>
+      <c r="AO68">
+        <v>0</v>
+      </c>
+      <c r="AP68"/>
+      <c r="AQ68"/>
+      <c r="AR68"/>
+      <c r="AS68"/>
+    </row>
+    <row r="69" spans="1:45">
+      <c r="A69" t="s">
+        <v>375</v>
+      </c>
+      <c r="B69" t="s">
+        <v>365</v>
+      </c>
+      <c r="C69" t="s">
+        <v>376</v>
+      </c>
+      <c r="D69">
+        <v>2025</v>
+      </c>
+      <c r="E69" t="s">
+        <v>377</v>
+      </c>
+      <c r="F69" t="s">
+        <v>378</v>
+      </c>
+      <c r="G69" t="s">
+        <v>379</v>
+      </c>
+      <c r="H69" t="s">
+        <v>380</v>
+      </c>
+      <c r="I69" t="s">
+        <v>381</v>
+      </c>
+      <c r="J69">
+        <v>0</v>
+      </c>
+      <c r="K69">
+        <v>1</v>
+      </c>
+      <c r="L69">
+        <v>0</v>
+      </c>
+      <c r="M69">
+        <v>0</v>
+      </c>
+      <c r="N69">
+        <v>0</v>
+      </c>
+      <c r="O69">
+        <v>0</v>
+      </c>
+      <c r="P69">
+        <v>0</v>
+      </c>
+      <c r="Q69"/>
+      <c r="R69"/>
+      <c r="S69"/>
+      <c r="T69"/>
+      <c r="U69"/>
+      <c r="V69">
+        <v>0</v>
+      </c>
+      <c r="W69"/>
+      <c r="X69"/>
+      <c r="Y69"/>
+      <c r="Z69"/>
+      <c r="AA69"/>
+      <c r="AB69"/>
+      <c r="AC69"/>
+      <c r="AD69"/>
+      <c r="AE69"/>
+      <c r="AF69"/>
+      <c r="AG69"/>
+      <c r="AH69"/>
+      <c r="AI69"/>
+      <c r="AJ69">
+        <v>0</v>
+      </c>
+      <c r="AK69"/>
+      <c r="AL69"/>
+      <c r="AM69"/>
+      <c r="AN69">
+        <v>0</v>
+      </c>
+      <c r="AO69">
+        <v>0</v>
+      </c>
+      <c r="AP69"/>
+      <c r="AQ69"/>
+      <c r="AR69" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS69"/>
+    </row>
+    <row r="70" spans="1:45">
+      <c r="A70" t="s">
+        <v>382</v>
+      </c>
+      <c r="B70" t="s">
+        <v>148</v>
+      </c>
+      <c r="C70" t="s">
+        <v>376</v>
+      </c>
+      <c r="D70">
+        <v>2025</v>
+      </c>
+      <c r="E70" t="s">
+        <v>383</v>
+      </c>
+      <c r="F70" t="s">
+        <v>384</v>
+      </c>
+      <c r="G70" t="s">
+        <v>385</v>
+      </c>
+      <c r="H70" t="s">
+        <v>386</v>
+      </c>
+      <c r="I70" t="s">
+        <v>387</v>
+      </c>
+      <c r="J70">
+        <v>0</v>
+      </c>
+      <c r="K70">
+        <v>0</v>
+      </c>
+      <c r="L70">
+        <v>0</v>
+      </c>
+      <c r="M70"/>
+      <c r="N70">
+        <v>0</v>
+      </c>
+      <c r="O70"/>
+      <c r="P70"/>
+      <c r="Q70"/>
+      <c r="R70"/>
+      <c r="S70"/>
+      <c r="T70"/>
+      <c r="U70">
+        <v>-1</v>
+      </c>
+      <c r="V70">
+        <v>0</v>
+      </c>
+      <c r="W70"/>
+      <c r="X70">
+        <v>-1</v>
+      </c>
+      <c r="Y70"/>
+      <c r="Z70">
+        <v>-1</v>
+      </c>
+      <c r="AA70"/>
+      <c r="AB70"/>
+      <c r="AC70"/>
+      <c r="AD70"/>
+      <c r="AE70"/>
+      <c r="AF70"/>
+      <c r="AG70"/>
+      <c r="AH70"/>
+      <c r="AI70"/>
+      <c r="AJ70">
+        <v>0</v>
+      </c>
+      <c r="AK70"/>
+      <c r="AL70"/>
+      <c r="AM70"/>
+      <c r="AN70"/>
+      <c r="AO70">
+        <v>1</v>
+      </c>
+      <c r="AP70"/>
+      <c r="AQ70"/>
+      <c r="AR70"/>
+      <c r="AS70"/>
+    </row>
+    <row r="71" spans="1:45">
+      <c r="A71" t="s">
+        <v>309</v>
+      </c>
+      <c r="B71" t="s">
+        <v>148</v>
+      </c>
+      <c r="C71" t="s">
+        <v>376</v>
+      </c>
+      <c r="D71">
+        <v>2025</v>
+      </c>
+      <c r="E71" t="s">
+        <v>383</v>
+      </c>
+      <c r="F71" t="s">
+        <v>388</v>
+      </c>
+      <c r="G71" t="s">
+        <v>389</v>
+      </c>
+      <c r="H71" t="s">
+        <v>390</v>
+      </c>
+      <c r="I71" t="s">
+        <v>391</v>
+      </c>
+      <c r="J71">
+        <v>0</v>
+      </c>
+      <c r="K71">
+        <v>1</v>
+      </c>
+      <c r="L71">
+        <v>0</v>
+      </c>
+      <c r="M71"/>
+      <c r="N71">
+        <v>0</v>
+      </c>
+      <c r="O71"/>
+      <c r="P71"/>
+      <c r="Q71"/>
+      <c r="R71"/>
+      <c r="S71"/>
+      <c r="T71"/>
+      <c r="U71"/>
+      <c r="V71">
+        <v>0</v>
+      </c>
+      <c r="W71"/>
+      <c r="X71"/>
+      <c r="Y71"/>
+      <c r="Z71"/>
+      <c r="AA71"/>
+      <c r="AB71"/>
+      <c r="AC71"/>
+      <c r="AD71"/>
+      <c r="AE71"/>
+      <c r="AF71"/>
+      <c r="AG71"/>
+      <c r="AH71"/>
+      <c r="AI71"/>
+      <c r="AJ71">
+        <v>0</v>
+      </c>
+      <c r="AK71"/>
+      <c r="AL71"/>
+      <c r="AM71"/>
+      <c r="AN71">
+        <v>0</v>
+      </c>
+      <c r="AO71">
+        <v>0</v>
+      </c>
+      <c r="AP71"/>
+      <c r="AQ71"/>
+      <c r="AR71"/>
+      <c r="AS71" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="72" spans="1:45">
+      <c r="A72" t="s">
+        <v>392</v>
+      </c>
+      <c r="B72" t="s">
+        <v>74</v>
+      </c>
+      <c r="C72" t="s">
+        <v>376</v>
+      </c>
+      <c r="D72">
+        <v>2025</v>
+      </c>
+      <c r="E72" t="s">
+        <v>393</v>
+      </c>
+      <c r="F72" t="s">
+        <v>394</v>
+      </c>
+      <c r="G72" t="s">
+        <v>395</v>
+      </c>
+      <c r="H72" t="s">
+        <v>396</v>
+      </c>
+      <c r="I72" t="s">
+        <v>397</v>
+      </c>
+      <c r="J72">
+        <v>0</v>
+      </c>
+      <c r="K72">
+        <v>1</v>
+      </c>
+      <c r="L72">
+        <v>0</v>
+      </c>
+      <c r="M72"/>
+      <c r="N72">
+        <v>0</v>
+      </c>
+      <c r="O72"/>
+      <c r="P72"/>
+      <c r="Q72"/>
+      <c r="R72"/>
+      <c r="S72"/>
+      <c r="T72"/>
+      <c r="U72">
+        <v>0</v>
+      </c>
+      <c r="V72">
+        <v>0</v>
+      </c>
+      <c r="W72">
+        <v>0</v>
+      </c>
+      <c r="X72"/>
+      <c r="Y72"/>
+      <c r="Z72"/>
+      <c r="AA72"/>
+      <c r="AB72"/>
+      <c r="AC72"/>
+      <c r="AD72"/>
+      <c r="AE72"/>
+      <c r="AF72"/>
+      <c r="AG72"/>
+      <c r="AH72"/>
+      <c r="AI72"/>
+      <c r="AJ72">
+        <v>0</v>
+      </c>
+      <c r="AK72"/>
+      <c r="AL72"/>
+      <c r="AM72"/>
+      <c r="AN72">
+        <v>0</v>
+      </c>
+      <c r="AO72">
+        <v>0</v>
+      </c>
+      <c r="AP72"/>
+      <c r="AQ72"/>
+      <c r="AR72"/>
+      <c r="AS72" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="73" spans="1:45">
+      <c r="A73" t="s">
+        <v>398</v>
+      </c>
+      <c r="B73" t="s">
+        <v>130</v>
+      </c>
+      <c r="C73" t="s">
+        <v>376</v>
+      </c>
+      <c r="D73">
+        <v>2025</v>
+      </c>
+      <c r="E73" t="s">
+        <v>399</v>
+      </c>
+      <c r="F73" t="s">
+        <v>400</v>
+      </c>
+      <c r="G73" t="s">
+        <v>401</v>
+      </c>
+      <c r="H73" t="s">
+        <v>402</v>
+      </c>
+      <c r="I73" t="s">
+        <v>403</v>
+      </c>
+      <c r="J73">
+        <v>0</v>
+      </c>
+      <c r="K73">
+        <v>0</v>
+      </c>
+      <c r="L73">
+        <v>0</v>
+      </c>
+      <c r="M73">
+        <v>-1</v>
+      </c>
+      <c r="N73">
+        <v>0</v>
+      </c>
+      <c r="O73"/>
+      <c r="P73">
+        <v>-1</v>
+      </c>
+      <c r="Q73"/>
+      <c r="R73"/>
+      <c r="S73"/>
+      <c r="T73">
+        <v>-1</v>
+      </c>
+      <c r="U73">
+        <v>-1</v>
+      </c>
+      <c r="V73">
+        <v>0</v>
+      </c>
+      <c r="W73"/>
+      <c r="X73"/>
+      <c r="Y73"/>
+      <c r="Z73"/>
+      <c r="AA73"/>
+      <c r="AB73"/>
+      <c r="AC73"/>
+      <c r="AD73"/>
+      <c r="AE73">
+        <v>-1</v>
+      </c>
+      <c r="AF73"/>
+      <c r="AG73">
+        <v>-1</v>
+      </c>
+      <c r="AH73"/>
+      <c r="AI73"/>
+      <c r="AJ73">
+        <v>0</v>
+      </c>
+      <c r="AK73"/>
+      <c r="AL73"/>
+      <c r="AM73"/>
+      <c r="AN73"/>
+      <c r="AO73">
+        <v>0</v>
+      </c>
+      <c r="AP73"/>
+      <c r="AQ73"/>
+      <c r="AR73"/>
+      <c r="AS73"/>
+    </row>
+    <row r="74" spans="1:45">
+      <c r="A74" t="s">
+        <v>404</v>
+      </c>
+      <c r="B74" t="s">
+        <v>130</v>
+      </c>
+      <c r="C74" t="s">
+        <v>376</v>
+      </c>
+      <c r="D74">
+        <v>2025</v>
+      </c>
+      <c r="E74" t="s">
+        <v>405</v>
+      </c>
+      <c r="F74" t="s">
+        <v>406</v>
+      </c>
+      <c r="G74" t="s">
+        <v>407</v>
+      </c>
+      <c r="H74" t="s">
+        <v>408</v>
+      </c>
+      <c r="I74" t="s">
+        <v>409</v>
+      </c>
+      <c r="J74">
+        <v>0</v>
+      </c>
+      <c r="K74">
+        <v>0</v>
+      </c>
+      <c r="L74">
+        <v>1</v>
+      </c>
+      <c r="M74"/>
+      <c r="N74">
+        <v>0</v>
+      </c>
+      <c r="O74"/>
+      <c r="P74"/>
+      <c r="Q74"/>
+      <c r="R74"/>
+      <c r="S74"/>
+      <c r="T74"/>
+      <c r="U74"/>
+      <c r="V74">
+        <v>0</v>
+      </c>
+      <c r="W74"/>
+      <c r="X74"/>
+      <c r="Y74"/>
+      <c r="Z74"/>
+      <c r="AA74"/>
+      <c r="AB74"/>
+      <c r="AC74"/>
+      <c r="AD74"/>
+      <c r="AE74"/>
+      <c r="AF74"/>
+      <c r="AG74"/>
+      <c r="AH74"/>
+      <c r="AI74"/>
+      <c r="AJ74">
+        <v>0</v>
+      </c>
+      <c r="AK74"/>
+      <c r="AL74"/>
+      <c r="AM74"/>
+      <c r="AN74"/>
+      <c r="AO74">
+        <v>0</v>
+      </c>
+      <c r="AP74"/>
+      <c r="AQ74"/>
+      <c r="AR74"/>
+      <c r="AS74"/>
+    </row>
+    <row r="75" spans="1:45">
+      <c r="A75" t="s">
+        <v>410</v>
+      </c>
+      <c r="B75" t="s">
+        <v>247</v>
+      </c>
+      <c r="C75" t="s">
+        <v>376</v>
+      </c>
+      <c r="D75">
+        <v>2025</v>
+      </c>
+      <c r="E75" t="s">
+        <v>411</v>
+      </c>
+      <c r="F75" t="s">
+        <v>412</v>
+      </c>
+      <c r="G75" t="s">
+        <v>413</v>
+      </c>
+      <c r="H75" t="s">
+        <v>414</v>
+      </c>
+      <c r="I75" t="s">
+        <v>146</v>
+      </c>
+      <c r="J75">
+        <v>0</v>
+      </c>
+      <c r="K75">
+        <v>0</v>
+      </c>
+      <c r="L75">
+        <v>0</v>
+      </c>
+      <c r="M75"/>
+      <c r="N75">
+        <v>1</v>
+      </c>
+      <c r="O75"/>
+      <c r="P75"/>
+      <c r="Q75"/>
+      <c r="R75"/>
+      <c r="S75"/>
+      <c r="T75"/>
+      <c r="U75">
+        <v>-1</v>
+      </c>
+      <c r="V75">
+        <v>0</v>
+      </c>
+      <c r="W75"/>
+      <c r="X75">
+        <v>-1</v>
+      </c>
+      <c r="Y75"/>
+      <c r="Z75">
+        <v>-1</v>
+      </c>
+      <c r="AA75"/>
+      <c r="AB75"/>
+      <c r="AC75"/>
+      <c r="AD75"/>
+      <c r="AE75"/>
+      <c r="AF75"/>
+      <c r="AG75"/>
+      <c r="AH75"/>
+      <c r="AI75"/>
+      <c r="AJ75">
+        <v>0</v>
+      </c>
+      <c r="AK75"/>
+      <c r="AL75"/>
+      <c r="AM75"/>
+      <c r="AN75"/>
+      <c r="AO75">
+        <v>0</v>
+      </c>
+      <c r="AP75"/>
+      <c r="AQ75"/>
+      <c r="AR75"/>
+      <c r="AS75"/>
+    </row>
+    <row r="76" spans="1:45">
+      <c r="A76" t="s">
+        <v>410</v>
+      </c>
+      <c r="B76" t="s">
+        <v>247</v>
+      </c>
+      <c r="C76" t="s">
+        <v>376</v>
+      </c>
+      <c r="D76">
+        <v>2025</v>
+      </c>
+      <c r="E76" t="s">
+        <v>411</v>
+      </c>
+      <c r="F76" t="s">
+        <v>415</v>
+      </c>
+      <c r="G76" t="s">
+        <v>416</v>
+      </c>
+      <c r="H76" t="s">
+        <v>414</v>
+      </c>
+      <c r="I76" t="s">
+        <v>69</v>
+      </c>
+      <c r="J76">
+        <v>0</v>
+      </c>
+      <c r="K76">
+        <v>0</v>
+      </c>
+      <c r="L76">
+        <v>1</v>
+      </c>
+      <c r="M76"/>
+      <c r="N76">
+        <v>0</v>
+      </c>
+      <c r="O76"/>
+      <c r="P76"/>
+      <c r="Q76"/>
+      <c r="R76"/>
+      <c r="S76"/>
+      <c r="T76"/>
+      <c r="U76"/>
+      <c r="V76">
+        <v>0</v>
+      </c>
+      <c r="W76"/>
+      <c r="X76"/>
+      <c r="Y76"/>
+      <c r="Z76"/>
+      <c r="AA76"/>
+      <c r="AB76"/>
+      <c r="AC76"/>
+      <c r="AD76"/>
+      <c r="AE76"/>
+      <c r="AF76"/>
+      <c r="AG76"/>
+      <c r="AH76"/>
+      <c r="AI76"/>
+      <c r="AJ76">
+        <v>0</v>
+      </c>
+      <c r="AK76"/>
+      <c r="AL76"/>
+      <c r="AM76"/>
+      <c r="AN76"/>
+      <c r="AO76">
+        <v>0</v>
+      </c>
+      <c r="AP76"/>
+      <c r="AQ76"/>
+      <c r="AR76"/>
+      <c r="AS76"/>
+    </row>
+    <row r="77" spans="1:45">
+      <c r="A77" t="s">
+        <v>287</v>
+      </c>
+      <c r="B77" t="s">
+        <v>130</v>
+      </c>
+      <c r="C77" t="s">
+        <v>417</v>
+      </c>
+      <c r="D77">
+        <v>2025</v>
+      </c>
+      <c r="E77" t="s">
+        <v>418</v>
+      </c>
+      <c r="F77" t="s">
+        <v>419</v>
+      </c>
+      <c r="G77" t="s">
+        <v>420</v>
+      </c>
+      <c r="H77" t="s">
+        <v>421</v>
+      </c>
+      <c r="I77" t="s">
+        <v>422</v>
+      </c>
+      <c r="J77">
+        <v>0</v>
+      </c>
+      <c r="K77">
+        <v>1</v>
+      </c>
+      <c r="L77">
+        <v>0</v>
+      </c>
+      <c r="M77">
+        <v>0</v>
+      </c>
+      <c r="N77">
+        <v>0</v>
+      </c>
+      <c r="O77">
+        <v>0</v>
+      </c>
+      <c r="P77"/>
+      <c r="Q77"/>
+      <c r="R77"/>
+      <c r="S77"/>
+      <c r="T77"/>
+      <c r="U77"/>
+      <c r="V77">
+        <v>0</v>
+      </c>
+      <c r="W77"/>
+      <c r="X77"/>
+      <c r="Y77"/>
+      <c r="Z77"/>
+      <c r="AA77"/>
+      <c r="AB77"/>
+      <c r="AC77"/>
+      <c r="AD77"/>
+      <c r="AE77"/>
+      <c r="AF77"/>
+      <c r="AG77"/>
+      <c r="AH77"/>
+      <c r="AI77"/>
+      <c r="AJ77">
+        <v>0</v>
+      </c>
+      <c r="AK77"/>
+      <c r="AL77"/>
+      <c r="AM77"/>
+      <c r="AN77">
+        <v>0</v>
+      </c>
+      <c r="AO77">
+        <v>0</v>
+      </c>
+      <c r="AP77"/>
+      <c r="AQ77"/>
+      <c r="AR77" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS77"/>
+    </row>
+    <row r="78" spans="1:45">
+      <c r="A78" t="s">
+        <v>292</v>
+      </c>
+      <c r="B78" t="s">
+        <v>130</v>
+      </c>
+      <c r="C78" t="s">
+        <v>417</v>
+      </c>
+      <c r="D78">
+        <v>2025</v>
+      </c>
+      <c r="E78" t="s">
+        <v>423</v>
+      </c>
+      <c r="F78" t="s">
+        <v>424</v>
+      </c>
+      <c r="G78" t="s">
+        <v>425</v>
+      </c>
+      <c r="H78" t="s">
+        <v>426</v>
+      </c>
+      <c r="I78" t="s">
+        <v>427</v>
+      </c>
+      <c r="J78">
+        <v>0</v>
+      </c>
+      <c r="K78">
+        <v>0</v>
+      </c>
+      <c r="L78">
+        <v>0</v>
+      </c>
+      <c r="M78"/>
+      <c r="N78">
+        <v>1</v>
+      </c>
+      <c r="O78"/>
+      <c r="P78"/>
+      <c r="Q78"/>
+      <c r="R78"/>
+      <c r="S78"/>
+      <c r="T78"/>
+      <c r="U78"/>
+      <c r="V78">
+        <v>0</v>
+      </c>
+      <c r="W78"/>
+      <c r="X78"/>
+      <c r="Y78"/>
+      <c r="Z78"/>
+      <c r="AA78"/>
+      <c r="AB78"/>
+      <c r="AC78"/>
+      <c r="AD78"/>
+      <c r="AE78"/>
+      <c r="AF78"/>
+      <c r="AG78"/>
+      <c r="AH78"/>
+      <c r="AI78"/>
+      <c r="AJ78">
+        <v>0</v>
+      </c>
+      <c r="AK78"/>
+      <c r="AL78"/>
+      <c r="AM78"/>
+      <c r="AN78">
+        <v>1</v>
+      </c>
+      <c r="AO78">
+        <v>0</v>
+      </c>
+      <c r="AP78"/>
+      <c r="AQ78"/>
+      <c r="AR78" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS78"/>
+    </row>
+    <row r="79" spans="1:45">
+      <c r="A79" t="s">
+        <v>252</v>
+      </c>
+      <c r="B79" t="s">
+        <v>54</v>
+      </c>
+      <c r="C79" t="s">
+        <v>417</v>
+      </c>
+      <c r="D79">
+        <v>2025</v>
+      </c>
+      <c r="E79" t="s">
+        <v>423</v>
+      </c>
+      <c r="F79" t="s">
+        <v>428</v>
+      </c>
+      <c r="G79" t="s">
+        <v>429</v>
+      </c>
+      <c r="H79" t="s">
+        <v>430</v>
+      </c>
+      <c r="I79" t="s">
+        <v>431</v>
+      </c>
+      <c r="J79">
+        <v>0</v>
+      </c>
+      <c r="K79">
+        <v>0</v>
+      </c>
+      <c r="L79">
+        <v>1</v>
+      </c>
+      <c r="M79"/>
+      <c r="N79">
+        <v>0</v>
+      </c>
+      <c r="O79"/>
+      <c r="P79"/>
+      <c r="Q79"/>
+      <c r="R79"/>
+      <c r="S79"/>
+      <c r="T79"/>
+      <c r="U79"/>
+      <c r="V79">
+        <v>0</v>
+      </c>
+      <c r="W79"/>
+      <c r="X79"/>
+      <c r="Y79"/>
+      <c r="Z79"/>
+      <c r="AA79"/>
+      <c r="AB79"/>
+      <c r="AC79"/>
+      <c r="AD79"/>
+      <c r="AE79"/>
+      <c r="AF79"/>
+      <c r="AG79"/>
+      <c r="AH79"/>
+      <c r="AI79"/>
+      <c r="AJ79">
+        <v>0</v>
+      </c>
+      <c r="AK79"/>
+      <c r="AL79"/>
+      <c r="AM79"/>
+      <c r="AN79"/>
+      <c r="AO79">
+        <v>0</v>
+      </c>
+      <c r="AP79"/>
+      <c r="AQ79"/>
+      <c r="AR79"/>
+      <c r="AS79"/>
+    </row>
+    <row r="80" spans="1:45">
+      <c r="A80" t="s">
+        <v>432</v>
+      </c>
+      <c r="B80" t="s">
+        <v>65</v>
+      </c>
+      <c r="C80" t="s">
+        <v>417</v>
+      </c>
+      <c r="D80">
+        <v>2025</v>
+      </c>
+      <c r="E80" t="s">
+        <v>423</v>
+      </c>
+      <c r="F80" t="s">
+        <v>433</v>
+      </c>
+      <c r="G80" t="s">
+        <v>434</v>
+      </c>
+      <c r="H80" t="s">
+        <v>435</v>
+      </c>
+      <c r="I80" t="s">
+        <v>72</v>
+      </c>
+      <c r="J80">
+        <v>0</v>
+      </c>
+      <c r="K80">
+        <v>0</v>
+      </c>
+      <c r="L80">
+        <v>1</v>
+      </c>
+      <c r="M80"/>
+      <c r="N80">
+        <v>0</v>
+      </c>
+      <c r="O80"/>
+      <c r="P80"/>
+      <c r="Q80"/>
+      <c r="R80"/>
+      <c r="S80"/>
+      <c r="T80"/>
+      <c r="U80"/>
+      <c r="V80">
+        <v>0</v>
+      </c>
+      <c r="W80"/>
+      <c r="X80"/>
+      <c r="Y80"/>
+      <c r="Z80"/>
+      <c r="AA80"/>
+      <c r="AB80"/>
+      <c r="AC80"/>
+      <c r="AD80"/>
+      <c r="AE80"/>
+      <c r="AF80"/>
+      <c r="AG80"/>
+      <c r="AH80"/>
+      <c r="AI80"/>
+      <c r="AJ80">
+        <v>0</v>
+      </c>
+      <c r="AK80"/>
+      <c r="AL80"/>
+      <c r="AM80"/>
+      <c r="AN80"/>
+      <c r="AO80">
+        <v>0</v>
+      </c>
+      <c r="AP80"/>
+      <c r="AQ80"/>
+      <c r="AR80"/>
+      <c r="AS80"/>
+    </row>
+    <row r="81" spans="1:45">
+      <c r="A81" t="s">
+        <v>135</v>
+      </c>
+      <c r="B81" t="s">
+        <v>130</v>
+      </c>
+      <c r="C81" t="s">
+        <v>417</v>
+      </c>
+      <c r="D81">
+        <v>2025</v>
+      </c>
+      <c r="E81" t="s">
+        <v>423</v>
+      </c>
+      <c r="F81" t="s">
+        <v>436</v>
+      </c>
+      <c r="G81" t="s">
+        <v>437</v>
+      </c>
+      <c r="H81" t="s">
+        <v>438</v>
+      </c>
+      <c r="I81" t="s">
+        <v>439</v>
+      </c>
+      <c r="J81">
+        <v>0</v>
+      </c>
+      <c r="K81">
+        <v>0</v>
+      </c>
+      <c r="L81">
+        <v>1</v>
+      </c>
+      <c r="M81"/>
+      <c r="N81">
+        <v>0</v>
+      </c>
+      <c r="O81"/>
+      <c r="P81"/>
+      <c r="Q81"/>
+      <c r="R81"/>
+      <c r="S81"/>
+      <c r="T81"/>
+      <c r="U81"/>
+      <c r="V81">
+        <v>0</v>
+      </c>
+      <c r="W81"/>
+      <c r="X81"/>
+      <c r="Y81"/>
+      <c r="Z81"/>
+      <c r="AA81"/>
+      <c r="AB81"/>
+      <c r="AC81"/>
+      <c r="AD81"/>
+      <c r="AE81"/>
+      <c r="AF81"/>
+      <c r="AG81"/>
+      <c r="AH81"/>
+      <c r="AI81"/>
+      <c r="AJ81">
+        <v>0</v>
+      </c>
+      <c r="AK81"/>
+      <c r="AL81"/>
+      <c r="AM81"/>
+      <c r="AN81"/>
+      <c r="AO81">
+        <v>0</v>
+      </c>
+      <c r="AP81"/>
+      <c r="AQ81"/>
+      <c r="AR81"/>
+      <c r="AS81"/>
+    </row>
+    <row r="82" spans="1:45">
+      <c r="A82" t="s">
+        <v>440</v>
+      </c>
+      <c r="B82" t="s">
+        <v>46</v>
+      </c>
+      <c r="C82" t="s">
+        <v>417</v>
+      </c>
+      <c r="D82">
+        <v>2025</v>
+      </c>
+      <c r="E82" t="s">
+        <v>423</v>
+      </c>
+      <c r="F82" t="s">
+        <v>441</v>
+      </c>
+      <c r="G82" t="s">
+        <v>442</v>
+      </c>
+      <c r="H82" t="s">
+        <v>443</v>
+      </c>
+      <c r="I82" t="s">
+        <v>444</v>
+      </c>
+      <c r="J82">
+        <v>0</v>
+      </c>
+      <c r="K82">
+        <v>0</v>
+      </c>
+      <c r="L82">
+        <v>1</v>
+      </c>
+      <c r="M82"/>
+      <c r="N82">
+        <v>0</v>
+      </c>
+      <c r="O82"/>
+      <c r="P82"/>
+      <c r="Q82"/>
+      <c r="R82"/>
+      <c r="S82"/>
+      <c r="T82"/>
+      <c r="U82"/>
+      <c r="V82">
+        <v>0</v>
+      </c>
+      <c r="W82"/>
+      <c r="X82"/>
+      <c r="Y82"/>
+      <c r="Z82"/>
+      <c r="AA82"/>
+      <c r="AB82"/>
+      <c r="AC82"/>
+      <c r="AD82"/>
+      <c r="AE82"/>
+      <c r="AF82"/>
+      <c r="AG82"/>
+      <c r="AH82"/>
+      <c r="AI82"/>
+      <c r="AJ82">
+        <v>0</v>
+      </c>
+      <c r="AK82"/>
+      <c r="AL82"/>
+      <c r="AM82"/>
+      <c r="AN82"/>
+      <c r="AO82">
+        <v>0</v>
+      </c>
+      <c r="AP82"/>
+      <c r="AQ82"/>
+      <c r="AR82"/>
+      <c r="AS82"/>
+    </row>
+    <row r="83" spans="1:45">
+      <c r="A83" t="s">
+        <v>445</v>
+      </c>
+      <c r="B83" t="s">
+        <v>46</v>
+      </c>
+      <c r="C83" t="s">
+        <v>417</v>
+      </c>
+      <c r="D83">
+        <v>2025</v>
+      </c>
+      <c r="E83" t="s">
+        <v>423</v>
+      </c>
+      <c r="F83" t="s">
+        <v>446</v>
+      </c>
+      <c r="G83" t="s">
+        <v>447</v>
+      </c>
+      <c r="H83" t="s">
+        <v>448</v>
+      </c>
+      <c r="I83" t="s">
+        <v>449</v>
+      </c>
+      <c r="J83">
+        <v>0</v>
+      </c>
+      <c r="K83">
+        <v>1</v>
+      </c>
+      <c r="L83">
+        <v>0</v>
+      </c>
+      <c r="M83">
+        <v>0</v>
+      </c>
+      <c r="N83">
+        <v>0</v>
+      </c>
+      <c r="O83"/>
+      <c r="P83"/>
+      <c r="Q83">
+        <v>0</v>
+      </c>
+      <c r="R83">
+        <v>0</v>
+      </c>
+      <c r="S83"/>
+      <c r="T83"/>
+      <c r="U83"/>
+      <c r="V83">
+        <v>0</v>
+      </c>
+      <c r="W83"/>
+      <c r="X83"/>
+      <c r="Y83"/>
+      <c r="Z83"/>
+      <c r="AA83"/>
+      <c r="AB83"/>
+      <c r="AC83"/>
+      <c r="AD83"/>
+      <c r="AE83"/>
+      <c r="AF83"/>
+      <c r="AG83"/>
+      <c r="AH83"/>
+      <c r="AI83"/>
+      <c r="AJ83">
+        <v>0</v>
+      </c>
+      <c r="AK83"/>
+      <c r="AL83"/>
+      <c r="AM83"/>
+      <c r="AN83">
+        <v>0</v>
+      </c>
+      <c r="AO83">
+        <v>0</v>
+      </c>
+      <c r="AP83"/>
+      <c r="AQ83"/>
+      <c r="AR83" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS83"/>
+    </row>
+    <row r="84" spans="1:45">
+      <c r="A84" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
-[...3 lines deleted...]
-      <c r="E12" t="s">
+      <c r="B84" t="s">
         <v>46</v>
       </c>
-      <c r="F12">
-[...10 lines deleted...]
-      </c>
+      <c r="C84" t="s">
+        <v>417</v>
+      </c>
+      <c r="D84">
+        <v>2025</v>
+      </c>
+      <c r="E84" t="s">
+        <v>423</v>
+      </c>
+      <c r="F84" t="s">
+        <v>450</v>
+      </c>
+      <c r="G84" t="s">
+        <v>451</v>
+      </c>
+      <c r="H84" t="s">
+        <v>452</v>
+      </c>
+      <c r="I84" t="s">
+        <v>453</v>
+      </c>
+      <c r="J84">
+        <v>0</v>
+      </c>
+      <c r="K84">
+        <v>0</v>
+      </c>
+      <c r="L84">
+        <v>0</v>
+      </c>
+      <c r="M84">
+        <v>-1</v>
+      </c>
+      <c r="N84">
+        <v>0</v>
+      </c>
+      <c r="O84"/>
+      <c r="P84"/>
+      <c r="Q84"/>
+      <c r="R84">
+        <v>-1</v>
+      </c>
+      <c r="S84"/>
+      <c r="T84"/>
+      <c r="U84"/>
+      <c r="V84">
+        <v>0</v>
+      </c>
+      <c r="W84"/>
+      <c r="X84"/>
+      <c r="Y84"/>
+      <c r="Z84"/>
+      <c r="AA84"/>
+      <c r="AB84"/>
+      <c r="AC84"/>
+      <c r="AD84"/>
+      <c r="AE84"/>
+      <c r="AF84"/>
+      <c r="AG84"/>
+      <c r="AH84"/>
+      <c r="AI84"/>
+      <c r="AJ84">
+        <v>0</v>
+      </c>
+      <c r="AK84"/>
+      <c r="AL84"/>
+      <c r="AM84"/>
+      <c r="AN84"/>
+      <c r="AO84">
+        <v>0</v>
+      </c>
+      <c r="AP84"/>
+      <c r="AQ84"/>
+      <c r="AR84"/>
+      <c r="AS84"/>
     </row>
-    <row r="13" spans="1:9">
-      <c r="A13" t="s">
+    <row r="85" spans="1:45">
+      <c r="A85" t="s">
+        <v>454</v>
+      </c>
+      <c r="B85" t="s">
+        <v>148</v>
+      </c>
+      <c r="C85" t="s">
+        <v>417</v>
+      </c>
+      <c r="D85">
+        <v>2025</v>
+      </c>
+      <c r="E85" t="s">
+        <v>423</v>
+      </c>
+      <c r="F85" t="s">
+        <v>455</v>
+      </c>
+      <c r="G85" t="s">
+        <v>456</v>
+      </c>
+      <c r="H85" t="s">
+        <v>457</v>
+      </c>
+      <c r="I85" t="s">
+        <v>69</v>
+      </c>
+      <c r="J85">
+        <v>0</v>
+      </c>
+      <c r="K85">
+        <v>0</v>
+      </c>
+      <c r="L85">
+        <v>1</v>
+      </c>
+      <c r="M85"/>
+      <c r="N85">
+        <v>0</v>
+      </c>
+      <c r="O85"/>
+      <c r="P85"/>
+      <c r="Q85"/>
+      <c r="R85"/>
+      <c r="S85"/>
+      <c r="T85"/>
+      <c r="U85"/>
+      <c r="V85">
+        <v>0</v>
+      </c>
+      <c r="W85"/>
+      <c r="X85"/>
+      <c r="Y85"/>
+      <c r="Z85"/>
+      <c r="AA85"/>
+      <c r="AB85"/>
+      <c r="AC85"/>
+      <c r="AD85"/>
+      <c r="AE85"/>
+      <c r="AF85"/>
+      <c r="AG85"/>
+      <c r="AH85"/>
+      <c r="AI85"/>
+      <c r="AJ85">
+        <v>0</v>
+      </c>
+      <c r="AK85"/>
+      <c r="AL85"/>
+      <c r="AM85"/>
+      <c r="AN85"/>
+      <c r="AO85">
+        <v>0</v>
+      </c>
+      <c r="AP85"/>
+      <c r="AQ85"/>
+      <c r="AR85"/>
+      <c r="AS85"/>
+    </row>
+    <row r="86" spans="1:45">
+      <c r="A86" t="s">
+        <v>458</v>
+      </c>
+      <c r="B86" t="s">
+        <v>338</v>
+      </c>
+      <c r="C86" t="s">
+        <v>417</v>
+      </c>
+      <c r="D86">
+        <v>2025</v>
+      </c>
+      <c r="E86" t="s">
+        <v>423</v>
+      </c>
+      <c r="F86" t="s">
+        <v>459</v>
+      </c>
+      <c r="G86" t="s">
+        <v>460</v>
+      </c>
+      <c r="H86" t="s">
+        <v>461</v>
+      </c>
+      <c r="I86" t="s">
+        <v>72</v>
+      </c>
+      <c r="J86">
+        <v>0</v>
+      </c>
+      <c r="K86">
+        <v>0</v>
+      </c>
+      <c r="L86">
+        <v>1</v>
+      </c>
+      <c r="M86"/>
+      <c r="N86">
+        <v>0</v>
+      </c>
+      <c r="O86"/>
+      <c r="P86"/>
+      <c r="Q86"/>
+      <c r="R86"/>
+      <c r="S86"/>
+      <c r="T86"/>
+      <c r="U86"/>
+      <c r="V86">
+        <v>0</v>
+      </c>
+      <c r="W86"/>
+      <c r="X86"/>
+      <c r="Y86"/>
+      <c r="Z86"/>
+      <c r="AA86"/>
+      <c r="AB86"/>
+      <c r="AC86"/>
+      <c r="AD86"/>
+      <c r="AE86"/>
+      <c r="AF86"/>
+      <c r="AG86"/>
+      <c r="AH86"/>
+      <c r="AI86"/>
+      <c r="AJ86">
+        <v>0</v>
+      </c>
+      <c r="AK86"/>
+      <c r="AL86"/>
+      <c r="AM86"/>
+      <c r="AN86"/>
+      <c r="AO86">
+        <v>0</v>
+      </c>
+      <c r="AP86"/>
+      <c r="AQ86"/>
+      <c r="AR86"/>
+      <c r="AS86"/>
+    </row>
+    <row r="87" spans="1:45">
+      <c r="A87" t="s">
+        <v>462</v>
+      </c>
+      <c r="B87" t="s">
+        <v>54</v>
+      </c>
+      <c r="C87" t="s">
+        <v>463</v>
+      </c>
+      <c r="D87">
+        <v>2025</v>
+      </c>
+      <c r="E87" t="s">
+        <v>48</v>
+      </c>
+      <c r="F87" t="s">
+        <v>464</v>
+      </c>
+      <c r="G87" t="s">
+        <v>465</v>
+      </c>
+      <c r="H87" t="s">
+        <v>466</v>
+      </c>
+      <c r="I87" t="s">
+        <v>467</v>
+      </c>
+      <c r="J87">
+        <v>0</v>
+      </c>
+      <c r="K87">
+        <v>0</v>
+      </c>
+      <c r="L87">
+        <v>1</v>
+      </c>
+      <c r="M87"/>
+      <c r="N87">
+        <v>0</v>
+      </c>
+      <c r="O87"/>
+      <c r="P87"/>
+      <c r="Q87"/>
+      <c r="R87"/>
+      <c r="S87"/>
+      <c r="T87"/>
+      <c r="U87"/>
+      <c r="V87">
+        <v>0</v>
+      </c>
+      <c r="W87"/>
+      <c r="X87"/>
+      <c r="Y87"/>
+      <c r="Z87"/>
+      <c r="AA87"/>
+      <c r="AB87"/>
+      <c r="AC87"/>
+      <c r="AD87"/>
+      <c r="AE87"/>
+      <c r="AF87"/>
+      <c r="AG87"/>
+      <c r="AH87"/>
+      <c r="AI87"/>
+      <c r="AJ87">
+        <v>0</v>
+      </c>
+      <c r="AK87"/>
+      <c r="AL87"/>
+      <c r="AM87"/>
+      <c r="AN87"/>
+      <c r="AO87">
+        <v>0</v>
+      </c>
+      <c r="AP87"/>
+      <c r="AQ87"/>
+      <c r="AR87"/>
+      <c r="AS87"/>
+    </row>
+    <row r="88" spans="1:45">
+      <c r="A88" t="s">
+        <v>468</v>
+      </c>
+      <c r="B88" t="s">
+        <v>141</v>
+      </c>
+      <c r="C88" t="s">
+        <v>469</v>
+      </c>
+      <c r="D88">
+        <v>2025</v>
+      </c>
+      <c r="E88" t="s">
+        <v>470</v>
+      </c>
+      <c r="F88" t="s">
+        <v>471</v>
+      </c>
+      <c r="G88" t="s">
+        <v>472</v>
+      </c>
+      <c r="H88" t="s">
+        <v>473</v>
+      </c>
+      <c r="I88" t="s">
+        <v>474</v>
+      </c>
+      <c r="J88">
+        <v>0</v>
+      </c>
+      <c r="K88">
+        <v>0</v>
+      </c>
+      <c r="L88">
+        <v>0</v>
+      </c>
+      <c r="M88">
+        <v>1</v>
+      </c>
+      <c r="N88">
+        <v>0</v>
+      </c>
+      <c r="O88"/>
+      <c r="P88">
+        <v>1</v>
+      </c>
+      <c r="Q88"/>
+      <c r="R88"/>
+      <c r="S88"/>
+      <c r="T88"/>
+      <c r="U88"/>
+      <c r="V88">
+        <v>0</v>
+      </c>
+      <c r="W88"/>
+      <c r="X88"/>
+      <c r="Y88"/>
+      <c r="Z88"/>
+      <c r="AA88"/>
+      <c r="AB88"/>
+      <c r="AC88"/>
+      <c r="AD88"/>
+      <c r="AE88"/>
+      <c r="AF88"/>
+      <c r="AG88"/>
+      <c r="AH88"/>
+      <c r="AI88"/>
+      <c r="AJ88">
+        <v>0</v>
+      </c>
+      <c r="AK88"/>
+      <c r="AL88"/>
+      <c r="AM88"/>
+      <c r="AN88"/>
+      <c r="AO88">
+        <v>0</v>
+      </c>
+      <c r="AP88"/>
+      <c r="AQ88"/>
+      <c r="AR88"/>
+      <c r="AS88"/>
+    </row>
+    <row r="89" spans="1:45">
+      <c r="A89" t="s">
+        <v>468</v>
+      </c>
+      <c r="B89" t="s">
+        <v>141</v>
+      </c>
+      <c r="C89" t="s">
+        <v>469</v>
+      </c>
+      <c r="D89">
+        <v>2025</v>
+      </c>
+      <c r="E89" t="s">
+        <v>470</v>
+      </c>
+      <c r="F89" t="s">
+        <v>475</v>
+      </c>
+      <c r="G89" t="s">
+        <v>476</v>
+      </c>
+      <c r="H89" t="s">
+        <v>473</v>
+      </c>
+      <c r="I89" t="s">
+        <v>477</v>
+      </c>
+      <c r="J89">
+        <v>0</v>
+      </c>
+      <c r="K89">
+        <v>1</v>
+      </c>
+      <c r="L89">
+        <v>0</v>
+      </c>
+      <c r="M89"/>
+      <c r="N89">
+        <v>0</v>
+      </c>
+      <c r="O89"/>
+      <c r="P89"/>
+      <c r="Q89"/>
+      <c r="R89"/>
+      <c r="S89"/>
+      <c r="T89"/>
+      <c r="U89"/>
+      <c r="V89">
+        <v>0</v>
+      </c>
+      <c r="W89"/>
+      <c r="X89"/>
+      <c r="Y89"/>
+      <c r="Z89"/>
+      <c r="AA89"/>
+      <c r="AB89"/>
+      <c r="AC89"/>
+      <c r="AD89"/>
+      <c r="AE89">
+        <v>0</v>
+      </c>
+      <c r="AF89"/>
+      <c r="AG89"/>
+      <c r="AH89"/>
+      <c r="AI89">
+        <v>0</v>
+      </c>
+      <c r="AJ89">
+        <v>0</v>
+      </c>
+      <c r="AK89"/>
+      <c r="AL89">
+        <v>0</v>
+      </c>
+      <c r="AM89"/>
+      <c r="AN89">
+        <v>0</v>
+      </c>
+      <c r="AO89">
+        <v>0</v>
+      </c>
+      <c r="AP89">
+        <v>0</v>
+      </c>
+      <c r="AQ89"/>
+      <c r="AR89"/>
+      <c r="AS89"/>
+    </row>
+    <row r="90" spans="1:45">
+      <c r="A90" t="s">
+        <v>246</v>
+      </c>
+      <c r="B90" t="s">
+        <v>247</v>
+      </c>
+      <c r="C90" t="s">
+        <v>469</v>
+      </c>
+      <c r="D90">
+        <v>2025</v>
+      </c>
+      <c r="E90" t="s">
+        <v>470</v>
+      </c>
+      <c r="F90" t="s">
+        <v>478</v>
+      </c>
+      <c r="G90" t="s">
+        <v>479</v>
+      </c>
+      <c r="H90" t="s">
+        <v>480</v>
+      </c>
+      <c r="I90" t="s">
+        <v>481</v>
+      </c>
+      <c r="J90">
+        <v>0</v>
+      </c>
+      <c r="K90">
+        <v>0</v>
+      </c>
+      <c r="L90">
+        <v>0</v>
+      </c>
+      <c r="M90">
+        <v>-1</v>
+      </c>
+      <c r="N90">
+        <v>0</v>
+      </c>
+      <c r="O90"/>
+      <c r="P90"/>
+      <c r="Q90">
+        <v>-1</v>
+      </c>
+      <c r="R90"/>
+      <c r="S90"/>
+      <c r="T90"/>
+      <c r="U90"/>
+      <c r="V90">
+        <v>0</v>
+      </c>
+      <c r="W90"/>
+      <c r="X90"/>
+      <c r="Y90"/>
+      <c r="Z90"/>
+      <c r="AA90"/>
+      <c r="AB90"/>
+      <c r="AC90"/>
+      <c r="AD90"/>
+      <c r="AE90"/>
+      <c r="AF90"/>
+      <c r="AG90"/>
+      <c r="AH90"/>
+      <c r="AI90"/>
+      <c r="AJ90">
+        <v>0</v>
+      </c>
+      <c r="AK90"/>
+      <c r="AL90"/>
+      <c r="AM90"/>
+      <c r="AN90">
+        <v>-1</v>
+      </c>
+      <c r="AO90">
+        <v>0</v>
+      </c>
+      <c r="AP90"/>
+      <c r="AQ90"/>
+      <c r="AR90" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS90"/>
+    </row>
+    <row r="91" spans="1:45">
+      <c r="A91" t="s">
+        <v>482</v>
+      </c>
+      <c r="B91" t="s">
+        <v>54</v>
+      </c>
+      <c r="C91" t="s">
+        <v>483</v>
+      </c>
+      <c r="D91">
+        <v>2025</v>
+      </c>
+      <c r="E91" t="s">
+        <v>48</v>
+      </c>
+      <c r="F91" t="s">
+        <v>484</v>
+      </c>
+      <c r="G91" t="s">
+        <v>485</v>
+      </c>
+      <c r="H91" t="s">
+        <v>486</v>
+      </c>
+      <c r="I91" t="s">
+        <v>487</v>
+      </c>
+      <c r="J91">
+        <v>0</v>
+      </c>
+      <c r="K91">
+        <v>0</v>
+      </c>
+      <c r="L91">
+        <v>1</v>
+      </c>
+      <c r="M91"/>
+      <c r="N91">
+        <v>0</v>
+      </c>
+      <c r="O91"/>
+      <c r="P91"/>
+      <c r="Q91"/>
+      <c r="R91"/>
+      <c r="S91"/>
+      <c r="T91"/>
+      <c r="U91"/>
+      <c r="V91">
+        <v>0</v>
+      </c>
+      <c r="W91"/>
+      <c r="X91"/>
+      <c r="Y91"/>
+      <c r="Z91"/>
+      <c r="AA91"/>
+      <c r="AB91"/>
+      <c r="AC91"/>
+      <c r="AD91"/>
+      <c r="AE91"/>
+      <c r="AF91"/>
+      <c r="AG91"/>
+      <c r="AH91"/>
+      <c r="AI91"/>
+      <c r="AJ91">
+        <v>0</v>
+      </c>
+      <c r="AK91"/>
+      <c r="AL91"/>
+      <c r="AM91"/>
+      <c r="AN91"/>
+      <c r="AO91">
+        <v>0</v>
+      </c>
+      <c r="AP91"/>
+      <c r="AQ91"/>
+      <c r="AR91"/>
+      <c r="AS91"/>
+    </row>
+    <row r="92" spans="1:45">
+      <c r="A92" t="s">
+        <v>488</v>
+      </c>
+      <c r="B92" t="s">
+        <v>148</v>
+      </c>
+      <c r="C92" t="s">
+        <v>483</v>
+      </c>
+      <c r="D92">
+        <v>2025</v>
+      </c>
+      <c r="E92" t="s">
+        <v>48</v>
+      </c>
+      <c r="F92" t="s">
+        <v>489</v>
+      </c>
+      <c r="G92" t="s">
+        <v>490</v>
+      </c>
+      <c r="H92" t="s">
+        <v>491</v>
+      </c>
+      <c r="I92" t="s">
+        <v>492</v>
+      </c>
+      <c r="J92">
+        <v>0</v>
+      </c>
+      <c r="K92">
+        <v>0</v>
+      </c>
+      <c r="L92">
+        <v>0</v>
+      </c>
+      <c r="M92">
+        <v>-1</v>
+      </c>
+      <c r="N92">
+        <v>0</v>
+      </c>
+      <c r="O92"/>
+      <c r="P92"/>
+      <c r="Q92"/>
+      <c r="R92">
+        <v>-1</v>
+      </c>
+      <c r="S92"/>
+      <c r="T92"/>
+      <c r="U92"/>
+      <c r="V92">
+        <v>0</v>
+      </c>
+      <c r="W92"/>
+      <c r="X92"/>
+      <c r="Y92"/>
+      <c r="Z92"/>
+      <c r="AA92"/>
+      <c r="AB92"/>
+      <c r="AC92"/>
+      <c r="AD92"/>
+      <c r="AE92"/>
+      <c r="AF92"/>
+      <c r="AG92"/>
+      <c r="AH92"/>
+      <c r="AI92"/>
+      <c r="AJ92">
+        <v>0</v>
+      </c>
+      <c r="AK92"/>
+      <c r="AL92"/>
+      <c r="AM92"/>
+      <c r="AN92"/>
+      <c r="AO92">
+        <v>0</v>
+      </c>
+      <c r="AP92"/>
+      <c r="AQ92"/>
+      <c r="AR92"/>
+      <c r="AS92"/>
+    </row>
+    <row r="93" spans="1:45">
+      <c r="A93" t="s">
+        <v>159</v>
+      </c>
+      <c r="B93" t="s">
+        <v>148</v>
+      </c>
+      <c r="C93" t="s">
+        <v>483</v>
+      </c>
+      <c r="D93">
+        <v>2025</v>
+      </c>
+      <c r="E93" t="s">
+        <v>48</v>
+      </c>
+      <c r="F93" t="s">
+        <v>493</v>
+      </c>
+      <c r="G93" t="s">
+        <v>494</v>
+      </c>
+      <c r="H93" t="s">
+        <v>495</v>
+      </c>
+      <c r="I93" t="s">
+        <v>496</v>
+      </c>
+      <c r="J93">
+        <v>0</v>
+      </c>
+      <c r="K93">
+        <v>0</v>
+      </c>
+      <c r="L93">
+        <v>1</v>
+      </c>
+      <c r="M93"/>
+      <c r="N93">
+        <v>0</v>
+      </c>
+      <c r="O93"/>
+      <c r="P93"/>
+      <c r="Q93"/>
+      <c r="R93"/>
+      <c r="S93"/>
+      <c r="T93"/>
+      <c r="U93"/>
+      <c r="V93">
+        <v>0</v>
+      </c>
+      <c r="W93"/>
+      <c r="X93"/>
+      <c r="Y93"/>
+      <c r="Z93"/>
+      <c r="AA93"/>
+      <c r="AB93"/>
+      <c r="AC93"/>
+      <c r="AD93"/>
+      <c r="AE93"/>
+      <c r="AF93"/>
+      <c r="AG93"/>
+      <c r="AH93"/>
+      <c r="AI93"/>
+      <c r="AJ93">
+        <v>0</v>
+      </c>
+      <c r="AK93"/>
+      <c r="AL93"/>
+      <c r="AM93"/>
+      <c r="AN93"/>
+      <c r="AO93">
+        <v>0</v>
+      </c>
+      <c r="AP93"/>
+      <c r="AQ93"/>
+      <c r="AR93"/>
+      <c r="AS93"/>
+    </row>
+    <row r="94" spans="1:45">
+      <c r="A94" t="s">
+        <v>497</v>
+      </c>
+      <c r="B94" t="s">
+        <v>130</v>
+      </c>
+      <c r="C94" t="s">
+        <v>483</v>
+      </c>
+      <c r="D94">
+        <v>2025</v>
+      </c>
+      <c r="E94" t="s">
+        <v>48</v>
+      </c>
+      <c r="F94" t="s">
+        <v>498</v>
+      </c>
+      <c r="G94" t="s">
+        <v>499</v>
+      </c>
+      <c r="H94" t="s">
+        <v>500</v>
+      </c>
+      <c r="I94" t="s">
+        <v>501</v>
+      </c>
+      <c r="J94">
+        <v>0</v>
+      </c>
+      <c r="K94">
+        <v>0</v>
+      </c>
+      <c r="L94">
+        <v>0</v>
+      </c>
+      <c r="M94"/>
+      <c r="N94">
+        <v>0</v>
+      </c>
+      <c r="O94"/>
+      <c r="P94"/>
+      <c r="Q94"/>
+      <c r="R94"/>
+      <c r="S94"/>
+      <c r="T94"/>
+      <c r="U94">
+        <v>1</v>
+      </c>
+      <c r="V94">
+        <v>0</v>
+      </c>
+      <c r="W94"/>
+      <c r="X94"/>
+      <c r="Y94"/>
+      <c r="Z94"/>
+      <c r="AA94"/>
+      <c r="AB94"/>
+      <c r="AC94"/>
+      <c r="AD94"/>
+      <c r="AE94">
+        <v>1</v>
+      </c>
+      <c r="AF94">
+        <v>1</v>
+      </c>
+      <c r="AG94"/>
+      <c r="AH94"/>
+      <c r="AI94"/>
+      <c r="AJ94">
+        <v>0</v>
+      </c>
+      <c r="AK94"/>
+      <c r="AL94"/>
+      <c r="AM94"/>
+      <c r="AN94"/>
+      <c r="AO94">
+        <v>0</v>
+      </c>
+      <c r="AP94"/>
+      <c r="AQ94"/>
+      <c r="AR94"/>
+      <c r="AS94"/>
+    </row>
+    <row r="95" spans="1:45">
+      <c r="A95" t="s">
+        <v>502</v>
+      </c>
+      <c r="B95" t="s">
+        <v>65</v>
+      </c>
+      <c r="C95" t="s">
+        <v>483</v>
+      </c>
+      <c r="D95">
+        <v>2025</v>
+      </c>
+      <c r="E95" t="s">
+        <v>48</v>
+      </c>
+      <c r="F95" t="s">
+        <v>503</v>
+      </c>
+      <c r="G95" t="s">
+        <v>504</v>
+      </c>
+      <c r="H95" t="s">
+        <v>505</v>
+      </c>
+      <c r="I95" t="s">
+        <v>69</v>
+      </c>
+      <c r="J95">
+        <v>0</v>
+      </c>
+      <c r="K95">
+        <v>0</v>
+      </c>
+      <c r="L95">
+        <v>1</v>
+      </c>
+      <c r="M95"/>
+      <c r="N95">
+        <v>0</v>
+      </c>
+      <c r="O95"/>
+      <c r="P95"/>
+      <c r="Q95"/>
+      <c r="R95"/>
+      <c r="S95"/>
+      <c r="T95"/>
+      <c r="U95"/>
+      <c r="V95">
+        <v>0</v>
+      </c>
+      <c r="W95"/>
+      <c r="X95"/>
+      <c r="Y95"/>
+      <c r="Z95"/>
+      <c r="AA95"/>
+      <c r="AB95"/>
+      <c r="AC95"/>
+      <c r="AD95"/>
+      <c r="AE95"/>
+      <c r="AF95"/>
+      <c r="AG95"/>
+      <c r="AH95"/>
+      <c r="AI95"/>
+      <c r="AJ95">
+        <v>0</v>
+      </c>
+      <c r="AK95"/>
+      <c r="AL95"/>
+      <c r="AM95"/>
+      <c r="AN95"/>
+      <c r="AO95">
+        <v>0</v>
+      </c>
+      <c r="AP95"/>
+      <c r="AQ95"/>
+      <c r="AR95"/>
+      <c r="AS95"/>
+    </row>
+    <row r="96" spans="1:45">
+      <c r="A96" t="s">
+        <v>497</v>
+      </c>
+      <c r="B96" t="s">
+        <v>130</v>
+      </c>
+      <c r="C96" t="s">
+        <v>483</v>
+      </c>
+      <c r="D96">
+        <v>2025</v>
+      </c>
+      <c r="E96" t="s">
+        <v>48</v>
+      </c>
+      <c r="F96" t="s">
+        <v>506</v>
+      </c>
+      <c r="G96" t="s">
+        <v>507</v>
+      </c>
+      <c r="H96" t="s">
+        <v>500</v>
+      </c>
+      <c r="I96" t="s">
+        <v>508</v>
+      </c>
+      <c r="J96">
+        <v>0</v>
+      </c>
+      <c r="K96">
+        <v>0</v>
+      </c>
+      <c r="L96">
+        <v>1</v>
+      </c>
+      <c r="M96"/>
+      <c r="N96">
+        <v>0</v>
+      </c>
+      <c r="O96"/>
+      <c r="P96"/>
+      <c r="Q96"/>
+      <c r="R96"/>
+      <c r="S96"/>
+      <c r="T96"/>
+      <c r="U96"/>
+      <c r="V96">
+        <v>0</v>
+      </c>
+      <c r="W96"/>
+      <c r="X96"/>
+      <c r="Y96"/>
+      <c r="Z96"/>
+      <c r="AA96"/>
+      <c r="AB96"/>
+      <c r="AC96"/>
+      <c r="AD96"/>
+      <c r="AE96"/>
+      <c r="AF96"/>
+      <c r="AG96"/>
+      <c r="AH96"/>
+      <c r="AI96"/>
+      <c r="AJ96">
+        <v>0</v>
+      </c>
+      <c r="AK96"/>
+      <c r="AL96"/>
+      <c r="AM96"/>
+      <c r="AN96"/>
+      <c r="AO96">
+        <v>0</v>
+      </c>
+      <c r="AP96"/>
+      <c r="AQ96"/>
+      <c r="AR96"/>
+      <c r="AS96"/>
+    </row>
+    <row r="97" spans="1:45">
+      <c r="A97" t="s">
+        <v>509</v>
+      </c>
+      <c r="B97" t="s">
+        <v>267</v>
+      </c>
+      <c r="C97" t="s">
+        <v>483</v>
+      </c>
+      <c r="D97">
+        <v>2025</v>
+      </c>
+      <c r="E97" t="s">
+        <v>48</v>
+      </c>
+      <c r="F97" t="s">
+        <v>510</v>
+      </c>
+      <c r="G97" t="s">
+        <v>511</v>
+      </c>
+      <c r="H97" t="s">
+        <v>512</v>
+      </c>
+      <c r="I97" t="s">
+        <v>158</v>
+      </c>
+      <c r="J97">
+        <v>0</v>
+      </c>
+      <c r="K97">
+        <v>0</v>
+      </c>
+      <c r="L97">
+        <v>1</v>
+      </c>
+      <c r="M97"/>
+      <c r="N97">
+        <v>0</v>
+      </c>
+      <c r="O97"/>
+      <c r="P97"/>
+      <c r="Q97"/>
+      <c r="R97"/>
+      <c r="S97"/>
+      <c r="T97"/>
+      <c r="U97"/>
+      <c r="V97">
+        <v>0</v>
+      </c>
+      <c r="W97"/>
+      <c r="X97"/>
+      <c r="Y97"/>
+      <c r="Z97"/>
+      <c r="AA97"/>
+      <c r="AB97"/>
+      <c r="AC97"/>
+      <c r="AD97"/>
+      <c r="AE97"/>
+      <c r="AF97"/>
+      <c r="AG97"/>
+      <c r="AH97"/>
+      <c r="AI97"/>
+      <c r="AJ97">
+        <v>0</v>
+      </c>
+      <c r="AK97"/>
+      <c r="AL97"/>
+      <c r="AM97"/>
+      <c r="AN97"/>
+      <c r="AO97">
+        <v>0</v>
+      </c>
+      <c r="AP97"/>
+      <c r="AQ97"/>
+      <c r="AR97"/>
+      <c r="AS97"/>
+    </row>
+    <row r="98" spans="1:45">
+      <c r="A98" t="s">
+        <v>164</v>
+      </c>
+      <c r="B98" t="s">
+        <v>46</v>
+      </c>
+      <c r="C98" t="s">
+        <v>483</v>
+      </c>
+      <c r="D98">
+        <v>2025</v>
+      </c>
+      <c r="E98" t="s">
+        <v>48</v>
+      </c>
+      <c r="F98" t="s">
+        <v>513</v>
+      </c>
+      <c r="G98" t="s">
+        <v>514</v>
+      </c>
+      <c r="H98" t="s">
+        <v>515</v>
+      </c>
+      <c r="I98" t="s">
+        <v>516</v>
+      </c>
+      <c r="J98">
+        <v>0</v>
+      </c>
+      <c r="K98">
+        <v>0</v>
+      </c>
+      <c r="L98">
+        <v>1</v>
+      </c>
+      <c r="M98"/>
+      <c r="N98">
+        <v>0</v>
+      </c>
+      <c r="O98"/>
+      <c r="P98"/>
+      <c r="Q98"/>
+      <c r="R98"/>
+      <c r="S98"/>
+      <c r="T98"/>
+      <c r="U98"/>
+      <c r="V98">
+        <v>0</v>
+      </c>
+      <c r="W98"/>
+      <c r="X98"/>
+      <c r="Y98"/>
+      <c r="Z98"/>
+      <c r="AA98"/>
+      <c r="AB98"/>
+      <c r="AC98"/>
+      <c r="AD98"/>
+      <c r="AE98"/>
+      <c r="AF98"/>
+      <c r="AG98"/>
+      <c r="AH98"/>
+      <c r="AI98"/>
+      <c r="AJ98">
+        <v>0</v>
+      </c>
+      <c r="AK98"/>
+      <c r="AL98"/>
+      <c r="AM98"/>
+      <c r="AN98"/>
+      <c r="AO98">
+        <v>0</v>
+      </c>
+      <c r="AP98"/>
+      <c r="AQ98"/>
+      <c r="AR98"/>
+      <c r="AS98"/>
+    </row>
+    <row r="99" spans="1:45">
+      <c r="A99" t="s">
+        <v>337</v>
+      </c>
+      <c r="B99" t="s">
+        <v>338</v>
+      </c>
+      <c r="C99" t="s">
+        <v>483</v>
+      </c>
+      <c r="D99">
+        <v>2025</v>
+      </c>
+      <c r="E99" t="s">
+        <v>48</v>
+      </c>
+      <c r="F99" t="s">
+        <v>517</v>
+      </c>
+      <c r="G99" t="s">
+        <v>518</v>
+      </c>
+      <c r="H99" t="s">
+        <v>519</v>
+      </c>
+      <c r="I99" t="s">
+        <v>72</v>
+      </c>
+      <c r="J99">
+        <v>0</v>
+      </c>
+      <c r="K99">
+        <v>0</v>
+      </c>
+      <c r="L99">
+        <v>1</v>
+      </c>
+      <c r="M99"/>
+      <c r="N99">
+        <v>0</v>
+      </c>
+      <c r="O99"/>
+      <c r="P99"/>
+      <c r="Q99"/>
+      <c r="R99"/>
+      <c r="S99"/>
+      <c r="T99"/>
+      <c r="U99"/>
+      <c r="V99">
+        <v>0</v>
+      </c>
+      <c r="W99"/>
+      <c r="X99"/>
+      <c r="Y99"/>
+      <c r="Z99"/>
+      <c r="AA99"/>
+      <c r="AB99"/>
+      <c r="AC99"/>
+      <c r="AD99"/>
+      <c r="AE99"/>
+      <c r="AF99"/>
+      <c r="AG99"/>
+      <c r="AH99"/>
+      <c r="AI99"/>
+      <c r="AJ99">
+        <v>0</v>
+      </c>
+      <c r="AK99"/>
+      <c r="AL99"/>
+      <c r="AM99"/>
+      <c r="AN99"/>
+      <c r="AO99">
+        <v>0</v>
+      </c>
+      <c r="AP99"/>
+      <c r="AQ99"/>
+      <c r="AR99"/>
+      <c r="AS99"/>
+    </row>
+    <row r="100" spans="1:45">
+      <c r="A100" t="s">
+        <v>520</v>
+      </c>
+      <c r="B100" t="s">
+        <v>154</v>
+      </c>
+      <c r="C100" t="s">
+        <v>483</v>
+      </c>
+      <c r="D100">
+        <v>2025</v>
+      </c>
+      <c r="E100" t="s">
+        <v>48</v>
+      </c>
+      <c r="F100" t="s">
+        <v>521</v>
+      </c>
+      <c r="G100" t="s">
+        <v>522</v>
+      </c>
+      <c r="H100" t="s">
+        <v>523</v>
+      </c>
+      <c r="I100" t="s">
+        <v>524</v>
+      </c>
+      <c r="J100">
+        <v>0</v>
+      </c>
+      <c r="K100">
+        <v>1</v>
+      </c>
+      <c r="L100">
+        <v>0</v>
+      </c>
+      <c r="M100"/>
+      <c r="N100">
+        <v>0</v>
+      </c>
+      <c r="O100"/>
+      <c r="P100"/>
+      <c r="Q100"/>
+      <c r="R100"/>
+      <c r="S100"/>
+      <c r="T100"/>
+      <c r="U100">
+        <v>0</v>
+      </c>
+      <c r="V100">
+        <v>0</v>
+      </c>
+      <c r="W100"/>
+      <c r="X100"/>
+      <c r="Y100"/>
+      <c r="Z100"/>
+      <c r="AA100"/>
+      <c r="AB100"/>
+      <c r="AC100"/>
+      <c r="AD100"/>
+      <c r="AE100">
+        <v>0</v>
+      </c>
+      <c r="AF100">
+        <v>0</v>
+      </c>
+      <c r="AG100">
+        <v>0</v>
+      </c>
+      <c r="AH100"/>
+      <c r="AI100"/>
+      <c r="AJ100">
+        <v>0</v>
+      </c>
+      <c r="AK100"/>
+      <c r="AL100"/>
+      <c r="AM100"/>
+      <c r="AN100"/>
+      <c r="AO100">
+        <v>0</v>
+      </c>
+      <c r="AP100"/>
+      <c r="AQ100"/>
+      <c r="AR100"/>
+      <c r="AS100"/>
+    </row>
+    <row r="101" spans="1:45">
+      <c r="A101" t="s">
+        <v>45</v>
+      </c>
+      <c r="B101" t="s">
+        <v>46</v>
+      </c>
+      <c r="C101" t="s">
+        <v>483</v>
+      </c>
+      <c r="D101">
+        <v>2025</v>
+      </c>
+      <c r="E101" t="s">
+        <v>48</v>
+      </c>
+      <c r="F101" t="s">
+        <v>525</v>
+      </c>
+      <c r="G101" t="s">
+        <v>526</v>
+      </c>
+      <c r="H101" t="s">
+        <v>527</v>
+      </c>
+      <c r="I101" t="s">
+        <v>528</v>
+      </c>
+      <c r="J101">
+        <v>0</v>
+      </c>
+      <c r="K101">
+        <v>1</v>
+      </c>
+      <c r="L101">
+        <v>0</v>
+      </c>
+      <c r="M101">
+        <v>0</v>
+      </c>
+      <c r="N101">
+        <v>0</v>
+      </c>
+      <c r="O101"/>
+      <c r="P101"/>
+      <c r="Q101"/>
+      <c r="R101">
+        <v>0</v>
+      </c>
+      <c r="S101"/>
+      <c r="T101"/>
+      <c r="U101"/>
+      <c r="V101">
+        <v>0</v>
+      </c>
+      <c r="W101"/>
+      <c r="X101"/>
+      <c r="Y101"/>
+      <c r="Z101"/>
+      <c r="AA101"/>
+      <c r="AB101"/>
+      <c r="AC101"/>
+      <c r="AD101"/>
+      <c r="AE101"/>
+      <c r="AF101"/>
+      <c r="AG101"/>
+      <c r="AH101"/>
+      <c r="AI101"/>
+      <c r="AJ101">
+        <v>0</v>
+      </c>
+      <c r="AK101"/>
+      <c r="AL101"/>
+      <c r="AM101"/>
+      <c r="AN101"/>
+      <c r="AO101">
+        <v>0</v>
+      </c>
+      <c r="AP101"/>
+      <c r="AQ101"/>
+      <c r="AR101"/>
+      <c r="AS101"/>
+    </row>
+    <row r="102" spans="1:45">
+      <c r="A102" t="s">
+        <v>529</v>
+      </c>
+      <c r="B102" t="s">
+        <v>338</v>
+      </c>
+      <c r="C102" t="s">
+        <v>483</v>
+      </c>
+      <c r="D102">
+        <v>2025</v>
+      </c>
+      <c r="E102" t="s">
+        <v>48</v>
+      </c>
+      <c r="F102" t="s">
+        <v>530</v>
+      </c>
+      <c r="G102" t="s">
+        <v>531</v>
+      </c>
+      <c r="H102" t="s">
+        <v>532</v>
+      </c>
+      <c r="I102" t="s">
+        <v>533</v>
+      </c>
+      <c r="J102">
+        <v>0</v>
+      </c>
+      <c r="K102">
+        <v>0</v>
+      </c>
+      <c r="L102">
+        <v>0</v>
+      </c>
+      <c r="M102"/>
+      <c r="N102">
+        <v>0</v>
+      </c>
+      <c r="O102"/>
+      <c r="P102"/>
+      <c r="Q102"/>
+      <c r="R102"/>
+      <c r="S102"/>
+      <c r="T102"/>
+      <c r="U102"/>
+      <c r="V102">
+        <v>0</v>
+      </c>
+      <c r="W102"/>
+      <c r="X102"/>
+      <c r="Y102"/>
+      <c r="Z102"/>
+      <c r="AA102"/>
+      <c r="AB102"/>
+      <c r="AC102"/>
+      <c r="AD102"/>
+      <c r="AE102"/>
+      <c r="AF102"/>
+      <c r="AG102"/>
+      <c r="AH102"/>
+      <c r="AI102">
+        <v>1</v>
+      </c>
+      <c r="AJ102">
+        <v>0</v>
+      </c>
+      <c r="AK102"/>
+      <c r="AL102">
+        <v>1</v>
+      </c>
+      <c r="AM102"/>
+      <c r="AN102">
+        <v>-1</v>
+      </c>
+      <c r="AO102">
+        <v>0</v>
+      </c>
+      <c r="AP102"/>
+      <c r="AQ102"/>
+      <c r="AR102"/>
+      <c r="AS102" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="103" spans="1:45">
+      <c r="A103" t="s">
+        <v>529</v>
+      </c>
+      <c r="B103" t="s">
+        <v>338</v>
+      </c>
+      <c r="C103" t="s">
+        <v>483</v>
+      </c>
+      <c r="D103">
+        <v>2025</v>
+      </c>
+      <c r="E103" t="s">
+        <v>48</v>
+      </c>
+      <c r="F103" t="s">
+        <v>534</v>
+      </c>
+      <c r="G103" t="s">
+        <v>535</v>
+      </c>
+      <c r="H103" t="s">
+        <v>532</v>
+      </c>
+      <c r="I103" t="s">
+        <v>536</v>
+      </c>
+      <c r="J103">
+        <v>0</v>
+      </c>
+      <c r="K103">
+        <v>0</v>
+      </c>
+      <c r="L103">
+        <v>1</v>
+      </c>
+      <c r="M103"/>
+      <c r="N103">
+        <v>0</v>
+      </c>
+      <c r="O103"/>
+      <c r="P103"/>
+      <c r="Q103"/>
+      <c r="R103"/>
+      <c r="S103"/>
+      <c r="T103"/>
+      <c r="U103"/>
+      <c r="V103">
+        <v>0</v>
+      </c>
+      <c r="W103"/>
+      <c r="X103"/>
+      <c r="Y103"/>
+      <c r="Z103"/>
+      <c r="AA103"/>
+      <c r="AB103"/>
+      <c r="AC103"/>
+      <c r="AD103"/>
+      <c r="AE103"/>
+      <c r="AF103"/>
+      <c r="AG103"/>
+      <c r="AH103"/>
+      <c r="AI103"/>
+      <c r="AJ103">
+        <v>0</v>
+      </c>
+      <c r="AK103"/>
+      <c r="AL103"/>
+      <c r="AM103"/>
+      <c r="AN103"/>
+      <c r="AO103">
+        <v>0</v>
+      </c>
+      <c r="AP103"/>
+      <c r="AQ103"/>
+      <c r="AR103"/>
+      <c r="AS103"/>
+    </row>
+    <row r="104" spans="1:45">
+      <c r="A104" t="s">
+        <v>537</v>
+      </c>
+      <c r="B104" t="s">
+        <v>91</v>
+      </c>
+      <c r="C104" t="s">
+        <v>538</v>
+      </c>
+      <c r="D104">
+        <v>2025</v>
+      </c>
+      <c r="E104" t="s">
+        <v>539</v>
+      </c>
+      <c r="F104" t="s">
+        <v>540</v>
+      </c>
+      <c r="G104" t="s">
+        <v>541</v>
+      </c>
+      <c r="H104" t="s">
+        <v>542</v>
+      </c>
+      <c r="I104" t="s">
+        <v>543</v>
+      </c>
+      <c r="J104">
+        <v>0</v>
+      </c>
+      <c r="K104">
+        <v>0</v>
+      </c>
+      <c r="L104">
+        <v>1</v>
+      </c>
+      <c r="M104"/>
+      <c r="N104">
+        <v>0</v>
+      </c>
+      <c r="O104"/>
+      <c r="P104"/>
+      <c r="Q104"/>
+      <c r="R104"/>
+      <c r="S104"/>
+      <c r="T104"/>
+      <c r="U104"/>
+      <c r="V104">
+        <v>0</v>
+      </c>
+      <c r="W104"/>
+      <c r="X104"/>
+      <c r="Y104"/>
+      <c r="Z104"/>
+      <c r="AA104"/>
+      <c r="AB104"/>
+      <c r="AC104"/>
+      <c r="AD104"/>
+      <c r="AE104"/>
+      <c r="AF104"/>
+      <c r="AG104"/>
+      <c r="AH104"/>
+      <c r="AI104"/>
+      <c r="AJ104">
+        <v>0</v>
+      </c>
+      <c r="AK104"/>
+      <c r="AL104"/>
+      <c r="AM104"/>
+      <c r="AN104"/>
+      <c r="AO104">
+        <v>0</v>
+      </c>
+      <c r="AP104"/>
+      <c r="AQ104"/>
+      <c r="AR104"/>
+      <c r="AS104"/>
+    </row>
+    <row r="105" spans="1:45">
+      <c r="A105" t="s">
+        <v>544</v>
+      </c>
+      <c r="B105" t="s">
+        <v>328</v>
+      </c>
+      <c r="C105" t="s">
+        <v>538</v>
+      </c>
+      <c r="D105">
+        <v>2025</v>
+      </c>
+      <c r="E105" t="s">
+        <v>545</v>
+      </c>
+      <c r="F105" t="s">
+        <v>546</v>
+      </c>
+      <c r="G105" t="s">
+        <v>547</v>
+      </c>
+      <c r="H105" t="s">
+        <v>548</v>
+      </c>
+      <c r="I105" t="s">
+        <v>69</v>
+      </c>
+      <c r="J105">
+        <v>0</v>
+      </c>
+      <c r="K105">
+        <v>0</v>
+      </c>
+      <c r="L105">
+        <v>0</v>
+      </c>
+      <c r="M105"/>
+      <c r="N105">
+        <v>0</v>
+      </c>
+      <c r="O105"/>
+      <c r="P105"/>
+      <c r="Q105"/>
+      <c r="R105"/>
+      <c r="S105"/>
+      <c r="T105"/>
+      <c r="U105"/>
+      <c r="V105">
+        <v>0</v>
+      </c>
+      <c r="W105"/>
+      <c r="X105"/>
+      <c r="Y105"/>
+      <c r="Z105"/>
+      <c r="AA105"/>
+      <c r="AB105"/>
+      <c r="AC105"/>
+      <c r="AD105"/>
+      <c r="AE105"/>
+      <c r="AF105"/>
+      <c r="AG105"/>
+      <c r="AH105"/>
+      <c r="AI105">
+        <v>1</v>
+      </c>
+      <c r="AJ105">
+        <v>0</v>
+      </c>
+      <c r="AK105">
+        <v>1</v>
+      </c>
+      <c r="AL105"/>
+      <c r="AM105"/>
+      <c r="AN105"/>
+      <c r="AO105">
+        <v>0</v>
+      </c>
+      <c r="AP105"/>
+      <c r="AQ105"/>
+      <c r="AR105"/>
+      <c r="AS105"/>
+    </row>
+    <row r="106" spans="1:45">
+      <c r="A106" t="s">
+        <v>544</v>
+      </c>
+      <c r="B106" t="s">
+        <v>328</v>
+      </c>
+      <c r="C106" t="s">
+        <v>538</v>
+      </c>
+      <c r="D106">
+        <v>2025</v>
+      </c>
+      <c r="E106" t="s">
+        <v>545</v>
+      </c>
+      <c r="F106" t="s">
+        <v>549</v>
+      </c>
+      <c r="G106" t="s">
+        <v>550</v>
+      </c>
+      <c r="H106" t="s">
+        <v>548</v>
+      </c>
+      <c r="I106" t="s">
+        <v>72</v>
+      </c>
+      <c r="J106">
+        <v>0</v>
+      </c>
+      <c r="K106">
+        <v>0</v>
+      </c>
+      <c r="L106">
+        <v>1</v>
+      </c>
+      <c r="M106"/>
+      <c r="N106">
+        <v>0</v>
+      </c>
+      <c r="O106"/>
+      <c r="P106"/>
+      <c r="Q106"/>
+      <c r="R106"/>
+      <c r="S106"/>
+      <c r="T106"/>
+      <c r="U106"/>
+      <c r="V106">
+        <v>0</v>
+      </c>
+      <c r="W106"/>
+      <c r="X106"/>
+      <c r="Y106"/>
+      <c r="Z106"/>
+      <c r="AA106"/>
+      <c r="AB106"/>
+      <c r="AC106"/>
+      <c r="AD106"/>
+      <c r="AE106"/>
+      <c r="AF106"/>
+      <c r="AG106"/>
+      <c r="AH106"/>
+      <c r="AI106"/>
+      <c r="AJ106">
+        <v>0</v>
+      </c>
+      <c r="AK106"/>
+      <c r="AL106"/>
+      <c r="AM106"/>
+      <c r="AN106"/>
+      <c r="AO106">
+        <v>0</v>
+      </c>
+      <c r="AP106"/>
+      <c r="AQ106"/>
+      <c r="AR106"/>
+      <c r="AS106"/>
+    </row>
+    <row r="107" spans="1:45">
+      <c r="A107" t="s">
+        <v>551</v>
+      </c>
+      <c r="B107" t="s">
+        <v>46</v>
+      </c>
+      <c r="C107" t="s">
         <v>47</v>
       </c>
-      <c r="B13" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="D107">
+        <v>2024</v>
+      </c>
+      <c r="E107" t="s">
+        <v>552</v>
+      </c>
+      <c r="F107" t="s">
+        <v>553</v>
+      </c>
+      <c r="G107" t="s">
+        <v>554</v>
+      </c>
+      <c r="H107" t="s">
+        <v>555</v>
+      </c>
+      <c r="I107" t="s">
+        <v>556</v>
+      </c>
+      <c r="J107">
+        <v>0</v>
+      </c>
+      <c r="K107">
+        <v>0</v>
+      </c>
+      <c r="L107">
+        <v>0</v>
+      </c>
+      <c r="M107"/>
+      <c r="N107">
+        <v>1</v>
+      </c>
+      <c r="O107"/>
+      <c r="P107"/>
+      <c r="Q107"/>
+      <c r="R107"/>
+      <c r="S107"/>
+      <c r="T107"/>
+      <c r="U107"/>
+      <c r="V107">
+        <v>0</v>
+      </c>
+      <c r="W107"/>
+      <c r="X107"/>
+      <c r="Y107"/>
+      <c r="Z107"/>
+      <c r="AA107"/>
+      <c r="AB107"/>
+      <c r="AC107"/>
+      <c r="AD107"/>
+      <c r="AE107"/>
+      <c r="AF107"/>
+      <c r="AG107"/>
+      <c r="AH107"/>
+      <c r="AI107">
+        <v>1</v>
+      </c>
+      <c r="AJ107">
+        <v>0</v>
+      </c>
+      <c r="AK107"/>
+      <c r="AL107">
+        <v>1</v>
+      </c>
+      <c r="AM107"/>
+      <c r="AN107"/>
+      <c r="AO107">
+        <v>0</v>
+      </c>
+      <c r="AP107"/>
+      <c r="AQ107"/>
+      <c r="AR107"/>
+      <c r="AS107"/>
     </row>
-    <row r="14" spans="1:9">
-[...24 lines deleted...]
-      </c>
+    <row r="108" spans="1:45">
+      <c r="A108" t="s">
+        <v>557</v>
+      </c>
+      <c r="B108" t="s">
+        <v>148</v>
+      </c>
+      <c r="C108" t="s">
+        <v>47</v>
+      </c>
+      <c r="D108">
+        <v>2024</v>
+      </c>
+      <c r="E108" t="s">
+        <v>552</v>
+      </c>
+      <c r="F108" t="s">
+        <v>558</v>
+      </c>
+      <c r="G108" t="s">
+        <v>559</v>
+      </c>
+      <c r="H108" t="s">
+        <v>560</v>
+      </c>
+      <c r="I108" t="s">
+        <v>561</v>
+      </c>
+      <c r="J108">
+        <v>0</v>
+      </c>
+      <c r="K108">
+        <v>0</v>
+      </c>
+      <c r="L108">
+        <v>0</v>
+      </c>
+      <c r="M108">
+        <v>-1</v>
+      </c>
+      <c r="N108">
+        <v>0</v>
+      </c>
+      <c r="O108">
+        <v>-1</v>
+      </c>
+      <c r="P108"/>
+      <c r="Q108"/>
+      <c r="R108">
+        <v>-1</v>
+      </c>
+      <c r="S108"/>
+      <c r="T108"/>
+      <c r="U108"/>
+      <c r="V108">
+        <v>0</v>
+      </c>
+      <c r="W108"/>
+      <c r="X108"/>
+      <c r="Y108"/>
+      <c r="Z108"/>
+      <c r="AA108"/>
+      <c r="AB108"/>
+      <c r="AC108"/>
+      <c r="AD108"/>
+      <c r="AE108"/>
+      <c r="AF108"/>
+      <c r="AG108"/>
+      <c r="AH108"/>
+      <c r="AI108"/>
+      <c r="AJ108">
+        <v>0</v>
+      </c>
+      <c r="AK108"/>
+      <c r="AL108"/>
+      <c r="AM108"/>
+      <c r="AN108"/>
+      <c r="AO108">
+        <v>0</v>
+      </c>
+      <c r="AP108"/>
+      <c r="AQ108"/>
+      <c r="AR108"/>
+      <c r="AS108"/>
     </row>
-    <row r="15" spans="1:9">
-[...24 lines deleted...]
-      </c>
+    <row r="109" spans="1:45">
+      <c r="A109" t="s">
+        <v>562</v>
+      </c>
+      <c r="B109" t="s">
+        <v>267</v>
+      </c>
+      <c r="C109" t="s">
+        <v>47</v>
+      </c>
+      <c r="D109">
+        <v>2024</v>
+      </c>
+      <c r="E109" t="s">
+        <v>563</v>
+      </c>
+      <c r="F109" t="s">
+        <v>564</v>
+      </c>
+      <c r="G109" t="s">
+        <v>565</v>
+      </c>
+      <c r="H109" t="s">
+        <v>566</v>
+      </c>
+      <c r="I109" t="s">
+        <v>567</v>
+      </c>
+      <c r="J109">
+        <v>0</v>
+      </c>
+      <c r="K109">
+        <v>0</v>
+      </c>
+      <c r="L109">
+        <v>0</v>
+      </c>
+      <c r="M109">
+        <v>0</v>
+      </c>
+      <c r="N109">
+        <v>0</v>
+      </c>
+      <c r="O109">
+        <v>0</v>
+      </c>
+      <c r="P109"/>
+      <c r="Q109"/>
+      <c r="R109"/>
+      <c r="S109"/>
+      <c r="T109"/>
+      <c r="U109">
+        <v>1</v>
+      </c>
+      <c r="V109">
+        <v>0</v>
+      </c>
+      <c r="W109"/>
+      <c r="X109"/>
+      <c r="Y109"/>
+      <c r="Z109"/>
+      <c r="AA109"/>
+      <c r="AB109"/>
+      <c r="AC109"/>
+      <c r="AD109"/>
+      <c r="AE109">
+        <v>1</v>
+      </c>
+      <c r="AF109">
+        <v>1</v>
+      </c>
+      <c r="AG109"/>
+      <c r="AH109"/>
+      <c r="AI109"/>
+      <c r="AJ109">
+        <v>0</v>
+      </c>
+      <c r="AK109"/>
+      <c r="AL109"/>
+      <c r="AM109"/>
+      <c r="AN109"/>
+      <c r="AO109">
+        <v>0</v>
+      </c>
+      <c r="AP109"/>
+      <c r="AQ109"/>
+      <c r="AR109"/>
+      <c r="AS109"/>
     </row>
-    <row r="16" spans="1:9">
-      <c r="A16" t="s">
+    <row r="110" spans="1:45">
+      <c r="A110" t="s">
+        <v>562</v>
+      </c>
+      <c r="B110" t="s">
+        <v>267</v>
+      </c>
+      <c r="C110" t="s">
+        <v>47</v>
+      </c>
+      <c r="D110">
+        <v>2024</v>
+      </c>
+      <c r="E110" t="s">
+        <v>563</v>
+      </c>
+      <c r="F110" t="s">
+        <v>568</v>
+      </c>
+      <c r="G110" t="s">
+        <v>569</v>
+      </c>
+      <c r="H110" t="s">
+        <v>566</v>
+      </c>
+      <c r="I110" t="s">
+        <v>570</v>
+      </c>
+      <c r="J110">
+        <v>0</v>
+      </c>
+      <c r="K110">
+        <v>0</v>
+      </c>
+      <c r="L110">
+        <v>0</v>
+      </c>
+      <c r="M110">
+        <v>1</v>
+      </c>
+      <c r="N110">
+        <v>0</v>
+      </c>
+      <c r="O110">
+        <v>0</v>
+      </c>
+      <c r="P110"/>
+      <c r="Q110">
+        <v>1</v>
+      </c>
+      <c r="R110"/>
+      <c r="S110"/>
+      <c r="T110"/>
+      <c r="U110"/>
+      <c r="V110">
+        <v>0</v>
+      </c>
+      <c r="W110"/>
+      <c r="X110"/>
+      <c r="Y110"/>
+      <c r="Z110"/>
+      <c r="AA110"/>
+      <c r="AB110"/>
+      <c r="AC110"/>
+      <c r="AD110"/>
+      <c r="AE110"/>
+      <c r="AF110"/>
+      <c r="AG110"/>
+      <c r="AH110"/>
+      <c r="AI110"/>
+      <c r="AJ110">
+        <v>0</v>
+      </c>
+      <c r="AK110"/>
+      <c r="AL110"/>
+      <c r="AM110"/>
+      <c r="AN110"/>
+      <c r="AO110">
+        <v>0</v>
+      </c>
+      <c r="AP110"/>
+      <c r="AQ110"/>
+      <c r="AR110"/>
+      <c r="AS110"/>
+    </row>
+    <row r="111" spans="1:45">
+      <c r="A111" t="s">
+        <v>562</v>
+      </c>
+      <c r="B111" t="s">
+        <v>267</v>
+      </c>
+      <c r="C111" t="s">
+        <v>47</v>
+      </c>
+      <c r="D111">
+        <v>2024</v>
+      </c>
+      <c r="E111" t="s">
+        <v>563</v>
+      </c>
+      <c r="F111" t="s">
+        <v>571</v>
+      </c>
+      <c r="G111" t="s">
+        <v>572</v>
+      </c>
+      <c r="H111" t="s">
+        <v>566</v>
+      </c>
+      <c r="I111" t="s">
+        <v>72</v>
+      </c>
+      <c r="J111">
+        <v>0</v>
+      </c>
+      <c r="K111">
+        <v>0</v>
+      </c>
+      <c r="L111">
+        <v>1</v>
+      </c>
+      <c r="M111"/>
+      <c r="N111">
+        <v>0</v>
+      </c>
+      <c r="O111"/>
+      <c r="P111"/>
+      <c r="Q111"/>
+      <c r="R111"/>
+      <c r="S111"/>
+      <c r="T111"/>
+      <c r="U111"/>
+      <c r="V111">
+        <v>0</v>
+      </c>
+      <c r="W111"/>
+      <c r="X111"/>
+      <c r="Y111"/>
+      <c r="Z111"/>
+      <c r="AA111"/>
+      <c r="AB111"/>
+      <c r="AC111"/>
+      <c r="AD111"/>
+      <c r="AE111"/>
+      <c r="AF111"/>
+      <c r="AG111"/>
+      <c r="AH111"/>
+      <c r="AI111"/>
+      <c r="AJ111">
+        <v>0</v>
+      </c>
+      <c r="AK111"/>
+      <c r="AL111"/>
+      <c r="AM111"/>
+      <c r="AN111"/>
+      <c r="AO111">
+        <v>0</v>
+      </c>
+      <c r="AP111"/>
+      <c r="AQ111"/>
+      <c r="AR111"/>
+      <c r="AS111"/>
+    </row>
+    <row r="112" spans="1:45">
+      <c r="A112" t="s">
+        <v>573</v>
+      </c>
+      <c r="B112" t="s">
+        <v>97</v>
+      </c>
+      <c r="C112" t="s">
+        <v>47</v>
+      </c>
+      <c r="D112">
+        <v>2024</v>
+      </c>
+      <c r="E112" t="s">
+        <v>574</v>
+      </c>
+      <c r="F112" t="s">
+        <v>575</v>
+      </c>
+      <c r="G112" t="s">
+        <v>576</v>
+      </c>
+      <c r="H112" t="s">
+        <v>577</v>
+      </c>
+      <c r="I112" t="s">
+        <v>578</v>
+      </c>
+      <c r="J112">
+        <v>0</v>
+      </c>
+      <c r="K112">
+        <v>0</v>
+      </c>
+      <c r="L112">
+        <v>0</v>
+      </c>
+      <c r="M112">
+        <v>1</v>
+      </c>
+      <c r="N112">
+        <v>0</v>
+      </c>
+      <c r="O112">
+        <v>1</v>
+      </c>
+      <c r="P112"/>
+      <c r="Q112"/>
+      <c r="R112"/>
+      <c r="S112"/>
+      <c r="T112"/>
+      <c r="U112"/>
+      <c r="V112">
+        <v>0</v>
+      </c>
+      <c r="W112"/>
+      <c r="X112"/>
+      <c r="Y112"/>
+      <c r="Z112"/>
+      <c r="AA112"/>
+      <c r="AB112"/>
+      <c r="AC112"/>
+      <c r="AD112"/>
+      <c r="AE112"/>
+      <c r="AF112"/>
+      <c r="AG112"/>
+      <c r="AH112"/>
+      <c r="AI112">
+        <v>1</v>
+      </c>
+      <c r="AJ112">
+        <v>0</v>
+      </c>
+      <c r="AK112"/>
+      <c r="AL112"/>
+      <c r="AM112">
+        <v>1</v>
+      </c>
+      <c r="AN112"/>
+      <c r="AO112">
+        <v>0</v>
+      </c>
+      <c r="AP112"/>
+      <c r="AQ112"/>
+      <c r="AR112"/>
+      <c r="AS112"/>
+    </row>
+    <row r="113" spans="1:45">
+      <c r="A113" t="s">
+        <v>207</v>
+      </c>
+      <c r="B113" t="s">
+        <v>154</v>
+      </c>
+      <c r="C113" t="s">
+        <v>47</v>
+      </c>
+      <c r="D113">
+        <v>2024</v>
+      </c>
+      <c r="E113" t="s">
+        <v>574</v>
+      </c>
+      <c r="F113" t="s">
+        <v>579</v>
+      </c>
+      <c r="G113" t="s">
+        <v>580</v>
+      </c>
+      <c r="H113" t="s">
+        <v>581</v>
+      </c>
+      <c r="I113" t="s">
+        <v>582</v>
+      </c>
+      <c r="J113">
+        <v>0</v>
+      </c>
+      <c r="K113">
+        <v>0</v>
+      </c>
+      <c r="L113">
+        <v>1</v>
+      </c>
+      <c r="M113"/>
+      <c r="N113">
+        <v>0</v>
+      </c>
+      <c r="O113"/>
+      <c r="P113"/>
+      <c r="Q113"/>
+      <c r="R113"/>
+      <c r="S113"/>
+      <c r="T113"/>
+      <c r="U113"/>
+      <c r="V113">
+        <v>0</v>
+      </c>
+      <c r="W113"/>
+      <c r="X113"/>
+      <c r="Y113"/>
+      <c r="Z113"/>
+      <c r="AA113"/>
+      <c r="AB113"/>
+      <c r="AC113"/>
+      <c r="AD113"/>
+      <c r="AE113"/>
+      <c r="AF113"/>
+      <c r="AG113"/>
+      <c r="AH113"/>
+      <c r="AI113"/>
+      <c r="AJ113">
+        <v>0</v>
+      </c>
+      <c r="AK113"/>
+      <c r="AL113"/>
+      <c r="AM113"/>
+      <c r="AN113"/>
+      <c r="AO113">
+        <v>0</v>
+      </c>
+      <c r="AP113"/>
+      <c r="AQ113"/>
+      <c r="AR113"/>
+      <c r="AS113"/>
+    </row>
+    <row r="114" spans="1:45">
+      <c r="A114" t="s">
+        <v>583</v>
+      </c>
+      <c r="B114" t="s">
+        <v>54</v>
+      </c>
+      <c r="C114" t="s">
+        <v>47</v>
+      </c>
+      <c r="D114">
+        <v>2024</v>
+      </c>
+      <c r="E114" t="s">
+        <v>584</v>
+      </c>
+      <c r="F114" t="s">
+        <v>585</v>
+      </c>
+      <c r="G114" t="s">
+        <v>586</v>
+      </c>
+      <c r="H114" t="s">
+        <v>587</v>
+      </c>
+      <c r="I114" t="s">
+        <v>588</v>
+      </c>
+      <c r="J114">
+        <v>0</v>
+      </c>
+      <c r="K114">
+        <v>0</v>
+      </c>
+      <c r="L114">
+        <v>1</v>
+      </c>
+      <c r="M114"/>
+      <c r="N114">
+        <v>0</v>
+      </c>
+      <c r="O114"/>
+      <c r="P114"/>
+      <c r="Q114"/>
+      <c r="R114"/>
+      <c r="S114"/>
+      <c r="T114"/>
+      <c r="U114"/>
+      <c r="V114">
+        <v>0</v>
+      </c>
+      <c r="W114"/>
+      <c r="X114"/>
+      <c r="Y114"/>
+      <c r="Z114"/>
+      <c r="AA114"/>
+      <c r="AB114"/>
+      <c r="AC114"/>
+      <c r="AD114"/>
+      <c r="AE114"/>
+      <c r="AF114"/>
+      <c r="AG114"/>
+      <c r="AH114"/>
+      <c r="AI114"/>
+      <c r="AJ114">
+        <v>0</v>
+      </c>
+      <c r="AK114"/>
+      <c r="AL114"/>
+      <c r="AM114"/>
+      <c r="AN114"/>
+      <c r="AO114">
+        <v>0</v>
+      </c>
+      <c r="AP114"/>
+      <c r="AQ114"/>
+      <c r="AR114"/>
+      <c r="AS114"/>
+    </row>
+    <row r="115" spans="1:45">
+      <c r="A115" t="s">
+        <v>589</v>
+      </c>
+      <c r="B115" t="s">
+        <v>91</v>
+      </c>
+      <c r="C115" t="s">
+        <v>47</v>
+      </c>
+      <c r="D115">
+        <v>2024</v>
+      </c>
+      <c r="E115" t="s">
+        <v>584</v>
+      </c>
+      <c r="F115" t="s">
+        <v>590</v>
+      </c>
+      <c r="G115" t="s">
+        <v>591</v>
+      </c>
+      <c r="H115" t="s">
+        <v>592</v>
+      </c>
+      <c r="I115" t="s">
+        <v>593</v>
+      </c>
+      <c r="J115">
+        <v>0</v>
+      </c>
+      <c r="K115">
+        <v>0</v>
+      </c>
+      <c r="L115">
+        <v>1</v>
+      </c>
+      <c r="M115"/>
+      <c r="N115">
+        <v>0</v>
+      </c>
+      <c r="O115"/>
+      <c r="P115"/>
+      <c r="Q115"/>
+      <c r="R115"/>
+      <c r="S115"/>
+      <c r="T115"/>
+      <c r="U115"/>
+      <c r="V115">
+        <v>0</v>
+      </c>
+      <c r="W115"/>
+      <c r="X115"/>
+      <c r="Y115"/>
+      <c r="Z115"/>
+      <c r="AA115"/>
+      <c r="AB115"/>
+      <c r="AC115"/>
+      <c r="AD115"/>
+      <c r="AE115"/>
+      <c r="AF115"/>
+      <c r="AG115"/>
+      <c r="AH115"/>
+      <c r="AI115"/>
+      <c r="AJ115">
+        <v>0</v>
+      </c>
+      <c r="AK115"/>
+      <c r="AL115"/>
+      <c r="AM115"/>
+      <c r="AN115"/>
+      <c r="AO115">
+        <v>0</v>
+      </c>
+      <c r="AP115"/>
+      <c r="AQ115"/>
+      <c r="AR115"/>
+      <c r="AS115"/>
+    </row>
+    <row r="116" spans="1:45">
+      <c r="A116" t="s">
+        <v>90</v>
+      </c>
+      <c r="B116" t="s">
+        <v>91</v>
+      </c>
+      <c r="C116" t="s">
+        <v>47</v>
+      </c>
+      <c r="D116">
+        <v>2024</v>
+      </c>
+      <c r="E116" t="s">
+        <v>594</v>
+      </c>
+      <c r="F116" t="s">
+        <v>595</v>
+      </c>
+      <c r="G116" t="s">
+        <v>596</v>
+      </c>
+      <c r="H116" t="s">
+        <v>597</v>
+      </c>
+      <c r="I116" t="s">
+        <v>598</v>
+      </c>
+      <c r="J116">
+        <v>0</v>
+      </c>
+      <c r="K116">
+        <v>0</v>
+      </c>
+      <c r="L116">
+        <v>0</v>
+      </c>
+      <c r="M116"/>
+      <c r="N116">
+        <v>0</v>
+      </c>
+      <c r="O116"/>
+      <c r="P116"/>
+      <c r="Q116"/>
+      <c r="R116"/>
+      <c r="S116"/>
+      <c r="T116"/>
+      <c r="U116">
+        <v>-1</v>
+      </c>
+      <c r="V116">
+        <v>0</v>
+      </c>
+      <c r="W116"/>
+      <c r="X116">
+        <v>-1</v>
+      </c>
+      <c r="Y116"/>
+      <c r="Z116">
+        <v>-1</v>
+      </c>
+      <c r="AA116"/>
+      <c r="AB116"/>
+      <c r="AC116"/>
+      <c r="AD116"/>
+      <c r="AE116"/>
+      <c r="AF116"/>
+      <c r="AG116"/>
+      <c r="AH116"/>
+      <c r="AI116"/>
+      <c r="AJ116">
+        <v>0</v>
+      </c>
+      <c r="AK116"/>
+      <c r="AL116"/>
+      <c r="AM116"/>
+      <c r="AN116"/>
+      <c r="AO116">
+        <v>0</v>
+      </c>
+      <c r="AP116"/>
+      <c r="AQ116"/>
+      <c r="AR116"/>
+      <c r="AS116"/>
+    </row>
+    <row r="117" spans="1:45">
+      <c r="A117" t="s">
+        <v>599</v>
+      </c>
+      <c r="B117" t="s">
+        <v>141</v>
+      </c>
+      <c r="C117" t="s">
+        <v>47</v>
+      </c>
+      <c r="D117">
+        <v>2024</v>
+      </c>
+      <c r="E117" t="s">
+        <v>594</v>
+      </c>
+      <c r="F117" t="s">
+        <v>600</v>
+      </c>
+      <c r="G117" t="s">
+        <v>601</v>
+      </c>
+      <c r="H117" t="s">
+        <v>602</v>
+      </c>
+      <c r="I117" t="s">
+        <v>603</v>
+      </c>
+      <c r="J117">
+        <v>0</v>
+      </c>
+      <c r="K117">
+        <v>0</v>
+      </c>
+      <c r="L117">
+        <v>1</v>
+      </c>
+      <c r="M117"/>
+      <c r="N117">
+        <v>0</v>
+      </c>
+      <c r="O117"/>
+      <c r="P117"/>
+      <c r="Q117"/>
+      <c r="R117"/>
+      <c r="S117"/>
+      <c r="T117"/>
+      <c r="U117"/>
+      <c r="V117">
+        <v>0</v>
+      </c>
+      <c r="W117"/>
+      <c r="X117"/>
+      <c r="Y117"/>
+      <c r="Z117"/>
+      <c r="AA117"/>
+      <c r="AB117"/>
+      <c r="AC117"/>
+      <c r="AD117"/>
+      <c r="AE117"/>
+      <c r="AF117"/>
+      <c r="AG117"/>
+      <c r="AH117"/>
+      <c r="AI117"/>
+      <c r="AJ117">
+        <v>0</v>
+      </c>
+      <c r="AK117"/>
+      <c r="AL117"/>
+      <c r="AM117"/>
+      <c r="AN117"/>
+      <c r="AO117">
+        <v>0</v>
+      </c>
+      <c r="AP117"/>
+      <c r="AQ117"/>
+      <c r="AR117"/>
+      <c r="AS117"/>
+    </row>
+    <row r="118" spans="1:45">
+      <c r="A118" t="s">
+        <v>604</v>
+      </c>
+      <c r="B118" t="s">
+        <v>154</v>
+      </c>
+      <c r="C118" t="s">
+        <v>47</v>
+      </c>
+      <c r="D118">
+        <v>2024</v>
+      </c>
+      <c r="E118" t="s">
+        <v>605</v>
+      </c>
+      <c r="F118" t="s">
+        <v>606</v>
+      </c>
+      <c r="G118" t="s">
+        <v>607</v>
+      </c>
+      <c r="H118" t="s">
+        <v>608</v>
+      </c>
+      <c r="I118" t="s">
+        <v>609</v>
+      </c>
+      <c r="J118">
+        <v>0</v>
+      </c>
+      <c r="K118">
+        <v>0</v>
+      </c>
+      <c r="L118">
+        <v>0</v>
+      </c>
+      <c r="M118">
+        <v>0</v>
+      </c>
+      <c r="N118">
+        <v>0</v>
+      </c>
+      <c r="O118"/>
+      <c r="P118"/>
+      <c r="Q118"/>
+      <c r="R118"/>
+      <c r="S118"/>
+      <c r="T118"/>
+      <c r="U118"/>
+      <c r="V118">
+        <v>0</v>
+      </c>
+      <c r="W118"/>
+      <c r="X118"/>
+      <c r="Y118"/>
+      <c r="Z118"/>
+      <c r="AA118"/>
+      <c r="AB118"/>
+      <c r="AC118"/>
+      <c r="AD118"/>
+      <c r="AE118"/>
+      <c r="AF118"/>
+      <c r="AG118"/>
+      <c r="AH118"/>
+      <c r="AI118">
+        <v>0</v>
+      </c>
+      <c r="AJ118">
+        <v>0</v>
+      </c>
+      <c r="AK118"/>
+      <c r="AL118">
+        <v>0</v>
+      </c>
+      <c r="AM118"/>
+      <c r="AN118">
+        <v>-1</v>
+      </c>
+      <c r="AO118">
+        <v>0</v>
+      </c>
+      <c r="AP118">
+        <v>-1</v>
+      </c>
+      <c r="AQ118"/>
+      <c r="AR118" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS118"/>
+    </row>
+    <row r="119" spans="1:45">
+      <c r="A119" t="s">
+        <v>115</v>
+      </c>
+      <c r="B119" t="s">
+        <v>65</v>
+      </c>
+      <c r="C119" t="s">
+        <v>109</v>
+      </c>
+      <c r="D119">
+        <v>2024</v>
+      </c>
+      <c r="E119" t="s">
+        <v>610</v>
+      </c>
+      <c r="F119" t="s">
+        <v>611</v>
+      </c>
+      <c r="G119" t="s">
+        <v>612</v>
+      </c>
+      <c r="H119" t="s">
+        <v>613</v>
+      </c>
+      <c r="I119" t="s">
+        <v>614</v>
+      </c>
+      <c r="J119">
+        <v>0</v>
+      </c>
+      <c r="K119">
+        <v>0</v>
+      </c>
+      <c r="L119">
+        <v>0</v>
+      </c>
+      <c r="M119">
+        <v>1</v>
+      </c>
+      <c r="N119">
+        <v>0</v>
+      </c>
+      <c r="O119"/>
+      <c r="P119"/>
+      <c r="Q119"/>
+      <c r="R119"/>
+      <c r="S119">
+        <v>1</v>
+      </c>
+      <c r="T119"/>
+      <c r="U119"/>
+      <c r="V119">
+        <v>0</v>
+      </c>
+      <c r="W119"/>
+      <c r="X119"/>
+      <c r="Y119"/>
+      <c r="Z119"/>
+      <c r="AA119"/>
+      <c r="AB119"/>
+      <c r="AC119"/>
+      <c r="AD119"/>
+      <c r="AE119"/>
+      <c r="AF119"/>
+      <c r="AG119"/>
+      <c r="AH119"/>
+      <c r="AI119"/>
+      <c r="AJ119">
+        <v>0</v>
+      </c>
+      <c r="AK119"/>
+      <c r="AL119"/>
+      <c r="AM119"/>
+      <c r="AN119"/>
+      <c r="AO119">
+        <v>1</v>
+      </c>
+      <c r="AP119"/>
+      <c r="AQ119"/>
+      <c r="AR119"/>
+      <c r="AS119"/>
+    </row>
+    <row r="120" spans="1:45">
+      <c r="A120" t="s">
+        <v>604</v>
+      </c>
+      <c r="B120" t="s">
+        <v>154</v>
+      </c>
+      <c r="C120" t="s">
+        <v>109</v>
+      </c>
+      <c r="D120">
+        <v>2024</v>
+      </c>
+      <c r="E120" t="s">
+        <v>615</v>
+      </c>
+      <c r="F120" t="s">
+        <v>616</v>
+      </c>
+      <c r="G120" t="s">
+        <v>617</v>
+      </c>
+      <c r="H120" t="s">
+        <v>618</v>
+      </c>
+      <c r="I120" t="s">
+        <v>374</v>
+      </c>
+      <c r="J120">
+        <v>0</v>
+      </c>
+      <c r="K120">
+        <v>0</v>
+      </c>
+      <c r="L120">
+        <v>0</v>
+      </c>
+      <c r="M120">
+        <v>1</v>
+      </c>
+      <c r="N120">
+        <v>0</v>
+      </c>
+      <c r="O120">
+        <v>0</v>
+      </c>
+      <c r="P120"/>
+      <c r="Q120">
+        <v>1</v>
+      </c>
+      <c r="R120"/>
+      <c r="S120"/>
+      <c r="T120"/>
+      <c r="U120"/>
+      <c r="V120">
+        <v>0</v>
+      </c>
+      <c r="W120"/>
+      <c r="X120"/>
+      <c r="Y120"/>
+      <c r="Z120"/>
+      <c r="AA120"/>
+      <c r="AB120"/>
+      <c r="AC120"/>
+      <c r="AD120"/>
+      <c r="AE120"/>
+      <c r="AF120"/>
+      <c r="AG120"/>
+      <c r="AH120"/>
+      <c r="AI120"/>
+      <c r="AJ120">
+        <v>0</v>
+      </c>
+      <c r="AK120"/>
+      <c r="AL120"/>
+      <c r="AM120"/>
+      <c r="AN120">
+        <v>0</v>
+      </c>
+      <c r="AO120">
+        <v>0</v>
+      </c>
+      <c r="AP120">
+        <v>0</v>
+      </c>
+      <c r="AQ120"/>
+      <c r="AR120"/>
+      <c r="AS120"/>
+    </row>
+    <row r="121" spans="1:45">
+      <c r="A121" t="s">
+        <v>619</v>
+      </c>
+      <c r="B121" t="s">
+        <v>91</v>
+      </c>
+      <c r="C121" t="s">
+        <v>109</v>
+      </c>
+      <c r="D121">
+        <v>2024</v>
+      </c>
+      <c r="E121" t="s">
+        <v>620</v>
+      </c>
+      <c r="F121" t="s">
+        <v>621</v>
+      </c>
+      <c r="G121" t="s">
+        <v>622</v>
+      </c>
+      <c r="H121" t="s">
+        <v>623</v>
+      </c>
+      <c r="I121" t="s">
+        <v>624</v>
+      </c>
+      <c r="J121">
+        <v>0</v>
+      </c>
+      <c r="K121">
+        <v>1</v>
+      </c>
+      <c r="L121">
+        <v>0</v>
+      </c>
+      <c r="M121">
+        <v>0</v>
+      </c>
+      <c r="N121">
+        <v>0</v>
+      </c>
+      <c r="O121"/>
+      <c r="P121"/>
+      <c r="Q121">
+        <v>0</v>
+      </c>
+      <c r="R121"/>
+      <c r="S121"/>
+      <c r="T121"/>
+      <c r="U121"/>
+      <c r="V121">
+        <v>0</v>
+      </c>
+      <c r="W121"/>
+      <c r="X121"/>
+      <c r="Y121"/>
+      <c r="Z121"/>
+      <c r="AA121"/>
+      <c r="AB121"/>
+      <c r="AC121"/>
+      <c r="AD121"/>
+      <c r="AE121"/>
+      <c r="AF121"/>
+      <c r="AG121"/>
+      <c r="AH121"/>
+      <c r="AI121"/>
+      <c r="AJ121">
+        <v>0</v>
+      </c>
+      <c r="AK121"/>
+      <c r="AL121"/>
+      <c r="AM121"/>
+      <c r="AN121"/>
+      <c r="AO121">
+        <v>0</v>
+      </c>
+      <c r="AP121"/>
+      <c r="AQ121"/>
+      <c r="AR121"/>
+      <c r="AS121"/>
+    </row>
+    <row r="122" spans="1:45">
+      <c r="A122" t="s">
+        <v>599</v>
+      </c>
+      <c r="B122" t="s">
+        <v>141</v>
+      </c>
+      <c r="C122" t="s">
+        <v>109</v>
+      </c>
+      <c r="D122">
+        <v>2024</v>
+      </c>
+      <c r="E122" t="s">
+        <v>625</v>
+      </c>
+      <c r="F122" t="s">
+        <v>626</v>
+      </c>
+      <c r="G122" t="s">
+        <v>627</v>
+      </c>
+      <c r="H122" t="s">
+        <v>628</v>
+      </c>
+      <c r="I122" t="s">
+        <v>629</v>
+      </c>
+      <c r="J122">
+        <v>0</v>
+      </c>
+      <c r="K122">
+        <v>0</v>
+      </c>
+      <c r="L122">
+        <v>0</v>
+      </c>
+      <c r="M122"/>
+      <c r="N122">
+        <v>1</v>
+      </c>
+      <c r="O122"/>
+      <c r="P122"/>
+      <c r="Q122"/>
+      <c r="R122"/>
+      <c r="S122"/>
+      <c r="T122"/>
+      <c r="U122"/>
+      <c r="V122">
+        <v>0</v>
+      </c>
+      <c r="W122"/>
+      <c r="X122"/>
+      <c r="Y122"/>
+      <c r="Z122"/>
+      <c r="AA122"/>
+      <c r="AB122"/>
+      <c r="AC122"/>
+      <c r="AD122"/>
+      <c r="AE122"/>
+      <c r="AF122"/>
+      <c r="AG122"/>
+      <c r="AH122"/>
+      <c r="AI122"/>
+      <c r="AJ122">
+        <v>0</v>
+      </c>
+      <c r="AK122"/>
+      <c r="AL122"/>
+      <c r="AM122"/>
+      <c r="AN122">
+        <v>1</v>
+      </c>
+      <c r="AO122">
+        <v>0</v>
+      </c>
+      <c r="AP122">
+        <v>1</v>
+      </c>
+      <c r="AQ122"/>
+      <c r="AR122" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS122"/>
+    </row>
+    <row r="123" spans="1:45">
+      <c r="A123" t="s">
+        <v>604</v>
+      </c>
+      <c r="B123" t="s">
+        <v>154</v>
+      </c>
+      <c r="C123" t="s">
+        <v>178</v>
+      </c>
+      <c r="D123">
+        <v>2024</v>
+      </c>
+      <c r="E123" t="s">
+        <v>630</v>
+      </c>
+      <c r="F123" t="s">
+        <v>631</v>
+      </c>
+      <c r="G123" t="s">
+        <v>632</v>
+      </c>
+      <c r="H123" t="s">
+        <v>633</v>
+      </c>
+      <c r="I123" t="s">
+        <v>634</v>
+      </c>
+      <c r="J123">
+        <v>0</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
+      </c>
+      <c r="L123">
+        <v>0</v>
+      </c>
+      <c r="M123"/>
+      <c r="N123">
+        <v>0</v>
+      </c>
+      <c r="O123"/>
+      <c r="P123"/>
+      <c r="Q123"/>
+      <c r="R123"/>
+      <c r="S123"/>
+      <c r="T123"/>
+      <c r="U123">
+        <v>0</v>
+      </c>
+      <c r="V123">
+        <v>0</v>
+      </c>
+      <c r="W123"/>
+      <c r="X123">
+        <v>0</v>
+      </c>
+      <c r="Y123"/>
+      <c r="Z123">
+        <v>0</v>
+      </c>
+      <c r="AA123"/>
+      <c r="AB123"/>
+      <c r="AC123"/>
+      <c r="AD123"/>
+      <c r="AE123"/>
+      <c r="AF123"/>
+      <c r="AG123"/>
+      <c r="AH123"/>
+      <c r="AI123"/>
+      <c r="AJ123">
+        <v>0</v>
+      </c>
+      <c r="AK123"/>
+      <c r="AL123"/>
+      <c r="AM123"/>
+      <c r="AN123"/>
+      <c r="AO123">
+        <v>0</v>
+      </c>
+      <c r="AP123"/>
+      <c r="AQ123"/>
+      <c r="AR123"/>
+      <c r="AS123"/>
+    </row>
+    <row r="124" spans="1:45">
+      <c r="A124" t="s">
+        <v>604</v>
+      </c>
+      <c r="B124" t="s">
+        <v>154</v>
+      </c>
+      <c r="C124" t="s">
+        <v>178</v>
+      </c>
+      <c r="D124">
+        <v>2024</v>
+      </c>
+      <c r="E124" t="s">
+        <v>630</v>
+      </c>
+      <c r="F124" t="s">
+        <v>635</v>
+      </c>
+      <c r="G124" t="s">
+        <v>636</v>
+      </c>
+      <c r="H124" t="s">
+        <v>633</v>
+      </c>
+      <c r="I124" t="s">
+        <v>637</v>
+      </c>
+      <c r="J124">
+        <v>0</v>
+      </c>
+      <c r="K124">
+        <v>0</v>
+      </c>
+      <c r="L124">
+        <v>0</v>
+      </c>
+      <c r="M124">
+        <v>-1</v>
+      </c>
+      <c r="N124">
+        <v>0</v>
+      </c>
+      <c r="O124"/>
+      <c r="P124"/>
+      <c r="Q124">
+        <v>-1</v>
+      </c>
+      <c r="R124"/>
+      <c r="S124"/>
+      <c r="T124"/>
+      <c r="U124">
+        <v>-1</v>
+      </c>
+      <c r="V124">
+        <v>0</v>
+      </c>
+      <c r="W124"/>
+      <c r="X124">
+        <v>-1</v>
+      </c>
+      <c r="Y124"/>
+      <c r="Z124"/>
+      <c r="AA124"/>
+      <c r="AB124">
+        <v>-1</v>
+      </c>
+      <c r="AC124"/>
+      <c r="AD124"/>
+      <c r="AE124"/>
+      <c r="AF124"/>
+      <c r="AG124"/>
+      <c r="AH124"/>
+      <c r="AI124"/>
+      <c r="AJ124">
+        <v>0</v>
+      </c>
+      <c r="AK124"/>
+      <c r="AL124"/>
+      <c r="AM124"/>
+      <c r="AN124">
+        <v>0</v>
+      </c>
+      <c r="AO124">
+        <v>0</v>
+      </c>
+      <c r="AP124"/>
+      <c r="AQ124"/>
+      <c r="AR124"/>
+      <c r="AS124" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="125" spans="1:45">
+      <c r="A125" t="s">
+        <v>314</v>
+      </c>
+      <c r="B125" t="s">
+        <v>65</v>
+      </c>
+      <c r="C125" t="s">
+        <v>178</v>
+      </c>
+      <c r="D125">
+        <v>2024</v>
+      </c>
+      <c r="E125" t="s">
+        <v>638</v>
+      </c>
+      <c r="F125" t="s">
+        <v>639</v>
+      </c>
+      <c r="G125" t="s">
+        <v>640</v>
+      </c>
+      <c r="H125" t="s">
+        <v>641</v>
+      </c>
+      <c r="I125" t="s">
+        <v>642</v>
+      </c>
+      <c r="J125">
+        <v>0</v>
+      </c>
+      <c r="K125">
+        <v>0</v>
+      </c>
+      <c r="L125">
+        <v>0</v>
+      </c>
+      <c r="M125">
+        <v>-1</v>
+      </c>
+      <c r="N125">
+        <v>0</v>
+      </c>
+      <c r="O125">
+        <v>-1</v>
+      </c>
+      <c r="P125"/>
+      <c r="Q125">
+        <v>-1</v>
+      </c>
+      <c r="R125"/>
+      <c r="S125"/>
+      <c r="T125"/>
+      <c r="U125"/>
+      <c r="V125">
+        <v>1</v>
+      </c>
+      <c r="W125"/>
+      <c r="X125"/>
+      <c r="Y125"/>
+      <c r="Z125"/>
+      <c r="AA125"/>
+      <c r="AB125"/>
+      <c r="AC125"/>
+      <c r="AD125"/>
+      <c r="AE125"/>
+      <c r="AF125"/>
+      <c r="AG125"/>
+      <c r="AH125"/>
+      <c r="AI125"/>
+      <c r="AJ125">
+        <v>0</v>
+      </c>
+      <c r="AK125"/>
+      <c r="AL125"/>
+      <c r="AM125"/>
+      <c r="AN125"/>
+      <c r="AO125">
+        <v>0</v>
+      </c>
+      <c r="AP125"/>
+      <c r="AQ125"/>
+      <c r="AR125"/>
+      <c r="AS125"/>
+    </row>
+    <row r="126" spans="1:45">
+      <c r="A126" t="s">
+        <v>314</v>
+      </c>
+      <c r="B126" t="s">
+        <v>65</v>
+      </c>
+      <c r="C126" t="s">
+        <v>178</v>
+      </c>
+      <c r="D126">
+        <v>2024</v>
+      </c>
+      <c r="E126" t="s">
+        <v>638</v>
+      </c>
+      <c r="F126" t="s">
+        <v>643</v>
+      </c>
+      <c r="G126" t="s">
+        <v>644</v>
+      </c>
+      <c r="H126" t="s">
+        <v>641</v>
+      </c>
+      <c r="I126" t="s">
+        <v>69</v>
+      </c>
+      <c r="J126">
+        <v>0</v>
+      </c>
+      <c r="K126">
+        <v>0</v>
+      </c>
+      <c r="L126">
+        <v>1</v>
+      </c>
+      <c r="M126"/>
+      <c r="N126">
+        <v>0</v>
+      </c>
+      <c r="O126"/>
+      <c r="P126"/>
+      <c r="Q126"/>
+      <c r="R126"/>
+      <c r="S126"/>
+      <c r="T126"/>
+      <c r="U126"/>
+      <c r="V126">
+        <v>0</v>
+      </c>
+      <c r="W126"/>
+      <c r="X126"/>
+      <c r="Y126"/>
+      <c r="Z126"/>
+      <c r="AA126"/>
+      <c r="AB126"/>
+      <c r="AC126"/>
+      <c r="AD126"/>
+      <c r="AE126"/>
+      <c r="AF126"/>
+      <c r="AG126"/>
+      <c r="AH126"/>
+      <c r="AI126"/>
+      <c r="AJ126">
+        <v>0</v>
+      </c>
+      <c r="AK126"/>
+      <c r="AL126"/>
+      <c r="AM126"/>
+      <c r="AN126"/>
+      <c r="AO126">
+        <v>0</v>
+      </c>
+      <c r="AP126"/>
+      <c r="AQ126"/>
+      <c r="AR126"/>
+      <c r="AS126"/>
+    </row>
+    <row r="127" spans="1:45">
+      <c r="A127" t="s">
+        <v>645</v>
+      </c>
+      <c r="B127" t="s">
+        <v>148</v>
+      </c>
+      <c r="C127" t="s">
+        <v>178</v>
+      </c>
+      <c r="D127">
+        <v>2024</v>
+      </c>
+      <c r="E127" t="s">
+        <v>646</v>
+      </c>
+      <c r="F127" t="s">
+        <v>647</v>
+      </c>
+      <c r="G127" t="s">
+        <v>648</v>
+      </c>
+      <c r="H127" t="s">
+        <v>649</v>
+      </c>
+      <c r="I127" t="s">
+        <v>650</v>
+      </c>
+      <c r="J127">
+        <v>0</v>
+      </c>
+      <c r="K127">
+        <v>0</v>
+      </c>
+      <c r="L127">
+        <v>1</v>
+      </c>
+      <c r="M127"/>
+      <c r="N127">
+        <v>0</v>
+      </c>
+      <c r="O127"/>
+      <c r="P127"/>
+      <c r="Q127"/>
+      <c r="R127"/>
+      <c r="S127"/>
+      <c r="T127"/>
+      <c r="U127"/>
+      <c r="V127">
+        <v>0</v>
+      </c>
+      <c r="W127"/>
+      <c r="X127"/>
+      <c r="Y127"/>
+      <c r="Z127"/>
+      <c r="AA127"/>
+      <c r="AB127"/>
+      <c r="AC127"/>
+      <c r="AD127"/>
+      <c r="AE127"/>
+      <c r="AF127"/>
+      <c r="AG127"/>
+      <c r="AH127"/>
+      <c r="AI127"/>
+      <c r="AJ127">
+        <v>0</v>
+      </c>
+      <c r="AK127"/>
+      <c r="AL127"/>
+      <c r="AM127"/>
+      <c r="AN127"/>
+      <c r="AO127">
+        <v>0</v>
+      </c>
+      <c r="AP127"/>
+      <c r="AQ127"/>
+      <c r="AR127"/>
+      <c r="AS127"/>
+    </row>
+    <row r="128" spans="1:45">
+      <c r="A128" t="s">
+        <v>509</v>
+      </c>
+      <c r="B128" t="s">
+        <v>267</v>
+      </c>
+      <c r="C128" t="s">
+        <v>178</v>
+      </c>
+      <c r="D128">
+        <v>2024</v>
+      </c>
+      <c r="E128" t="s">
+        <v>646</v>
+      </c>
+      <c r="F128" t="s">
+        <v>651</v>
+      </c>
+      <c r="G128" t="s">
+        <v>652</v>
+      </c>
+      <c r="H128" t="s">
+        <v>653</v>
+      </c>
+      <c r="I128" t="s">
+        <v>654</v>
+      </c>
+      <c r="J128">
+        <v>0</v>
+      </c>
+      <c r="K128">
+        <v>0</v>
+      </c>
+      <c r="L128">
+        <v>0</v>
+      </c>
+      <c r="M128"/>
+      <c r="N128">
+        <v>0</v>
+      </c>
+      <c r="O128"/>
+      <c r="P128"/>
+      <c r="Q128"/>
+      <c r="R128"/>
+      <c r="S128"/>
+      <c r="T128"/>
+      <c r="U128">
+        <v>0</v>
+      </c>
+      <c r="V128">
+        <v>0</v>
+      </c>
+      <c r="W128"/>
+      <c r="X128">
+        <v>0</v>
+      </c>
+      <c r="Y128"/>
+      <c r="Z128"/>
+      <c r="AA128"/>
+      <c r="AB128"/>
+      <c r="AC128">
+        <v>0</v>
+      </c>
+      <c r="AD128"/>
+      <c r="AE128"/>
+      <c r="AF128"/>
+      <c r="AG128"/>
+      <c r="AH128"/>
+      <c r="AI128">
+        <v>1</v>
+      </c>
+      <c r="AJ128">
+        <v>0</v>
+      </c>
+      <c r="AK128">
+        <v>0</v>
+      </c>
+      <c r="AL128">
+        <v>1</v>
+      </c>
+      <c r="AM128"/>
+      <c r="AN128">
+        <v>0</v>
+      </c>
+      <c r="AO128">
+        <v>0</v>
+      </c>
+      <c r="AP128"/>
+      <c r="AQ128"/>
+      <c r="AR128"/>
+      <c r="AS128" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="129" spans="1:45">
+      <c r="A129" t="s">
+        <v>509</v>
+      </c>
+      <c r="B129" t="s">
+        <v>267</v>
+      </c>
+      <c r="C129" t="s">
+        <v>178</v>
+      </c>
+      <c r="D129">
+        <v>2024</v>
+      </c>
+      <c r="E129" t="s">
+        <v>646</v>
+      </c>
+      <c r="F129" t="s">
+        <v>655</v>
+      </c>
+      <c r="G129" t="s">
+        <v>656</v>
+      </c>
+      <c r="H129" t="s">
+        <v>653</v>
+      </c>
+      <c r="I129" t="s">
+        <v>72</v>
+      </c>
+      <c r="J129">
+        <v>0</v>
+      </c>
+      <c r="K129">
+        <v>0</v>
+      </c>
+      <c r="L129">
+        <v>1</v>
+      </c>
+      <c r="M129"/>
+      <c r="N129">
+        <v>0</v>
+      </c>
+      <c r="O129"/>
+      <c r="P129"/>
+      <c r="Q129"/>
+      <c r="R129"/>
+      <c r="S129"/>
+      <c r="T129"/>
+      <c r="U129"/>
+      <c r="V129">
+        <v>0</v>
+      </c>
+      <c r="W129"/>
+      <c r="X129"/>
+      <c r="Y129"/>
+      <c r="Z129"/>
+      <c r="AA129"/>
+      <c r="AB129"/>
+      <c r="AC129"/>
+      <c r="AD129"/>
+      <c r="AE129"/>
+      <c r="AF129"/>
+      <c r="AG129"/>
+      <c r="AH129"/>
+      <c r="AI129"/>
+      <c r="AJ129">
+        <v>0</v>
+      </c>
+      <c r="AK129"/>
+      <c r="AL129"/>
+      <c r="AM129"/>
+      <c r="AN129"/>
+      <c r="AO129">
+        <v>0</v>
+      </c>
+      <c r="AP129"/>
+      <c r="AQ129"/>
+      <c r="AR129"/>
+      <c r="AS129"/>
+    </row>
+    <row r="130" spans="1:45">
+      <c r="A130" t="s">
+        <v>657</v>
+      </c>
+      <c r="B130" t="s">
+        <v>267</v>
+      </c>
+      <c r="C130" t="s">
+        <v>178</v>
+      </c>
+      <c r="D130">
+        <v>2024</v>
+      </c>
+      <c r="E130" t="s">
+        <v>646</v>
+      </c>
+      <c r="F130" t="s">
+        <v>658</v>
+      </c>
+      <c r="G130" t="s">
+        <v>659</v>
+      </c>
+      <c r="H130" t="s">
+        <v>660</v>
+      </c>
+      <c r="I130" t="s">
+        <v>661</v>
+      </c>
+      <c r="J130">
+        <v>0</v>
+      </c>
+      <c r="K130">
+        <v>0</v>
+      </c>
+      <c r="L130">
+        <v>1</v>
+      </c>
+      <c r="M130"/>
+      <c r="N130">
+        <v>0</v>
+      </c>
+      <c r="O130"/>
+      <c r="P130"/>
+      <c r="Q130"/>
+      <c r="R130"/>
+      <c r="S130"/>
+      <c r="T130"/>
+      <c r="U130"/>
+      <c r="V130">
+        <v>0</v>
+      </c>
+      <c r="W130"/>
+      <c r="X130"/>
+      <c r="Y130"/>
+      <c r="Z130"/>
+      <c r="AA130"/>
+      <c r="AB130"/>
+      <c r="AC130"/>
+      <c r="AD130"/>
+      <c r="AE130"/>
+      <c r="AF130"/>
+      <c r="AG130"/>
+      <c r="AH130"/>
+      <c r="AI130"/>
+      <c r="AJ130">
+        <v>0</v>
+      </c>
+      <c r="AK130"/>
+      <c r="AL130"/>
+      <c r="AM130"/>
+      <c r="AN130"/>
+      <c r="AO130">
+        <v>0</v>
+      </c>
+      <c r="AP130"/>
+      <c r="AQ130"/>
+      <c r="AR130"/>
+      <c r="AS130"/>
+    </row>
+    <row r="131" spans="1:45">
+      <c r="A131" t="s">
+        <v>662</v>
+      </c>
+      <c r="B131" t="s">
+        <v>154</v>
+      </c>
+      <c r="C131" t="s">
+        <v>178</v>
+      </c>
+      <c r="D131">
+        <v>2024</v>
+      </c>
+      <c r="E131" t="s">
+        <v>646</v>
+      </c>
+      <c r="F131" t="s">
+        <v>663</v>
+      </c>
+      <c r="G131" t="s">
+        <v>664</v>
+      </c>
+      <c r="H131" t="s">
+        <v>665</v>
+      </c>
+      <c r="I131" t="s">
+        <v>146</v>
+      </c>
+      <c r="J131">
+        <v>0</v>
+      </c>
+      <c r="K131">
+        <v>0</v>
+      </c>
+      <c r="L131">
+        <v>0</v>
+      </c>
+      <c r="M131">
+        <v>1</v>
+      </c>
+      <c r="N131">
+        <v>0</v>
+      </c>
+      <c r="O131"/>
+      <c r="P131">
+        <v>1</v>
+      </c>
+      <c r="Q131"/>
+      <c r="R131"/>
+      <c r="S131"/>
+      <c r="T131">
+        <v>0</v>
+      </c>
+      <c r="U131"/>
+      <c r="V131">
+        <v>0</v>
+      </c>
+      <c r="W131"/>
+      <c r="X131"/>
+      <c r="Y131"/>
+      <c r="Z131"/>
+      <c r="AA131"/>
+      <c r="AB131"/>
+      <c r="AC131"/>
+      <c r="AD131"/>
+      <c r="AE131"/>
+      <c r="AF131"/>
+      <c r="AG131"/>
+      <c r="AH131"/>
+      <c r="AI131">
+        <v>0</v>
+      </c>
+      <c r="AJ131">
+        <v>0</v>
+      </c>
+      <c r="AK131">
+        <v>0</v>
+      </c>
+      <c r="AL131"/>
+      <c r="AM131"/>
+      <c r="AN131"/>
+      <c r="AO131">
+        <v>0</v>
+      </c>
+      <c r="AP131"/>
+      <c r="AQ131"/>
+      <c r="AR131"/>
+      <c r="AS131"/>
+    </row>
+    <row r="132" spans="1:45">
+      <c r="A132" t="s">
+        <v>666</v>
+      </c>
+      <c r="B132" t="s">
+        <v>54</v>
+      </c>
+      <c r="C132" t="s">
+        <v>178</v>
+      </c>
+      <c r="D132">
+        <v>2024</v>
+      </c>
+      <c r="E132" t="s">
+        <v>667</v>
+      </c>
+      <c r="F132" t="s">
+        <v>668</v>
+      </c>
+      <c r="G132" t="s">
+        <v>669</v>
+      </c>
+      <c r="H132" t="s">
+        <v>670</v>
+      </c>
+      <c r="I132" t="s">
+        <v>671</v>
+      </c>
+      <c r="J132">
+        <v>0</v>
+      </c>
+      <c r="K132">
+        <v>0</v>
+      </c>
+      <c r="L132">
+        <v>1</v>
+      </c>
+      <c r="M132"/>
+      <c r="N132">
+        <v>0</v>
+      </c>
+      <c r="O132"/>
+      <c r="P132"/>
+      <c r="Q132"/>
+      <c r="R132"/>
+      <c r="S132"/>
+      <c r="T132"/>
+      <c r="U132"/>
+      <c r="V132">
+        <v>0</v>
+      </c>
+      <c r="W132"/>
+      <c r="X132"/>
+      <c r="Y132"/>
+      <c r="Z132"/>
+      <c r="AA132"/>
+      <c r="AB132"/>
+      <c r="AC132"/>
+      <c r="AD132"/>
+      <c r="AE132"/>
+      <c r="AF132"/>
+      <c r="AG132"/>
+      <c r="AH132"/>
+      <c r="AI132"/>
+      <c r="AJ132">
+        <v>0</v>
+      </c>
+      <c r="AK132"/>
+      <c r="AL132"/>
+      <c r="AM132"/>
+      <c r="AN132"/>
+      <c r="AO132">
+        <v>0</v>
+      </c>
+      <c r="AP132"/>
+      <c r="AQ132"/>
+      <c r="AR132"/>
+      <c r="AS132"/>
+    </row>
+    <row r="133" spans="1:45">
+      <c r="A133" t="s">
+        <v>129</v>
+      </c>
+      <c r="B133" t="s">
+        <v>130</v>
+      </c>
+      <c r="C133" t="s">
+        <v>178</v>
+      </c>
+      <c r="D133">
+        <v>2024</v>
+      </c>
+      <c r="E133" t="s">
+        <v>667</v>
+      </c>
+      <c r="F133" t="s">
+        <v>672</v>
+      </c>
+      <c r="G133" t="s">
+        <v>673</v>
+      </c>
+      <c r="H133" t="s">
+        <v>674</v>
+      </c>
+      <c r="I133" t="s">
+        <v>675</v>
+      </c>
+      <c r="J133">
+        <v>0</v>
+      </c>
+      <c r="K133">
+        <v>1</v>
+      </c>
+      <c r="L133">
+        <v>0</v>
+      </c>
+      <c r="M133">
+        <v>0</v>
+      </c>
+      <c r="N133">
+        <v>0</v>
+      </c>
+      <c r="O133">
+        <v>0</v>
+      </c>
+      <c r="P133"/>
+      <c r="Q133"/>
+      <c r="R133"/>
+      <c r="S133"/>
+      <c r="T133"/>
+      <c r="U133"/>
+      <c r="V133">
+        <v>0</v>
+      </c>
+      <c r="W133"/>
+      <c r="X133"/>
+      <c r="Y133"/>
+      <c r="Z133"/>
+      <c r="AA133"/>
+      <c r="AB133"/>
+      <c r="AC133"/>
+      <c r="AD133"/>
+      <c r="AE133"/>
+      <c r="AF133"/>
+      <c r="AG133"/>
+      <c r="AH133"/>
+      <c r="AI133"/>
+      <c r="AJ133">
+        <v>0</v>
+      </c>
+      <c r="AK133"/>
+      <c r="AL133"/>
+      <c r="AM133"/>
+      <c r="AN133">
+        <v>0</v>
+      </c>
+      <c r="AO133">
+        <v>0</v>
+      </c>
+      <c r="AP133"/>
+      <c r="AQ133"/>
+      <c r="AR133" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS133"/>
+    </row>
+    <row r="134" spans="1:45">
+      <c r="A134" t="s">
+        <v>676</v>
+      </c>
+      <c r="B134" t="s">
+        <v>171</v>
+      </c>
+      <c r="C134" t="s">
+        <v>178</v>
+      </c>
+      <c r="D134">
+        <v>2024</v>
+      </c>
+      <c r="E134" t="s">
+        <v>677</v>
+      </c>
+      <c r="F134" t="s">
+        <v>678</v>
+      </c>
+      <c r="G134" t="s">
+        <v>679</v>
+      </c>
+      <c r="H134" t="s">
+        <v>680</v>
+      </c>
+      <c r="I134" t="s">
+        <v>681</v>
+      </c>
+      <c r="J134">
+        <v>0</v>
+      </c>
+      <c r="K134">
+        <v>0</v>
+      </c>
+      <c r="L134">
+        <v>1</v>
+      </c>
+      <c r="M134"/>
+      <c r="N134">
+        <v>0</v>
+      </c>
+      <c r="O134"/>
+      <c r="P134"/>
+      <c r="Q134"/>
+      <c r="R134"/>
+      <c r="S134"/>
+      <c r="T134"/>
+      <c r="U134"/>
+      <c r="V134">
+        <v>0</v>
+      </c>
+      <c r="W134"/>
+      <c r="X134"/>
+      <c r="Y134"/>
+      <c r="Z134"/>
+      <c r="AA134"/>
+      <c r="AB134"/>
+      <c r="AC134"/>
+      <c r="AD134"/>
+      <c r="AE134"/>
+      <c r="AF134"/>
+      <c r="AG134"/>
+      <c r="AH134"/>
+      <c r="AI134"/>
+      <c r="AJ134">
+        <v>0</v>
+      </c>
+      <c r="AK134"/>
+      <c r="AL134"/>
+      <c r="AM134"/>
+      <c r="AN134"/>
+      <c r="AO134">
+        <v>0</v>
+      </c>
+      <c r="AP134"/>
+      <c r="AQ134"/>
+      <c r="AR134"/>
+      <c r="AS134"/>
+    </row>
+    <row r="135" spans="1:45">
+      <c r="A135" t="s">
+        <v>682</v>
+      </c>
+      <c r="B135" t="s">
+        <v>141</v>
+      </c>
+      <c r="C135" t="s">
+        <v>178</v>
+      </c>
+      <c r="D135">
+        <v>2024</v>
+      </c>
+      <c r="E135" t="s">
+        <v>677</v>
+      </c>
+      <c r="F135" t="s">
+        <v>683</v>
+      </c>
+      <c r="G135" t="s">
+        <v>684</v>
+      </c>
+      <c r="H135" t="s">
+        <v>685</v>
+      </c>
+      <c r="I135" t="s">
+        <v>146</v>
+      </c>
+      <c r="J135">
+        <v>0</v>
+      </c>
+      <c r="K135">
+        <v>1</v>
+      </c>
+      <c r="L135">
+        <v>0</v>
+      </c>
+      <c r="M135">
+        <v>0</v>
+      </c>
+      <c r="N135">
+        <v>0</v>
+      </c>
+      <c r="O135"/>
+      <c r="P135"/>
+      <c r="Q135">
+        <v>0</v>
+      </c>
+      <c r="R135"/>
+      <c r="S135"/>
+      <c r="T135"/>
+      <c r="U135"/>
+      <c r="V135">
+        <v>0</v>
+      </c>
+      <c r="W135"/>
+      <c r="X135"/>
+      <c r="Y135"/>
+      <c r="Z135"/>
+      <c r="AA135"/>
+      <c r="AB135"/>
+      <c r="AC135"/>
+      <c r="AD135"/>
+      <c r="AE135"/>
+      <c r="AF135"/>
+      <c r="AG135"/>
+      <c r="AH135"/>
+      <c r="AI135"/>
+      <c r="AJ135">
+        <v>0</v>
+      </c>
+      <c r="AK135"/>
+      <c r="AL135"/>
+      <c r="AM135"/>
+      <c r="AN135">
+        <v>0</v>
+      </c>
+      <c r="AO135">
+        <v>0</v>
+      </c>
+      <c r="AP135"/>
+      <c r="AQ135"/>
+      <c r="AR135" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS135"/>
+    </row>
+    <row r="136" spans="1:45">
+      <c r="A136" t="s">
+        <v>599</v>
+      </c>
+      <c r="B136" t="s">
+        <v>141</v>
+      </c>
+      <c r="C136" t="s">
+        <v>178</v>
+      </c>
+      <c r="D136">
+        <v>2024</v>
+      </c>
+      <c r="E136" t="s">
+        <v>677</v>
+      </c>
+      <c r="F136" t="s">
+        <v>686</v>
+      </c>
+      <c r="G136" t="s">
+        <v>687</v>
+      </c>
+      <c r="H136" t="s">
+        <v>688</v>
+      </c>
+      <c r="I136" t="s">
+        <v>689</v>
+      </c>
+      <c r="J136">
+        <v>0</v>
+      </c>
+      <c r="K136">
+        <v>1</v>
+      </c>
+      <c r="L136">
+        <v>0</v>
+      </c>
+      <c r="M136"/>
+      <c r="N136">
+        <v>0</v>
+      </c>
+      <c r="O136"/>
+      <c r="P136"/>
+      <c r="Q136"/>
+      <c r="R136"/>
+      <c r="S136"/>
+      <c r="T136"/>
+      <c r="U136"/>
+      <c r="V136">
+        <v>0</v>
+      </c>
+      <c r="W136"/>
+      <c r="X136"/>
+      <c r="Y136"/>
+      <c r="Z136"/>
+      <c r="AA136"/>
+      <c r="AB136"/>
+      <c r="AC136"/>
+      <c r="AD136"/>
+      <c r="AE136"/>
+      <c r="AF136"/>
+      <c r="AG136"/>
+      <c r="AH136"/>
+      <c r="AI136"/>
+      <c r="AJ136">
+        <v>0</v>
+      </c>
+      <c r="AK136"/>
+      <c r="AL136"/>
+      <c r="AM136"/>
+      <c r="AN136">
+        <v>0</v>
+      </c>
+      <c r="AO136">
+        <v>0</v>
+      </c>
+      <c r="AP136">
+        <v>0</v>
+      </c>
+      <c r="AQ136"/>
+      <c r="AR136" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS136"/>
+    </row>
+    <row r="137" spans="1:45">
+      <c r="A137" t="s">
+        <v>690</v>
+      </c>
+      <c r="B137" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" t="s">
+        <v>178</v>
+      </c>
+      <c r="D137">
+        <v>2024</v>
+      </c>
+      <c r="E137" t="s">
+        <v>691</v>
+      </c>
+      <c r="F137" t="s">
+        <v>692</v>
+      </c>
+      <c r="G137" t="s">
+        <v>693</v>
+      </c>
+      <c r="H137" t="s">
+        <v>694</v>
+      </c>
+      <c r="I137" t="s">
+        <v>695</v>
+      </c>
+      <c r="J137">
+        <v>0</v>
+      </c>
+      <c r="K137">
+        <v>0</v>
+      </c>
+      <c r="L137">
+        <v>1</v>
+      </c>
+      <c r="M137"/>
+      <c r="N137">
+        <v>0</v>
+      </c>
+      <c r="O137"/>
+      <c r="P137"/>
+      <c r="Q137"/>
+      <c r="R137"/>
+      <c r="S137"/>
+      <c r="T137"/>
+      <c r="U137"/>
+      <c r="V137">
+        <v>0</v>
+      </c>
+      <c r="W137"/>
+      <c r="X137"/>
+      <c r="Y137"/>
+      <c r="Z137"/>
+      <c r="AA137"/>
+      <c r="AB137"/>
+      <c r="AC137"/>
+      <c r="AD137"/>
+      <c r="AE137"/>
+      <c r="AF137"/>
+      <c r="AG137"/>
+      <c r="AH137"/>
+      <c r="AI137"/>
+      <c r="AJ137">
+        <v>0</v>
+      </c>
+      <c r="AK137"/>
+      <c r="AL137"/>
+      <c r="AM137"/>
+      <c r="AN137"/>
+      <c r="AO137">
+        <v>0</v>
+      </c>
+      <c r="AP137"/>
+      <c r="AQ137"/>
+      <c r="AR137"/>
+      <c r="AS137"/>
+    </row>
+    <row r="138" spans="1:45">
+      <c r="A138" t="s">
+        <v>252</v>
+      </c>
+      <c r="B138" t="s">
+        <v>54</v>
+      </c>
+      <c r="C138" t="s">
+        <v>178</v>
+      </c>
+      <c r="D138">
+        <v>2024</v>
+      </c>
+      <c r="E138" t="s">
+        <v>691</v>
+      </c>
+      <c r="F138" t="s">
+        <v>696</v>
+      </c>
+      <c r="G138" t="s">
+        <v>697</v>
+      </c>
+      <c r="H138" t="s">
+        <v>698</v>
+      </c>
+      <c r="I138" t="s">
+        <v>699</v>
+      </c>
+      <c r="J138">
+        <v>0</v>
+      </c>
+      <c r="K138">
+        <v>0</v>
+      </c>
+      <c r="L138">
+        <v>0</v>
+      </c>
+      <c r="M138">
+        <v>1</v>
+      </c>
+      <c r="N138">
+        <v>0</v>
+      </c>
+      <c r="O138"/>
+      <c r="P138"/>
+      <c r="Q138">
+        <v>1</v>
+      </c>
+      <c r="R138"/>
+      <c r="S138"/>
+      <c r="T138"/>
+      <c r="U138"/>
+      <c r="V138">
+        <v>0</v>
+      </c>
+      <c r="W138"/>
+      <c r="X138"/>
+      <c r="Y138"/>
+      <c r="Z138"/>
+      <c r="AA138"/>
+      <c r="AB138"/>
+      <c r="AC138"/>
+      <c r="AD138"/>
+      <c r="AE138"/>
+      <c r="AF138"/>
+      <c r="AG138"/>
+      <c r="AH138"/>
+      <c r="AI138"/>
+      <c r="AJ138">
+        <v>0</v>
+      </c>
+      <c r="AK138"/>
+      <c r="AL138"/>
+      <c r="AM138"/>
+      <c r="AN138"/>
+      <c r="AO138">
+        <v>0</v>
+      </c>
+      <c r="AP138"/>
+      <c r="AQ138"/>
+      <c r="AR138"/>
+      <c r="AS138"/>
+    </row>
+    <row r="139" spans="1:45">
+      <c r="A139" t="s">
+        <v>212</v>
+      </c>
+      <c r="B139" t="s">
+        <v>177</v>
+      </c>
+      <c r="C139" t="s">
+        <v>213</v>
+      </c>
+      <c r="D139">
+        <v>2024</v>
+      </c>
+      <c r="E139" t="s">
+        <v>700</v>
+      </c>
+      <c r="F139" t="s">
+        <v>701</v>
+      </c>
+      <c r="G139" t="s">
+        <v>702</v>
+      </c>
+      <c r="H139" t="s">
+        <v>703</v>
+      </c>
+      <c r="I139" t="s">
+        <v>704</v>
+      </c>
+      <c r="J139">
+        <v>0</v>
+      </c>
+      <c r="K139">
+        <v>0</v>
+      </c>
+      <c r="L139">
+        <v>0</v>
+      </c>
+      <c r="M139"/>
+      <c r="N139">
+        <v>0</v>
+      </c>
+      <c r="O139"/>
+      <c r="P139"/>
+      <c r="Q139"/>
+      <c r="R139"/>
+      <c r="S139"/>
+      <c r="T139"/>
+      <c r="U139">
+        <v>1</v>
+      </c>
+      <c r="V139">
+        <v>0</v>
+      </c>
+      <c r="W139"/>
+      <c r="X139"/>
+      <c r="Y139"/>
+      <c r="Z139"/>
+      <c r="AA139"/>
+      <c r="AB139"/>
+      <c r="AC139"/>
+      <c r="AD139"/>
+      <c r="AE139">
+        <v>1</v>
+      </c>
+      <c r="AF139">
+        <v>1</v>
+      </c>
+      <c r="AG139"/>
+      <c r="AH139"/>
+      <c r="AI139"/>
+      <c r="AJ139">
+        <v>0</v>
+      </c>
+      <c r="AK139"/>
+      <c r="AL139"/>
+      <c r="AM139"/>
+      <c r="AN139">
+        <v>-1</v>
+      </c>
+      <c r="AO139">
+        <v>0</v>
+      </c>
+      <c r="AP139"/>
+      <c r="AQ139"/>
+      <c r="AR139"/>
+      <c r="AS139" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="140" spans="1:45">
+      <c r="A140" t="s">
+        <v>705</v>
+      </c>
+      <c r="B140" t="s">
+        <v>46</v>
+      </c>
+      <c r="C140" t="s">
+        <v>213</v>
+      </c>
+      <c r="D140">
+        <v>2024</v>
+      </c>
+      <c r="E140" t="s">
+        <v>700</v>
+      </c>
+      <c r="F140" t="s">
+        <v>706</v>
+      </c>
+      <c r="G140" t="s">
+        <v>707</v>
+      </c>
+      <c r="H140" t="s">
+        <v>708</v>
+      </c>
+      <c r="I140" t="s">
+        <v>709</v>
+      </c>
+      <c r="J140">
+        <v>0</v>
+      </c>
+      <c r="K140">
+        <v>0</v>
+      </c>
+      <c r="L140">
+        <v>1</v>
+      </c>
+      <c r="M140"/>
+      <c r="N140">
+        <v>0</v>
+      </c>
+      <c r="O140"/>
+      <c r="P140"/>
+      <c r="Q140"/>
+      <c r="R140"/>
+      <c r="S140"/>
+      <c r="T140"/>
+      <c r="U140"/>
+      <c r="V140">
+        <v>0</v>
+      </c>
+      <c r="W140"/>
+      <c r="X140"/>
+      <c r="Y140"/>
+      <c r="Z140"/>
+      <c r="AA140"/>
+      <c r="AB140"/>
+      <c r="AC140"/>
+      <c r="AD140"/>
+      <c r="AE140"/>
+      <c r="AF140"/>
+      <c r="AG140"/>
+      <c r="AH140"/>
+      <c r="AI140"/>
+      <c r="AJ140">
+        <v>0</v>
+      </c>
+      <c r="AK140"/>
+      <c r="AL140"/>
+      <c r="AM140"/>
+      <c r="AN140"/>
+      <c r="AO140">
+        <v>0</v>
+      </c>
+      <c r="AP140"/>
+      <c r="AQ140"/>
+      <c r="AR140"/>
+      <c r="AS140"/>
+    </row>
+    <row r="141" spans="1:45">
+      <c r="A141" t="s">
+        <v>212</v>
+      </c>
+      <c r="B141" t="s">
+        <v>177</v>
+      </c>
+      <c r="C141" t="s">
+        <v>213</v>
+      </c>
+      <c r="D141">
+        <v>2024</v>
+      </c>
+      <c r="E141" t="s">
+        <v>700</v>
+      </c>
+      <c r="F141" t="s">
+        <v>710</v>
+      </c>
+      <c r="G141" t="s">
+        <v>711</v>
+      </c>
+      <c r="H141" t="s">
+        <v>703</v>
+      </c>
+      <c r="I141" t="s">
+        <v>712</v>
+      </c>
+      <c r="J141">
+        <v>0</v>
+      </c>
+      <c r="K141">
+        <v>0</v>
+      </c>
+      <c r="L141">
+        <v>1</v>
+      </c>
+      <c r="M141"/>
+      <c r="N141">
+        <v>0</v>
+      </c>
+      <c r="O141"/>
+      <c r="P141"/>
+      <c r="Q141"/>
+      <c r="R141"/>
+      <c r="S141"/>
+      <c r="T141"/>
+      <c r="U141"/>
+      <c r="V141">
+        <v>0</v>
+      </c>
+      <c r="W141"/>
+      <c r="X141"/>
+      <c r="Y141"/>
+      <c r="Z141"/>
+      <c r="AA141"/>
+      <c r="AB141"/>
+      <c r="AC141"/>
+      <c r="AD141"/>
+      <c r="AE141"/>
+      <c r="AF141"/>
+      <c r="AG141"/>
+      <c r="AH141"/>
+      <c r="AI141"/>
+      <c r="AJ141">
+        <v>0</v>
+      </c>
+      <c r="AK141"/>
+      <c r="AL141"/>
+      <c r="AM141"/>
+      <c r="AN141"/>
+      <c r="AO141">
+        <v>0</v>
+      </c>
+      <c r="AP141"/>
+      <c r="AQ141"/>
+      <c r="AR141"/>
+      <c r="AS141"/>
+    </row>
+    <row r="142" spans="1:45">
+      <c r="A142" t="s">
+        <v>140</v>
+      </c>
+      <c r="B142" t="s">
+        <v>141</v>
+      </c>
+      <c r="C142" t="s">
+        <v>213</v>
+      </c>
+      <c r="D142">
+        <v>2024</v>
+      </c>
+      <c r="E142" t="s">
+        <v>700</v>
+      </c>
+      <c r="F142" t="s">
+        <v>713</v>
+      </c>
+      <c r="G142" t="s">
+        <v>714</v>
+      </c>
+      <c r="H142" t="s">
+        <v>715</v>
+      </c>
+      <c r="I142" t="s">
+        <v>69</v>
+      </c>
+      <c r="J142">
+        <v>0</v>
+      </c>
+      <c r="K142">
+        <v>0</v>
+      </c>
+      <c r="L142">
+        <v>1</v>
+      </c>
+      <c r="M142"/>
+      <c r="N142">
+        <v>0</v>
+      </c>
+      <c r="O142"/>
+      <c r="P142"/>
+      <c r="Q142"/>
+      <c r="R142"/>
+      <c r="S142"/>
+      <c r="T142"/>
+      <c r="U142"/>
+      <c r="V142">
+        <v>0</v>
+      </c>
+      <c r="W142"/>
+      <c r="X142"/>
+      <c r="Y142"/>
+      <c r="Z142"/>
+      <c r="AA142"/>
+      <c r="AB142"/>
+      <c r="AC142"/>
+      <c r="AD142"/>
+      <c r="AE142"/>
+      <c r="AF142"/>
+      <c r="AG142"/>
+      <c r="AH142"/>
+      <c r="AI142"/>
+      <c r="AJ142">
+        <v>0</v>
+      </c>
+      <c r="AK142"/>
+      <c r="AL142"/>
+      <c r="AM142"/>
+      <c r="AN142"/>
+      <c r="AO142">
+        <v>0</v>
+      </c>
+      <c r="AP142"/>
+      <c r="AQ142"/>
+      <c r="AR142"/>
+      <c r="AS142"/>
+    </row>
+    <row r="143" spans="1:45">
+      <c r="A143" t="s">
+        <v>716</v>
+      </c>
+      <c r="B143" t="s">
+        <v>54</v>
+      </c>
+      <c r="C143" t="s">
+        <v>213</v>
+      </c>
+      <c r="D143">
+        <v>2024</v>
+      </c>
+      <c r="E143" t="s">
+        <v>717</v>
+      </c>
+      <c r="F143" t="s">
+        <v>718</v>
+      </c>
+      <c r="G143" t="s">
+        <v>719</v>
+      </c>
+      <c r="H143" t="s">
+        <v>720</v>
+      </c>
+      <c r="I143" t="s">
+        <v>721</v>
+      </c>
+      <c r="J143">
+        <v>0</v>
+      </c>
+      <c r="K143">
+        <v>0</v>
+      </c>
+      <c r="L143">
+        <v>1</v>
+      </c>
+      <c r="M143"/>
+      <c r="N143">
+        <v>0</v>
+      </c>
+      <c r="O143"/>
+      <c r="P143"/>
+      <c r="Q143"/>
+      <c r="R143"/>
+      <c r="S143"/>
+      <c r="T143"/>
+      <c r="U143"/>
+      <c r="V143">
+        <v>0</v>
+      </c>
+      <c r="W143"/>
+      <c r="X143"/>
+      <c r="Y143"/>
+      <c r="Z143"/>
+      <c r="AA143"/>
+      <c r="AB143"/>
+      <c r="AC143"/>
+      <c r="AD143"/>
+      <c r="AE143"/>
+      <c r="AF143"/>
+      <c r="AG143"/>
+      <c r="AH143"/>
+      <c r="AI143"/>
+      <c r="AJ143">
+        <v>0</v>
+      </c>
+      <c r="AK143"/>
+      <c r="AL143"/>
+      <c r="AM143"/>
+      <c r="AN143"/>
+      <c r="AO143">
+        <v>0</v>
+      </c>
+      <c r="AP143"/>
+      <c r="AQ143"/>
+      <c r="AR143"/>
+      <c r="AS143"/>
+    </row>
+    <row r="144" spans="1:45">
+      <c r="A144" t="s">
+        <v>722</v>
+      </c>
+      <c r="B144" t="s">
+        <v>54</v>
+      </c>
+      <c r="C144" t="s">
+        <v>213</v>
+      </c>
+      <c r="D144">
+        <v>2024</v>
+      </c>
+      <c r="E144" t="s">
+        <v>717</v>
+      </c>
+      <c r="F144" t="s">
+        <v>723</v>
+      </c>
+      <c r="G144" t="s">
+        <v>724</v>
+      </c>
+      <c r="H144" t="s">
+        <v>725</v>
+      </c>
+      <c r="I144" t="s">
+        <v>726</v>
+      </c>
+      <c r="J144">
+        <v>0</v>
+      </c>
+      <c r="K144">
+        <v>0</v>
+      </c>
+      <c r="L144">
+        <v>1</v>
+      </c>
+      <c r="M144"/>
+      <c r="N144">
+        <v>0</v>
+      </c>
+      <c r="O144"/>
+      <c r="P144"/>
+      <c r="Q144"/>
+      <c r="R144"/>
+      <c r="S144"/>
+      <c r="T144"/>
+      <c r="U144"/>
+      <c r="V144">
+        <v>0</v>
+      </c>
+      <c r="W144"/>
+      <c r="X144"/>
+      <c r="Y144"/>
+      <c r="Z144"/>
+      <c r="AA144"/>
+      <c r="AB144"/>
+      <c r="AC144"/>
+      <c r="AD144"/>
+      <c r="AE144"/>
+      <c r="AF144"/>
+      <c r="AG144"/>
+      <c r="AH144"/>
+      <c r="AI144"/>
+      <c r="AJ144">
+        <v>0</v>
+      </c>
+      <c r="AK144"/>
+      <c r="AL144"/>
+      <c r="AM144"/>
+      <c r="AN144"/>
+      <c r="AO144">
+        <v>0</v>
+      </c>
+      <c r="AP144"/>
+      <c r="AQ144"/>
+      <c r="AR144"/>
+      <c r="AS144"/>
+    </row>
+    <row r="145" spans="1:45">
+      <c r="A145" t="s">
+        <v>727</v>
+      </c>
+      <c r="B145" t="s">
+        <v>189</v>
+      </c>
+      <c r="C145" t="s">
+        <v>213</v>
+      </c>
+      <c r="D145">
+        <v>2024</v>
+      </c>
+      <c r="E145" t="s">
+        <v>717</v>
+      </c>
+      <c r="F145" t="s">
+        <v>728</v>
+      </c>
+      <c r="G145" t="s">
+        <v>729</v>
+      </c>
+      <c r="H145" t="s">
+        <v>730</v>
+      </c>
+      <c r="I145" t="s">
+        <v>120</v>
+      </c>
+      <c r="J145">
+        <v>0</v>
+      </c>
+      <c r="K145">
+        <v>0</v>
+      </c>
+      <c r="L145">
+        <v>0</v>
+      </c>
+      <c r="M145">
+        <v>1</v>
+      </c>
+      <c r="N145">
+        <v>0</v>
+      </c>
+      <c r="O145"/>
+      <c r="P145">
+        <v>1</v>
+      </c>
+      <c r="Q145"/>
+      <c r="R145"/>
+      <c r="S145"/>
+      <c r="T145"/>
+      <c r="U145">
+        <v>1</v>
+      </c>
+      <c r="V145">
+        <v>0</v>
+      </c>
+      <c r="W145"/>
+      <c r="X145"/>
+      <c r="Y145"/>
+      <c r="Z145"/>
+      <c r="AA145"/>
+      <c r="AB145"/>
+      <c r="AC145"/>
+      <c r="AD145"/>
+      <c r="AE145">
+        <v>1</v>
+      </c>
+      <c r="AF145">
+        <v>1</v>
+      </c>
+      <c r="AG145"/>
+      <c r="AH145"/>
+      <c r="AI145"/>
+      <c r="AJ145">
+        <v>0</v>
+      </c>
+      <c r="AK145"/>
+      <c r="AL145"/>
+      <c r="AM145"/>
+      <c r="AN145"/>
+      <c r="AO145">
+        <v>0</v>
+      </c>
+      <c r="AP145"/>
+      <c r="AQ145"/>
+      <c r="AR145"/>
+      <c r="AS145"/>
+    </row>
+    <row r="146" spans="1:45">
+      <c r="A146" t="s">
+        <v>727</v>
+      </c>
+      <c r="B146" t="s">
+        <v>189</v>
+      </c>
+      <c r="C146" t="s">
+        <v>213</v>
+      </c>
+      <c r="D146">
+        <v>2024</v>
+      </c>
+      <c r="E146" t="s">
+        <v>717</v>
+      </c>
+      <c r="F146" t="s">
+        <v>731</v>
+      </c>
+      <c r="G146" t="s">
+        <v>732</v>
+      </c>
+      <c r="H146" t="s">
+        <v>730</v>
+      </c>
+      <c r="I146" t="s">
+        <v>69</v>
+      </c>
+      <c r="J146">
+        <v>0</v>
+      </c>
+      <c r="K146">
+        <v>0</v>
+      </c>
+      <c r="L146">
+        <v>1</v>
+      </c>
+      <c r="M146"/>
+      <c r="N146">
+        <v>0</v>
+      </c>
+      <c r="O146"/>
+      <c r="P146"/>
+      <c r="Q146"/>
+      <c r="R146"/>
+      <c r="S146"/>
+      <c r="T146"/>
+      <c r="U146"/>
+      <c r="V146">
+        <v>0</v>
+      </c>
+      <c r="W146"/>
+      <c r="X146"/>
+      <c r="Y146"/>
+      <c r="Z146"/>
+      <c r="AA146"/>
+      <c r="AB146"/>
+      <c r="AC146"/>
+      <c r="AD146"/>
+      <c r="AE146"/>
+      <c r="AF146"/>
+      <c r="AG146"/>
+      <c r="AH146"/>
+      <c r="AI146"/>
+      <c r="AJ146">
+        <v>0</v>
+      </c>
+      <c r="AK146"/>
+      <c r="AL146"/>
+      <c r="AM146"/>
+      <c r="AN146"/>
+      <c r="AO146">
+        <v>0</v>
+      </c>
+      <c r="AP146"/>
+      <c r="AQ146"/>
+      <c r="AR146"/>
+      <c r="AS146"/>
+    </row>
+    <row r="147" spans="1:45">
+      <c r="A147" t="s">
+        <v>404</v>
+      </c>
+      <c r="B147" t="s">
+        <v>130</v>
+      </c>
+      <c r="C147" t="s">
+        <v>213</v>
+      </c>
+      <c r="D147">
+        <v>2024</v>
+      </c>
+      <c r="E147" t="s">
+        <v>717</v>
+      </c>
+      <c r="F147" t="s">
+        <v>733</v>
+      </c>
+      <c r="G147" t="s">
+        <v>734</v>
+      </c>
+      <c r="H147" t="s">
+        <v>735</v>
+      </c>
+      <c r="I147" t="s">
+        <v>69</v>
+      </c>
+      <c r="J147">
+        <v>0</v>
+      </c>
+      <c r="K147">
+        <v>0</v>
+      </c>
+      <c r="L147">
+        <v>1</v>
+      </c>
+      <c r="M147"/>
+      <c r="N147">
+        <v>0</v>
+      </c>
+      <c r="O147"/>
+      <c r="P147"/>
+      <c r="Q147"/>
+      <c r="R147"/>
+      <c r="S147"/>
+      <c r="T147"/>
+      <c r="U147"/>
+      <c r="V147">
+        <v>0</v>
+      </c>
+      <c r="W147"/>
+      <c r="X147"/>
+      <c r="Y147"/>
+      <c r="Z147"/>
+      <c r="AA147"/>
+      <c r="AB147"/>
+      <c r="AC147"/>
+      <c r="AD147"/>
+      <c r="AE147"/>
+      <c r="AF147"/>
+      <c r="AG147"/>
+      <c r="AH147"/>
+      <c r="AI147"/>
+      <c r="AJ147">
+        <v>0</v>
+      </c>
+      <c r="AK147"/>
+      <c r="AL147"/>
+      <c r="AM147"/>
+      <c r="AN147"/>
+      <c r="AO147">
+        <v>0</v>
+      </c>
+      <c r="AP147"/>
+      <c r="AQ147"/>
+      <c r="AR147"/>
+      <c r="AS147"/>
+    </row>
+    <row r="148" spans="1:45">
+      <c r="A148" t="s">
+        <v>690</v>
+      </c>
+      <c r="B148" t="s">
+        <v>54</v>
+      </c>
+      <c r="C148" t="s">
+        <v>253</v>
+      </c>
+      <c r="D148">
+        <v>2024</v>
+      </c>
+      <c r="E148" t="s">
+        <v>736</v>
+      </c>
+      <c r="F148" t="s">
+        <v>737</v>
+      </c>
+      <c r="G148" t="s">
+        <v>738</v>
+      </c>
+      <c r="H148" t="s">
+        <v>739</v>
+      </c>
+      <c r="I148" t="s">
+        <v>740</v>
+      </c>
+      <c r="J148">
+        <v>0</v>
+      </c>
+      <c r="K148">
+        <v>1</v>
+      </c>
+      <c r="L148">
+        <v>0</v>
+      </c>
+      <c r="M148">
+        <v>0</v>
+      </c>
+      <c r="N148">
+        <v>0</v>
+      </c>
+      <c r="O148"/>
+      <c r="P148">
+        <v>0</v>
+      </c>
+      <c r="Q148"/>
+      <c r="R148"/>
+      <c r="S148"/>
+      <c r="T148"/>
+      <c r="U148">
+        <v>0</v>
+      </c>
+      <c r="V148">
+        <v>0</v>
+      </c>
+      <c r="W148"/>
+      <c r="X148"/>
+      <c r="Y148"/>
+      <c r="Z148"/>
+      <c r="AA148"/>
+      <c r="AB148"/>
+      <c r="AC148"/>
+      <c r="AD148"/>
+      <c r="AE148">
+        <v>0</v>
+      </c>
+      <c r="AF148"/>
+      <c r="AG148">
+        <v>0</v>
+      </c>
+      <c r="AH148"/>
+      <c r="AI148"/>
+      <c r="AJ148">
+        <v>0</v>
+      </c>
+      <c r="AK148"/>
+      <c r="AL148"/>
+      <c r="AM148"/>
+      <c r="AN148"/>
+      <c r="AO148">
+        <v>0</v>
+      </c>
+      <c r="AP148"/>
+      <c r="AQ148"/>
+      <c r="AR148"/>
+      <c r="AS148"/>
+    </row>
+    <row r="149" spans="1:45">
+      <c r="A149" t="s">
+        <v>458</v>
+      </c>
+      <c r="B149" t="s">
+        <v>338</v>
+      </c>
+      <c r="C149" t="s">
+        <v>253</v>
+      </c>
+      <c r="D149">
+        <v>2024</v>
+      </c>
+      <c r="E149" t="s">
+        <v>741</v>
+      </c>
+      <c r="F149" t="s">
+        <v>742</v>
+      </c>
+      <c r="G149" t="s">
+        <v>743</v>
+      </c>
+      <c r="H149" t="s">
+        <v>744</v>
+      </c>
+      <c r="I149" t="s">
+        <v>72</v>
+      </c>
+      <c r="J149">
+        <v>0</v>
+      </c>
+      <c r="K149">
+        <v>0</v>
+      </c>
+      <c r="L149">
+        <v>1</v>
+      </c>
+      <c r="M149"/>
+      <c r="N149">
+        <v>0</v>
+      </c>
+      <c r="O149"/>
+      <c r="P149"/>
+      <c r="Q149"/>
+      <c r="R149"/>
+      <c r="S149"/>
+      <c r="T149"/>
+      <c r="U149"/>
+      <c r="V149">
+        <v>0</v>
+      </c>
+      <c r="W149"/>
+      <c r="X149"/>
+      <c r="Y149"/>
+      <c r="Z149"/>
+      <c r="AA149"/>
+      <c r="AB149"/>
+      <c r="AC149"/>
+      <c r="AD149"/>
+      <c r="AE149"/>
+      <c r="AF149"/>
+      <c r="AG149"/>
+      <c r="AH149"/>
+      <c r="AI149"/>
+      <c r="AJ149">
+        <v>0</v>
+      </c>
+      <c r="AK149"/>
+      <c r="AL149"/>
+      <c r="AM149"/>
+      <c r="AN149"/>
+      <c r="AO149">
+        <v>0</v>
+      </c>
+      <c r="AP149"/>
+      <c r="AQ149"/>
+      <c r="AR149"/>
+      <c r="AS149"/>
+    </row>
+    <row r="150" spans="1:45">
+      <c r="A150" t="s">
+        <v>745</v>
+      </c>
+      <c r="B150" t="s">
+        <v>74</v>
+      </c>
+      <c r="C150" t="s">
+        <v>253</v>
+      </c>
+      <c r="D150">
+        <v>2024</v>
+      </c>
+      <c r="E150" t="s">
+        <v>741</v>
+      </c>
+      <c r="F150" t="s">
+        <v>746</v>
+      </c>
+      <c r="G150" t="s">
+        <v>747</v>
+      </c>
+      <c r="H150" t="s">
+        <v>748</v>
+      </c>
+      <c r="I150" t="s">
+        <v>72</v>
+      </c>
+      <c r="J150">
+        <v>0</v>
+      </c>
+      <c r="K150">
+        <v>0</v>
+      </c>
+      <c r="L150">
+        <v>1</v>
+      </c>
+      <c r="M150"/>
+      <c r="N150">
+        <v>0</v>
+      </c>
+      <c r="O150"/>
+      <c r="P150"/>
+      <c r="Q150"/>
+      <c r="R150"/>
+      <c r="S150"/>
+      <c r="T150"/>
+      <c r="U150"/>
+      <c r="V150">
+        <v>0</v>
+      </c>
+      <c r="W150"/>
+      <c r="X150"/>
+      <c r="Y150"/>
+      <c r="Z150"/>
+      <c r="AA150"/>
+      <c r="AB150"/>
+      <c r="AC150"/>
+      <c r="AD150"/>
+      <c r="AE150"/>
+      <c r="AF150"/>
+      <c r="AG150"/>
+      <c r="AH150"/>
+      <c r="AI150"/>
+      <c r="AJ150">
+        <v>0</v>
+      </c>
+      <c r="AK150"/>
+      <c r="AL150"/>
+      <c r="AM150"/>
+      <c r="AN150"/>
+      <c r="AO150">
+        <v>0</v>
+      </c>
+      <c r="AP150"/>
+      <c r="AQ150"/>
+      <c r="AR150"/>
+      <c r="AS150"/>
+    </row>
+    <row r="151" spans="1:45">
+      <c r="A151" t="s">
+        <v>749</v>
+      </c>
+      <c r="B151" t="s">
+        <v>74</v>
+      </c>
+      <c r="C151" t="s">
+        <v>253</v>
+      </c>
+      <c r="D151">
+        <v>2024</v>
+      </c>
+      <c r="E151" t="s">
+        <v>741</v>
+      </c>
+      <c r="F151" t="s">
+        <v>750</v>
+      </c>
+      <c r="G151" t="s">
+        <v>751</v>
+      </c>
+      <c r="H151" t="s">
+        <v>752</v>
+      </c>
+      <c r="I151" t="s">
+        <v>72</v>
+      </c>
+      <c r="J151">
+        <v>0</v>
+      </c>
+      <c r="K151">
+        <v>0</v>
+      </c>
+      <c r="L151">
+        <v>1</v>
+      </c>
+      <c r="M151"/>
+      <c r="N151">
+        <v>0</v>
+      </c>
+      <c r="O151"/>
+      <c r="P151"/>
+      <c r="Q151"/>
+      <c r="R151"/>
+      <c r="S151"/>
+      <c r="T151"/>
+      <c r="U151"/>
+      <c r="V151">
+        <v>0</v>
+      </c>
+      <c r="W151"/>
+      <c r="X151"/>
+      <c r="Y151"/>
+      <c r="Z151"/>
+      <c r="AA151"/>
+      <c r="AB151"/>
+      <c r="AC151"/>
+      <c r="AD151"/>
+      <c r="AE151"/>
+      <c r="AF151"/>
+      <c r="AG151"/>
+      <c r="AH151"/>
+      <c r="AI151"/>
+      <c r="AJ151">
+        <v>0</v>
+      </c>
+      <c r="AK151"/>
+      <c r="AL151"/>
+      <c r="AM151"/>
+      <c r="AN151"/>
+      <c r="AO151">
+        <v>0</v>
+      </c>
+      <c r="AP151"/>
+      <c r="AQ151"/>
+      <c r="AR151"/>
+      <c r="AS151"/>
+    </row>
+    <row r="152" spans="1:45">
+      <c r="A152" t="s">
+        <v>753</v>
+      </c>
+      <c r="B152" t="s">
+        <v>261</v>
+      </c>
+      <c r="C152" t="s">
+        <v>253</v>
+      </c>
+      <c r="D152">
+        <v>2024</v>
+      </c>
+      <c r="E152" t="s">
+        <v>736</v>
+      </c>
+      <c r="F152" t="s">
+        <v>754</v>
+      </c>
+      <c r="G152" t="s">
+        <v>755</v>
+      </c>
+      <c r="H152" t="s">
+        <v>756</v>
+      </c>
+      <c r="I152" t="s">
+        <v>757</v>
+      </c>
+      <c r="J152">
+        <v>0</v>
+      </c>
+      <c r="K152">
+        <v>0</v>
+      </c>
+      <c r="L152">
+        <v>0</v>
+      </c>
+      <c r="M152"/>
+      <c r="N152">
+        <v>0</v>
+      </c>
+      <c r="O152"/>
+      <c r="P152"/>
+      <c r="Q152"/>
+      <c r="R152"/>
+      <c r="S152"/>
+      <c r="T152"/>
+      <c r="U152"/>
+      <c r="V152">
+        <v>1</v>
+      </c>
+      <c r="W152">
+        <v>0</v>
+      </c>
+      <c r="X152"/>
+      <c r="Y152"/>
+      <c r="Z152"/>
+      <c r="AA152"/>
+      <c r="AB152"/>
+      <c r="AC152"/>
+      <c r="AD152"/>
+      <c r="AE152"/>
+      <c r="AF152"/>
+      <c r="AG152"/>
+      <c r="AH152"/>
+      <c r="AI152"/>
+      <c r="AJ152">
+        <v>0</v>
+      </c>
+      <c r="AK152"/>
+      <c r="AL152"/>
+      <c r="AM152"/>
+      <c r="AN152">
+        <v>-1</v>
+      </c>
+      <c r="AO152">
+        <v>0</v>
+      </c>
+      <c r="AP152"/>
+      <c r="AQ152"/>
+      <c r="AR152" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS152"/>
+    </row>
+    <row r="153" spans="1:45">
+      <c r="A153" t="s">
+        <v>140</v>
+      </c>
+      <c r="B153" t="s">
+        <v>141</v>
+      </c>
+      <c r="C153" t="s">
+        <v>253</v>
+      </c>
+      <c r="D153">
+        <v>2024</v>
+      </c>
+      <c r="E153" t="s">
+        <v>758</v>
+      </c>
+      <c r="F153" t="s">
+        <v>759</v>
+      </c>
+      <c r="G153" t="s">
+        <v>760</v>
+      </c>
+      <c r="H153" t="s">
+        <v>761</v>
+      </c>
+      <c r="I153" t="s">
+        <v>762</v>
+      </c>
+      <c r="J153">
+        <v>0</v>
+      </c>
+      <c r="K153">
+        <v>0</v>
+      </c>
+      <c r="L153">
+        <v>0</v>
+      </c>
+      <c r="M153"/>
+      <c r="N153">
+        <v>1</v>
+      </c>
+      <c r="O153"/>
+      <c r="P153"/>
+      <c r="Q153"/>
+      <c r="R153"/>
+      <c r="S153"/>
+      <c r="T153"/>
+      <c r="U153"/>
+      <c r="V153">
+        <v>0</v>
+      </c>
+      <c r="W153"/>
+      <c r="X153"/>
+      <c r="Y153"/>
+      <c r="Z153"/>
+      <c r="AA153"/>
+      <c r="AB153"/>
+      <c r="AC153"/>
+      <c r="AD153"/>
+      <c r="AE153"/>
+      <c r="AF153"/>
+      <c r="AG153"/>
+      <c r="AH153"/>
+      <c r="AI153"/>
+      <c r="AJ153">
+        <v>0</v>
+      </c>
+      <c r="AK153"/>
+      <c r="AL153"/>
+      <c r="AM153"/>
+      <c r="AN153">
+        <v>1</v>
+      </c>
+      <c r="AO153">
+        <v>0</v>
+      </c>
+      <c r="AP153">
+        <v>1</v>
+      </c>
+      <c r="AQ153"/>
+      <c r="AR153"/>
+      <c r="AS153"/>
+    </row>
+    <row r="154" spans="1:45">
+      <c r="A154" t="s">
+        <v>763</v>
+      </c>
+      <c r="B154" t="s">
+        <v>130</v>
+      </c>
+      <c r="C154" t="s">
+        <v>253</v>
+      </c>
+      <c r="D154">
+        <v>2024</v>
+      </c>
+      <c r="E154" t="s">
+        <v>758</v>
+      </c>
+      <c r="F154" t="s">
+        <v>764</v>
+      </c>
+      <c r="G154" t="s">
+        <v>765</v>
+      </c>
+      <c r="H154" t="s">
+        <v>766</v>
+      </c>
+      <c r="I154" t="s">
+        <v>767</v>
+      </c>
+      <c r="J154">
+        <v>0</v>
+      </c>
+      <c r="K154">
+        <v>0</v>
+      </c>
+      <c r="L154">
+        <v>1</v>
+      </c>
+      <c r="M154"/>
+      <c r="N154">
+        <v>0</v>
+      </c>
+      <c r="O154"/>
+      <c r="P154"/>
+      <c r="Q154"/>
+      <c r="R154"/>
+      <c r="S154"/>
+      <c r="T154"/>
+      <c r="U154"/>
+      <c r="V154">
+        <v>0</v>
+      </c>
+      <c r="W154"/>
+      <c r="X154"/>
+      <c r="Y154"/>
+      <c r="Z154"/>
+      <c r="AA154"/>
+      <c r="AB154"/>
+      <c r="AC154"/>
+      <c r="AD154"/>
+      <c r="AE154"/>
+      <c r="AF154"/>
+      <c r="AG154"/>
+      <c r="AH154"/>
+      <c r="AI154"/>
+      <c r="AJ154">
+        <v>0</v>
+      </c>
+      <c r="AK154"/>
+      <c r="AL154"/>
+      <c r="AM154"/>
+      <c r="AN154"/>
+      <c r="AO154">
+        <v>0</v>
+      </c>
+      <c r="AP154"/>
+      <c r="AQ154"/>
+      <c r="AR154"/>
+      <c r="AS154"/>
+    </row>
+    <row r="155" spans="1:45">
+      <c r="A155" t="s">
+        <v>232</v>
+      </c>
+      <c r="B155" t="s">
+        <v>130</v>
+      </c>
+      <c r="C155" t="s">
+        <v>253</v>
+      </c>
+      <c r="D155">
+        <v>2024</v>
+      </c>
+      <c r="E155" t="s">
+        <v>758</v>
+      </c>
+      <c r="F155" t="s">
+        <v>768</v>
+      </c>
+      <c r="G155" t="s">
+        <v>769</v>
+      </c>
+      <c r="H155" t="s">
+        <v>770</v>
+      </c>
+      <c r="I155" t="s">
+        <v>771</v>
+      </c>
+      <c r="J155">
+        <v>0</v>
+      </c>
+      <c r="K155">
+        <v>0</v>
+      </c>
+      <c r="L155">
+        <v>0</v>
+      </c>
+      <c r="M155">
+        <v>1</v>
+      </c>
+      <c r="N155">
+        <v>0</v>
+      </c>
+      <c r="O155">
+        <v>1</v>
+      </c>
+      <c r="P155"/>
+      <c r="Q155"/>
+      <c r="R155"/>
+      <c r="S155"/>
+      <c r="T155"/>
+      <c r="U155"/>
+      <c r="V155">
+        <v>1</v>
+      </c>
+      <c r="W155"/>
+      <c r="X155">
+        <v>0</v>
+      </c>
+      <c r="Y155"/>
+      <c r="Z155"/>
+      <c r="AA155"/>
+      <c r="AB155">
+        <v>0</v>
+      </c>
+      <c r="AC155"/>
+      <c r="AD155"/>
+      <c r="AE155"/>
+      <c r="AF155"/>
+      <c r="AG155"/>
+      <c r="AH155"/>
+      <c r="AI155"/>
+      <c r="AJ155">
+        <v>0</v>
+      </c>
+      <c r="AK155"/>
+      <c r="AL155"/>
+      <c r="AM155"/>
+      <c r="AN155"/>
+      <c r="AO155">
+        <v>0</v>
+      </c>
+      <c r="AP155"/>
+      <c r="AQ155"/>
+      <c r="AR155"/>
+      <c r="AS155"/>
+    </row>
+    <row r="156" spans="1:45">
+      <c r="A156" t="s">
+        <v>772</v>
+      </c>
+      <c r="B156" t="s">
+        <v>261</v>
+      </c>
+      <c r="C156" t="s">
+        <v>253</v>
+      </c>
+      <c r="D156">
+        <v>2024</v>
+      </c>
+      <c r="E156" t="s">
+        <v>758</v>
+      </c>
+      <c r="F156" t="s">
+        <v>773</v>
+      </c>
+      <c r="G156" t="s">
+        <v>774</v>
+      </c>
+      <c r="H156" t="s">
+        <v>775</v>
+      </c>
+      <c r="I156" t="s">
+        <v>776</v>
+      </c>
+      <c r="J156">
+        <v>0</v>
+      </c>
+      <c r="K156">
+        <v>0</v>
+      </c>
+      <c r="L156">
+        <v>0</v>
+      </c>
+      <c r="M156"/>
+      <c r="N156">
+        <v>1</v>
+      </c>
+      <c r="O156"/>
+      <c r="P156"/>
+      <c r="Q156"/>
+      <c r="R156"/>
+      <c r="S156"/>
+      <c r="T156"/>
+      <c r="U156"/>
+      <c r="V156">
+        <v>0</v>
+      </c>
+      <c r="W156"/>
+      <c r="X156"/>
+      <c r="Y156"/>
+      <c r="Z156"/>
+      <c r="AA156"/>
+      <c r="AB156"/>
+      <c r="AC156"/>
+      <c r="AD156"/>
+      <c r="AE156"/>
+      <c r="AF156"/>
+      <c r="AG156"/>
+      <c r="AH156"/>
+      <c r="AI156"/>
+      <c r="AJ156">
+        <v>0</v>
+      </c>
+      <c r="AK156"/>
+      <c r="AL156"/>
+      <c r="AM156"/>
+      <c r="AN156">
+        <v>0</v>
+      </c>
+      <c r="AO156">
+        <v>0</v>
+      </c>
+      <c r="AP156"/>
+      <c r="AQ156"/>
+      <c r="AR156" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS156" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="157" spans="1:45">
+      <c r="A157" t="s">
+        <v>777</v>
+      </c>
+      <c r="B157" t="s">
+        <v>130</v>
+      </c>
+      <c r="C157" t="s">
+        <v>253</v>
+      </c>
+      <c r="D157">
+        <v>2024</v>
+      </c>
+      <c r="E157" t="s">
+        <v>758</v>
+      </c>
+      <c r="F157" t="s">
+        <v>778</v>
+      </c>
+      <c r="G157" t="s">
+        <v>779</v>
+      </c>
+      <c r="H157" t="s">
+        <v>780</v>
+      </c>
+      <c r="I157" t="s">
+        <v>781</v>
+      </c>
+      <c r="J157">
+        <v>0</v>
+      </c>
+      <c r="K157">
+        <v>0</v>
+      </c>
+      <c r="L157">
+        <v>1</v>
+      </c>
+      <c r="M157"/>
+      <c r="N157">
+        <v>0</v>
+      </c>
+      <c r="O157"/>
+      <c r="P157"/>
+      <c r="Q157"/>
+      <c r="R157"/>
+      <c r="S157"/>
+      <c r="T157"/>
+      <c r="U157"/>
+      <c r="V157">
+        <v>0</v>
+      </c>
+      <c r="W157"/>
+      <c r="X157"/>
+      <c r="Y157"/>
+      <c r="Z157"/>
+      <c r="AA157"/>
+      <c r="AB157"/>
+      <c r="AC157"/>
+      <c r="AD157"/>
+      <c r="AE157"/>
+      <c r="AF157"/>
+      <c r="AG157"/>
+      <c r="AH157"/>
+      <c r="AI157"/>
+      <c r="AJ157">
+        <v>0</v>
+      </c>
+      <c r="AK157"/>
+      <c r="AL157"/>
+      <c r="AM157"/>
+      <c r="AN157"/>
+      <c r="AO157">
+        <v>0</v>
+      </c>
+      <c r="AP157"/>
+      <c r="AQ157"/>
+      <c r="AR157"/>
+      <c r="AS157"/>
+    </row>
+    <row r="158" spans="1:45">
+      <c r="A158" t="s">
+        <v>782</v>
+      </c>
+      <c r="B158" t="s">
+        <v>177</v>
+      </c>
+      <c r="C158" t="s">
+        <v>253</v>
+      </c>
+      <c r="D158">
+        <v>2024</v>
+      </c>
+      <c r="E158" t="s">
+        <v>758</v>
+      </c>
+      <c r="F158" t="s">
+        <v>783</v>
+      </c>
+      <c r="G158" t="s">
+        <v>784</v>
+      </c>
+      <c r="H158" t="s">
+        <v>785</v>
+      </c>
+      <c r="I158" t="s">
+        <v>786</v>
+      </c>
+      <c r="J158">
+        <v>0</v>
+      </c>
+      <c r="K158">
+        <v>0</v>
+      </c>
+      <c r="L158">
+        <v>1</v>
+      </c>
+      <c r="M158"/>
+      <c r="N158">
+        <v>0</v>
+      </c>
+      <c r="O158"/>
+      <c r="P158"/>
+      <c r="Q158"/>
+      <c r="R158"/>
+      <c r="S158"/>
+      <c r="T158"/>
+      <c r="U158"/>
+      <c r="V158">
+        <v>0</v>
+      </c>
+      <c r="W158"/>
+      <c r="X158"/>
+      <c r="Y158"/>
+      <c r="Z158"/>
+      <c r="AA158"/>
+      <c r="AB158"/>
+      <c r="AC158"/>
+      <c r="AD158"/>
+      <c r="AE158"/>
+      <c r="AF158"/>
+      <c r="AG158"/>
+      <c r="AH158"/>
+      <c r="AI158"/>
+      <c r="AJ158">
+        <v>0</v>
+      </c>
+      <c r="AK158"/>
+      <c r="AL158"/>
+      <c r="AM158"/>
+      <c r="AN158"/>
+      <c r="AO158">
+        <v>0</v>
+      </c>
+      <c r="AP158"/>
+      <c r="AQ158"/>
+      <c r="AR158"/>
+      <c r="AS158"/>
+    </row>
+    <row r="159" spans="1:45">
+      <c r="A159" t="s">
+        <v>787</v>
+      </c>
+      <c r="B159" t="s">
+        <v>97</v>
+      </c>
+      <c r="C159" t="s">
+        <v>253</v>
+      </c>
+      <c r="D159">
+        <v>2024</v>
+      </c>
+      <c r="E159" t="s">
+        <v>758</v>
+      </c>
+      <c r="F159" t="s">
+        <v>788</v>
+      </c>
+      <c r="G159" t="s">
+        <v>789</v>
+      </c>
+      <c r="H159" t="s">
+        <v>790</v>
+      </c>
+      <c r="I159" t="s">
+        <v>791</v>
+      </c>
+      <c r="J159">
+        <v>0</v>
+      </c>
+      <c r="K159">
+        <v>0</v>
+      </c>
+      <c r="L159">
+        <v>1</v>
+      </c>
+      <c r="M159"/>
+      <c r="N159">
+        <v>0</v>
+      </c>
+      <c r="O159"/>
+      <c r="P159"/>
+      <c r="Q159"/>
+      <c r="R159"/>
+      <c r="S159"/>
+      <c r="T159"/>
+      <c r="U159"/>
+      <c r="V159">
+        <v>0</v>
+      </c>
+      <c r="W159"/>
+      <c r="X159"/>
+      <c r="Y159"/>
+      <c r="Z159"/>
+      <c r="AA159"/>
+      <c r="AB159"/>
+      <c r="AC159"/>
+      <c r="AD159"/>
+      <c r="AE159"/>
+      <c r="AF159"/>
+      <c r="AG159"/>
+      <c r="AH159"/>
+      <c r="AI159"/>
+      <c r="AJ159">
+        <v>0</v>
+      </c>
+      <c r="AK159"/>
+      <c r="AL159"/>
+      <c r="AM159"/>
+      <c r="AN159"/>
+      <c r="AO159">
+        <v>0</v>
+      </c>
+      <c r="AP159"/>
+      <c r="AQ159"/>
+      <c r="AR159"/>
+      <c r="AS159"/>
+    </row>
+    <row r="160" spans="1:45">
+      <c r="A160" t="s">
+        <v>314</v>
+      </c>
+      <c r="B160" t="s">
+        <v>65</v>
+      </c>
+      <c r="C160" t="s">
+        <v>339</v>
+      </c>
+      <c r="D160">
+        <v>2024</v>
+      </c>
+      <c r="E160" t="s">
+        <v>792</v>
+      </c>
+      <c r="F160" t="s">
+        <v>793</v>
+      </c>
+      <c r="G160" t="s">
+        <v>794</v>
+      </c>
+      <c r="H160" t="s">
+        <v>795</v>
+      </c>
+      <c r="I160" t="s">
+        <v>796</v>
+      </c>
+      <c r="J160">
+        <v>0</v>
+      </c>
+      <c r="K160">
+        <v>0</v>
+      </c>
+      <c r="L160">
+        <v>0</v>
+      </c>
+      <c r="M160">
+        <v>-1</v>
+      </c>
+      <c r="N160">
+        <v>0</v>
+      </c>
+      <c r="O160"/>
+      <c r="P160">
+        <v>-1</v>
+      </c>
+      <c r="Q160"/>
+      <c r="R160"/>
+      <c r="S160"/>
+      <c r="T160"/>
+      <c r="U160"/>
+      <c r="V160">
+        <v>0</v>
+      </c>
+      <c r="W160"/>
+      <c r="X160"/>
+      <c r="Y160"/>
+      <c r="Z160"/>
+      <c r="AA160"/>
+      <c r="AB160"/>
+      <c r="AC160"/>
+      <c r="AD160"/>
+      <c r="AE160"/>
+      <c r="AF160"/>
+      <c r="AG160"/>
+      <c r="AH160"/>
+      <c r="AI160"/>
+      <c r="AJ160">
+        <v>0</v>
+      </c>
+      <c r="AK160"/>
+      <c r="AL160"/>
+      <c r="AM160"/>
+      <c r="AN160">
+        <v>-1</v>
+      </c>
+      <c r="AO160">
+        <v>0</v>
+      </c>
+      <c r="AP160"/>
+      <c r="AQ160"/>
+      <c r="AR160" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS160"/>
+    </row>
+    <row r="161" spans="1:45">
+      <c r="A161" t="s">
+        <v>432</v>
+      </c>
+      <c r="B161" t="s">
+        <v>65</v>
+      </c>
+      <c r="C161" t="s">
+        <v>339</v>
+      </c>
+      <c r="D161">
+        <v>2024</v>
+      </c>
+      <c r="E161" t="s">
+        <v>792</v>
+      </c>
+      <c r="F161" t="s">
+        <v>797</v>
+      </c>
+      <c r="G161" t="s">
+        <v>798</v>
+      </c>
+      <c r="H161" t="s">
+        <v>799</v>
+      </c>
+      <c r="I161" t="s">
+        <v>800</v>
+      </c>
+      <c r="J161">
+        <v>0</v>
+      </c>
+      <c r="K161">
+        <v>0</v>
+      </c>
+      <c r="L161">
+        <v>1</v>
+      </c>
+      <c r="M161"/>
+      <c r="N161">
+        <v>0</v>
+      </c>
+      <c r="O161"/>
+      <c r="P161"/>
+      <c r="Q161"/>
+      <c r="R161"/>
+      <c r="S161"/>
+      <c r="T161"/>
+      <c r="U161"/>
+      <c r="V161">
+        <v>0</v>
+      </c>
+      <c r="W161"/>
+      <c r="X161"/>
+      <c r="Y161"/>
+      <c r="Z161"/>
+      <c r="AA161"/>
+      <c r="AB161"/>
+      <c r="AC161"/>
+      <c r="AD161"/>
+      <c r="AE161"/>
+      <c r="AF161"/>
+      <c r="AG161"/>
+      <c r="AH161"/>
+      <c r="AI161"/>
+      <c r="AJ161">
+        <v>0</v>
+      </c>
+      <c r="AK161"/>
+      <c r="AL161"/>
+      <c r="AM161"/>
+      <c r="AN161"/>
+      <c r="AO161">
+        <v>0</v>
+      </c>
+      <c r="AP161"/>
+      <c r="AQ161"/>
+      <c r="AR161"/>
+      <c r="AS161"/>
+    </row>
+    <row r="162" spans="1:45">
+      <c r="A162" t="s">
+        <v>337</v>
+      </c>
+      <c r="B162" t="s">
+        <v>338</v>
+      </c>
+      <c r="C162" t="s">
+        <v>339</v>
+      </c>
+      <c r="D162">
+        <v>2024</v>
+      </c>
+      <c r="E162" t="s">
+        <v>792</v>
+      </c>
+      <c r="F162" t="s">
+        <v>801</v>
+      </c>
+      <c r="G162" t="s">
+        <v>802</v>
+      </c>
+      <c r="H162" t="s">
+        <v>803</v>
+      </c>
+      <c r="I162" t="s">
+        <v>804</v>
+      </c>
+      <c r="J162">
+        <v>0</v>
+      </c>
+      <c r="K162">
+        <v>1</v>
+      </c>
+      <c r="L162">
+        <v>0</v>
+      </c>
+      <c r="M162">
+        <v>0</v>
+      </c>
+      <c r="N162">
+        <v>0</v>
+      </c>
+      <c r="O162"/>
+      <c r="P162"/>
+      <c r="Q162">
+        <v>0</v>
+      </c>
+      <c r="R162">
+        <v>0</v>
+      </c>
+      <c r="S162"/>
+      <c r="T162"/>
+      <c r="U162"/>
+      <c r="V162">
+        <v>0</v>
+      </c>
+      <c r="W162"/>
+      <c r="X162"/>
+      <c r="Y162"/>
+      <c r="Z162"/>
+      <c r="AA162"/>
+      <c r="AB162"/>
+      <c r="AC162"/>
+      <c r="AD162"/>
+      <c r="AE162"/>
+      <c r="AF162"/>
+      <c r="AG162"/>
+      <c r="AH162"/>
+      <c r="AI162"/>
+      <c r="AJ162">
+        <v>0</v>
+      </c>
+      <c r="AK162"/>
+      <c r="AL162"/>
+      <c r="AM162"/>
+      <c r="AN162"/>
+      <c r="AO162">
+        <v>0</v>
+      </c>
+      <c r="AP162"/>
+      <c r="AQ162"/>
+      <c r="AR162"/>
+      <c r="AS162"/>
+    </row>
+    <row r="163" spans="1:45">
+      <c r="A163" t="s">
+        <v>440</v>
+      </c>
+      <c r="B163" t="s">
+        <v>46</v>
+      </c>
+      <c r="C163" t="s">
+        <v>339</v>
+      </c>
+      <c r="D163">
+        <v>2024</v>
+      </c>
+      <c r="E163" t="s">
+        <v>792</v>
+      </c>
+      <c r="F163" t="s">
+        <v>805</v>
+      </c>
+      <c r="G163" t="s">
+        <v>806</v>
+      </c>
+      <c r="H163" t="s">
+        <v>807</v>
+      </c>
+      <c r="I163" t="s">
+        <v>808</v>
+      </c>
+      <c r="J163">
+        <v>0</v>
+      </c>
+      <c r="K163">
+        <v>0</v>
+      </c>
+      <c r="L163">
+        <v>1</v>
+      </c>
+      <c r="M163"/>
+      <c r="N163">
+        <v>0</v>
+      </c>
+      <c r="O163"/>
+      <c r="P163"/>
+      <c r="Q163"/>
+      <c r="R163"/>
+      <c r="S163"/>
+      <c r="T163"/>
+      <c r="U163"/>
+      <c r="V163">
+        <v>0</v>
+      </c>
+      <c r="W163"/>
+      <c r="X163"/>
+      <c r="Y163"/>
+      <c r="Z163"/>
+      <c r="AA163"/>
+      <c r="AB163"/>
+      <c r="AC163"/>
+      <c r="AD163"/>
+      <c r="AE163"/>
+      <c r="AF163"/>
+      <c r="AG163"/>
+      <c r="AH163"/>
+      <c r="AI163"/>
+      <c r="AJ163">
+        <v>0</v>
+      </c>
+      <c r="AK163"/>
+      <c r="AL163"/>
+      <c r="AM163"/>
+      <c r="AN163"/>
+      <c r="AO163">
+        <v>0</v>
+      </c>
+      <c r="AP163"/>
+      <c r="AQ163"/>
+      <c r="AR163"/>
+      <c r="AS163"/>
+    </row>
+    <row r="164" spans="1:45">
+      <c r="A164" t="s">
+        <v>809</v>
+      </c>
+      <c r="B164" t="s">
+        <v>267</v>
+      </c>
+      <c r="C164" t="s">
+        <v>339</v>
+      </c>
+      <c r="D164">
+        <v>2024</v>
+      </c>
+      <c r="E164" t="s">
+        <v>792</v>
+      </c>
+      <c r="F164" t="s">
+        <v>810</v>
+      </c>
+      <c r="G164" t="s">
+        <v>811</v>
+      </c>
+      <c r="H164" t="s">
+        <v>812</v>
+      </c>
+      <c r="I164" t="s">
+        <v>69</v>
+      </c>
+      <c r="J164">
+        <v>0</v>
+      </c>
+      <c r="K164">
+        <v>0</v>
+      </c>
+      <c r="L164">
+        <v>1</v>
+      </c>
+      <c r="M164"/>
+      <c r="N164">
+        <v>0</v>
+      </c>
+      <c r="O164"/>
+      <c r="P164"/>
+      <c r="Q164"/>
+      <c r="R164"/>
+      <c r="S164"/>
+      <c r="T164"/>
+      <c r="U164"/>
+      <c r="V164">
+        <v>0</v>
+      </c>
+      <c r="W164"/>
+      <c r="X164"/>
+      <c r="Y164"/>
+      <c r="Z164"/>
+      <c r="AA164"/>
+      <c r="AB164"/>
+      <c r="AC164"/>
+      <c r="AD164"/>
+      <c r="AE164"/>
+      <c r="AF164"/>
+      <c r="AG164"/>
+      <c r="AH164"/>
+      <c r="AI164"/>
+      <c r="AJ164">
+        <v>0</v>
+      </c>
+      <c r="AK164"/>
+      <c r="AL164"/>
+      <c r="AM164"/>
+      <c r="AN164"/>
+      <c r="AO164">
+        <v>0</v>
+      </c>
+      <c r="AP164"/>
+      <c r="AQ164"/>
+      <c r="AR164"/>
+      <c r="AS164"/>
+    </row>
+    <row r="165" spans="1:45">
+      <c r="A165" t="s">
+        <v>90</v>
+      </c>
+      <c r="B165" t="s">
+        <v>91</v>
+      </c>
+      <c r="C165" t="s">
+        <v>339</v>
+      </c>
+      <c r="D165">
+        <v>2024</v>
+      </c>
+      <c r="E165" t="s">
+        <v>792</v>
+      </c>
+      <c r="F165" t="s">
+        <v>813</v>
+      </c>
+      <c r="G165" t="s">
+        <v>814</v>
+      </c>
+      <c r="H165" t="s">
+        <v>815</v>
+      </c>
+      <c r="I165" t="s">
+        <v>816</v>
+      </c>
+      <c r="J165">
+        <v>0</v>
+      </c>
+      <c r="K165">
+        <v>0</v>
+      </c>
+      <c r="L165">
+        <v>0</v>
+      </c>
+      <c r="M165">
+        <v>1</v>
+      </c>
+      <c r="N165">
+        <v>0</v>
+      </c>
+      <c r="O165"/>
+      <c r="P165">
+        <v>1</v>
+      </c>
+      <c r="Q165"/>
+      <c r="R165"/>
+      <c r="S165"/>
+      <c r="T165"/>
+      <c r="U165"/>
+      <c r="V165">
+        <v>0</v>
+      </c>
+      <c r="W165"/>
+      <c r="X165"/>
+      <c r="Y165"/>
+      <c r="Z165"/>
+      <c r="AA165"/>
+      <c r="AB165"/>
+      <c r="AC165"/>
+      <c r="AD165"/>
+      <c r="AE165"/>
+      <c r="AF165"/>
+      <c r="AG165"/>
+      <c r="AH165"/>
+      <c r="AI165"/>
+      <c r="AJ165">
+        <v>0</v>
+      </c>
+      <c r="AK165"/>
+      <c r="AL165"/>
+      <c r="AM165"/>
+      <c r="AN165"/>
+      <c r="AO165">
+        <v>0</v>
+      </c>
+      <c r="AP165"/>
+      <c r="AQ165"/>
+      <c r="AR165"/>
+      <c r="AS165"/>
+    </row>
+    <row r="166" spans="1:45">
+      <c r="A166" t="s">
+        <v>817</v>
+      </c>
+      <c r="B166" t="s">
+        <v>130</v>
+      </c>
+      <c r="C166" t="s">
+        <v>339</v>
+      </c>
+      <c r="D166">
+        <v>2024</v>
+      </c>
+      <c r="E166" t="s">
+        <v>792</v>
+      </c>
+      <c r="F166" t="s">
+        <v>818</v>
+      </c>
+      <c r="G166" t="s">
+        <v>819</v>
+      </c>
+      <c r="H166" t="s">
+        <v>820</v>
+      </c>
+      <c r="I166" t="s">
+        <v>821</v>
+      </c>
+      <c r="J166">
+        <v>0</v>
+      </c>
+      <c r="K166">
+        <v>0</v>
+      </c>
+      <c r="L166">
+        <v>1</v>
+      </c>
+      <c r="M166"/>
+      <c r="N166">
+        <v>0</v>
+      </c>
+      <c r="O166"/>
+      <c r="P166"/>
+      <c r="Q166"/>
+      <c r="R166"/>
+      <c r="S166"/>
+      <c r="T166"/>
+      <c r="U166"/>
+      <c r="V166">
+        <v>0</v>
+      </c>
+      <c r="W166"/>
+      <c r="X166"/>
+      <c r="Y166"/>
+      <c r="Z166"/>
+      <c r="AA166"/>
+      <c r="AB166"/>
+      <c r="AC166"/>
+      <c r="AD166"/>
+      <c r="AE166"/>
+      <c r="AF166"/>
+      <c r="AG166"/>
+      <c r="AH166"/>
+      <c r="AI166"/>
+      <c r="AJ166">
+        <v>0</v>
+      </c>
+      <c r="AK166"/>
+      <c r="AL166"/>
+      <c r="AM166"/>
+      <c r="AN166"/>
+      <c r="AO166">
+        <v>0</v>
+      </c>
+      <c r="AP166"/>
+      <c r="AQ166"/>
+      <c r="AR166"/>
+      <c r="AS166"/>
+    </row>
+    <row r="167" spans="1:45">
+      <c r="A167" t="s">
+        <v>822</v>
+      </c>
+      <c r="B167" t="s">
+        <v>130</v>
+      </c>
+      <c r="C167" t="s">
+        <v>339</v>
+      </c>
+      <c r="D167">
+        <v>2024</v>
+      </c>
+      <c r="E167" t="s">
+        <v>792</v>
+      </c>
+      <c r="F167" t="s">
+        <v>823</v>
+      </c>
+      <c r="G167" t="s">
+        <v>824</v>
+      </c>
+      <c r="H167" t="s">
+        <v>825</v>
+      </c>
+      <c r="I167" t="s">
+        <v>826</v>
+      </c>
+      <c r="J167">
+        <v>0</v>
+      </c>
+      <c r="K167">
+        <v>0</v>
+      </c>
+      <c r="L167">
+        <v>1</v>
+      </c>
+      <c r="M167"/>
+      <c r="N167">
+        <v>0</v>
+      </c>
+      <c r="O167"/>
+      <c r="P167"/>
+      <c r="Q167"/>
+      <c r="R167"/>
+      <c r="S167"/>
+      <c r="T167"/>
+      <c r="U167"/>
+      <c r="V167">
+        <v>0</v>
+      </c>
+      <c r="W167"/>
+      <c r="X167"/>
+      <c r="Y167"/>
+      <c r="Z167"/>
+      <c r="AA167"/>
+      <c r="AB167"/>
+      <c r="AC167"/>
+      <c r="AD167"/>
+      <c r="AE167"/>
+      <c r="AF167"/>
+      <c r="AG167"/>
+      <c r="AH167"/>
+      <c r="AI167"/>
+      <c r="AJ167">
+        <v>0</v>
+      </c>
+      <c r="AK167"/>
+      <c r="AL167"/>
+      <c r="AM167"/>
+      <c r="AN167"/>
+      <c r="AO167">
+        <v>0</v>
+      </c>
+      <c r="AP167"/>
+      <c r="AQ167"/>
+      <c r="AR167"/>
+      <c r="AS167"/>
+    </row>
+    <row r="168" spans="1:45">
+      <c r="A168" t="s">
+        <v>763</v>
+      </c>
+      <c r="B168" t="s">
+        <v>130</v>
+      </c>
+      <c r="C168" t="s">
+        <v>339</v>
+      </c>
+      <c r="D168">
+        <v>2024</v>
+      </c>
+      <c r="E168" t="s">
+        <v>792</v>
+      </c>
+      <c r="F168" t="s">
+        <v>827</v>
+      </c>
+      <c r="G168" t="s">
+        <v>828</v>
+      </c>
+      <c r="H168" t="s">
+        <v>829</v>
+      </c>
+      <c r="I168" t="s">
+        <v>830</v>
+      </c>
+      <c r="J168">
+        <v>0</v>
+      </c>
+      <c r="K168">
+        <v>0</v>
+      </c>
+      <c r="L168">
+        <v>0</v>
+      </c>
+      <c r="M168">
+        <v>1</v>
+      </c>
+      <c r="N168">
+        <v>1</v>
+      </c>
+      <c r="O168"/>
+      <c r="P168"/>
+      <c r="Q168"/>
+      <c r="R168"/>
+      <c r="S168">
+        <v>1</v>
+      </c>
+      <c r="T168"/>
+      <c r="U168"/>
+      <c r="V168">
+        <v>0</v>
+      </c>
+      <c r="W168"/>
+      <c r="X168"/>
+      <c r="Y168"/>
+      <c r="Z168"/>
+      <c r="AA168"/>
+      <c r="AB168"/>
+      <c r="AC168"/>
+      <c r="AD168"/>
+      <c r="AE168"/>
+      <c r="AF168"/>
+      <c r="AG168"/>
+      <c r="AH168"/>
+      <c r="AI168"/>
+      <c r="AJ168">
+        <v>0</v>
+      </c>
+      <c r="AK168"/>
+      <c r="AL168"/>
+      <c r="AM168"/>
+      <c r="AN168"/>
+      <c r="AO168">
+        <v>0</v>
+      </c>
+      <c r="AP168"/>
+      <c r="AQ168"/>
+      <c r="AR168"/>
+      <c r="AS168"/>
+    </row>
+    <row r="169" spans="1:45">
+      <c r="A169" t="s">
+        <v>831</v>
+      </c>
+      <c r="B169" t="s">
+        <v>328</v>
+      </c>
+      <c r="C169" t="s">
+        <v>339</v>
+      </c>
+      <c r="D169">
+        <v>2024</v>
+      </c>
+      <c r="E169" t="s">
+        <v>792</v>
+      </c>
+      <c r="F169" t="s">
+        <v>832</v>
+      </c>
+      <c r="G169" t="s">
+        <v>833</v>
+      </c>
+      <c r="H169" t="s">
+        <v>834</v>
+      </c>
+      <c r="I169" t="s">
+        <v>835</v>
+      </c>
+      <c r="J169">
+        <v>0</v>
+      </c>
+      <c r="K169">
+        <v>0</v>
+      </c>
+      <c r="L169">
+        <v>0</v>
+      </c>
+      <c r="M169"/>
+      <c r="N169">
+        <v>0</v>
+      </c>
+      <c r="O169"/>
+      <c r="P169"/>
+      <c r="Q169"/>
+      <c r="R169"/>
+      <c r="S169"/>
+      <c r="T169"/>
+      <c r="U169">
+        <v>-1</v>
+      </c>
+      <c r="V169">
+        <v>0</v>
+      </c>
+      <c r="W169"/>
+      <c r="X169"/>
+      <c r="Y169"/>
+      <c r="Z169"/>
+      <c r="AA169"/>
+      <c r="AB169"/>
+      <c r="AC169"/>
+      <c r="AD169"/>
+      <c r="AE169">
+        <v>-1</v>
+      </c>
+      <c r="AF169">
+        <v>-1</v>
+      </c>
+      <c r="AG169"/>
+      <c r="AH169"/>
+      <c r="AI169">
+        <v>1</v>
+      </c>
+      <c r="AJ169">
+        <v>0</v>
+      </c>
+      <c r="AK169">
+        <v>1</v>
+      </c>
+      <c r="AL169"/>
+      <c r="AM169"/>
+      <c r="AN169"/>
+      <c r="AO169">
+        <v>0</v>
+      </c>
+      <c r="AP169"/>
+      <c r="AQ169"/>
+      <c r="AR169"/>
+      <c r="AS169"/>
+    </row>
+    <row r="170" spans="1:45">
+      <c r="A170" t="s">
+        <v>831</v>
+      </c>
+      <c r="B170" t="s">
+        <v>328</v>
+      </c>
+      <c r="C170" t="s">
+        <v>339</v>
+      </c>
+      <c r="D170">
+        <v>2024</v>
+      </c>
+      <c r="E170" t="s">
+        <v>792</v>
+      </c>
+      <c r="F170" t="s">
+        <v>836</v>
+      </c>
+      <c r="G170" t="s">
+        <v>837</v>
+      </c>
+      <c r="H170" t="s">
+        <v>834</v>
+      </c>
+      <c r="I170" t="s">
+        <v>69</v>
+      </c>
+      <c r="J170">
+        <v>0</v>
+      </c>
+      <c r="K170">
+        <v>0</v>
+      </c>
+      <c r="L170">
+        <v>1</v>
+      </c>
+      <c r="M170"/>
+      <c r="N170">
+        <v>0</v>
+      </c>
+      <c r="O170"/>
+      <c r="P170"/>
+      <c r="Q170"/>
+      <c r="R170"/>
+      <c r="S170"/>
+      <c r="T170"/>
+      <c r="U170"/>
+      <c r="V170">
+        <v>0</v>
+      </c>
+      <c r="W170"/>
+      <c r="X170"/>
+      <c r="Y170"/>
+      <c r="Z170"/>
+      <c r="AA170"/>
+      <c r="AB170"/>
+      <c r="AC170"/>
+      <c r="AD170"/>
+      <c r="AE170"/>
+      <c r="AF170"/>
+      <c r="AG170"/>
+      <c r="AH170"/>
+      <c r="AI170"/>
+      <c r="AJ170">
+        <v>0</v>
+      </c>
+      <c r="AK170"/>
+      <c r="AL170"/>
+      <c r="AM170"/>
+      <c r="AN170"/>
+      <c r="AO170">
+        <v>0</v>
+      </c>
+      <c r="AP170"/>
+      <c r="AQ170"/>
+      <c r="AR170"/>
+      <c r="AS170"/>
+    </row>
+    <row r="171" spans="1:45">
+      <c r="A171" t="s">
+        <v>838</v>
+      </c>
+      <c r="B171" t="s">
+        <v>141</v>
+      </c>
+      <c r="C171" t="s">
+        <v>339</v>
+      </c>
+      <c r="D171">
+        <v>2024</v>
+      </c>
+      <c r="E171" t="s">
+        <v>839</v>
+      </c>
+      <c r="F171" t="s">
+        <v>840</v>
+      </c>
+      <c r="G171" t="s">
+        <v>841</v>
+      </c>
+      <c r="H171" t="s">
+        <v>842</v>
+      </c>
+      <c r="I171" t="s">
+        <v>69</v>
+      </c>
+      <c r="J171">
+        <v>0</v>
+      </c>
+      <c r="K171">
+        <v>0</v>
+      </c>
+      <c r="L171">
+        <v>1</v>
+      </c>
+      <c r="M171"/>
+      <c r="N171">
+        <v>0</v>
+      </c>
+      <c r="O171"/>
+      <c r="P171"/>
+      <c r="Q171"/>
+      <c r="R171"/>
+      <c r="S171"/>
+      <c r="T171"/>
+      <c r="U171"/>
+      <c r="V171">
+        <v>0</v>
+      </c>
+      <c r="W171"/>
+      <c r="X171"/>
+      <c r="Y171"/>
+      <c r="Z171"/>
+      <c r="AA171"/>
+      <c r="AB171"/>
+      <c r="AC171"/>
+      <c r="AD171"/>
+      <c r="AE171"/>
+      <c r="AF171"/>
+      <c r="AG171"/>
+      <c r="AH171"/>
+      <c r="AI171"/>
+      <c r="AJ171">
+        <v>0</v>
+      </c>
+      <c r="AK171"/>
+      <c r="AL171"/>
+      <c r="AM171"/>
+      <c r="AN171"/>
+      <c r="AO171">
+        <v>0</v>
+      </c>
+      <c r="AP171"/>
+      <c r="AQ171"/>
+      <c r="AR171"/>
+      <c r="AS171"/>
+    </row>
+    <row r="172" spans="1:45">
+      <c r="A172" t="s">
+        <v>240</v>
+      </c>
+      <c r="B172" t="s">
+        <v>189</v>
+      </c>
+      <c r="C172" t="s">
+        <v>339</v>
+      </c>
+      <c r="D172">
+        <v>2024</v>
+      </c>
+      <c r="E172" t="s">
+        <v>843</v>
+      </c>
+      <c r="F172" t="s">
+        <v>844</v>
+      </c>
+      <c r="G172" t="s">
+        <v>845</v>
+      </c>
+      <c r="H172" t="s">
+        <v>846</v>
+      </c>
+      <c r="I172" t="s">
+        <v>69</v>
+      </c>
+      <c r="J172">
+        <v>0</v>
+      </c>
+      <c r="K172">
+        <v>0</v>
+      </c>
+      <c r="L172">
+        <v>1</v>
+      </c>
+      <c r="M172"/>
+      <c r="N172">
+        <v>0</v>
+      </c>
+      <c r="O172"/>
+      <c r="P172"/>
+      <c r="Q172"/>
+      <c r="R172"/>
+      <c r="S172"/>
+      <c r="T172"/>
+      <c r="U172"/>
+      <c r="V172">
+        <v>0</v>
+      </c>
+      <c r="W172"/>
+      <c r="X172"/>
+      <c r="Y172"/>
+      <c r="Z172"/>
+      <c r="AA172"/>
+      <c r="AB172"/>
+      <c r="AC172"/>
+      <c r="AD172"/>
+      <c r="AE172"/>
+      <c r="AF172"/>
+      <c r="AG172"/>
+      <c r="AH172"/>
+      <c r="AI172"/>
+      <c r="AJ172">
+        <v>0</v>
+      </c>
+      <c r="AK172"/>
+      <c r="AL172"/>
+      <c r="AM172"/>
+      <c r="AN172"/>
+      <c r="AO172">
+        <v>0</v>
+      </c>
+      <c r="AP172"/>
+      <c r="AQ172"/>
+      <c r="AR172"/>
+      <c r="AS172"/>
+    </row>
+    <row r="173" spans="1:45">
+      <c r="A173" t="s">
+        <v>140</v>
+      </c>
+      <c r="B173" t="s">
+        <v>141</v>
+      </c>
+      <c r="C173" t="s">
+        <v>376</v>
+      </c>
+      <c r="D173">
+        <v>2024</v>
+      </c>
+      <c r="E173" t="s">
+        <v>847</v>
+      </c>
+      <c r="F173" t="s">
+        <v>848</v>
+      </c>
+      <c r="G173" t="s">
+        <v>849</v>
+      </c>
+      <c r="H173" t="s">
+        <v>850</v>
+      </c>
+      <c r="I173" t="s">
+        <v>609</v>
+      </c>
+      <c r="J173">
+        <v>0</v>
+      </c>
+      <c r="K173">
+        <v>1</v>
+      </c>
+      <c r="L173">
+        <v>0</v>
+      </c>
+      <c r="M173">
+        <v>0</v>
+      </c>
+      <c r="N173">
+        <v>0</v>
+      </c>
+      <c r="O173">
+        <v>0</v>
+      </c>
+      <c r="P173"/>
+      <c r="Q173"/>
+      <c r="R173"/>
+      <c r="S173"/>
+      <c r="T173"/>
+      <c r="U173"/>
+      <c r="V173">
+        <v>0</v>
+      </c>
+      <c r="W173"/>
+      <c r="X173"/>
+      <c r="Y173"/>
+      <c r="Z173"/>
+      <c r="AA173"/>
+      <c r="AB173"/>
+      <c r="AC173"/>
+      <c r="AD173"/>
+      <c r="AE173"/>
+      <c r="AF173"/>
+      <c r="AG173"/>
+      <c r="AH173"/>
+      <c r="AI173"/>
+      <c r="AJ173">
+        <v>0</v>
+      </c>
+      <c r="AK173"/>
+      <c r="AL173"/>
+      <c r="AM173"/>
+      <c r="AN173"/>
+      <c r="AO173">
+        <v>0</v>
+      </c>
+      <c r="AP173"/>
+      <c r="AQ173"/>
+      <c r="AR173"/>
+      <c r="AS173"/>
+    </row>
+    <row r="174" spans="1:45">
+      <c r="A174" t="s">
+        <v>529</v>
+      </c>
+      <c r="B174" t="s">
+        <v>338</v>
+      </c>
+      <c r="C174" t="s">
+        <v>376</v>
+      </c>
+      <c r="D174">
+        <v>2024</v>
+      </c>
+      <c r="E174" t="s">
+        <v>851</v>
+      </c>
+      <c r="F174" t="s">
+        <v>852</v>
+      </c>
+      <c r="G174" t="s">
+        <v>853</v>
+      </c>
+      <c r="H174" t="s">
+        <v>854</v>
+      </c>
+      <c r="I174" t="s">
+        <v>855</v>
+      </c>
+      <c r="J174">
+        <v>0</v>
+      </c>
+      <c r="K174">
+        <v>0</v>
+      </c>
+      <c r="L174">
+        <v>0</v>
+      </c>
+      <c r="M174">
+        <v>-1</v>
+      </c>
+      <c r="N174">
+        <v>0</v>
+      </c>
+      <c r="O174"/>
+      <c r="P174"/>
+      <c r="Q174">
+        <v>-1</v>
+      </c>
+      <c r="R174"/>
+      <c r="S174"/>
+      <c r="T174"/>
+      <c r="U174"/>
+      <c r="V174">
+        <v>1</v>
+      </c>
+      <c r="W174"/>
+      <c r="X174"/>
+      <c r="Y174"/>
+      <c r="Z174"/>
+      <c r="AA174"/>
+      <c r="AB174"/>
+      <c r="AC174"/>
+      <c r="AD174"/>
+      <c r="AE174"/>
+      <c r="AF174"/>
+      <c r="AG174"/>
+      <c r="AH174"/>
+      <c r="AI174"/>
+      <c r="AJ174">
+        <v>0</v>
+      </c>
+      <c r="AK174"/>
+      <c r="AL174"/>
+      <c r="AM174"/>
+      <c r="AN174"/>
+      <c r="AO174">
+        <v>0</v>
+      </c>
+      <c r="AP174"/>
+      <c r="AQ174"/>
+      <c r="AR174"/>
+      <c r="AS174"/>
+    </row>
+    <row r="175" spans="1:45">
+      <c r="A175" t="s">
+        <v>458</v>
+      </c>
+      <c r="B175" t="s">
+        <v>338</v>
+      </c>
+      <c r="C175" t="s">
+        <v>376</v>
+      </c>
+      <c r="D175">
+        <v>2024</v>
+      </c>
+      <c r="E175" t="s">
+        <v>851</v>
+      </c>
+      <c r="F175" t="s">
+        <v>856</v>
+      </c>
+      <c r="G175" t="s">
+        <v>857</v>
+      </c>
+      <c r="H175" t="s">
+        <v>858</v>
+      </c>
+      <c r="I175" t="s">
+        <v>859</v>
+      </c>
+      <c r="J175">
+        <v>0</v>
+      </c>
+      <c r="K175">
+        <v>0</v>
+      </c>
+      <c r="L175">
+        <v>0</v>
+      </c>
+      <c r="M175">
+        <v>-1</v>
+      </c>
+      <c r="N175">
+        <v>0</v>
+      </c>
+      <c r="O175"/>
+      <c r="P175"/>
+      <c r="Q175">
+        <v>-1</v>
+      </c>
+      <c r="R175"/>
+      <c r="S175"/>
+      <c r="T175"/>
+      <c r="U175"/>
+      <c r="V175">
+        <v>0</v>
+      </c>
+      <c r="W175"/>
+      <c r="X175"/>
+      <c r="Y175"/>
+      <c r="Z175"/>
+      <c r="AA175"/>
+      <c r="AB175"/>
+      <c r="AC175"/>
+      <c r="AD175"/>
+      <c r="AE175"/>
+      <c r="AF175"/>
+      <c r="AG175"/>
+      <c r="AH175"/>
+      <c r="AI175"/>
+      <c r="AJ175">
+        <v>0</v>
+      </c>
+      <c r="AK175"/>
+      <c r="AL175"/>
+      <c r="AM175"/>
+      <c r="AN175"/>
+      <c r="AO175">
+        <v>0</v>
+      </c>
+      <c r="AP175"/>
+      <c r="AQ175"/>
+      <c r="AR175"/>
+      <c r="AS175"/>
+    </row>
+    <row r="176" spans="1:45">
+      <c r="A176" t="s">
+        <v>860</v>
+      </c>
+      <c r="B176" t="s">
+        <v>46</v>
+      </c>
+      <c r="C176" t="s">
+        <v>376</v>
+      </c>
+      <c r="D176">
+        <v>2024</v>
+      </c>
+      <c r="E176" t="s">
+        <v>851</v>
+      </c>
+      <c r="F176" t="s">
+        <v>861</v>
+      </c>
+      <c r="G176" t="s">
+        <v>862</v>
+      </c>
+      <c r="H176" t="s">
+        <v>863</v>
+      </c>
+      <c r="I176" t="s">
+        <v>864</v>
+      </c>
+      <c r="J176">
+        <v>0</v>
+      </c>
+      <c r="K176">
+        <v>0</v>
+      </c>
+      <c r="L176">
+        <v>0</v>
+      </c>
+      <c r="M176">
+        <v>-1</v>
+      </c>
+      <c r="N176">
+        <v>0</v>
+      </c>
+      <c r="O176"/>
+      <c r="P176"/>
+      <c r="Q176">
+        <v>-1</v>
+      </c>
+      <c r="R176"/>
+      <c r="S176"/>
+      <c r="T176"/>
+      <c r="U176"/>
+      <c r="V176">
+        <v>0</v>
+      </c>
+      <c r="W176"/>
+      <c r="X176"/>
+      <c r="Y176"/>
+      <c r="Z176"/>
+      <c r="AA176"/>
+      <c r="AB176"/>
+      <c r="AC176"/>
+      <c r="AD176"/>
+      <c r="AE176"/>
+      <c r="AF176"/>
+      <c r="AG176"/>
+      <c r="AH176"/>
+      <c r="AI176"/>
+      <c r="AJ176">
+        <v>0</v>
+      </c>
+      <c r="AK176"/>
+      <c r="AL176"/>
+      <c r="AM176"/>
+      <c r="AN176"/>
+      <c r="AO176">
+        <v>0</v>
+      </c>
+      <c r="AP176"/>
+      <c r="AQ176"/>
+      <c r="AR176"/>
+      <c r="AS176"/>
+    </row>
+    <row r="177" spans="1:45">
+      <c r="A177" t="s">
+        <v>314</v>
+      </c>
+      <c r="B177" t="s">
+        <v>65</v>
+      </c>
+      <c r="C177" t="s">
+        <v>376</v>
+      </c>
+      <c r="D177">
+        <v>2024</v>
+      </c>
+      <c r="E177" t="s">
+        <v>851</v>
+      </c>
+      <c r="F177" t="s">
+        <v>865</v>
+      </c>
+      <c r="G177" t="s">
+        <v>866</v>
+      </c>
+      <c r="H177" t="s">
+        <v>867</v>
+      </c>
+      <c r="I177" t="s">
+        <v>868</v>
+      </c>
+      <c r="J177">
+        <v>0</v>
+      </c>
+      <c r="K177">
+        <v>0</v>
+      </c>
+      <c r="L177">
+        <v>0</v>
+      </c>
+      <c r="M177">
+        <v>-1</v>
+      </c>
+      <c r="N177">
+        <v>0</v>
+      </c>
+      <c r="O177"/>
+      <c r="P177"/>
+      <c r="Q177">
+        <v>-1</v>
+      </c>
+      <c r="R177"/>
+      <c r="S177"/>
+      <c r="T177"/>
+      <c r="U177"/>
+      <c r="V177">
+        <v>0</v>
+      </c>
+      <c r="W177"/>
+      <c r="X177"/>
+      <c r="Y177"/>
+      <c r="Z177"/>
+      <c r="AA177"/>
+      <c r="AB177"/>
+      <c r="AC177"/>
+      <c r="AD177"/>
+      <c r="AE177"/>
+      <c r="AF177"/>
+      <c r="AG177"/>
+      <c r="AH177"/>
+      <c r="AI177"/>
+      <c r="AJ177">
+        <v>0</v>
+      </c>
+      <c r="AK177"/>
+      <c r="AL177"/>
+      <c r="AM177"/>
+      <c r="AN177"/>
+      <c r="AO177">
+        <v>1</v>
+      </c>
+      <c r="AP177"/>
+      <c r="AQ177"/>
+      <c r="AR177"/>
+      <c r="AS177"/>
+    </row>
+    <row r="178" spans="1:45">
+      <c r="A178" t="s">
+        <v>115</v>
+      </c>
+      <c r="B178" t="s">
+        <v>65</v>
+      </c>
+      <c r="C178" t="s">
+        <v>376</v>
+      </c>
+      <c r="D178">
+        <v>2024</v>
+      </c>
+      <c r="E178" t="s">
+        <v>851</v>
+      </c>
+      <c r="F178" t="s">
+        <v>869</v>
+      </c>
+      <c r="G178" t="s">
+        <v>870</v>
+      </c>
+      <c r="H178" t="s">
+        <v>871</v>
+      </c>
+      <c r="I178" t="s">
+        <v>872</v>
+      </c>
+      <c r="J178">
+        <v>0</v>
+      </c>
+      <c r="K178">
+        <v>0</v>
+      </c>
+      <c r="L178">
+        <v>0</v>
+      </c>
+      <c r="M178"/>
+      <c r="N178">
+        <v>0</v>
+      </c>
+      <c r="O178"/>
+      <c r="P178"/>
+      <c r="Q178"/>
+      <c r="R178"/>
+      <c r="S178"/>
+      <c r="T178"/>
+      <c r="U178"/>
+      <c r="V178">
+        <v>1</v>
+      </c>
+      <c r="W178"/>
+      <c r="X178"/>
+      <c r="Y178"/>
+      <c r="Z178"/>
+      <c r="AA178"/>
+      <c r="AB178"/>
+      <c r="AC178"/>
+      <c r="AD178"/>
+      <c r="AE178"/>
+      <c r="AF178"/>
+      <c r="AG178"/>
+      <c r="AH178"/>
+      <c r="AI178"/>
+      <c r="AJ178">
+        <v>0</v>
+      </c>
+      <c r="AK178"/>
+      <c r="AL178"/>
+      <c r="AM178"/>
+      <c r="AN178">
+        <v>-1</v>
+      </c>
+      <c r="AO178">
+        <v>0</v>
+      </c>
+      <c r="AP178"/>
+      <c r="AQ178"/>
+      <c r="AR178" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS178"/>
+    </row>
+    <row r="179" spans="1:45">
+      <c r="A179" t="s">
+        <v>782</v>
+      </c>
+      <c r="B179" t="s">
+        <v>177</v>
+      </c>
+      <c r="C179" t="s">
+        <v>376</v>
+      </c>
+      <c r="D179">
+        <v>2024</v>
+      </c>
+      <c r="E179" t="s">
+        <v>851</v>
+      </c>
+      <c r="F179" t="s">
+        <v>873</v>
+      </c>
+      <c r="G179" t="s">
+        <v>874</v>
+      </c>
+      <c r="H179" t="s">
+        <v>875</v>
+      </c>
+      <c r="I179" t="s">
+        <v>876</v>
+      </c>
+      <c r="J179">
+        <v>0</v>
+      </c>
+      <c r="K179">
+        <v>1</v>
+      </c>
+      <c r="L179">
+        <v>0</v>
+      </c>
+      <c r="M179">
+        <v>0</v>
+      </c>
+      <c r="N179">
+        <v>0</v>
+      </c>
+      <c r="O179"/>
+      <c r="P179"/>
+      <c r="Q179">
+        <v>0</v>
+      </c>
+      <c r="R179"/>
+      <c r="S179"/>
+      <c r="T179"/>
+      <c r="U179"/>
+      <c r="V179">
+        <v>0</v>
+      </c>
+      <c r="W179"/>
+      <c r="X179"/>
+      <c r="Y179"/>
+      <c r="Z179"/>
+      <c r="AA179"/>
+      <c r="AB179"/>
+      <c r="AC179"/>
+      <c r="AD179"/>
+      <c r="AE179"/>
+      <c r="AF179"/>
+      <c r="AG179"/>
+      <c r="AH179"/>
+      <c r="AI179"/>
+      <c r="AJ179">
+        <v>0</v>
+      </c>
+      <c r="AK179"/>
+      <c r="AL179"/>
+      <c r="AM179"/>
+      <c r="AN179">
+        <v>0</v>
+      </c>
+      <c r="AO179">
+        <v>0</v>
+      </c>
+      <c r="AP179"/>
+      <c r="AQ179"/>
+      <c r="AR179" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS179"/>
+    </row>
+    <row r="180" spans="1:45">
+      <c r="A180" t="s">
+        <v>877</v>
+      </c>
+      <c r="B180" t="s">
+        <v>46</v>
+      </c>
+      <c r="C180" t="s">
+        <v>376</v>
+      </c>
+      <c r="D180">
+        <v>2024</v>
+      </c>
+      <c r="E180" t="s">
+        <v>851</v>
+      </c>
+      <c r="F180" t="s">
+        <v>878</v>
+      </c>
+      <c r="G180" t="s">
+        <v>879</v>
+      </c>
+      <c r="H180" t="s">
+        <v>880</v>
+      </c>
+      <c r="I180" t="s">
+        <v>881</v>
+      </c>
+      <c r="J180">
+        <v>0</v>
+      </c>
+      <c r="K180">
+        <v>0</v>
+      </c>
+      <c r="L180">
+        <v>1</v>
+      </c>
+      <c r="M180"/>
+      <c r="N180">
+        <v>0</v>
+      </c>
+      <c r="O180"/>
+      <c r="P180"/>
+      <c r="Q180"/>
+      <c r="R180"/>
+      <c r="S180"/>
+      <c r="T180"/>
+      <c r="U180"/>
+      <c r="V180">
+        <v>0</v>
+      </c>
+      <c r="W180"/>
+      <c r="X180"/>
+      <c r="Y180"/>
+      <c r="Z180"/>
+      <c r="AA180"/>
+      <c r="AB180"/>
+      <c r="AC180"/>
+      <c r="AD180"/>
+      <c r="AE180"/>
+      <c r="AF180"/>
+      <c r="AG180"/>
+      <c r="AH180"/>
+      <c r="AI180"/>
+      <c r="AJ180">
+        <v>0</v>
+      </c>
+      <c r="AK180"/>
+      <c r="AL180"/>
+      <c r="AM180"/>
+      <c r="AN180"/>
+      <c r="AO180">
+        <v>0</v>
+      </c>
+      <c r="AP180"/>
+      <c r="AQ180"/>
+      <c r="AR180"/>
+      <c r="AS180"/>
+    </row>
+    <row r="181" spans="1:45">
+      <c r="A181" t="s">
+        <v>140</v>
+      </c>
+      <c r="B181" t="s">
+        <v>141</v>
+      </c>
+      <c r="C181" t="s">
+        <v>376</v>
+      </c>
+      <c r="D181">
+        <v>2024</v>
+      </c>
+      <c r="E181" t="s">
+        <v>847</v>
+      </c>
+      <c r="F181" t="s">
+        <v>882</v>
+      </c>
+      <c r="G181" t="s">
+        <v>883</v>
+      </c>
+      <c r="H181" t="s">
+        <v>850</v>
+      </c>
+      <c r="I181" t="s">
+        <v>69</v>
+      </c>
+      <c r="J181">
+        <v>0</v>
+      </c>
+      <c r="K181">
+        <v>0</v>
+      </c>
+      <c r="L181">
+        <v>0</v>
+      </c>
+      <c r="M181">
+        <v>-1</v>
+      </c>
+      <c r="N181">
+        <v>0</v>
+      </c>
+      <c r="O181"/>
+      <c r="P181"/>
+      <c r="Q181">
+        <v>-1</v>
+      </c>
+      <c r="R181"/>
+      <c r="S181"/>
+      <c r="T181"/>
+      <c r="U181"/>
+      <c r="V181">
+        <v>0</v>
+      </c>
+      <c r="W181"/>
+      <c r="X181"/>
+      <c r="Y181"/>
+      <c r="Z181"/>
+      <c r="AA181"/>
+      <c r="AB181"/>
+      <c r="AC181"/>
+      <c r="AD181"/>
+      <c r="AE181"/>
+      <c r="AF181"/>
+      <c r="AG181"/>
+      <c r="AH181"/>
+      <c r="AI181"/>
+      <c r="AJ181">
+        <v>0</v>
+      </c>
+      <c r="AK181"/>
+      <c r="AL181"/>
+      <c r="AM181"/>
+      <c r="AN181"/>
+      <c r="AO181">
+        <v>0</v>
+      </c>
+      <c r="AP181"/>
+      <c r="AQ181"/>
+      <c r="AR181"/>
+      <c r="AS181"/>
+    </row>
+    <row r="182" spans="1:45">
+      <c r="A182" t="s">
+        <v>657</v>
+      </c>
+      <c r="B182" t="s">
+        <v>267</v>
+      </c>
+      <c r="C182" t="s">
+        <v>376</v>
+      </c>
+      <c r="D182">
+        <v>2024</v>
+      </c>
+      <c r="E182" t="s">
+        <v>851</v>
+      </c>
+      <c r="F182" t="s">
+        <v>884</v>
+      </c>
+      <c r="G182" t="s">
+        <v>885</v>
+      </c>
+      <c r="H182" t="s">
+        <v>886</v>
+      </c>
+      <c r="I182" t="s">
+        <v>69</v>
+      </c>
+      <c r="J182">
+        <v>0</v>
+      </c>
+      <c r="K182">
+        <v>0</v>
+      </c>
+      <c r="L182">
+        <v>1</v>
+      </c>
+      <c r="M182"/>
+      <c r="N182">
+        <v>0</v>
+      </c>
+      <c r="O182"/>
+      <c r="P182"/>
+      <c r="Q182"/>
+      <c r="R182"/>
+      <c r="S182"/>
+      <c r="T182"/>
+      <c r="U182"/>
+      <c r="V182">
+        <v>0</v>
+      </c>
+      <c r="W182"/>
+      <c r="X182"/>
+      <c r="Y182"/>
+      <c r="Z182"/>
+      <c r="AA182"/>
+      <c r="AB182"/>
+      <c r="AC182"/>
+      <c r="AD182"/>
+      <c r="AE182"/>
+      <c r="AF182"/>
+      <c r="AG182"/>
+      <c r="AH182"/>
+      <c r="AI182"/>
+      <c r="AJ182">
+        <v>0</v>
+      </c>
+      <c r="AK182"/>
+      <c r="AL182"/>
+      <c r="AM182"/>
+      <c r="AN182"/>
+      <c r="AO182">
+        <v>0</v>
+      </c>
+      <c r="AP182"/>
+      <c r="AQ182"/>
+      <c r="AR182"/>
+      <c r="AS182"/>
+    </row>
+    <row r="183" spans="1:45">
+      <c r="A183" t="s">
+        <v>129</v>
+      </c>
+      <c r="B183" t="s">
+        <v>130</v>
+      </c>
+      <c r="C183" t="s">
+        <v>376</v>
+      </c>
+      <c r="D183">
+        <v>2024</v>
+      </c>
+      <c r="E183" t="s">
+        <v>887</v>
+      </c>
+      <c r="F183" t="s">
+        <v>888</v>
+      </c>
+      <c r="G183" t="s">
+        <v>889</v>
+      </c>
+      <c r="H183" t="s">
+        <v>890</v>
+      </c>
+      <c r="I183" t="s">
+        <v>891</v>
+      </c>
+      <c r="J183">
+        <v>0</v>
+      </c>
+      <c r="K183">
+        <v>0</v>
+      </c>
+      <c r="L183">
+        <v>0</v>
+      </c>
+      <c r="M183"/>
+      <c r="N183">
+        <v>1</v>
+      </c>
+      <c r="O183"/>
+      <c r="P183"/>
+      <c r="Q183"/>
+      <c r="R183"/>
+      <c r="S183"/>
+      <c r="T183"/>
+      <c r="U183"/>
+      <c r="V183">
+        <v>0</v>
+      </c>
+      <c r="W183"/>
+      <c r="X183"/>
+      <c r="Y183"/>
+      <c r="Z183"/>
+      <c r="AA183"/>
+      <c r="AB183"/>
+      <c r="AC183"/>
+      <c r="AD183"/>
+      <c r="AE183"/>
+      <c r="AF183"/>
+      <c r="AG183"/>
+      <c r="AH183"/>
+      <c r="AI183"/>
+      <c r="AJ183">
+        <v>0</v>
+      </c>
+      <c r="AK183"/>
+      <c r="AL183"/>
+      <c r="AM183"/>
+      <c r="AN183">
+        <v>1</v>
+      </c>
+      <c r="AO183">
+        <v>1</v>
+      </c>
+      <c r="AP183"/>
+      <c r="AQ183"/>
+      <c r="AR183" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS183"/>
+    </row>
+    <row r="184" spans="1:45">
+      <c r="A184" t="s">
+        <v>892</v>
+      </c>
+      <c r="B184" t="s">
+        <v>261</v>
+      </c>
+      <c r="C184" t="s">
+        <v>376</v>
+      </c>
+      <c r="D184">
+        <v>2024</v>
+      </c>
+      <c r="E184" t="s">
+        <v>887</v>
+      </c>
+      <c r="F184" t="s">
+        <v>893</v>
+      </c>
+      <c r="G184" t="s">
+        <v>894</v>
+      </c>
+      <c r="H184" t="s">
+        <v>895</v>
+      </c>
+      <c r="I184" t="s">
+        <v>896</v>
+      </c>
+      <c r="J184">
+        <v>0</v>
+      </c>
+      <c r="K184">
+        <v>1</v>
+      </c>
+      <c r="L184">
+        <v>0</v>
+      </c>
+      <c r="M184">
+        <v>0</v>
+      </c>
+      <c r="N184">
+        <v>0</v>
+      </c>
+      <c r="O184"/>
+      <c r="P184"/>
+      <c r="Q184"/>
+      <c r="R184"/>
+      <c r="S184"/>
+      <c r="T184">
+        <v>0</v>
+      </c>
+      <c r="U184"/>
+      <c r="V184">
+        <v>0</v>
+      </c>
+      <c r="W184"/>
+      <c r="X184"/>
+      <c r="Y184"/>
+      <c r="Z184"/>
+      <c r="AA184"/>
+      <c r="AB184"/>
+      <c r="AC184"/>
+      <c r="AD184"/>
+      <c r="AE184"/>
+      <c r="AF184"/>
+      <c r="AG184"/>
+      <c r="AH184"/>
+      <c r="AI184"/>
+      <c r="AJ184">
+        <v>0</v>
+      </c>
+      <c r="AK184"/>
+      <c r="AL184"/>
+      <c r="AM184"/>
+      <c r="AN184"/>
+      <c r="AO184">
+        <v>0</v>
+      </c>
+      <c r="AP184"/>
+      <c r="AQ184"/>
+      <c r="AR184"/>
+      <c r="AS184"/>
+    </row>
+    <row r="185" spans="1:45">
+      <c r="A185" t="s">
+        <v>260</v>
+      </c>
+      <c r="B185" t="s">
+        <v>261</v>
+      </c>
+      <c r="C185" t="s">
+        <v>376</v>
+      </c>
+      <c r="D185">
+        <v>2024</v>
+      </c>
+      <c r="E185" t="s">
+        <v>897</v>
+      </c>
+      <c r="F185" t="s">
+        <v>898</v>
+      </c>
+      <c r="G185" t="s">
+        <v>899</v>
+      </c>
+      <c r="H185" t="s">
+        <v>900</v>
+      </c>
+      <c r="I185" t="s">
+        <v>69</v>
+      </c>
+      <c r="J185">
+        <v>0</v>
+      </c>
+      <c r="K185">
+        <v>0</v>
+      </c>
+      <c r="L185">
+        <v>1</v>
+      </c>
+      <c r="M185"/>
+      <c r="N185">
+        <v>0</v>
+      </c>
+      <c r="O185"/>
+      <c r="P185"/>
+      <c r="Q185"/>
+      <c r="R185"/>
+      <c r="S185"/>
+      <c r="T185"/>
+      <c r="U185"/>
+      <c r="V185">
+        <v>0</v>
+      </c>
+      <c r="W185"/>
+      <c r="X185"/>
+      <c r="Y185"/>
+      <c r="Z185"/>
+      <c r="AA185"/>
+      <c r="AB185"/>
+      <c r="AC185"/>
+      <c r="AD185"/>
+      <c r="AE185"/>
+      <c r="AF185"/>
+      <c r="AG185"/>
+      <c r="AH185"/>
+      <c r="AI185"/>
+      <c r="AJ185">
+        <v>0</v>
+      </c>
+      <c r="AK185"/>
+      <c r="AL185"/>
+      <c r="AM185"/>
+      <c r="AN185"/>
+      <c r="AO185">
+        <v>0</v>
+      </c>
+      <c r="AP185"/>
+      <c r="AQ185"/>
+      <c r="AR185"/>
+      <c r="AS185"/>
+    </row>
+    <row r="186" spans="1:45">
+      <c r="A186" t="s">
+        <v>822</v>
+      </c>
+      <c r="B186" t="s">
+        <v>130</v>
+      </c>
+      <c r="C186" t="s">
+        <v>376</v>
+      </c>
+      <c r="D186">
+        <v>2024</v>
+      </c>
+      <c r="E186" t="s">
+        <v>897</v>
+      </c>
+      <c r="F186" t="s">
+        <v>901</v>
+      </c>
+      <c r="G186" t="s">
+        <v>902</v>
+      </c>
+      <c r="H186" t="s">
+        <v>903</v>
+      </c>
+      <c r="I186" t="s">
+        <v>904</v>
+      </c>
+      <c r="J186">
+        <v>0</v>
+      </c>
+      <c r="K186">
+        <v>1</v>
+      </c>
+      <c r="L186">
+        <v>0</v>
+      </c>
+      <c r="M186">
+        <v>0</v>
+      </c>
+      <c r="N186">
+        <v>0</v>
+      </c>
+      <c r="O186">
+        <v>0</v>
+      </c>
+      <c r="P186"/>
+      <c r="Q186"/>
+      <c r="R186"/>
+      <c r="S186"/>
+      <c r="T186"/>
+      <c r="U186"/>
+      <c r="V186">
+        <v>0</v>
+      </c>
+      <c r="W186"/>
+      <c r="X186"/>
+      <c r="Y186"/>
+      <c r="Z186"/>
+      <c r="AA186"/>
+      <c r="AB186"/>
+      <c r="AC186"/>
+      <c r="AD186"/>
+      <c r="AE186"/>
+      <c r="AF186"/>
+      <c r="AG186"/>
+      <c r="AH186"/>
+      <c r="AI186"/>
+      <c r="AJ186">
+        <v>0</v>
+      </c>
+      <c r="AK186"/>
+      <c r="AL186"/>
+      <c r="AM186"/>
+      <c r="AN186">
+        <v>0</v>
+      </c>
+      <c r="AO186">
+        <v>0</v>
+      </c>
+      <c r="AP186">
+        <v>0</v>
+      </c>
+      <c r="AQ186"/>
+      <c r="AR186" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS186"/>
+    </row>
+    <row r="187" spans="1:45">
+      <c r="A187" t="s">
+        <v>905</v>
+      </c>
+      <c r="B187" t="s">
+        <v>91</v>
+      </c>
+      <c r="C187" t="s">
+        <v>376</v>
+      </c>
+      <c r="D187">
+        <v>2024</v>
+      </c>
+      <c r="E187" t="s">
+        <v>906</v>
+      </c>
+      <c r="F187" t="s">
+        <v>907</v>
+      </c>
+      <c r="G187" t="s">
+        <v>908</v>
+      </c>
+      <c r="H187" t="s">
+        <v>909</v>
+      </c>
+      <c r="I187" t="s">
+        <v>69</v>
+      </c>
+      <c r="J187">
+        <v>0</v>
+      </c>
+      <c r="K187">
+        <v>0</v>
+      </c>
+      <c r="L187">
+        <v>1</v>
+      </c>
+      <c r="M187"/>
+      <c r="N187">
+        <v>0</v>
+      </c>
+      <c r="O187"/>
+      <c r="P187"/>
+      <c r="Q187"/>
+      <c r="R187"/>
+      <c r="S187"/>
+      <c r="T187"/>
+      <c r="U187"/>
+      <c r="V187">
+        <v>0</v>
+      </c>
+      <c r="W187"/>
+      <c r="X187"/>
+      <c r="Y187"/>
+      <c r="Z187"/>
+      <c r="AA187"/>
+      <c r="AB187"/>
+      <c r="AC187"/>
+      <c r="AD187"/>
+      <c r="AE187"/>
+      <c r="AF187"/>
+      <c r="AG187"/>
+      <c r="AH187"/>
+      <c r="AI187"/>
+      <c r="AJ187">
+        <v>0</v>
+      </c>
+      <c r="AK187"/>
+      <c r="AL187"/>
+      <c r="AM187"/>
+      <c r="AN187"/>
+      <c r="AO187">
+        <v>0</v>
+      </c>
+      <c r="AP187"/>
+      <c r="AQ187"/>
+      <c r="AR187"/>
+      <c r="AS187"/>
+    </row>
+    <row r="188" spans="1:45">
+      <c r="A188" t="s">
+        <v>212</v>
+      </c>
+      <c r="B188" t="s">
+        <v>177</v>
+      </c>
+      <c r="C188" t="s">
+        <v>417</v>
+      </c>
+      <c r="D188">
+        <v>2024</v>
+      </c>
+      <c r="E188" t="s">
+        <v>910</v>
+      </c>
+      <c r="F188" t="s">
+        <v>911</v>
+      </c>
+      <c r="G188" t="s">
+        <v>912</v>
+      </c>
+      <c r="H188" t="s">
+        <v>913</v>
+      </c>
+      <c r="I188" t="s">
+        <v>914</v>
+      </c>
+      <c r="J188">
+        <v>0</v>
+      </c>
+      <c r="K188">
+        <v>0</v>
+      </c>
+      <c r="L188">
+        <v>0</v>
+      </c>
+      <c r="M188"/>
+      <c r="N188">
+        <v>0</v>
+      </c>
+      <c r="O188"/>
+      <c r="P188"/>
+      <c r="Q188"/>
+      <c r="R188"/>
+      <c r="S188"/>
+      <c r="T188"/>
+      <c r="U188"/>
+      <c r="V188">
+        <v>0</v>
+      </c>
+      <c r="W188"/>
+      <c r="X188"/>
+      <c r="Y188"/>
+      <c r="Z188"/>
+      <c r="AA188"/>
+      <c r="AB188"/>
+      <c r="AC188"/>
+      <c r="AD188"/>
+      <c r="AE188"/>
+      <c r="AF188"/>
+      <c r="AG188"/>
+      <c r="AH188"/>
+      <c r="AI188"/>
+      <c r="AJ188">
+        <v>0</v>
+      </c>
+      <c r="AK188"/>
+      <c r="AL188"/>
+      <c r="AM188"/>
+      <c r="AN188">
+        <v>-1</v>
+      </c>
+      <c r="AO188">
+        <v>0</v>
+      </c>
+      <c r="AP188"/>
+      <c r="AQ188"/>
+      <c r="AR188"/>
+      <c r="AS188" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="189" spans="1:45">
+      <c r="A189" t="s">
+        <v>915</v>
+      </c>
+      <c r="B189" t="s">
+        <v>177</v>
+      </c>
+      <c r="C189" t="s">
+        <v>417</v>
+      </c>
+      <c r="D189">
+        <v>2024</v>
+      </c>
+      <c r="E189" t="s">
+        <v>906</v>
+      </c>
+      <c r="F189" t="s">
+        <v>916</v>
+      </c>
+      <c r="G189" t="s">
+        <v>917</v>
+      </c>
+      <c r="H189" t="s">
+        <v>918</v>
+      </c>
+      <c r="I189" t="s">
+        <v>146</v>
+      </c>
+      <c r="J189">
+        <v>0</v>
+      </c>
+      <c r="K189">
+        <v>1</v>
+      </c>
+      <c r="L189">
+        <v>0</v>
+      </c>
+      <c r="M189">
+        <v>0</v>
+      </c>
+      <c r="N189">
+        <v>0</v>
+      </c>
+      <c r="O189">
+        <v>0</v>
+      </c>
+      <c r="P189"/>
+      <c r="Q189"/>
+      <c r="R189">
+        <v>0</v>
+      </c>
+      <c r="S189"/>
+      <c r="T189"/>
+      <c r="U189"/>
+      <c r="V189">
+        <v>0</v>
+      </c>
+      <c r="W189"/>
+      <c r="X189"/>
+      <c r="Y189"/>
+      <c r="Z189"/>
+      <c r="AA189"/>
+      <c r="AB189"/>
+      <c r="AC189"/>
+      <c r="AD189"/>
+      <c r="AE189"/>
+      <c r="AF189"/>
+      <c r="AG189"/>
+      <c r="AH189"/>
+      <c r="AI189"/>
+      <c r="AJ189">
+        <v>0</v>
+      </c>
+      <c r="AK189"/>
+      <c r="AL189"/>
+      <c r="AM189"/>
+      <c r="AN189"/>
+      <c r="AO189">
+        <v>0</v>
+      </c>
+      <c r="AP189"/>
+      <c r="AQ189"/>
+      <c r="AR189"/>
+      <c r="AS189"/>
+    </row>
+    <row r="190" spans="1:45">
+      <c r="A190" t="s">
+        <v>782</v>
+      </c>
+      <c r="B190" t="s">
+        <v>177</v>
+      </c>
+      <c r="C190" t="s">
+        <v>417</v>
+      </c>
+      <c r="D190">
+        <v>2024</v>
+      </c>
+      <c r="E190" t="s">
+        <v>906</v>
+      </c>
+      <c r="F190" t="s">
+        <v>919</v>
+      </c>
+      <c r="G190" t="s">
+        <v>920</v>
+      </c>
+      <c r="H190" t="s">
+        <v>921</v>
+      </c>
+      <c r="I190" t="s">
+        <v>922</v>
+      </c>
+      <c r="J190">
+        <v>0</v>
+      </c>
+      <c r="K190">
+        <v>0</v>
+      </c>
+      <c r="L190">
+        <v>0</v>
+      </c>
+      <c r="M190"/>
+      <c r="N190">
+        <v>1</v>
+      </c>
+      <c r="O190"/>
+      <c r="P190"/>
+      <c r="Q190"/>
+      <c r="R190"/>
+      <c r="S190"/>
+      <c r="T190"/>
+      <c r="U190"/>
+      <c r="V190">
+        <v>0</v>
+      </c>
+      <c r="W190"/>
+      <c r="X190"/>
+      <c r="Y190"/>
+      <c r="Z190"/>
+      <c r="AA190"/>
+      <c r="AB190"/>
+      <c r="AC190"/>
+      <c r="AD190"/>
+      <c r="AE190"/>
+      <c r="AF190"/>
+      <c r="AG190"/>
+      <c r="AH190"/>
+      <c r="AI190"/>
+      <c r="AJ190">
+        <v>0</v>
+      </c>
+      <c r="AK190"/>
+      <c r="AL190"/>
+      <c r="AM190"/>
+      <c r="AN190">
+        <v>1</v>
+      </c>
+      <c r="AO190">
+        <v>0</v>
+      </c>
+      <c r="AP190"/>
+      <c r="AQ190" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR190" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS190"/>
+    </row>
+    <row r="191" spans="1:45">
+      <c r="A191" t="s">
+        <v>537</v>
+      </c>
+      <c r="B191" t="s">
+        <v>91</v>
+      </c>
+      <c r="C191" t="s">
+        <v>417</v>
+      </c>
+      <c r="D191">
+        <v>2024</v>
+      </c>
+      <c r="E191" t="s">
+        <v>923</v>
+      </c>
+      <c r="F191" t="s">
+        <v>924</v>
+      </c>
+      <c r="G191" t="s">
+        <v>925</v>
+      </c>
+      <c r="H191" t="s">
+        <v>926</v>
+      </c>
+      <c r="I191" t="s">
+        <v>927</v>
+      </c>
+      <c r="J191">
+        <v>0</v>
+      </c>
+      <c r="K191">
+        <v>0</v>
+      </c>
+      <c r="L191">
+        <v>1</v>
+      </c>
+      <c r="M191"/>
+      <c r="N191">
+        <v>0</v>
+      </c>
+      <c r="O191"/>
+      <c r="P191"/>
+      <c r="Q191"/>
+      <c r="R191"/>
+      <c r="S191"/>
+      <c r="T191"/>
+      <c r="U191"/>
+      <c r="V191">
+        <v>0</v>
+      </c>
+      <c r="W191"/>
+      <c r="X191"/>
+      <c r="Y191"/>
+      <c r="Z191"/>
+      <c r="AA191"/>
+      <c r="AB191"/>
+      <c r="AC191"/>
+      <c r="AD191"/>
+      <c r="AE191"/>
+      <c r="AF191"/>
+      <c r="AG191"/>
+      <c r="AH191"/>
+      <c r="AI191"/>
+      <c r="AJ191">
+        <v>0</v>
+      </c>
+      <c r="AK191"/>
+      <c r="AL191"/>
+      <c r="AM191"/>
+      <c r="AN191"/>
+      <c r="AO191">
+        <v>0</v>
+      </c>
+      <c r="AP191"/>
+      <c r="AQ191"/>
+      <c r="AR191"/>
+      <c r="AS191"/>
+    </row>
+    <row r="192" spans="1:45">
+      <c r="A192" t="s">
+        <v>537</v>
+      </c>
+      <c r="B192" t="s">
+        <v>91</v>
+      </c>
+      <c r="C192" t="s">
+        <v>417</v>
+      </c>
+      <c r="D192">
+        <v>2024</v>
+      </c>
+      <c r="E192" t="s">
+        <v>923</v>
+      </c>
+      <c r="F192" t="s">
+        <v>928</v>
+      </c>
+      <c r="G192" t="s">
+        <v>929</v>
+      </c>
+      <c r="H192" t="s">
+        <v>926</v>
+      </c>
+      <c r="I192" t="s">
+        <v>930</v>
+      </c>
+      <c r="J192">
+        <v>0</v>
+      </c>
+      <c r="K192">
+        <v>0</v>
+      </c>
+      <c r="L192">
+        <v>0</v>
+      </c>
+      <c r="M192">
+        <v>-2</v>
+      </c>
+      <c r="N192">
+        <v>0</v>
+      </c>
+      <c r="O192">
+        <v>-2</v>
+      </c>
+      <c r="P192"/>
+      <c r="Q192">
+        <v>-2</v>
+      </c>
+      <c r="R192"/>
+      <c r="S192"/>
+      <c r="T192">
+        <v>-2</v>
+      </c>
+      <c r="U192"/>
+      <c r="V192">
+        <v>0</v>
+      </c>
+      <c r="W192"/>
+      <c r="X192"/>
+      <c r="Y192"/>
+      <c r="Z192"/>
+      <c r="AA192"/>
+      <c r="AB192"/>
+      <c r="AC192"/>
+      <c r="AD192"/>
+      <c r="AE192"/>
+      <c r="AF192"/>
+      <c r="AG192"/>
+      <c r="AH192"/>
+      <c r="AI192"/>
+      <c r="AJ192">
+        <v>0</v>
+      </c>
+      <c r="AK192"/>
+      <c r="AL192"/>
+      <c r="AM192"/>
+      <c r="AN192"/>
+      <c r="AO192">
+        <v>0</v>
+      </c>
+      <c r="AP192"/>
+      <c r="AQ192"/>
+      <c r="AR192"/>
+      <c r="AS192"/>
+    </row>
+    <row r="193" spans="1:45">
+      <c r="A193" t="s">
+        <v>589</v>
+      </c>
+      <c r="B193" t="s">
+        <v>91</v>
+      </c>
+      <c r="C193" t="s">
+        <v>417</v>
+      </c>
+      <c r="D193">
+        <v>2024</v>
+      </c>
+      <c r="E193" t="s">
+        <v>923</v>
+      </c>
+      <c r="F193" t="s">
+        <v>931</v>
+      </c>
+      <c r="G193" t="s">
+        <v>932</v>
+      </c>
+      <c r="H193" t="s">
+        <v>933</v>
+      </c>
+      <c r="I193" t="s">
+        <v>934</v>
+      </c>
+      <c r="J193">
+        <v>0</v>
+      </c>
+      <c r="K193">
+        <v>0</v>
+      </c>
+      <c r="L193">
+        <v>1</v>
+      </c>
+      <c r="M193"/>
+      <c r="N193">
+        <v>0</v>
+      </c>
+      <c r="O193"/>
+      <c r="P193"/>
+      <c r="Q193"/>
+      <c r="R193"/>
+      <c r="S193"/>
+      <c r="T193"/>
+      <c r="U193"/>
+      <c r="V193">
+        <v>0</v>
+      </c>
+      <c r="W193"/>
+      <c r="X193"/>
+      <c r="Y193"/>
+      <c r="Z193"/>
+      <c r="AA193"/>
+      <c r="AB193"/>
+      <c r="AC193"/>
+      <c r="AD193"/>
+      <c r="AE193"/>
+      <c r="AF193"/>
+      <c r="AG193"/>
+      <c r="AH193"/>
+      <c r="AI193"/>
+      <c r="AJ193">
+        <v>0</v>
+      </c>
+      <c r="AK193"/>
+      <c r="AL193"/>
+      <c r="AM193"/>
+      <c r="AN193"/>
+      <c r="AO193">
+        <v>0</v>
+      </c>
+      <c r="AP193"/>
+      <c r="AQ193"/>
+      <c r="AR193"/>
+      <c r="AS193"/>
+    </row>
+    <row r="194" spans="1:45">
+      <c r="A194" t="s">
+        <v>589</v>
+      </c>
+      <c r="B194" t="s">
+        <v>91</v>
+      </c>
+      <c r="C194" t="s">
+        <v>417</v>
+      </c>
+      <c r="D194">
+        <v>2024</v>
+      </c>
+      <c r="E194" t="s">
+        <v>923</v>
+      </c>
+      <c r="F194" t="s">
+        <v>935</v>
+      </c>
+      <c r="G194" t="s">
+        <v>936</v>
+      </c>
+      <c r="H194" t="s">
+        <v>933</v>
+      </c>
+      <c r="I194" t="s">
+        <v>937</v>
+      </c>
+      <c r="J194">
+        <v>0</v>
+      </c>
+      <c r="K194">
+        <v>0</v>
+      </c>
+      <c r="L194">
+        <v>0</v>
+      </c>
+      <c r="M194">
+        <v>-1</v>
+      </c>
+      <c r="N194">
+        <v>0</v>
+      </c>
+      <c r="O194">
+        <v>-1</v>
+      </c>
+      <c r="P194"/>
+      <c r="Q194">
+        <v>-1</v>
+      </c>
+      <c r="R194"/>
+      <c r="S194"/>
+      <c r="T194"/>
+      <c r="U194"/>
+      <c r="V194">
+        <v>0</v>
+      </c>
+      <c r="W194"/>
+      <c r="X194"/>
+      <c r="Y194"/>
+      <c r="Z194"/>
+      <c r="AA194"/>
+      <c r="AB194"/>
+      <c r="AC194"/>
+      <c r="AD194"/>
+      <c r="AE194"/>
+      <c r="AF194"/>
+      <c r="AG194"/>
+      <c r="AH194"/>
+      <c r="AI194">
+        <v>-1</v>
+      </c>
+      <c r="AJ194">
+        <v>0</v>
+      </c>
+      <c r="AK194"/>
+      <c r="AL194">
+        <v>-1</v>
+      </c>
+      <c r="AM194">
+        <v>-1</v>
+      </c>
+      <c r="AN194"/>
+      <c r="AO194">
+        <v>0</v>
+      </c>
+      <c r="AP194"/>
+      <c r="AQ194"/>
+      <c r="AR194"/>
+      <c r="AS194"/>
+    </row>
+    <row r="195" spans="1:45">
+      <c r="A195" t="s">
+        <v>938</v>
+      </c>
+      <c r="B195" t="s">
+        <v>171</v>
+      </c>
+      <c r="C195" t="s">
+        <v>417</v>
+      </c>
+      <c r="D195">
+        <v>2024</v>
+      </c>
+      <c r="E195" t="s">
+        <v>923</v>
+      </c>
+      <c r="F195" t="s">
+        <v>939</v>
+      </c>
+      <c r="G195" t="s">
+        <v>940</v>
+      </c>
+      <c r="H195" t="s">
+        <v>941</v>
+      </c>
+      <c r="I195" t="s">
+        <v>69</v>
+      </c>
+      <c r="J195">
+        <v>0</v>
+      </c>
+      <c r="K195">
+        <v>0</v>
+      </c>
+      <c r="L195">
+        <v>1</v>
+      </c>
+      <c r="M195"/>
+      <c r="N195">
+        <v>0</v>
+      </c>
+      <c r="O195"/>
+      <c r="P195"/>
+      <c r="Q195"/>
+      <c r="R195"/>
+      <c r="S195"/>
+      <c r="T195"/>
+      <c r="U195"/>
+      <c r="V195">
+        <v>0</v>
+      </c>
+      <c r="W195"/>
+      <c r="X195"/>
+      <c r="Y195"/>
+      <c r="Z195"/>
+      <c r="AA195"/>
+      <c r="AB195"/>
+      <c r="AC195"/>
+      <c r="AD195"/>
+      <c r="AE195"/>
+      <c r="AF195"/>
+      <c r="AG195"/>
+      <c r="AH195"/>
+      <c r="AI195"/>
+      <c r="AJ195">
+        <v>0</v>
+      </c>
+      <c r="AK195"/>
+      <c r="AL195"/>
+      <c r="AM195"/>
+      <c r="AN195"/>
+      <c r="AO195">
+        <v>0</v>
+      </c>
+      <c r="AP195"/>
+      <c r="AQ195"/>
+      <c r="AR195"/>
+      <c r="AS195"/>
+    </row>
+    <row r="196" spans="1:45">
+      <c r="A196" t="s">
+        <v>942</v>
+      </c>
+      <c r="B196" t="s">
+        <v>171</v>
+      </c>
+      <c r="C196" t="s">
+        <v>417</v>
+      </c>
+      <c r="D196">
+        <v>2024</v>
+      </c>
+      <c r="E196" t="s">
+        <v>923</v>
+      </c>
+      <c r="F196" t="s">
+        <v>943</v>
+      </c>
+      <c r="G196" t="s">
+        <v>944</v>
+      </c>
+      <c r="H196" t="s">
+        <v>945</v>
+      </c>
+      <c r="I196" t="s">
+        <v>69</v>
+      </c>
+      <c r="J196">
+        <v>0</v>
+      </c>
+      <c r="K196">
+        <v>0</v>
+      </c>
+      <c r="L196">
+        <v>1</v>
+      </c>
+      <c r="M196"/>
+      <c r="N196">
+        <v>0</v>
+      </c>
+      <c r="O196"/>
+      <c r="P196"/>
+      <c r="Q196"/>
+      <c r="R196"/>
+      <c r="S196"/>
+      <c r="T196"/>
+      <c r="U196"/>
+      <c r="V196">
+        <v>0</v>
+      </c>
+      <c r="W196"/>
+      <c r="X196"/>
+      <c r="Y196"/>
+      <c r="Z196"/>
+      <c r="AA196"/>
+      <c r="AB196"/>
+      <c r="AC196"/>
+      <c r="AD196"/>
+      <c r="AE196"/>
+      <c r="AF196"/>
+      <c r="AG196"/>
+      <c r="AH196"/>
+      <c r="AI196"/>
+      <c r="AJ196">
+        <v>0</v>
+      </c>
+      <c r="AK196"/>
+      <c r="AL196"/>
+      <c r="AM196"/>
+      <c r="AN196"/>
+      <c r="AO196">
+        <v>0</v>
+      </c>
+      <c r="AP196"/>
+      <c r="AQ196"/>
+      <c r="AR196"/>
+      <c r="AS196"/>
+    </row>
+    <row r="197" spans="1:45">
+      <c r="A197" t="s">
+        <v>946</v>
+      </c>
+      <c r="B197" t="s">
+        <v>74</v>
+      </c>
+      <c r="C197" t="s">
+        <v>417</v>
+      </c>
+      <c r="D197">
+        <v>2024</v>
+      </c>
+      <c r="E197" t="s">
+        <v>947</v>
+      </c>
+      <c r="F197" t="s">
+        <v>948</v>
+      </c>
+      <c r="G197" t="s">
+        <v>949</v>
+      </c>
+      <c r="H197" t="s">
+        <v>950</v>
+      </c>
+      <c r="I197" t="s">
+        <v>951</v>
+      </c>
+      <c r="J197">
+        <v>0</v>
+      </c>
+      <c r="K197">
+        <v>0</v>
+      </c>
+      <c r="L197">
+        <v>0</v>
+      </c>
+      <c r="M197">
+        <v>-1</v>
+      </c>
+      <c r="N197">
+        <v>0</v>
+      </c>
+      <c r="O197">
+        <v>-1</v>
+      </c>
+      <c r="P197"/>
+      <c r="Q197">
+        <v>-1</v>
+      </c>
+      <c r="R197"/>
+      <c r="S197"/>
+      <c r="T197"/>
+      <c r="U197"/>
+      <c r="V197">
+        <v>0</v>
+      </c>
+      <c r="W197"/>
+      <c r="X197"/>
+      <c r="Y197"/>
+      <c r="Z197"/>
+      <c r="AA197"/>
+      <c r="AB197"/>
+      <c r="AC197"/>
+      <c r="AD197"/>
+      <c r="AE197"/>
+      <c r="AF197"/>
+      <c r="AG197"/>
+      <c r="AH197"/>
+      <c r="AI197"/>
+      <c r="AJ197">
+        <v>0</v>
+      </c>
+      <c r="AK197"/>
+      <c r="AL197"/>
+      <c r="AM197"/>
+      <c r="AN197"/>
+      <c r="AO197">
+        <v>0</v>
+      </c>
+      <c r="AP197"/>
+      <c r="AQ197"/>
+      <c r="AR197"/>
+      <c r="AS197"/>
+    </row>
+    <row r="198" spans="1:45">
+      <c r="A198" t="s">
+        <v>140</v>
+      </c>
+      <c r="B198" t="s">
+        <v>141</v>
+      </c>
+      <c r="C198" t="s">
+        <v>417</v>
+      </c>
+      <c r="D198">
+        <v>2024</v>
+      </c>
+      <c r="E198" t="s">
+        <v>947</v>
+      </c>
+      <c r="F198" t="s">
+        <v>952</v>
+      </c>
+      <c r="G198" t="s">
+        <v>953</v>
+      </c>
+      <c r="H198" t="s">
+        <v>954</v>
+      </c>
+      <c r="I198" t="s">
+        <v>955</v>
+      </c>
+      <c r="J198">
+        <v>0</v>
+      </c>
+      <c r="K198">
+        <v>0</v>
+      </c>
+      <c r="L198">
+        <v>0</v>
+      </c>
+      <c r="M198">
+        <v>1</v>
+      </c>
+      <c r="N198">
+        <v>0</v>
+      </c>
+      <c r="O198">
+        <v>1</v>
+      </c>
+      <c r="P198"/>
+      <c r="Q198"/>
+      <c r="R198"/>
+      <c r="S198"/>
+      <c r="T198"/>
+      <c r="U198"/>
+      <c r="V198">
+        <v>0</v>
+      </c>
+      <c r="W198"/>
+      <c r="X198"/>
+      <c r="Y198"/>
+      <c r="Z198"/>
+      <c r="AA198"/>
+      <c r="AB198"/>
+      <c r="AC198"/>
+      <c r="AD198"/>
+      <c r="AE198"/>
+      <c r="AF198"/>
+      <c r="AG198"/>
+      <c r="AH198"/>
+      <c r="AI198"/>
+      <c r="AJ198">
+        <v>0</v>
+      </c>
+      <c r="AK198"/>
+      <c r="AL198"/>
+      <c r="AM198"/>
+      <c r="AN198">
+        <v>1</v>
+      </c>
+      <c r="AO198">
+        <v>0</v>
+      </c>
+      <c r="AP198">
+        <v>1</v>
+      </c>
+      <c r="AQ198"/>
+      <c r="AR198"/>
+      <c r="AS198"/>
+    </row>
+    <row r="199" spans="1:45">
+      <c r="A199" t="s">
+        <v>682</v>
+      </c>
+      <c r="B199" t="s">
+        <v>141</v>
+      </c>
+      <c r="C199" t="s">
+        <v>417</v>
+      </c>
+      <c r="D199">
+        <v>2024</v>
+      </c>
+      <c r="E199" t="s">
+        <v>956</v>
+      </c>
+      <c r="F199" t="s">
+        <v>957</v>
+      </c>
+      <c r="G199" t="s">
+        <v>958</v>
+      </c>
+      <c r="H199" t="s">
+        <v>959</v>
+      </c>
+      <c r="I199" t="s">
+        <v>960</v>
+      </c>
+      <c r="J199">
+        <v>0</v>
+      </c>
+      <c r="K199">
+        <v>0</v>
+      </c>
+      <c r="L199">
+        <v>0</v>
+      </c>
+      <c r="M199">
+        <v>-1</v>
+      </c>
+      <c r="N199">
+        <v>0</v>
+      </c>
+      <c r="O199">
+        <v>-1</v>
+      </c>
+      <c r="P199"/>
+      <c r="Q199">
+        <v>-1</v>
+      </c>
+      <c r="R199"/>
+      <c r="S199"/>
+      <c r="T199"/>
+      <c r="U199"/>
+      <c r="V199">
+        <v>0</v>
+      </c>
+      <c r="W199"/>
+      <c r="X199"/>
+      <c r="Y199"/>
+      <c r="Z199"/>
+      <c r="AA199"/>
+      <c r="AB199"/>
+      <c r="AC199"/>
+      <c r="AD199"/>
+      <c r="AE199"/>
+      <c r="AF199"/>
+      <c r="AG199"/>
+      <c r="AH199"/>
+      <c r="AI199"/>
+      <c r="AJ199">
+        <v>0</v>
+      </c>
+      <c r="AK199"/>
+      <c r="AL199"/>
+      <c r="AM199"/>
+      <c r="AN199"/>
+      <c r="AO199">
+        <v>1</v>
+      </c>
+      <c r="AP199"/>
+      <c r="AQ199"/>
+      <c r="AR199"/>
+      <c r="AS199"/>
+    </row>
+    <row r="200" spans="1:45">
+      <c r="A200" t="s">
+        <v>682</v>
+      </c>
+      <c r="B200" t="s">
+        <v>141</v>
+      </c>
+      <c r="C200" t="s">
+        <v>417</v>
+      </c>
+      <c r="D200">
+        <v>2024</v>
+      </c>
+      <c r="E200" t="s">
+        <v>956</v>
+      </c>
+      <c r="F200" t="s">
+        <v>961</v>
+      </c>
+      <c r="G200" t="s">
+        <v>962</v>
+      </c>
+      <c r="H200" t="s">
+        <v>959</v>
+      </c>
+      <c r="I200" t="s">
+        <v>69</v>
+      </c>
+      <c r="J200">
+        <v>0</v>
+      </c>
+      <c r="K200">
+        <v>0</v>
+      </c>
+      <c r="L200">
+        <v>1</v>
+      </c>
+      <c r="M200"/>
+      <c r="N200">
+        <v>0</v>
+      </c>
+      <c r="O200"/>
+      <c r="P200"/>
+      <c r="Q200"/>
+      <c r="R200"/>
+      <c r="S200"/>
+      <c r="T200"/>
+      <c r="U200"/>
+      <c r="V200">
+        <v>0</v>
+      </c>
+      <c r="W200"/>
+      <c r="X200"/>
+      <c r="Y200"/>
+      <c r="Z200"/>
+      <c r="AA200"/>
+      <c r="AB200"/>
+      <c r="AC200"/>
+      <c r="AD200"/>
+      <c r="AE200"/>
+      <c r="AF200"/>
+      <c r="AG200"/>
+      <c r="AH200"/>
+      <c r="AI200"/>
+      <c r="AJ200">
+        <v>0</v>
+      </c>
+      <c r="AK200"/>
+      <c r="AL200"/>
+      <c r="AM200"/>
+      <c r="AN200"/>
+      <c r="AO200">
+        <v>0</v>
+      </c>
+      <c r="AP200"/>
+      <c r="AQ200"/>
+      <c r="AR200"/>
+      <c r="AS200"/>
+    </row>
+    <row r="201" spans="1:45">
+      <c r="A201" t="s">
+        <v>226</v>
+      </c>
+      <c r="B201" t="s">
+        <v>54</v>
+      </c>
+      <c r="C201" t="s">
+        <v>417</v>
+      </c>
+      <c r="D201">
+        <v>2024</v>
+      </c>
+      <c r="E201" t="s">
+        <v>956</v>
+      </c>
+      <c r="F201" t="s">
+        <v>963</v>
+      </c>
+      <c r="G201" t="s">
+        <v>964</v>
+      </c>
+      <c r="H201" t="s">
+        <v>965</v>
+      </c>
+      <c r="I201" t="s">
+        <v>69</v>
+      </c>
+      <c r="J201">
+        <v>0</v>
+      </c>
+      <c r="K201">
+        <v>0</v>
+      </c>
+      <c r="L201">
+        <v>1</v>
+      </c>
+      <c r="M201"/>
+      <c r="N201">
+        <v>0</v>
+      </c>
+      <c r="O201"/>
+      <c r="P201"/>
+      <c r="Q201"/>
+      <c r="R201"/>
+      <c r="S201"/>
+      <c r="T201"/>
+      <c r="U201"/>
+      <c r="V201">
+        <v>0</v>
+      </c>
+      <c r="W201"/>
+      <c r="X201"/>
+      <c r="Y201"/>
+      <c r="Z201"/>
+      <c r="AA201"/>
+      <c r="AB201"/>
+      <c r="AC201"/>
+      <c r="AD201"/>
+      <c r="AE201"/>
+      <c r="AF201"/>
+      <c r="AG201"/>
+      <c r="AH201"/>
+      <c r="AI201"/>
+      <c r="AJ201">
+        <v>0</v>
+      </c>
+      <c r="AK201"/>
+      <c r="AL201"/>
+      <c r="AM201"/>
+      <c r="AN201"/>
+      <c r="AO201">
+        <v>0</v>
+      </c>
+      <c r="AP201"/>
+      <c r="AQ201"/>
+      <c r="AR201"/>
+      <c r="AS201"/>
+    </row>
+    <row r="202" spans="1:45">
+      <c r="A202" t="s">
+        <v>176</v>
+      </c>
+      <c r="B202" t="s">
+        <v>177</v>
+      </c>
+      <c r="C202" t="s">
+        <v>417</v>
+      </c>
+      <c r="D202">
+        <v>2024</v>
+      </c>
+      <c r="E202" t="s">
+        <v>966</v>
+      </c>
+      <c r="F202" t="s">
+        <v>967</v>
+      </c>
+      <c r="G202" t="s">
+        <v>968</v>
+      </c>
+      <c r="H202" t="s">
+        <v>969</v>
+      </c>
+      <c r="I202" t="s">
+        <v>970</v>
+      </c>
+      <c r="J202">
+        <v>0</v>
+      </c>
+      <c r="K202">
+        <v>0</v>
+      </c>
+      <c r="L202">
+        <v>1</v>
+      </c>
+      <c r="M202"/>
+      <c r="N202">
+        <v>0</v>
+      </c>
+      <c r="O202"/>
+      <c r="P202"/>
+      <c r="Q202"/>
+      <c r="R202"/>
+      <c r="S202"/>
+      <c r="T202"/>
+      <c r="U202"/>
+      <c r="V202">
+        <v>0</v>
+      </c>
+      <c r="W202"/>
+      <c r="X202"/>
+      <c r="Y202"/>
+      <c r="Z202"/>
+      <c r="AA202"/>
+      <c r="AB202"/>
+      <c r="AC202"/>
+      <c r="AD202"/>
+      <c r="AE202"/>
+      <c r="AF202"/>
+      <c r="AG202"/>
+      <c r="AH202"/>
+      <c r="AI202"/>
+      <c r="AJ202">
+        <v>0</v>
+      </c>
+      <c r="AK202"/>
+      <c r="AL202"/>
+      <c r="AM202"/>
+      <c r="AN202"/>
+      <c r="AO202">
+        <v>0</v>
+      </c>
+      <c r="AP202"/>
+      <c r="AQ202"/>
+      <c r="AR202"/>
+      <c r="AS202"/>
+    </row>
+    <row r="203" spans="1:45">
+      <c r="A203" t="s">
+        <v>297</v>
+      </c>
+      <c r="B203" t="s">
+        <v>130</v>
+      </c>
+      <c r="C203" t="s">
+        <v>463</v>
+      </c>
+      <c r="D203">
+        <v>2024</v>
+      </c>
+      <c r="E203" t="s">
+        <v>971</v>
+      </c>
+      <c r="F203" t="s">
+        <v>972</v>
+      </c>
+      <c r="G203" t="s">
+        <v>973</v>
+      </c>
+      <c r="H203" t="s">
+        <v>974</v>
+      </c>
+      <c r="I203" t="s">
+        <v>975</v>
+      </c>
+      <c r="J203">
+        <v>0</v>
+      </c>
+      <c r="K203">
+        <v>0</v>
+      </c>
+      <c r="L203">
+        <v>0</v>
+      </c>
+      <c r="M203"/>
+      <c r="N203">
+        <v>0</v>
+      </c>
+      <c r="O203"/>
+      <c r="P203"/>
+      <c r="Q203"/>
+      <c r="R203"/>
+      <c r="S203"/>
+      <c r="T203"/>
+      <c r="U203">
+        <v>-1</v>
+      </c>
+      <c r="V203">
+        <v>0</v>
+      </c>
+      <c r="W203"/>
+      <c r="X203">
+        <v>-1</v>
+      </c>
+      <c r="Y203"/>
+      <c r="Z203"/>
+      <c r="AA203"/>
+      <c r="AB203">
+        <v>-1</v>
+      </c>
+      <c r="AC203"/>
+      <c r="AD203"/>
+      <c r="AE203"/>
+      <c r="AF203"/>
+      <c r="AG203"/>
+      <c r="AH203"/>
+      <c r="AI203"/>
+      <c r="AJ203">
+        <v>0</v>
+      </c>
+      <c r="AK203"/>
+      <c r="AL203"/>
+      <c r="AM203"/>
+      <c r="AN203"/>
+      <c r="AO203">
+        <v>0</v>
+      </c>
+      <c r="AP203"/>
+      <c r="AQ203"/>
+      <c r="AR203"/>
+      <c r="AS203"/>
+    </row>
+    <row r="204" spans="1:45">
+      <c r="A204" t="s">
+        <v>458</v>
+      </c>
+      <c r="B204" t="s">
+        <v>338</v>
+      </c>
+      <c r="C204" t="s">
+        <v>463</v>
+      </c>
+      <c r="D204">
+        <v>2024</v>
+      </c>
+      <c r="E204" t="s">
+        <v>971</v>
+      </c>
+      <c r="F204" t="s">
+        <v>976</v>
+      </c>
+      <c r="G204" t="s">
+        <v>977</v>
+      </c>
+      <c r="H204" t="s">
+        <v>978</v>
+      </c>
+      <c r="I204" t="s">
+        <v>72</v>
+      </c>
+      <c r="J204">
+        <v>0</v>
+      </c>
+      <c r="K204">
+        <v>0</v>
+      </c>
+      <c r="L204">
+        <v>1</v>
+      </c>
+      <c r="M204"/>
+      <c r="N204">
+        <v>0</v>
+      </c>
+      <c r="O204"/>
+      <c r="P204"/>
+      <c r="Q204"/>
+      <c r="R204"/>
+      <c r="S204"/>
+      <c r="T204"/>
+      <c r="U204"/>
+      <c r="V204">
+        <v>0</v>
+      </c>
+      <c r="W204"/>
+      <c r="X204"/>
+      <c r="Y204"/>
+      <c r="Z204"/>
+      <c r="AA204"/>
+      <c r="AB204"/>
+      <c r="AC204"/>
+      <c r="AD204"/>
+      <c r="AE204"/>
+      <c r="AF204"/>
+      <c r="AG204"/>
+      <c r="AH204"/>
+      <c r="AI204"/>
+      <c r="AJ204">
+        <v>0</v>
+      </c>
+      <c r="AK204"/>
+      <c r="AL204"/>
+      <c r="AM204"/>
+      <c r="AN204"/>
+      <c r="AO204">
+        <v>0</v>
+      </c>
+      <c r="AP204"/>
+      <c r="AQ204"/>
+      <c r="AR204"/>
+      <c r="AS204"/>
+    </row>
+    <row r="205" spans="1:45">
+      <c r="A205" t="s">
+        <v>822</v>
+      </c>
+      <c r="B205" t="s">
+        <v>130</v>
+      </c>
+      <c r="C205" t="s">
+        <v>463</v>
+      </c>
+      <c r="D205">
+        <v>2024</v>
+      </c>
+      <c r="E205" t="s">
+        <v>971</v>
+      </c>
+      <c r="F205" t="s">
+        <v>979</v>
+      </c>
+      <c r="G205" t="s">
+        <v>980</v>
+      </c>
+      <c r="H205" t="s">
+        <v>981</v>
+      </c>
+      <c r="I205" t="s">
+        <v>982</v>
+      </c>
+      <c r="J205">
+        <v>0</v>
+      </c>
+      <c r="K205">
+        <v>0</v>
+      </c>
+      <c r="L205">
+        <v>1</v>
+      </c>
+      <c r="M205"/>
+      <c r="N205">
+        <v>0</v>
+      </c>
+      <c r="O205"/>
+      <c r="P205"/>
+      <c r="Q205"/>
+      <c r="R205"/>
+      <c r="S205"/>
+      <c r="T205"/>
+      <c r="U205"/>
+      <c r="V205">
+        <v>0</v>
+      </c>
+      <c r="W205"/>
+      <c r="X205"/>
+      <c r="Y205"/>
+      <c r="Z205"/>
+      <c r="AA205"/>
+      <c r="AB205"/>
+      <c r="AC205"/>
+      <c r="AD205"/>
+      <c r="AE205"/>
+      <c r="AF205"/>
+      <c r="AG205"/>
+      <c r="AH205"/>
+      <c r="AI205"/>
+      <c r="AJ205">
+        <v>0</v>
+      </c>
+      <c r="AK205"/>
+      <c r="AL205"/>
+      <c r="AM205"/>
+      <c r="AN205"/>
+      <c r="AO205">
+        <v>0</v>
+      </c>
+      <c r="AP205"/>
+      <c r="AQ205"/>
+      <c r="AR205"/>
+      <c r="AS205"/>
+    </row>
+    <row r="206" spans="1:45">
+      <c r="A206" t="s">
+        <v>292</v>
+      </c>
+      <c r="B206" t="s">
+        <v>130</v>
+      </c>
+      <c r="C206" t="s">
+        <v>463</v>
+      </c>
+      <c r="D206">
+        <v>2024</v>
+      </c>
+      <c r="E206" t="s">
+        <v>971</v>
+      </c>
+      <c r="F206" t="s">
+        <v>983</v>
+      </c>
+      <c r="G206" t="s">
+        <v>984</v>
+      </c>
+      <c r="H206" t="s">
+        <v>985</v>
+      </c>
+      <c r="I206" t="s">
+        <v>72</v>
+      </c>
+      <c r="J206">
+        <v>0</v>
+      </c>
+      <c r="K206">
+        <v>0</v>
+      </c>
+      <c r="L206">
+        <v>1</v>
+      </c>
+      <c r="M206"/>
+      <c r="N206">
+        <v>0</v>
+      </c>
+      <c r="O206"/>
+      <c r="P206"/>
+      <c r="Q206"/>
+      <c r="R206"/>
+      <c r="S206"/>
+      <c r="T206"/>
+      <c r="U206"/>
+      <c r="V206">
+        <v>0</v>
+      </c>
+      <c r="W206"/>
+      <c r="X206"/>
+      <c r="Y206"/>
+      <c r="Z206"/>
+      <c r="AA206"/>
+      <c r="AB206"/>
+      <c r="AC206"/>
+      <c r="AD206"/>
+      <c r="AE206"/>
+      <c r="AF206"/>
+      <c r="AG206"/>
+      <c r="AH206"/>
+      <c r="AI206"/>
+      <c r="AJ206">
+        <v>0</v>
+      </c>
+      <c r="AK206"/>
+      <c r="AL206"/>
+      <c r="AM206"/>
+      <c r="AN206"/>
+      <c r="AO206">
+        <v>0</v>
+      </c>
+      <c r="AP206"/>
+      <c r="AQ206"/>
+      <c r="AR206"/>
+      <c r="AS206"/>
+    </row>
+    <row r="207" spans="1:45">
+      <c r="A207" t="s">
+        <v>392</v>
+      </c>
+      <c r="B207" t="s">
+        <v>74</v>
+      </c>
+      <c r="C207" t="s">
+        <v>463</v>
+      </c>
+      <c r="D207">
+        <v>2024</v>
+      </c>
+      <c r="E207" t="s">
+        <v>986</v>
+      </c>
+      <c r="F207" t="s">
+        <v>987</v>
+      </c>
+      <c r="G207" t="s">
+        <v>988</v>
+      </c>
+      <c r="H207" t="s">
+        <v>989</v>
+      </c>
+      <c r="I207" t="s">
+        <v>990</v>
+      </c>
+      <c r="J207">
+        <v>0</v>
+      </c>
+      <c r="K207">
+        <v>0</v>
+      </c>
+      <c r="L207">
+        <v>0</v>
+      </c>
+      <c r="M207"/>
+      <c r="N207">
+        <v>0</v>
+      </c>
+      <c r="O207"/>
+      <c r="P207"/>
+      <c r="Q207"/>
+      <c r="R207"/>
+      <c r="S207"/>
+      <c r="T207"/>
+      <c r="U207">
+        <v>-1</v>
+      </c>
+      <c r="V207">
+        <v>0</v>
+      </c>
+      <c r="W207"/>
+      <c r="X207">
+        <v>-1</v>
+      </c>
+      <c r="Y207"/>
+      <c r="Z207"/>
+      <c r="AA207"/>
+      <c r="AB207"/>
+      <c r="AC207">
+        <v>-1</v>
+      </c>
+      <c r="AD207"/>
+      <c r="AE207"/>
+      <c r="AF207"/>
+      <c r="AG207"/>
+      <c r="AH207"/>
+      <c r="AI207"/>
+      <c r="AJ207">
+        <v>0</v>
+      </c>
+      <c r="AK207"/>
+      <c r="AL207"/>
+      <c r="AM207"/>
+      <c r="AN207">
+        <v>-1</v>
+      </c>
+      <c r="AO207">
+        <v>0</v>
+      </c>
+      <c r="AP207"/>
+      <c r="AQ207"/>
+      <c r="AR207"/>
+      <c r="AS207" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="208" spans="1:45">
+      <c r="A208" t="s">
+        <v>115</v>
+      </c>
+      <c r="B208" t="s">
+        <v>65</v>
+      </c>
+      <c r="C208" t="s">
+        <v>463</v>
+      </c>
+      <c r="D208">
+        <v>2024</v>
+      </c>
+      <c r="E208" t="s">
+        <v>986</v>
+      </c>
+      <c r="F208" t="s">
+        <v>991</v>
+      </c>
+      <c r="G208" t="s">
+        <v>992</v>
+      </c>
+      <c r="H208" t="s">
+        <v>993</v>
+      </c>
+      <c r="I208" t="s">
+        <v>994</v>
+      </c>
+      <c r="J208">
+        <v>0</v>
+      </c>
+      <c r="K208">
+        <v>0</v>
+      </c>
+      <c r="L208">
+        <v>0</v>
+      </c>
+      <c r="M208"/>
+      <c r="N208">
+        <v>0</v>
+      </c>
+      <c r="O208"/>
+      <c r="P208"/>
+      <c r="Q208"/>
+      <c r="R208"/>
+      <c r="S208"/>
+      <c r="T208"/>
+      <c r="U208"/>
+      <c r="V208">
+        <v>0</v>
+      </c>
+      <c r="W208"/>
+      <c r="X208"/>
+      <c r="Y208"/>
+      <c r="Z208"/>
+      <c r="AA208"/>
+      <c r="AB208"/>
+      <c r="AC208"/>
+      <c r="AD208"/>
+      <c r="AE208"/>
+      <c r="AF208"/>
+      <c r="AG208"/>
+      <c r="AH208"/>
+      <c r="AI208"/>
+      <c r="AJ208">
+        <v>0</v>
+      </c>
+      <c r="AK208"/>
+      <c r="AL208"/>
+      <c r="AM208"/>
+      <c r="AN208">
+        <v>-1</v>
+      </c>
+      <c r="AO208">
+        <v>0</v>
+      </c>
+      <c r="AP208">
+        <v>-1</v>
+      </c>
+      <c r="AQ208"/>
+      <c r="AR208" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS208"/>
+    </row>
+    <row r="209" spans="1:45">
+      <c r="A209" t="s">
+        <v>85</v>
+      </c>
+      <c r="B209" t="s">
+        <v>46</v>
+      </c>
+      <c r="C209" t="s">
+        <v>463</v>
+      </c>
+      <c r="D209">
+        <v>2024</v>
+      </c>
+      <c r="E209" t="s">
+        <v>986</v>
+      </c>
+      <c r="F209" t="s">
+        <v>995</v>
+      </c>
+      <c r="G209" t="s">
+        <v>996</v>
+      </c>
+      <c r="H209" t="s">
+        <v>997</v>
+      </c>
+      <c r="I209" t="s">
+        <v>998</v>
+      </c>
+      <c r="J209">
+        <v>0</v>
+      </c>
+      <c r="K209">
+        <v>0</v>
+      </c>
+      <c r="L209">
+        <v>0</v>
+      </c>
+      <c r="M209">
+        <v>-1</v>
+      </c>
+      <c r="N209">
+        <v>0</v>
+      </c>
+      <c r="O209">
+        <v>-1</v>
+      </c>
+      <c r="P209"/>
+      <c r="Q209"/>
+      <c r="R209">
+        <v>-1</v>
+      </c>
+      <c r="S209"/>
+      <c r="T209"/>
+      <c r="U209"/>
+      <c r="V209">
+        <v>0</v>
+      </c>
+      <c r="W209"/>
+      <c r="X209"/>
+      <c r="Y209"/>
+      <c r="Z209"/>
+      <c r="AA209"/>
+      <c r="AB209"/>
+      <c r="AC209"/>
+      <c r="AD209"/>
+      <c r="AE209"/>
+      <c r="AF209"/>
+      <c r="AG209"/>
+      <c r="AH209"/>
+      <c r="AI209"/>
+      <c r="AJ209">
+        <v>0</v>
+      </c>
+      <c r="AK209"/>
+      <c r="AL209"/>
+      <c r="AM209"/>
+      <c r="AN209"/>
+      <c r="AO209">
+        <v>0</v>
+      </c>
+      <c r="AP209"/>
+      <c r="AQ209"/>
+      <c r="AR209"/>
+      <c r="AS209"/>
+    </row>
+    <row r="210" spans="1:45">
+      <c r="A210" t="s">
+        <v>551</v>
+      </c>
+      <c r="B210" t="s">
+        <v>46</v>
+      </c>
+      <c r="C210" t="s">
+        <v>463</v>
+      </c>
+      <c r="D210">
+        <v>2024</v>
+      </c>
+      <c r="E210" t="s">
+        <v>986</v>
+      </c>
+      <c r="F210" t="s">
+        <v>999</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J210">
+        <v>0</v>
+      </c>
+      <c r="K210">
+        <v>0</v>
+      </c>
+      <c r="L210">
+        <v>1</v>
+      </c>
+      <c r="M210"/>
+      <c r="N210">
+        <v>0</v>
+      </c>
+      <c r="O210"/>
+      <c r="P210"/>
+      <c r="Q210"/>
+      <c r="R210"/>
+      <c r="S210"/>
+      <c r="T210"/>
+      <c r="U210"/>
+      <c r="V210">
+        <v>0</v>
+      </c>
+      <c r="W210"/>
+      <c r="X210"/>
+      <c r="Y210"/>
+      <c r="Z210"/>
+      <c r="AA210"/>
+      <c r="AB210"/>
+      <c r="AC210"/>
+      <c r="AD210"/>
+      <c r="AE210"/>
+      <c r="AF210"/>
+      <c r="AG210"/>
+      <c r="AH210"/>
+      <c r="AI210"/>
+      <c r="AJ210">
+        <v>0</v>
+      </c>
+      <c r="AK210"/>
+      <c r="AL210"/>
+      <c r="AM210"/>
+      <c r="AN210"/>
+      <c r="AO210">
+        <v>0</v>
+      </c>
+      <c r="AP210"/>
+      <c r="AQ210"/>
+      <c r="AR210"/>
+      <c r="AS210"/>
+    </row>
+    <row r="211" spans="1:45">
+      <c r="A211" t="s">
+        <v>202</v>
+      </c>
+      <c r="B211" t="s">
+        <v>148</v>
+      </c>
+      <c r="C211" t="s">
+        <v>463</v>
+      </c>
+      <c r="D211">
+        <v>2024</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J211">
+        <v>0</v>
+      </c>
+      <c r="K211">
+        <v>0</v>
+      </c>
+      <c r="L211">
+        <v>0</v>
+      </c>
+      <c r="M211">
+        <v>-1</v>
+      </c>
+      <c r="N211">
+        <v>0</v>
+      </c>
+      <c r="O211">
+        <v>-1</v>
+      </c>
+      <c r="P211"/>
+      <c r="Q211">
+        <v>-1</v>
+      </c>
+      <c r="R211"/>
+      <c r="S211"/>
+      <c r="T211"/>
+      <c r="U211"/>
+      <c r="V211">
+        <v>0</v>
+      </c>
+      <c r="W211"/>
+      <c r="X211"/>
+      <c r="Y211"/>
+      <c r="Z211"/>
+      <c r="AA211"/>
+      <c r="AB211"/>
+      <c r="AC211"/>
+      <c r="AD211"/>
+      <c r="AE211"/>
+      <c r="AF211"/>
+      <c r="AG211"/>
+      <c r="AH211"/>
+      <c r="AI211"/>
+      <c r="AJ211">
+        <v>0</v>
+      </c>
+      <c r="AK211"/>
+      <c r="AL211"/>
+      <c r="AM211"/>
+      <c r="AN211"/>
+      <c r="AO211">
+        <v>0</v>
+      </c>
+      <c r="AP211"/>
+      <c r="AQ211"/>
+      <c r="AR211"/>
+      <c r="AS211"/>
+    </row>
+    <row r="212" spans="1:45">
+      <c r="A212" t="s">
+        <v>619</v>
+      </c>
+      <c r="B212" t="s">
+        <v>91</v>
+      </c>
+      <c r="C212" t="s">
+        <v>469</v>
+      </c>
+      <c r="D212">
+        <v>2024</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F212" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1012</v>
+      </c>
+      <c r="J212">
+        <v>0</v>
+      </c>
+      <c r="K212">
+        <v>0</v>
+      </c>
+      <c r="L212">
+        <v>0</v>
+      </c>
+      <c r="M212"/>
+      <c r="N212">
+        <v>0</v>
+      </c>
+      <c r="O212"/>
+      <c r="P212"/>
+      <c r="Q212"/>
+      <c r="R212"/>
+      <c r="S212"/>
+      <c r="T212"/>
+      <c r="U212">
+        <v>-1</v>
+      </c>
+      <c r="V212">
+        <v>0</v>
+      </c>
+      <c r="W212"/>
+      <c r="X212">
+        <v>-1</v>
+      </c>
+      <c r="Y212"/>
+      <c r="Z212"/>
+      <c r="AA212"/>
+      <c r="AB212"/>
+      <c r="AC212">
+        <v>-1</v>
+      </c>
+      <c r="AD212"/>
+      <c r="AE212"/>
+      <c r="AF212"/>
+      <c r="AG212"/>
+      <c r="AH212"/>
+      <c r="AI212">
+        <v>1</v>
+      </c>
+      <c r="AJ212">
+        <v>0</v>
+      </c>
+      <c r="AK212"/>
+      <c r="AL212">
+        <v>1</v>
+      </c>
+      <c r="AM212"/>
+      <c r="AN212">
+        <v>-1</v>
+      </c>
+      <c r="AO212">
+        <v>0</v>
+      </c>
+      <c r="AP212"/>
+      <c r="AQ212"/>
+      <c r="AR212"/>
+      <c r="AS212" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="213" spans="1:45">
+      <c r="A213" t="s">
+        <v>877</v>
+      </c>
+      <c r="B213" t="s">
+        <v>46</v>
+      </c>
+      <c r="C213" t="s">
+        <v>469</v>
+      </c>
+      <c r="D213">
+        <v>2024</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F213" t="s">
+        <v>1014</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1016</v>
+      </c>
+      <c r="I213" t="s">
+        <v>72</v>
+      </c>
+      <c r="J213">
+        <v>0</v>
+      </c>
+      <c r="K213">
+        <v>0</v>
+      </c>
+      <c r="L213">
+        <v>1</v>
+      </c>
+      <c r="M213"/>
+      <c r="N213">
+        <v>0</v>
+      </c>
+      <c r="O213"/>
+      <c r="P213"/>
+      <c r="Q213"/>
+      <c r="R213"/>
+      <c r="S213"/>
+      <c r="T213"/>
+      <c r="U213"/>
+      <c r="V213">
+        <v>0</v>
+      </c>
+      <c r="W213"/>
+      <c r="X213"/>
+      <c r="Y213"/>
+      <c r="Z213"/>
+      <c r="AA213"/>
+      <c r="AB213"/>
+      <c r="AC213"/>
+      <c r="AD213"/>
+      <c r="AE213"/>
+      <c r="AF213"/>
+      <c r="AG213"/>
+      <c r="AH213"/>
+      <c r="AI213"/>
+      <c r="AJ213">
+        <v>0</v>
+      </c>
+      <c r="AK213"/>
+      <c r="AL213"/>
+      <c r="AM213"/>
+      <c r="AN213"/>
+      <c r="AO213">
+        <v>0</v>
+      </c>
+      <c r="AP213"/>
+      <c r="AQ213"/>
+      <c r="AR213"/>
+      <c r="AS213"/>
+    </row>
+    <row r="214" spans="1:45">
+      <c r="A214" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B214" t="s">
+        <v>74</v>
+      </c>
+      <c r="C214" t="s">
+        <v>469</v>
+      </c>
+      <c r="D214">
+        <v>2024</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F214" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I214" t="s">
+        <v>69</v>
+      </c>
+      <c r="J214">
+        <v>0</v>
+      </c>
+      <c r="K214">
+        <v>0</v>
+      </c>
+      <c r="L214">
+        <v>0</v>
+      </c>
+      <c r="M214"/>
+      <c r="N214">
+        <v>0</v>
+      </c>
+      <c r="O214"/>
+      <c r="P214"/>
+      <c r="Q214"/>
+      <c r="R214"/>
+      <c r="S214"/>
+      <c r="T214"/>
+      <c r="U214"/>
+      <c r="V214">
+        <v>0</v>
+      </c>
+      <c r="W214"/>
+      <c r="X214"/>
+      <c r="Y214"/>
+      <c r="Z214"/>
+      <c r="AA214"/>
+      <c r="AB214"/>
+      <c r="AC214"/>
+      <c r="AD214"/>
+      <c r="AE214"/>
+      <c r="AF214"/>
+      <c r="AG214"/>
+      <c r="AH214"/>
+      <c r="AI214">
+        <v>1</v>
+      </c>
+      <c r="AJ214">
+        <v>0</v>
+      </c>
+      <c r="AK214">
+        <v>1</v>
+      </c>
+      <c r="AL214"/>
+      <c r="AM214"/>
+      <c r="AN214"/>
+      <c r="AO214">
+        <v>0</v>
+      </c>
+      <c r="AP214"/>
+      <c r="AQ214"/>
+      <c r="AR214"/>
+      <c r="AS214"/>
+    </row>
+    <row r="215" spans="1:45">
+      <c r="A215" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B215" t="s">
+        <v>74</v>
+      </c>
+      <c r="C215" t="s">
+        <v>469</v>
+      </c>
+      <c r="D215">
+        <v>2024</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F215" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I215" t="s">
+        <v>72</v>
+      </c>
+      <c r="J215">
+        <v>0</v>
+      </c>
+      <c r="K215">
+        <v>0</v>
+      </c>
+      <c r="L215">
+        <v>1</v>
+      </c>
+      <c r="M215"/>
+      <c r="N215">
+        <v>0</v>
+      </c>
+      <c r="O215"/>
+      <c r="P215"/>
+      <c r="Q215"/>
+      <c r="R215"/>
+      <c r="S215"/>
+      <c r="T215"/>
+      <c r="U215"/>
+      <c r="V215">
+        <v>0</v>
+      </c>
+      <c r="W215"/>
+      <c r="X215"/>
+      <c r="Y215"/>
+      <c r="Z215"/>
+      <c r="AA215"/>
+      <c r="AB215"/>
+      <c r="AC215"/>
+      <c r="AD215"/>
+      <c r="AE215"/>
+      <c r="AF215"/>
+      <c r="AG215"/>
+      <c r="AH215"/>
+      <c r="AI215"/>
+      <c r="AJ215">
+        <v>0</v>
+      </c>
+      <c r="AK215"/>
+      <c r="AL215"/>
+      <c r="AM215"/>
+      <c r="AN215"/>
+      <c r="AO215">
+        <v>0</v>
+      </c>
+      <c r="AP215"/>
+      <c r="AQ215"/>
+      <c r="AR215"/>
+      <c r="AS215"/>
+    </row>
+    <row r="216" spans="1:45">
+      <c r="A216" t="s">
+        <v>392</v>
+      </c>
+      <c r="B216" t="s">
+        <v>74</v>
+      </c>
+      <c r="C216" t="s">
+        <v>469</v>
+      </c>
+      <c r="D216">
+        <v>2024</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F216" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G216" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J216">
+        <v>0</v>
+      </c>
+      <c r="K216">
+        <v>0</v>
+      </c>
+      <c r="L216">
+        <v>0</v>
+      </c>
+      <c r="M216"/>
+      <c r="N216">
+        <v>0</v>
+      </c>
+      <c r="O216"/>
+      <c r="P216"/>
+      <c r="Q216"/>
+      <c r="R216"/>
+      <c r="S216"/>
+      <c r="T216"/>
+      <c r="U216">
+        <v>-1</v>
+      </c>
+      <c r="V216">
+        <v>0</v>
+      </c>
+      <c r="W216"/>
+      <c r="X216">
+        <v>-1</v>
+      </c>
+      <c r="Y216"/>
+      <c r="Z216"/>
+      <c r="AA216"/>
+      <c r="AB216"/>
+      <c r="AC216">
+        <v>-1</v>
+      </c>
+      <c r="AD216"/>
+      <c r="AE216"/>
+      <c r="AF216"/>
+      <c r="AG216"/>
+      <c r="AH216"/>
+      <c r="AI216"/>
+      <c r="AJ216">
+        <v>0</v>
+      </c>
+      <c r="AK216"/>
+      <c r="AL216"/>
+      <c r="AM216"/>
+      <c r="AN216">
+        <v>-1</v>
+      </c>
+      <c r="AO216">
+        <v>0</v>
+      </c>
+      <c r="AP216"/>
+      <c r="AQ216"/>
+      <c r="AR216"/>
+      <c r="AS216" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="217" spans="1:45">
+      <c r="A217" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B217" t="s">
+        <v>74</v>
+      </c>
+      <c r="C217" t="s">
+        <v>469</v>
+      </c>
+      <c r="D217">
+        <v>2024</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F217" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H217" t="s">
+        <v>1030</v>
+      </c>
+      <c r="I217" t="s">
+        <v>72</v>
+      </c>
+      <c r="J217">
+        <v>0</v>
+      </c>
+      <c r="K217">
+        <v>0</v>
+      </c>
+      <c r="L217">
+        <v>1</v>
+      </c>
+      <c r="M217"/>
+      <c r="N217">
+        <v>0</v>
+      </c>
+      <c r="O217"/>
+      <c r="P217"/>
+      <c r="Q217"/>
+      <c r="R217"/>
+      <c r="S217"/>
+      <c r="T217"/>
+      <c r="U217"/>
+      <c r="V217">
+        <v>0</v>
+      </c>
+      <c r="W217"/>
+      <c r="X217"/>
+      <c r="Y217"/>
+      <c r="Z217"/>
+      <c r="AA217"/>
+      <c r="AB217"/>
+      <c r="AC217"/>
+      <c r="AD217"/>
+      <c r="AE217"/>
+      <c r="AF217"/>
+      <c r="AG217"/>
+      <c r="AH217"/>
+      <c r="AI217"/>
+      <c r="AJ217">
+        <v>0</v>
+      </c>
+      <c r="AK217"/>
+      <c r="AL217"/>
+      <c r="AM217"/>
+      <c r="AN217"/>
+      <c r="AO217">
+        <v>0</v>
+      </c>
+      <c r="AP217"/>
+      <c r="AQ217"/>
+      <c r="AR217"/>
+      <c r="AS217"/>
+    </row>
+    <row r="218" spans="1:45">
+      <c r="A218" t="s">
+        <v>45</v>
+      </c>
+      <c r="B218" t="s">
+        <v>46</v>
+      </c>
+      <c r="C218" t="s">
+        <v>469</v>
+      </c>
+      <c r="D218">
+        <v>2024</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F218" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H218" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I218" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J218">
+        <v>0</v>
+      </c>
+      <c r="K218">
+        <v>0</v>
+      </c>
+      <c r="L218">
+        <v>0</v>
+      </c>
+      <c r="M218">
+        <v>-1</v>
+      </c>
+      <c r="N218">
+        <v>0</v>
+      </c>
+      <c r="O218"/>
+      <c r="P218"/>
+      <c r="Q218"/>
+      <c r="R218">
+        <v>-1</v>
+      </c>
+      <c r="S218"/>
+      <c r="T218"/>
+      <c r="U218"/>
+      <c r="V218">
+        <v>0</v>
+      </c>
+      <c r="W218"/>
+      <c r="X218"/>
+      <c r="Y218"/>
+      <c r="Z218"/>
+      <c r="AA218"/>
+      <c r="AB218"/>
+      <c r="AC218"/>
+      <c r="AD218"/>
+      <c r="AE218"/>
+      <c r="AF218"/>
+      <c r="AG218"/>
+      <c r="AH218"/>
+      <c r="AI218"/>
+      <c r="AJ218">
+        <v>0</v>
+      </c>
+      <c r="AK218"/>
+      <c r="AL218"/>
+      <c r="AM218"/>
+      <c r="AN218"/>
+      <c r="AO218">
+        <v>0</v>
+      </c>
+      <c r="AP218"/>
+      <c r="AQ218"/>
+      <c r="AR218"/>
+      <c r="AS218"/>
+    </row>
+    <row r="219" spans="1:45">
+      <c r="A219" t="s">
+        <v>102</v>
+      </c>
+      <c r="B219" t="s">
+        <v>65</v>
+      </c>
+      <c r="C219" t="s">
+        <v>469</v>
+      </c>
+      <c r="D219">
+        <v>2024</v>
+      </c>
+      <c r="E219" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H219" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I219" t="s">
+        <v>1038</v>
+      </c>
+      <c r="J219">
+        <v>0</v>
+      </c>
+      <c r="K219">
+        <v>0</v>
+      </c>
+      <c r="L219">
+        <v>0</v>
+      </c>
+      <c r="M219"/>
+      <c r="N219">
+        <v>0</v>
+      </c>
+      <c r="O219"/>
+      <c r="P219"/>
+      <c r="Q219"/>
+      <c r="R219"/>
+      <c r="S219"/>
+      <c r="T219"/>
+      <c r="U219">
+        <v>1</v>
+      </c>
+      <c r="V219">
+        <v>0</v>
+      </c>
+      <c r="W219">
+        <v>1</v>
+      </c>
+      <c r="X219"/>
+      <c r="Y219"/>
+      <c r="Z219"/>
+      <c r="AA219"/>
+      <c r="AB219"/>
+      <c r="AC219"/>
+      <c r="AD219"/>
+      <c r="AE219"/>
+      <c r="AF219"/>
+      <c r="AG219"/>
+      <c r="AH219"/>
+      <c r="AI219"/>
+      <c r="AJ219">
+        <v>0</v>
+      </c>
+      <c r="AK219"/>
+      <c r="AL219"/>
+      <c r="AM219"/>
+      <c r="AN219"/>
+      <c r="AO219">
+        <v>0</v>
+      </c>
+      <c r="AP219"/>
+      <c r="AQ219"/>
+      <c r="AR219"/>
+      <c r="AS219"/>
+    </row>
+    <row r="220" spans="1:45">
+      <c r="A220" t="s">
+        <v>482</v>
+      </c>
+      <c r="B220" t="s">
+        <v>54</v>
+      </c>
+      <c r="C220" t="s">
+        <v>469</v>
+      </c>
+      <c r="D220">
+        <v>2024</v>
+      </c>
+      <c r="E220" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F220" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I220" t="s">
+        <v>1042</v>
+      </c>
+      <c r="J220">
+        <v>0</v>
+      </c>
+      <c r="K220">
+        <v>0</v>
+      </c>
+      <c r="L220">
+        <v>1</v>
+      </c>
+      <c r="M220"/>
+      <c r="N220">
+        <v>0</v>
+      </c>
+      <c r="O220"/>
+      <c r="P220"/>
+      <c r="Q220"/>
+      <c r="R220"/>
+      <c r="S220"/>
+      <c r="T220"/>
+      <c r="U220"/>
+      <c r="V220">
+        <v>0</v>
+      </c>
+      <c r="W220"/>
+      <c r="X220"/>
+      <c r="Y220"/>
+      <c r="Z220"/>
+      <c r="AA220"/>
+      <c r="AB220"/>
+      <c r="AC220"/>
+      <c r="AD220"/>
+      <c r="AE220"/>
+      <c r="AF220"/>
+      <c r="AG220"/>
+      <c r="AH220"/>
+      <c r="AI220"/>
+      <c r="AJ220">
+        <v>0</v>
+      </c>
+      <c r="AK220"/>
+      <c r="AL220"/>
+      <c r="AM220"/>
+      <c r="AN220"/>
+      <c r="AO220">
+        <v>0</v>
+      </c>
+      <c r="AP220"/>
+      <c r="AQ220"/>
+      <c r="AR220"/>
+      <c r="AS220"/>
+    </row>
+    <row r="221" spans="1:45">
+      <c r="A221" t="s">
+        <v>716</v>
+      </c>
+      <c r="B221" t="s">
+        <v>54</v>
+      </c>
+      <c r="C221" t="s">
+        <v>469</v>
+      </c>
+      <c r="D221">
+        <v>2024</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F221" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H221" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I221" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J221">
+        <v>0</v>
+      </c>
+      <c r="K221">
+        <v>0</v>
+      </c>
+      <c r="L221">
+        <v>1</v>
+      </c>
+      <c r="M221"/>
+      <c r="N221">
+        <v>0</v>
+      </c>
+      <c r="O221"/>
+      <c r="P221"/>
+      <c r="Q221"/>
+      <c r="R221"/>
+      <c r="S221"/>
+      <c r="T221"/>
+      <c r="U221"/>
+      <c r="V221">
+        <v>0</v>
+      </c>
+      <c r="W221"/>
+      <c r="X221"/>
+      <c r="Y221"/>
+      <c r="Z221"/>
+      <c r="AA221"/>
+      <c r="AB221"/>
+      <c r="AC221"/>
+      <c r="AD221"/>
+      <c r="AE221"/>
+      <c r="AF221"/>
+      <c r="AG221"/>
+      <c r="AH221"/>
+      <c r="AI221"/>
+      <c r="AJ221">
+        <v>0</v>
+      </c>
+      <c r="AK221"/>
+      <c r="AL221"/>
+      <c r="AM221"/>
+      <c r="AN221"/>
+      <c r="AO221">
+        <v>0</v>
+      </c>
+      <c r="AP221"/>
+      <c r="AQ221"/>
+      <c r="AR221"/>
+      <c r="AS221"/>
+    </row>
+    <row r="222" spans="1:45">
+      <c r="A222" t="s">
+        <v>398</v>
+      </c>
+      <c r="B222" t="s">
+        <v>130</v>
+      </c>
+      <c r="C222" t="s">
+        <v>469</v>
+      </c>
+      <c r="D222">
+        <v>2024</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F222" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I222" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J222">
+        <v>0</v>
+      </c>
+      <c r="K222">
+        <v>1</v>
+      </c>
+      <c r="L222">
+        <v>0</v>
+      </c>
+      <c r="M222">
+        <v>0</v>
+      </c>
+      <c r="N222">
+        <v>0</v>
+      </c>
+      <c r="O222"/>
+      <c r="P222">
+        <v>0</v>
+      </c>
+      <c r="Q222"/>
+      <c r="R222"/>
+      <c r="S222"/>
+      <c r="T222">
+        <v>0</v>
+      </c>
+      <c r="U222">
+        <v>0</v>
+      </c>
+      <c r="V222">
+        <v>0</v>
+      </c>
+      <c r="W222"/>
+      <c r="X222"/>
+      <c r="Y222"/>
+      <c r="Z222"/>
+      <c r="AA222"/>
+      <c r="AB222"/>
+      <c r="AC222"/>
+      <c r="AD222"/>
+      <c r="AE222">
+        <v>0</v>
+      </c>
+      <c r="AF222"/>
+      <c r="AG222">
+        <v>0</v>
+      </c>
+      <c r="AH222"/>
+      <c r="AI222"/>
+      <c r="AJ222">
+        <v>0</v>
+      </c>
+      <c r="AK222"/>
+      <c r="AL222"/>
+      <c r="AM222"/>
+      <c r="AN222"/>
+      <c r="AO222">
+        <v>0</v>
+      </c>
+      <c r="AP222"/>
+      <c r="AQ222"/>
+      <c r="AR222"/>
+      <c r="AS222"/>
+    </row>
+    <row r="223" spans="1:45">
+      <c r="A223" t="s">
+        <v>292</v>
+      </c>
+      <c r="B223" t="s">
+        <v>130</v>
+      </c>
+      <c r="C223" t="s">
+        <v>469</v>
+      </c>
+      <c r="D223">
+        <v>2024</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F223" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I223" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J223">
+        <v>0</v>
+      </c>
+      <c r="K223">
+        <v>0</v>
+      </c>
+      <c r="L223">
+        <v>0</v>
+      </c>
+      <c r="M223">
+        <v>-1</v>
+      </c>
+      <c r="N223">
+        <v>0</v>
+      </c>
+      <c r="O223">
+        <v>-1</v>
+      </c>
+      <c r="P223"/>
+      <c r="Q223"/>
+      <c r="R223"/>
+      <c r="S223"/>
+      <c r="T223"/>
+      <c r="U223"/>
+      <c r="V223">
+        <v>1</v>
+      </c>
+      <c r="W223"/>
+      <c r="X223"/>
+      <c r="Y223"/>
+      <c r="Z223"/>
+      <c r="AA223"/>
+      <c r="AB223"/>
+      <c r="AC223"/>
+      <c r="AD223"/>
+      <c r="AE223"/>
+      <c r="AF223"/>
+      <c r="AG223"/>
+      <c r="AH223"/>
+      <c r="AI223"/>
+      <c r="AJ223">
+        <v>0</v>
+      </c>
+      <c r="AK223"/>
+      <c r="AL223"/>
+      <c r="AM223"/>
+      <c r="AN223"/>
+      <c r="AO223">
+        <v>1</v>
+      </c>
+      <c r="AP223"/>
+      <c r="AQ223"/>
+      <c r="AR223"/>
+      <c r="AS223"/>
+    </row>
+    <row r="224" spans="1:45">
+      <c r="A224" t="s">
+        <v>375</v>
+      </c>
+      <c r="B224" t="s">
+        <v>365</v>
+      </c>
+      <c r="C224" t="s">
+        <v>469</v>
+      </c>
+      <c r="D224">
+        <v>2024</v>
+      </c>
+      <c r="E224" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F224" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I224" t="s">
+        <v>72</v>
+      </c>
+      <c r="J224">
+        <v>0</v>
+      </c>
+      <c r="K224">
+        <v>0</v>
+      </c>
+      <c r="L224">
+        <v>1</v>
+      </c>
+      <c r="M224"/>
+      <c r="N224">
+        <v>0</v>
+      </c>
+      <c r="O224"/>
+      <c r="P224"/>
+      <c r="Q224"/>
+      <c r="R224"/>
+      <c r="S224"/>
+      <c r="T224"/>
+      <c r="U224"/>
+      <c r="V224">
+        <v>0</v>
+      </c>
+      <c r="W224"/>
+      <c r="X224"/>
+      <c r="Y224"/>
+      <c r="Z224"/>
+      <c r="AA224"/>
+      <c r="AB224"/>
+      <c r="AC224"/>
+      <c r="AD224"/>
+      <c r="AE224"/>
+      <c r="AF224"/>
+      <c r="AG224"/>
+      <c r="AH224"/>
+      <c r="AI224"/>
+      <c r="AJ224">
+        <v>0</v>
+      </c>
+      <c r="AK224"/>
+      <c r="AL224"/>
+      <c r="AM224"/>
+      <c r="AN224"/>
+      <c r="AO224">
+        <v>0</v>
+      </c>
+      <c r="AP224"/>
+      <c r="AQ224"/>
+      <c r="AR224"/>
+      <c r="AS224"/>
+    </row>
+    <row r="225" spans="1:45">
+      <c r="A225" t="s">
+        <v>662</v>
+      </c>
+      <c r="B225" t="s">
+        <v>154</v>
+      </c>
+      <c r="C225" t="s">
+        <v>469</v>
+      </c>
+      <c r="D225">
+        <v>2024</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I225" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J225">
+        <v>0</v>
+      </c>
+      <c r="K225">
+        <v>0</v>
+      </c>
+      <c r="L225">
+        <v>0</v>
+      </c>
+      <c r="M225">
+        <v>1</v>
+      </c>
+      <c r="N225">
+        <v>0</v>
+      </c>
+      <c r="O225"/>
+      <c r="P225"/>
+      <c r="Q225"/>
+      <c r="R225"/>
+      <c r="S225"/>
+      <c r="T225">
+        <v>1</v>
+      </c>
+      <c r="U225"/>
+      <c r="V225">
+        <v>0</v>
+      </c>
+      <c r="W225"/>
+      <c r="X225"/>
+      <c r="Y225"/>
+      <c r="Z225"/>
+      <c r="AA225"/>
+      <c r="AB225"/>
+      <c r="AC225"/>
+      <c r="AD225"/>
+      <c r="AE225"/>
+      <c r="AF225"/>
+      <c r="AG225"/>
+      <c r="AH225"/>
+      <c r="AI225">
+        <v>1</v>
+      </c>
+      <c r="AJ225">
+        <v>0</v>
+      </c>
+      <c r="AK225">
+        <v>1</v>
+      </c>
+      <c r="AL225"/>
+      <c r="AM225"/>
+      <c r="AN225"/>
+      <c r="AO225">
+        <v>0</v>
+      </c>
+      <c r="AP225"/>
+      <c r="AQ225"/>
+      <c r="AR225"/>
+      <c r="AS225"/>
+    </row>
+    <row r="226" spans="1:45">
+      <c r="A226" t="s">
+        <v>599</v>
+      </c>
+      <c r="B226" t="s">
+        <v>141</v>
+      </c>
+      <c r="C226" t="s">
+        <v>469</v>
+      </c>
+      <c r="D226">
+        <v>2024</v>
+      </c>
+      <c r="E226" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F226" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I226" t="s">
+        <v>120</v>
+      </c>
+      <c r="J226">
+        <v>0</v>
+      </c>
+      <c r="K226">
+        <v>0</v>
+      </c>
+      <c r="L226">
+        <v>0</v>
+      </c>
+      <c r="M226"/>
+      <c r="N226">
+        <v>0</v>
+      </c>
+      <c r="O226"/>
+      <c r="P226"/>
+      <c r="Q226"/>
+      <c r="R226"/>
+      <c r="S226"/>
+      <c r="T226"/>
+      <c r="U226">
+        <v>1</v>
+      </c>
+      <c r="V226">
+        <v>0</v>
+      </c>
+      <c r="W226"/>
+      <c r="X226"/>
+      <c r="Y226"/>
+      <c r="Z226"/>
+      <c r="AA226"/>
+      <c r="AB226"/>
+      <c r="AC226"/>
+      <c r="AD226"/>
+      <c r="AE226">
+        <v>1</v>
+      </c>
+      <c r="AF226">
+        <v>1</v>
+      </c>
+      <c r="AG226"/>
+      <c r="AH226"/>
+      <c r="AI226"/>
+      <c r="AJ226">
+        <v>0</v>
+      </c>
+      <c r="AK226"/>
+      <c r="AL226"/>
+      <c r="AM226"/>
+      <c r="AN226"/>
+      <c r="AO226">
+        <v>0</v>
+      </c>
+      <c r="AP226"/>
+      <c r="AQ226"/>
+      <c r="AR226"/>
+      <c r="AS226"/>
+    </row>
+    <row r="227" spans="1:45">
+      <c r="A227" t="s">
+        <v>599</v>
+      </c>
+      <c r="B227" t="s">
+        <v>141</v>
+      </c>
+      <c r="C227" t="s">
+        <v>469</v>
+      </c>
+      <c r="D227">
+        <v>2024</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F227" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I227" t="s">
+        <v>72</v>
+      </c>
+      <c r="J227">
+        <v>0</v>
+      </c>
+      <c r="K227">
+        <v>0</v>
+      </c>
+      <c r="L227">
+        <v>1</v>
+      </c>
+      <c r="M227"/>
+      <c r="N227">
+        <v>0</v>
+      </c>
+      <c r="O227"/>
+      <c r="P227"/>
+      <c r="Q227"/>
+      <c r="R227"/>
+      <c r="S227"/>
+      <c r="T227"/>
+      <c r="U227"/>
+      <c r="V227">
+        <v>0</v>
+      </c>
+      <c r="W227"/>
+      <c r="X227"/>
+      <c r="Y227"/>
+      <c r="Z227"/>
+      <c r="AA227"/>
+      <c r="AB227"/>
+      <c r="AC227"/>
+      <c r="AD227"/>
+      <c r="AE227"/>
+      <c r="AF227"/>
+      <c r="AG227"/>
+      <c r="AH227"/>
+      <c r="AI227"/>
+      <c r="AJ227">
+        <v>0</v>
+      </c>
+      <c r="AK227"/>
+      <c r="AL227"/>
+      <c r="AM227"/>
+      <c r="AN227"/>
+      <c r="AO227">
+        <v>0</v>
+      </c>
+      <c r="AP227"/>
+      <c r="AQ227"/>
+      <c r="AR227"/>
+      <c r="AS227"/>
+    </row>
+    <row r="228" spans="1:45">
+      <c r="A228" t="s">
+        <v>392</v>
+      </c>
+      <c r="B228" t="s">
+        <v>74</v>
+      </c>
+      <c r="C228" t="s">
+        <v>483</v>
+      </c>
+      <c r="D228">
+        <v>2024</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I228" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J228">
+        <v>0</v>
+      </c>
+      <c r="K228">
+        <v>0</v>
+      </c>
+      <c r="L228">
+        <v>0</v>
+      </c>
+      <c r="M228"/>
+      <c r="N228">
+        <v>0</v>
+      </c>
+      <c r="O228"/>
+      <c r="P228"/>
+      <c r="Q228"/>
+      <c r="R228"/>
+      <c r="S228"/>
+      <c r="T228"/>
+      <c r="U228"/>
+      <c r="V228">
+        <v>0</v>
+      </c>
+      <c r="W228"/>
+      <c r="X228"/>
+      <c r="Y228"/>
+      <c r="Z228"/>
+      <c r="AA228"/>
+      <c r="AB228"/>
+      <c r="AC228"/>
+      <c r="AD228"/>
+      <c r="AE228"/>
+      <c r="AF228"/>
+      <c r="AG228"/>
+      <c r="AH228"/>
+      <c r="AI228">
+        <v>-1</v>
+      </c>
+      <c r="AJ228">
+        <v>0</v>
+      </c>
+      <c r="AK228">
+        <v>-1</v>
+      </c>
+      <c r="AL228"/>
+      <c r="AM228"/>
+      <c r="AN228"/>
+      <c r="AO228">
+        <v>0</v>
+      </c>
+      <c r="AP228"/>
+      <c r="AQ228"/>
+      <c r="AR228"/>
+      <c r="AS228"/>
+    </row>
+    <row r="229" spans="1:45">
+      <c r="A229" t="s">
+        <v>392</v>
+      </c>
+      <c r="B229" t="s">
+        <v>74</v>
+      </c>
+      <c r="C229" t="s">
+        <v>483</v>
+      </c>
+      <c r="D229">
+        <v>2024</v>
+      </c>
+      <c r="E229" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I229" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J229">
+        <v>0</v>
+      </c>
+      <c r="K229">
+        <v>0</v>
+      </c>
+      <c r="L229">
+        <v>0</v>
+      </c>
+      <c r="M229">
+        <v>-1</v>
+      </c>
+      <c r="N229">
+        <v>0</v>
+      </c>
+      <c r="O229"/>
+      <c r="P229"/>
+      <c r="Q229">
+        <v>-1</v>
+      </c>
+      <c r="R229"/>
+      <c r="S229"/>
+      <c r="T229"/>
+      <c r="U229">
+        <v>-1</v>
+      </c>
+      <c r="V229">
+        <v>0</v>
+      </c>
+      <c r="W229"/>
+      <c r="X229">
+        <v>-1</v>
+      </c>
+      <c r="Y229"/>
+      <c r="Z229"/>
+      <c r="AA229"/>
+      <c r="AB229"/>
+      <c r="AC229">
+        <v>-1</v>
+      </c>
+      <c r="AD229"/>
+      <c r="AE229"/>
+      <c r="AF229"/>
+      <c r="AG229"/>
+      <c r="AH229"/>
+      <c r="AI229"/>
+      <c r="AJ229">
+        <v>1</v>
+      </c>
+      <c r="AK229"/>
+      <c r="AL229"/>
+      <c r="AM229"/>
+      <c r="AN229">
+        <v>-1</v>
+      </c>
+      <c r="AO229">
+        <v>0</v>
+      </c>
+      <c r="AP229"/>
+      <c r="AQ229"/>
+      <c r="AR229"/>
+      <c r="AS229" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="230" spans="1:45">
+      <c r="A230" t="s">
+        <v>392</v>
+      </c>
+      <c r="B230" t="s">
+        <v>74</v>
+      </c>
+      <c r="C230" t="s">
+        <v>483</v>
+      </c>
+      <c r="D230">
+        <v>2024</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F230" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I230" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J230">
+        <v>0</v>
+      </c>
+      <c r="K230">
+        <v>0</v>
+      </c>
+      <c r="L230">
+        <v>1</v>
+      </c>
+      <c r="M230"/>
+      <c r="N230">
+        <v>0</v>
+      </c>
+      <c r="O230"/>
+      <c r="P230"/>
+      <c r="Q230"/>
+      <c r="R230"/>
+      <c r="S230"/>
+      <c r="T230"/>
+      <c r="U230"/>
+      <c r="V230">
+        <v>0</v>
+      </c>
+      <c r="W230"/>
+      <c r="X230"/>
+      <c r="Y230"/>
+      <c r="Z230"/>
+      <c r="AA230"/>
+      <c r="AB230"/>
+      <c r="AC230"/>
+      <c r="AD230"/>
+      <c r="AE230"/>
+      <c r="AF230"/>
+      <c r="AG230"/>
+      <c r="AH230"/>
+      <c r="AI230"/>
+      <c r="AJ230">
+        <v>0</v>
+      </c>
+      <c r="AK230"/>
+      <c r="AL230"/>
+      <c r="AM230"/>
+      <c r="AN230"/>
+      <c r="AO230">
+        <v>0</v>
+      </c>
+      <c r="AP230"/>
+      <c r="AQ230"/>
+      <c r="AR230"/>
+      <c r="AS230"/>
+    </row>
+    <row r="231" spans="1:45">
+      <c r="A231" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B231" t="s">
+        <v>74</v>
+      </c>
+      <c r="C231" t="s">
+        <v>483</v>
+      </c>
+      <c r="D231">
+        <v>2024</v>
+      </c>
+      <c r="E231" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F231" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I231" t="s">
+        <v>1085</v>
+      </c>
+      <c r="J231">
+        <v>0</v>
+      </c>
+      <c r="K231">
+        <v>0</v>
+      </c>
+      <c r="L231">
+        <v>1</v>
+      </c>
+      <c r="M231"/>
+      <c r="N231">
+        <v>0</v>
+      </c>
+      <c r="O231"/>
+      <c r="P231"/>
+      <c r="Q231"/>
+      <c r="R231"/>
+      <c r="S231"/>
+      <c r="T231"/>
+      <c r="U231"/>
+      <c r="V231">
+        <v>0</v>
+      </c>
+      <c r="W231"/>
+      <c r="X231"/>
+      <c r="Y231"/>
+      <c r="Z231"/>
+      <c r="AA231"/>
+      <c r="AB231"/>
+      <c r="AC231"/>
+      <c r="AD231"/>
+      <c r="AE231"/>
+      <c r="AF231"/>
+      <c r="AG231"/>
+      <c r="AH231"/>
+      <c r="AI231"/>
+      <c r="AJ231">
+        <v>0</v>
+      </c>
+      <c r="AK231"/>
+      <c r="AL231"/>
+      <c r="AM231"/>
+      <c r="AN231"/>
+      <c r="AO231">
+        <v>0</v>
+      </c>
+      <c r="AP231"/>
+      <c r="AQ231"/>
+      <c r="AR231"/>
+      <c r="AS231"/>
+    </row>
+    <row r="232" spans="1:45">
+      <c r="A232" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B232" t="s">
+        <v>65</v>
+      </c>
+      <c r="C232" t="s">
+        <v>483</v>
+      </c>
+      <c r="D232">
+        <v>2024</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F232" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I232" t="s">
+        <v>72</v>
+      </c>
+      <c r="J232">
+        <v>0</v>
+      </c>
+      <c r="K232">
+        <v>0</v>
+      </c>
+      <c r="L232">
+        <v>1</v>
+      </c>
+      <c r="M232"/>
+      <c r="N232">
+        <v>0</v>
+      </c>
+      <c r="O232"/>
+      <c r="P232"/>
+      <c r="Q232"/>
+      <c r="R232"/>
+      <c r="S232"/>
+      <c r="T232"/>
+      <c r="U232"/>
+      <c r="V232">
+        <v>0</v>
+      </c>
+      <c r="W232"/>
+      <c r="X232"/>
+      <c r="Y232"/>
+      <c r="Z232"/>
+      <c r="AA232"/>
+      <c r="AB232"/>
+      <c r="AC232"/>
+      <c r="AD232"/>
+      <c r="AE232"/>
+      <c r="AF232"/>
+      <c r="AG232"/>
+      <c r="AH232"/>
+      <c r="AI232"/>
+      <c r="AJ232">
+        <v>0</v>
+      </c>
+      <c r="AK232"/>
+      <c r="AL232"/>
+      <c r="AM232"/>
+      <c r="AN232"/>
+      <c r="AO232">
+        <v>0</v>
+      </c>
+      <c r="AP232"/>
+      <c r="AQ232"/>
+      <c r="AR232"/>
+      <c r="AS232"/>
+    </row>
+    <row r="233" spans="1:45">
+      <c r="A233" t="s">
+        <v>604</v>
+      </c>
+      <c r="B233" t="s">
+        <v>154</v>
+      </c>
+      <c r="C233" t="s">
+        <v>483</v>
+      </c>
+      <c r="D233">
+        <v>2024</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F233" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I233" t="s">
+        <v>146</v>
+      </c>
+      <c r="J233">
+        <v>0</v>
+      </c>
+      <c r="K233">
+        <v>0</v>
+      </c>
+      <c r="L233">
+        <v>0</v>
+      </c>
+      <c r="M233">
+        <v>0</v>
+      </c>
+      <c r="N233">
+        <v>0</v>
+      </c>
+      <c r="O233"/>
+      <c r="P233">
+        <v>0</v>
+      </c>
+      <c r="Q233"/>
+      <c r="R233"/>
+      <c r="S233"/>
+      <c r="T233"/>
+      <c r="U233"/>
+      <c r="V233">
+        <v>0</v>
+      </c>
+      <c r="W233"/>
+      <c r="X233"/>
+      <c r="Y233"/>
+      <c r="Z233"/>
+      <c r="AA233"/>
+      <c r="AB233"/>
+      <c r="AC233"/>
+      <c r="AD233"/>
+      <c r="AE233"/>
+      <c r="AF233"/>
+      <c r="AG233"/>
+      <c r="AH233"/>
+      <c r="AI233">
+        <v>-1</v>
+      </c>
+      <c r="AJ233">
+        <v>0</v>
+      </c>
+      <c r="AK233">
+        <v>-1</v>
+      </c>
+      <c r="AL233"/>
+      <c r="AM233"/>
+      <c r="AN233"/>
+      <c r="AO233">
+        <v>0</v>
+      </c>
+      <c r="AP233"/>
+      <c r="AQ233"/>
+      <c r="AR233"/>
+      <c r="AS233"/>
+    </row>
+    <row r="234" spans="1:45">
+      <c r="A234" t="s">
+        <v>604</v>
+      </c>
+      <c r="B234" t="s">
+        <v>154</v>
+      </c>
+      <c r="C234" t="s">
+        <v>483</v>
+      </c>
+      <c r="D234">
+        <v>2024</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F234" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I234" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J234">
+        <v>0</v>
+      </c>
+      <c r="K234">
+        <v>0</v>
+      </c>
+      <c r="L234">
+        <v>1</v>
+      </c>
+      <c r="M234"/>
+      <c r="N234">
+        <v>0</v>
+      </c>
+      <c r="O234"/>
+      <c r="P234"/>
+      <c r="Q234"/>
+      <c r="R234"/>
+      <c r="S234"/>
+      <c r="T234"/>
+      <c r="U234"/>
+      <c r="V234">
+        <v>0</v>
+      </c>
+      <c r="W234"/>
+      <c r="X234"/>
+      <c r="Y234"/>
+      <c r="Z234"/>
+      <c r="AA234"/>
+      <c r="AB234"/>
+      <c r="AC234"/>
+      <c r="AD234"/>
+      <c r="AE234"/>
+      <c r="AF234"/>
+      <c r="AG234"/>
+      <c r="AH234"/>
+      <c r="AI234"/>
+      <c r="AJ234">
+        <v>0</v>
+      </c>
+      <c r="AK234"/>
+      <c r="AL234"/>
+      <c r="AM234"/>
+      <c r="AN234"/>
+      <c r="AO234">
+        <v>0</v>
+      </c>
+      <c r="AP234"/>
+      <c r="AQ234"/>
+      <c r="AR234"/>
+      <c r="AS234"/>
+    </row>
+    <row r="235" spans="1:45">
+      <c r="A235" t="s">
+        <v>763</v>
+      </c>
+      <c r="B235" t="s">
+        <v>130</v>
+      </c>
+      <c r="C235" t="s">
+        <v>483</v>
+      </c>
+      <c r="D235">
+        <v>2024</v>
+      </c>
+      <c r="E235" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F235" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I235" t="s">
+        <v>72</v>
+      </c>
+      <c r="J235">
+        <v>0</v>
+      </c>
+      <c r="K235">
+        <v>0</v>
+      </c>
+      <c r="L235">
+        <v>1</v>
+      </c>
+      <c r="M235"/>
+      <c r="N235">
+        <v>0</v>
+      </c>
+      <c r="O235"/>
+      <c r="P235"/>
+      <c r="Q235"/>
+      <c r="R235"/>
+      <c r="S235"/>
+      <c r="T235"/>
+      <c r="U235"/>
+      <c r="V235">
+        <v>0</v>
+      </c>
+      <c r="W235"/>
+      <c r="X235"/>
+      <c r="Y235"/>
+      <c r="Z235"/>
+      <c r="AA235"/>
+      <c r="AB235"/>
+      <c r="AC235"/>
+      <c r="AD235"/>
+      <c r="AE235"/>
+      <c r="AF235"/>
+      <c r="AG235"/>
+      <c r="AH235"/>
+      <c r="AI235"/>
+      <c r="AJ235">
+        <v>0</v>
+      </c>
+      <c r="AK235"/>
+      <c r="AL235"/>
+      <c r="AM235"/>
+      <c r="AN235"/>
+      <c r="AO235">
+        <v>0</v>
+      </c>
+      <c r="AP235"/>
+      <c r="AQ235"/>
+      <c r="AR235"/>
+      <c r="AS235"/>
+    </row>
+    <row r="236" spans="1:45">
+      <c r="A236" t="s">
+        <v>619</v>
+      </c>
+      <c r="B236" t="s">
+        <v>91</v>
+      </c>
+      <c r="C236" t="s">
+        <v>483</v>
+      </c>
+      <c r="D236">
+        <v>2024</v>
+      </c>
+      <c r="E236" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F236" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1103</v>
+      </c>
+      <c r="I236" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J236">
+        <v>0</v>
+      </c>
+      <c r="K236">
+        <v>0</v>
+      </c>
+      <c r="L236">
+        <v>1</v>
+      </c>
+      <c r="M236"/>
+      <c r="N236">
+        <v>0</v>
+      </c>
+      <c r="O236"/>
+      <c r="P236"/>
+      <c r="Q236"/>
+      <c r="R236"/>
+      <c r="S236"/>
+      <c r="T236"/>
+      <c r="U236"/>
+      <c r="V236">
+        <v>0</v>
+      </c>
+      <c r="W236"/>
+      <c r="X236"/>
+      <c r="Y236"/>
+      <c r="Z236"/>
+      <c r="AA236"/>
+      <c r="AB236"/>
+      <c r="AC236"/>
+      <c r="AD236"/>
+      <c r="AE236"/>
+      <c r="AF236"/>
+      <c r="AG236"/>
+      <c r="AH236"/>
+      <c r="AI236"/>
+      <c r="AJ236">
+        <v>0</v>
+      </c>
+      <c r="AK236"/>
+      <c r="AL236"/>
+      <c r="AM236"/>
+      <c r="AN236"/>
+      <c r="AO236">
+        <v>0</v>
+      </c>
+      <c r="AP236"/>
+      <c r="AQ236"/>
+      <c r="AR236"/>
+      <c r="AS236"/>
+    </row>
+    <row r="237" spans="1:45">
+      <c r="A237" t="s">
+        <v>619</v>
+      </c>
+      <c r="B237" t="s">
+        <v>91</v>
+      </c>
+      <c r="C237" t="s">
+        <v>483</v>
+      </c>
+      <c r="D237">
+        <v>2024</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F237" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1103</v>
+      </c>
+      <c r="I237" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J237">
+        <v>0</v>
+      </c>
+      <c r="K237">
+        <v>0</v>
+      </c>
+      <c r="L237">
+        <v>0</v>
+      </c>
+      <c r="M237">
+        <v>-1</v>
+      </c>
+      <c r="N237">
+        <v>0</v>
+      </c>
+      <c r="O237">
+        <v>-1</v>
+      </c>
+      <c r="P237"/>
+      <c r="Q237"/>
+      <c r="R237"/>
+      <c r="S237"/>
+      <c r="T237"/>
+      <c r="U237">
+        <v>-1</v>
+      </c>
+      <c r="V237">
+        <v>0</v>
+      </c>
+      <c r="W237"/>
+      <c r="X237"/>
+      <c r="Y237"/>
+      <c r="Z237"/>
+      <c r="AA237"/>
+      <c r="AB237"/>
+      <c r="AC237"/>
+      <c r="AD237"/>
+      <c r="AE237">
+        <v>-1</v>
+      </c>
+      <c r="AF237">
+        <v>-1</v>
+      </c>
+      <c r="AG237"/>
+      <c r="AH237"/>
+      <c r="AI237"/>
+      <c r="AJ237">
+        <v>0</v>
+      </c>
+      <c r="AK237"/>
+      <c r="AL237"/>
+      <c r="AM237"/>
+      <c r="AN237"/>
+      <c r="AO237">
+        <v>1</v>
+      </c>
+      <c r="AP237"/>
+      <c r="AQ237"/>
+      <c r="AR237"/>
+      <c r="AS237"/>
+    </row>
+    <row r="238" spans="1:45">
+      <c r="A238" t="s">
+        <v>90</v>
+      </c>
+      <c r="B238" t="s">
+        <v>91</v>
+      </c>
+      <c r="C238" t="s">
+        <v>483</v>
+      </c>
+      <c r="D238">
+        <v>2024</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F238" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I238" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J238">
+        <v>0</v>
+      </c>
+      <c r="K238">
+        <v>0</v>
+      </c>
+      <c r="L238">
+        <v>1</v>
+      </c>
+      <c r="M238"/>
+      <c r="N238">
+        <v>0</v>
+      </c>
+      <c r="O238"/>
+      <c r="P238"/>
+      <c r="Q238"/>
+      <c r="R238"/>
+      <c r="S238"/>
+      <c r="T238"/>
+      <c r="U238"/>
+      <c r="V238">
+        <v>0</v>
+      </c>
+      <c r="W238"/>
+      <c r="X238"/>
+      <c r="Y238"/>
+      <c r="Z238"/>
+      <c r="AA238"/>
+      <c r="AB238"/>
+      <c r="AC238"/>
+      <c r="AD238"/>
+      <c r="AE238"/>
+      <c r="AF238"/>
+      <c r="AG238"/>
+      <c r="AH238"/>
+      <c r="AI238"/>
+      <c r="AJ238">
+        <v>0</v>
+      </c>
+      <c r="AK238"/>
+      <c r="AL238"/>
+      <c r="AM238"/>
+      <c r="AN238"/>
+      <c r="AO238">
+        <v>0</v>
+      </c>
+      <c r="AP238"/>
+      <c r="AQ238"/>
+      <c r="AR238"/>
+      <c r="AS238"/>
+    </row>
+    <row r="239" spans="1:45">
+      <c r="A239" t="s">
+        <v>404</v>
+      </c>
+      <c r="B239" t="s">
+        <v>130</v>
+      </c>
+      <c r="C239" t="s">
+        <v>483</v>
+      </c>
+      <c r="D239">
+        <v>2024</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F239" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I239" t="s">
+        <v>69</v>
+      </c>
+      <c r="J239">
+        <v>0</v>
+      </c>
+      <c r="K239">
+        <v>0</v>
+      </c>
+      <c r="L239">
+        <v>1</v>
+      </c>
+      <c r="M239"/>
+      <c r="N239">
+        <v>0</v>
+      </c>
+      <c r="O239"/>
+      <c r="P239"/>
+      <c r="Q239"/>
+      <c r="R239"/>
+      <c r="S239"/>
+      <c r="T239"/>
+      <c r="U239"/>
+      <c r="V239">
+        <v>0</v>
+      </c>
+      <c r="W239"/>
+      <c r="X239"/>
+      <c r="Y239"/>
+      <c r="Z239"/>
+      <c r="AA239"/>
+      <c r="AB239"/>
+      <c r="AC239"/>
+      <c r="AD239"/>
+      <c r="AE239"/>
+      <c r="AF239"/>
+      <c r="AG239"/>
+      <c r="AH239"/>
+      <c r="AI239"/>
+      <c r="AJ239">
+        <v>0</v>
+      </c>
+      <c r="AK239"/>
+      <c r="AL239"/>
+      <c r="AM239"/>
+      <c r="AN239"/>
+      <c r="AO239">
+        <v>0</v>
+      </c>
+      <c r="AP239"/>
+      <c r="AQ239"/>
+      <c r="AR239"/>
+      <c r="AS239"/>
+    </row>
+    <row r="240" spans="1:45">
+      <c r="A240" t="s">
+        <v>140</v>
+      </c>
+      <c r="B240" t="s">
+        <v>141</v>
+      </c>
+      <c r="C240" t="s">
+        <v>483</v>
+      </c>
+      <c r="D240">
+        <v>2024</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F240" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I240" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J240">
+        <v>0</v>
+      </c>
+      <c r="K240">
+        <v>0</v>
+      </c>
+      <c r="L240">
+        <v>0</v>
+      </c>
+      <c r="M240">
+        <v>1</v>
+      </c>
+      <c r="N240">
+        <v>0</v>
+      </c>
+      <c r="O240"/>
+      <c r="P240"/>
+      <c r="Q240"/>
+      <c r="R240"/>
+      <c r="S240"/>
+      <c r="T240">
+        <v>1</v>
+      </c>
+      <c r="U240"/>
+      <c r="V240">
+        <v>0</v>
+      </c>
+      <c r="W240"/>
+      <c r="X240"/>
+      <c r="Y240"/>
+      <c r="Z240"/>
+      <c r="AA240"/>
+      <c r="AB240"/>
+      <c r="AC240"/>
+      <c r="AD240"/>
+      <c r="AE240"/>
+      <c r="AF240"/>
+      <c r="AG240"/>
+      <c r="AH240"/>
+      <c r="AI240"/>
+      <c r="AJ240">
+        <v>0</v>
+      </c>
+      <c r="AK240"/>
+      <c r="AL240"/>
+      <c r="AM240"/>
+      <c r="AN240"/>
+      <c r="AO240">
+        <v>0</v>
+      </c>
+      <c r="AP240"/>
+      <c r="AQ240"/>
+      <c r="AR240"/>
+      <c r="AS240"/>
+    </row>
+    <row r="241" spans="1:45">
+      <c r="A241" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B241" t="s">
+        <v>247</v>
+      </c>
+      <c r="C241" t="s">
+        <v>483</v>
+      </c>
+      <c r="D241">
+        <v>2024</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F241" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1123</v>
+      </c>
+      <c r="I241" t="s">
+        <v>72</v>
+      </c>
+      <c r="J241">
+        <v>0</v>
+      </c>
+      <c r="K241">
+        <v>0</v>
+      </c>
+      <c r="L241">
+        <v>1</v>
+      </c>
+      <c r="M241"/>
+      <c r="N241">
+        <v>0</v>
+      </c>
+      <c r="O241"/>
+      <c r="P241"/>
+      <c r="Q241"/>
+      <c r="R241"/>
+      <c r="S241"/>
+      <c r="T241"/>
+      <c r="U241"/>
+      <c r="V241">
+        <v>0</v>
+      </c>
+      <c r="W241"/>
+      <c r="X241"/>
+      <c r="Y241"/>
+      <c r="Z241"/>
+      <c r="AA241"/>
+      <c r="AB241"/>
+      <c r="AC241"/>
+      <c r="AD241"/>
+      <c r="AE241"/>
+      <c r="AF241"/>
+      <c r="AG241"/>
+      <c r="AH241"/>
+      <c r="AI241"/>
+      <c r="AJ241">
+        <v>0</v>
+      </c>
+      <c r="AK241"/>
+      <c r="AL241"/>
+      <c r="AM241"/>
+      <c r="AN241"/>
+      <c r="AO241">
+        <v>0</v>
+      </c>
+      <c r="AP241"/>
+      <c r="AQ241"/>
+      <c r="AR241"/>
+      <c r="AS241"/>
+    </row>
+    <row r="242" spans="1:45">
+      <c r="A242" t="s">
+        <v>188</v>
+      </c>
+      <c r="B242" t="s">
+        <v>189</v>
+      </c>
+      <c r="C242" t="s">
+        <v>483</v>
+      </c>
+      <c r="D242">
+        <v>2024</v>
+      </c>
+      <c r="E242" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F242" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I242" t="s">
+        <v>120</v>
+      </c>
+      <c r="J242">
+        <v>0</v>
+      </c>
+      <c r="K242">
+        <v>0</v>
+      </c>
+      <c r="L242">
+        <v>0</v>
+      </c>
+      <c r="M242"/>
+      <c r="N242">
+        <v>0</v>
+      </c>
+      <c r="O242"/>
+      <c r="P242"/>
+      <c r="Q242"/>
+      <c r="R242"/>
+      <c r="S242"/>
+      <c r="T242"/>
+      <c r="U242">
+        <v>1</v>
+      </c>
+      <c r="V242">
+        <v>0</v>
+      </c>
+      <c r="W242"/>
+      <c r="X242"/>
+      <c r="Y242"/>
+      <c r="Z242"/>
+      <c r="AA242"/>
+      <c r="AB242"/>
+      <c r="AC242"/>
+      <c r="AD242"/>
+      <c r="AE242">
+        <v>1</v>
+      </c>
+      <c r="AF242">
+        <v>1</v>
+      </c>
+      <c r="AG242"/>
+      <c r="AH242"/>
+      <c r="AI242"/>
+      <c r="AJ242">
+        <v>0</v>
+      </c>
+      <c r="AK242"/>
+      <c r="AL242"/>
+      <c r="AM242"/>
+      <c r="AN242"/>
+      <c r="AO242">
+        <v>0</v>
+      </c>
+      <c r="AP242"/>
+      <c r="AQ242"/>
+      <c r="AR242"/>
+      <c r="AS242"/>
+    </row>
+    <row r="243" spans="1:45">
+      <c r="A243" t="s">
+        <v>188</v>
+      </c>
+      <c r="B243" t="s">
+        <v>189</v>
+      </c>
+      <c r="C243" t="s">
+        <v>483</v>
+      </c>
+      <c r="D243">
+        <v>2024</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F243" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I243" t="s">
+        <v>69</v>
+      </c>
+      <c r="J243">
+        <v>0</v>
+      </c>
+      <c r="K243">
+        <v>0</v>
+      </c>
+      <c r="L243">
+        <v>1</v>
+      </c>
+      <c r="M243"/>
+      <c r="N243">
+        <v>0</v>
+      </c>
+      <c r="O243"/>
+      <c r="P243"/>
+      <c r="Q243"/>
+      <c r="R243"/>
+      <c r="S243"/>
+      <c r="T243"/>
+      <c r="U243"/>
+      <c r="V243">
+        <v>0</v>
+      </c>
+      <c r="W243"/>
+      <c r="X243"/>
+      <c r="Y243"/>
+      <c r="Z243"/>
+      <c r="AA243"/>
+      <c r="AB243"/>
+      <c r="AC243"/>
+      <c r="AD243"/>
+      <c r="AE243"/>
+      <c r="AF243"/>
+      <c r="AG243"/>
+      <c r="AH243"/>
+      <c r="AI243"/>
+      <c r="AJ243">
+        <v>0</v>
+      </c>
+      <c r="AK243"/>
+      <c r="AL243"/>
+      <c r="AM243"/>
+      <c r="AN243"/>
+      <c r="AO243">
+        <v>0</v>
+      </c>
+      <c r="AP243"/>
+      <c r="AQ243"/>
+      <c r="AR243"/>
+      <c r="AS243"/>
+    </row>
+    <row r="244" spans="1:45">
+      <c r="A244" t="s">
+        <v>468</v>
+      </c>
+      <c r="B244" t="s">
+        <v>141</v>
+      </c>
+      <c r="C244" t="s">
+        <v>538</v>
+      </c>
+      <c r="D244">
+        <v>2024</v>
+      </c>
+      <c r="E244" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1132</v>
+      </c>
+      <c r="I244" t="s">
+        <v>1133</v>
+      </c>
+      <c r="J244">
+        <v>0</v>
+      </c>
+      <c r="K244">
+        <v>0</v>
+      </c>
+      <c r="L244">
+        <v>1</v>
+      </c>
+      <c r="M244"/>
+      <c r="N244">
+        <v>0</v>
+      </c>
+      <c r="O244"/>
+      <c r="P244"/>
+      <c r="Q244"/>
+      <c r="R244"/>
+      <c r="S244"/>
+      <c r="T244"/>
+      <c r="U244"/>
+      <c r="V244">
+        <v>0</v>
+      </c>
+      <c r="W244"/>
+      <c r="X244"/>
+      <c r="Y244"/>
+      <c r="Z244"/>
+      <c r="AA244"/>
+      <c r="AB244"/>
+      <c r="AC244"/>
+      <c r="AD244"/>
+      <c r="AE244"/>
+      <c r="AF244"/>
+      <c r="AG244"/>
+      <c r="AH244"/>
+      <c r="AI244"/>
+      <c r="AJ244">
+        <v>0</v>
+      </c>
+      <c r="AK244"/>
+      <c r="AL244"/>
+      <c r="AM244"/>
+      <c r="AN244"/>
+      <c r="AO244">
+        <v>0</v>
+      </c>
+      <c r="AP244"/>
+      <c r="AQ244"/>
+      <c r="AR244"/>
+      <c r="AS244"/>
+    </row>
+    <row r="245" spans="1:45">
+      <c r="A245" t="s">
+        <v>682</v>
+      </c>
+      <c r="B245" t="s">
+        <v>141</v>
+      </c>
+      <c r="C245" t="s">
+        <v>538</v>
+      </c>
+      <c r="D245">
+        <v>2024</v>
+      </c>
+      <c r="E245" t="s">
+        <v>956</v>
+      </c>
+      <c r="F245" t="s">
+        <v>957</v>
+      </c>
+      <c r="G245" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I245" t="s">
+        <v>960</v>
+      </c>
+      <c r="J245">
+        <v>0</v>
+      </c>
+      <c r="K245">
+        <v>0</v>
+      </c>
+      <c r="L245">
+        <v>0</v>
+      </c>
+      <c r="M245">
+        <v>-1</v>
+      </c>
+      <c r="N245">
+        <v>0</v>
+      </c>
+      <c r="O245">
+        <v>-1</v>
+      </c>
+      <c r="P245"/>
+      <c r="Q245">
+        <v>-1</v>
+      </c>
+      <c r="R245"/>
+      <c r="S245"/>
+      <c r="T245"/>
+      <c r="U245"/>
+      <c r="V245">
+        <v>0</v>
+      </c>
+      <c r="W245"/>
+      <c r="X245"/>
+      <c r="Y245"/>
+      <c r="Z245"/>
+      <c r="AA245"/>
+      <c r="AB245"/>
+      <c r="AC245"/>
+      <c r="AD245"/>
+      <c r="AE245"/>
+      <c r="AF245"/>
+      <c r="AG245"/>
+      <c r="AH245"/>
+      <c r="AI245"/>
+      <c r="AJ245">
+        <v>0</v>
+      </c>
+      <c r="AK245"/>
+      <c r="AL245"/>
+      <c r="AM245"/>
+      <c r="AN245"/>
+      <c r="AO245">
+        <v>1</v>
+      </c>
+      <c r="AP245"/>
+      <c r="AQ245"/>
+      <c r="AR245"/>
+      <c r="AS245"/>
+    </row>
+    <row r="246" spans="1:45">
+      <c r="A246" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B246" t="s">
+        <v>189</v>
+      </c>
+      <c r="C246" t="s">
+        <v>538</v>
+      </c>
+      <c r="D246">
+        <v>2024</v>
+      </c>
+      <c r="E246" t="s">
+        <v>966</v>
+      </c>
+      <c r="F246" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G246" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H246" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I246" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J246">
+        <v>0</v>
+      </c>
+      <c r="K246">
+        <v>0</v>
+      </c>
+      <c r="L246">
+        <v>1</v>
+      </c>
+      <c r="M246"/>
+      <c r="N246">
+        <v>0</v>
+      </c>
+      <c r="O246"/>
+      <c r="P246"/>
+      <c r="Q246"/>
+      <c r="R246"/>
+      <c r="S246"/>
+      <c r="T246"/>
+      <c r="U246"/>
+      <c r="V246">
+        <v>0</v>
+      </c>
+      <c r="W246"/>
+      <c r="X246"/>
+      <c r="Y246"/>
+      <c r="Z246"/>
+      <c r="AA246"/>
+      <c r="AB246"/>
+      <c r="AC246"/>
+      <c r="AD246"/>
+      <c r="AE246"/>
+      <c r="AF246"/>
+      <c r="AG246"/>
+      <c r="AH246"/>
+      <c r="AI246"/>
+      <c r="AJ246">
+        <v>0</v>
+      </c>
+      <c r="AK246"/>
+      <c r="AL246"/>
+      <c r="AM246"/>
+      <c r="AN246"/>
+      <c r="AO246">
+        <v>0</v>
+      </c>
+      <c r="AP246"/>
+      <c r="AQ246"/>
+      <c r="AR246"/>
+      <c r="AS246"/>
+    </row>
+    <row r="247" spans="1:45">
+      <c r="A247" t="s">
+        <v>314</v>
+      </c>
+      <c r="B247" t="s">
+        <v>65</v>
+      </c>
+      <c r="C247" t="s">
+        <v>538</v>
+      </c>
+      <c r="D247">
+        <v>2024</v>
+      </c>
+      <c r="E247" t="s">
+        <v>966</v>
+      </c>
+      <c r="F247" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H247" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I247" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J247">
+        <v>0</v>
+      </c>
+      <c r="K247">
+        <v>0</v>
+      </c>
+      <c r="L247">
+        <v>0</v>
+      </c>
+      <c r="M247">
+        <v>-1</v>
+      </c>
+      <c r="N247">
+        <v>0</v>
+      </c>
+      <c r="O247">
+        <v>-1</v>
+      </c>
+      <c r="P247"/>
+      <c r="Q247">
+        <v>-1</v>
+      </c>
+      <c r="R247"/>
+      <c r="S247"/>
+      <c r="T247"/>
+      <c r="U247"/>
+      <c r="V247">
+        <v>0</v>
+      </c>
+      <c r="W247"/>
+      <c r="X247"/>
+      <c r="Y247"/>
+      <c r="Z247"/>
+      <c r="AA247"/>
+      <c r="AB247"/>
+      <c r="AC247"/>
+      <c r="AD247"/>
+      <c r="AE247"/>
+      <c r="AF247"/>
+      <c r="AG247"/>
+      <c r="AH247"/>
+      <c r="AI247"/>
+      <c r="AJ247">
+        <v>0</v>
+      </c>
+      <c r="AK247"/>
+      <c r="AL247"/>
+      <c r="AM247"/>
+      <c r="AN247"/>
+      <c r="AO247">
+        <v>1</v>
+      </c>
+      <c r="AP247"/>
+      <c r="AQ247"/>
+      <c r="AR247"/>
+      <c r="AS247"/>
+    </row>
+    <row r="248" spans="1:45">
+      <c r="A248" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B248" t="s">
+        <v>141</v>
+      </c>
+      <c r="C248" t="s">
+        <v>538</v>
+      </c>
+      <c r="D248">
+        <v>2024</v>
+      </c>
+      <c r="E248" t="s">
+        <v>966</v>
+      </c>
+      <c r="F248" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I248" t="s">
+        <v>1149</v>
+      </c>
+      <c r="J248">
+        <v>0</v>
+      </c>
+      <c r="K248">
+        <v>0</v>
+      </c>
+      <c r="L248">
+        <v>1</v>
+      </c>
+      <c r="M248"/>
+      <c r="N248">
+        <v>0</v>
+      </c>
+      <c r="O248"/>
+      <c r="P248"/>
+      <c r="Q248"/>
+      <c r="R248"/>
+      <c r="S248"/>
+      <c r="T248"/>
+      <c r="U248"/>
+      <c r="V248">
+        <v>0</v>
+      </c>
+      <c r="W248"/>
+      <c r="X248"/>
+      <c r="Y248"/>
+      <c r="Z248"/>
+      <c r="AA248"/>
+      <c r="AB248"/>
+      <c r="AC248"/>
+      <c r="AD248"/>
+      <c r="AE248"/>
+      <c r="AF248"/>
+      <c r="AG248"/>
+      <c r="AH248"/>
+      <c r="AI248"/>
+      <c r="AJ248">
+        <v>0</v>
+      </c>
+      <c r="AK248"/>
+      <c r="AL248"/>
+      <c r="AM248"/>
+      <c r="AN248"/>
+      <c r="AO248">
+        <v>0</v>
+      </c>
+      <c r="AP248"/>
+      <c r="AQ248"/>
+      <c r="AR248"/>
+      <c r="AS248"/>
+    </row>
+    <row r="249" spans="1:45">
+      <c r="A249" t="s">
+        <v>454</v>
+      </c>
+      <c r="B249" t="s">
+        <v>148</v>
+      </c>
+      <c r="C249" t="s">
+        <v>538</v>
+      </c>
+      <c r="D249">
+        <v>2024</v>
+      </c>
+      <c r="E249" t="s">
+        <v>966</v>
+      </c>
+      <c r="F249" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G249" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I249" t="s">
+        <v>1153</v>
+      </c>
+      <c r="J249">
+        <v>0</v>
+      </c>
+      <c r="K249">
+        <v>0</v>
+      </c>
+      <c r="L249">
+        <v>1</v>
+      </c>
+      <c r="M249"/>
+      <c r="N249">
+        <v>0</v>
+      </c>
+      <c r="O249"/>
+      <c r="P249"/>
+      <c r="Q249"/>
+      <c r="R249"/>
+      <c r="S249"/>
+      <c r="T249"/>
+      <c r="U249"/>
+      <c r="V249">
+        <v>0</v>
+      </c>
+      <c r="W249"/>
+      <c r="X249"/>
+      <c r="Y249"/>
+      <c r="Z249"/>
+      <c r="AA249"/>
+      <c r="AB249"/>
+      <c r="AC249"/>
+      <c r="AD249"/>
+      <c r="AE249"/>
+      <c r="AF249"/>
+      <c r="AG249"/>
+      <c r="AH249"/>
+      <c r="AI249"/>
+      <c r="AJ249">
+        <v>0</v>
+      </c>
+      <c r="AK249"/>
+      <c r="AL249"/>
+      <c r="AM249"/>
+      <c r="AN249"/>
+      <c r="AO249">
+        <v>0</v>
+      </c>
+      <c r="AP249"/>
+      <c r="AQ249"/>
+      <c r="AR249"/>
+      <c r="AS249"/>
+    </row>
+    <row r="250" spans="1:45">
+      <c r="A250" t="s">
+        <v>604</v>
+      </c>
+      <c r="B250" t="s">
+        <v>154</v>
+      </c>
+      <c r="C250" t="s">
+        <v>538</v>
+      </c>
+      <c r="D250">
+        <v>2024</v>
+      </c>
+      <c r="E250" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F250" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G250" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I250" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J250">
+        <v>0</v>
+      </c>
+      <c r="K250">
+        <v>0</v>
+      </c>
+      <c r="L250">
+        <v>1</v>
+      </c>
+      <c r="M250"/>
+      <c r="N250">
+        <v>0</v>
+      </c>
+      <c r="O250"/>
+      <c r="P250"/>
+      <c r="Q250"/>
+      <c r="R250"/>
+      <c r="S250"/>
+      <c r="T250"/>
+      <c r="U250"/>
+      <c r="V250">
+        <v>0</v>
+      </c>
+      <c r="W250"/>
+      <c r="X250"/>
+      <c r="Y250"/>
+      <c r="Z250"/>
+      <c r="AA250"/>
+      <c r="AB250"/>
+      <c r="AC250"/>
+      <c r="AD250"/>
+      <c r="AE250"/>
+      <c r="AF250"/>
+      <c r="AG250"/>
+      <c r="AH250"/>
+      <c r="AI250"/>
+      <c r="AJ250">
+        <v>0</v>
+      </c>
+      <c r="AK250"/>
+      <c r="AL250"/>
+      <c r="AM250"/>
+      <c r="AN250"/>
+      <c r="AO250">
+        <v>0</v>
+      </c>
+      <c r="AP250"/>
+      <c r="AQ250"/>
+      <c r="AR250"/>
+      <c r="AS250"/>
+    </row>
+    <row r="251" spans="1:45">
+      <c r="A251" t="s">
+        <v>666</v>
+      </c>
+      <c r="B251" t="s">
+        <v>54</v>
+      </c>
+      <c r="C251" t="s">
+        <v>538</v>
+      </c>
+      <c r="D251">
+        <v>2024</v>
+      </c>
+      <c r="E251" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F251" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G251" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I251" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J251">
+        <v>0</v>
+      </c>
+      <c r="K251">
+        <v>0</v>
+      </c>
+      <c r="L251">
+        <v>0</v>
+      </c>
+      <c r="M251">
+        <v>1</v>
+      </c>
+      <c r="N251">
+        <v>0</v>
+      </c>
+      <c r="O251"/>
+      <c r="P251">
+        <v>1</v>
+      </c>
+      <c r="Q251"/>
+      <c r="R251"/>
+      <c r="S251"/>
+      <c r="T251"/>
+      <c r="U251"/>
+      <c r="V251">
+        <v>0</v>
+      </c>
+      <c r="W251"/>
+      <c r="X251"/>
+      <c r="Y251"/>
+      <c r="Z251"/>
+      <c r="AA251"/>
+      <c r="AB251"/>
+      <c r="AC251"/>
+      <c r="AD251"/>
+      <c r="AE251"/>
+      <c r="AF251"/>
+      <c r="AG251"/>
+      <c r="AH251"/>
+      <c r="AI251"/>
+      <c r="AJ251">
+        <v>0</v>
+      </c>
+      <c r="AK251"/>
+      <c r="AL251"/>
+      <c r="AM251"/>
+      <c r="AN251"/>
+      <c r="AO251">
+        <v>0</v>
+      </c>
+      <c r="AP251"/>
+      <c r="AQ251"/>
+      <c r="AR251"/>
+      <c r="AS251"/>
+    </row>
+    <row r="252" spans="1:45">
+      <c r="A252" t="s">
+        <v>777</v>
+      </c>
+      <c r="B252" t="s">
+        <v>130</v>
+      </c>
+      <c r="C252" t="s">
+        <v>538</v>
+      </c>
+      <c r="D252">
+        <v>2024</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F252" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I252" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J252">
+        <v>0</v>
+      </c>
+      <c r="K252">
+        <v>0</v>
+      </c>
+      <c r="L252">
+        <v>0</v>
+      </c>
+      <c r="M252"/>
+      <c r="N252">
+        <v>1</v>
+      </c>
+      <c r="O252"/>
+      <c r="P252"/>
+      <c r="Q252"/>
+      <c r="R252"/>
+      <c r="S252"/>
+      <c r="T252"/>
+      <c r="U252">
+        <v>1</v>
+      </c>
+      <c r="V252">
+        <v>0</v>
+      </c>
+      <c r="W252"/>
+      <c r="X252"/>
+      <c r="Y252"/>
+      <c r="Z252"/>
+      <c r="AA252"/>
+      <c r="AB252"/>
+      <c r="AC252"/>
+      <c r="AD252"/>
+      <c r="AE252">
+        <v>1</v>
+      </c>
+      <c r="AF252"/>
+      <c r="AG252">
+        <v>1</v>
+      </c>
+      <c r="AH252"/>
+      <c r="AI252"/>
+      <c r="AJ252">
+        <v>0</v>
+      </c>
+      <c r="AK252"/>
+      <c r="AL252"/>
+      <c r="AM252"/>
+      <c r="AN252"/>
+      <c r="AO252">
+        <v>0</v>
+      </c>
+      <c r="AP252"/>
+      <c r="AQ252"/>
+      <c r="AR252"/>
+      <c r="AS252"/>
+    </row>
+    <row r="253" spans="1:45">
+      <c r="A253" t="s">
+        <v>115</v>
+      </c>
+      <c r="B253" t="s">
+        <v>65</v>
+      </c>
+      <c r="C253" t="s">
+        <v>47</v>
+      </c>
+      <c r="D253">
+        <v>2023</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F253" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I253" t="s">
+        <v>1171</v>
+      </c>
+      <c r="J253">
+        <v>0</v>
+      </c>
+      <c r="K253">
+        <v>1</v>
+      </c>
+      <c r="L253">
+        <v>0</v>
+      </c>
+      <c r="M253">
+        <v>0</v>
+      </c>
+      <c r="N253">
+        <v>0</v>
+      </c>
+      <c r="O253"/>
+      <c r="P253"/>
+      <c r="Q253">
+        <v>0</v>
+      </c>
+      <c r="R253"/>
+      <c r="S253"/>
+      <c r="T253"/>
+      <c r="U253"/>
+      <c r="V253">
+        <v>0</v>
+      </c>
+      <c r="W253"/>
+      <c r="X253"/>
+      <c r="Y253"/>
+      <c r="Z253"/>
+      <c r="AA253"/>
+      <c r="AB253"/>
+      <c r="AC253"/>
+      <c r="AD253"/>
+      <c r="AE253"/>
+      <c r="AF253"/>
+      <c r="AG253"/>
+      <c r="AH253"/>
+      <c r="AI253"/>
+      <c r="AJ253">
+        <v>0</v>
+      </c>
+      <c r="AK253"/>
+      <c r="AL253"/>
+      <c r="AM253"/>
+      <c r="AN253"/>
+      <c r="AO253">
+        <v>0</v>
+      </c>
+      <c r="AP253"/>
+      <c r="AQ253"/>
+      <c r="AR253"/>
+      <c r="AS253"/>
+    </row>
+    <row r="254" spans="1:45">
+      <c r="A254" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B254" t="s">
+        <v>177</v>
+      </c>
+      <c r="C254" t="s">
+        <v>47</v>
+      </c>
+      <c r="D254">
+        <v>2023</v>
+      </c>
+      <c r="E254" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F254" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I254" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J254">
+        <v>0</v>
+      </c>
+      <c r="K254">
+        <v>0</v>
+      </c>
+      <c r="L254">
+        <v>0</v>
+      </c>
+      <c r="M254"/>
+      <c r="N254">
+        <v>1</v>
+      </c>
+      <c r="O254"/>
+      <c r="P254"/>
+      <c r="Q254"/>
+      <c r="R254"/>
+      <c r="S254"/>
+      <c r="T254"/>
+      <c r="U254"/>
+      <c r="V254">
+        <v>0</v>
+      </c>
+      <c r="W254"/>
+      <c r="X254"/>
+      <c r="Y254"/>
+      <c r="Z254"/>
+      <c r="AA254"/>
+      <c r="AB254"/>
+      <c r="AC254"/>
+      <c r="AD254"/>
+      <c r="AE254"/>
+      <c r="AF254"/>
+      <c r="AG254"/>
+      <c r="AH254"/>
+      <c r="AI254"/>
+      <c r="AJ254">
+        <v>0</v>
+      </c>
+      <c r="AK254"/>
+      <c r="AL254"/>
+      <c r="AM254"/>
+      <c r="AN254">
+        <v>-1</v>
+      </c>
+      <c r="AO254">
+        <v>0</v>
+      </c>
+      <c r="AP254"/>
+      <c r="AQ254"/>
+      <c r="AR254" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS254"/>
+    </row>
+    <row r="255" spans="1:45">
+      <c r="A255" t="s">
+        <v>817</v>
+      </c>
+      <c r="B255" t="s">
+        <v>130</v>
+      </c>
+      <c r="C255" t="s">
+        <v>47</v>
+      </c>
+      <c r="D255">
+        <v>2023</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F255" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1179</v>
+      </c>
+      <c r="I255" t="s">
+        <v>1180</v>
+      </c>
+      <c r="J255">
+        <v>0</v>
+      </c>
+      <c r="K255">
+        <v>0</v>
+      </c>
+      <c r="L255">
+        <v>1</v>
+      </c>
+      <c r="M255">
+        <v>0</v>
+      </c>
+      <c r="N255">
+        <v>0</v>
+      </c>
+      <c r="O255">
+        <v>0</v>
+      </c>
+      <c r="P255"/>
+      <c r="Q255"/>
+      <c r="R255">
+        <v>0</v>
+      </c>
+      <c r="S255"/>
+      <c r="T255"/>
+      <c r="U255"/>
+      <c r="V255">
+        <v>0</v>
+      </c>
+      <c r="W255"/>
+      <c r="X255"/>
+      <c r="Y255"/>
+      <c r="Z255"/>
+      <c r="AA255"/>
+      <c r="AB255"/>
+      <c r="AC255"/>
+      <c r="AD255"/>
+      <c r="AE255"/>
+      <c r="AF255"/>
+      <c r="AG255"/>
+      <c r="AH255"/>
+      <c r="AI255"/>
+      <c r="AJ255">
+        <v>0</v>
+      </c>
+      <c r="AK255"/>
+      <c r="AL255"/>
+      <c r="AM255"/>
+      <c r="AN255"/>
+      <c r="AO255">
+        <v>0</v>
+      </c>
+      <c r="AP255"/>
+      <c r="AQ255"/>
+      <c r="AR255"/>
+      <c r="AS255"/>
+    </row>
+    <row r="256" spans="1:45">
+      <c r="A256" t="s">
         <v>53</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B256" t="s">
         <v>54</v>
       </c>
-      <c r="C16" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="C256" t="s">
+        <v>47</v>
+      </c>
+      <c r="D256">
+        <v>2023</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F256" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1183</v>
+      </c>
+      <c r="I256" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J256">
+        <v>0</v>
+      </c>
+      <c r="K256">
+        <v>1</v>
+      </c>
+      <c r="L256">
+        <v>0</v>
+      </c>
+      <c r="M256">
+        <v>0</v>
+      </c>
+      <c r="N256">
+        <v>0</v>
+      </c>
+      <c r="O256"/>
+      <c r="P256"/>
+      <c r="Q256"/>
+      <c r="R256"/>
+      <c r="S256"/>
+      <c r="T256">
+        <v>0</v>
+      </c>
+      <c r="U256"/>
+      <c r="V256">
+        <v>0</v>
+      </c>
+      <c r="W256"/>
+      <c r="X256"/>
+      <c r="Y256"/>
+      <c r="Z256"/>
+      <c r="AA256"/>
+      <c r="AB256"/>
+      <c r="AC256"/>
+      <c r="AD256"/>
+      <c r="AE256"/>
+      <c r="AF256"/>
+      <c r="AG256"/>
+      <c r="AH256"/>
+      <c r="AI256"/>
+      <c r="AJ256">
+        <v>0</v>
+      </c>
+      <c r="AK256"/>
+      <c r="AL256"/>
+      <c r="AM256"/>
+      <c r="AN256"/>
+      <c r="AO256">
+        <v>0</v>
+      </c>
+      <c r="AP256"/>
+      <c r="AQ256"/>
+      <c r="AR256"/>
+      <c r="AS256"/>
     </row>
-    <row r="17" spans="1:9">
-[...24 lines deleted...]
-      </c>
+    <row r="257" spans="1:45">
+      <c r="A257" t="s">
+        <v>690</v>
+      </c>
+      <c r="B257" t="s">
+        <v>54</v>
+      </c>
+      <c r="C257" t="s">
+        <v>47</v>
+      </c>
+      <c r="D257">
+        <v>2023</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G257" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I257" t="s">
+        <v>1188</v>
+      </c>
+      <c r="J257">
+        <v>0</v>
+      </c>
+      <c r="K257">
+        <v>0</v>
+      </c>
+      <c r="L257">
+        <v>1</v>
+      </c>
+      <c r="M257">
+        <v>0</v>
+      </c>
+      <c r="N257">
+        <v>0</v>
+      </c>
+      <c r="O257">
+        <v>0</v>
+      </c>
+      <c r="P257"/>
+      <c r="Q257"/>
+      <c r="R257">
+        <v>0</v>
+      </c>
+      <c r="S257"/>
+      <c r="T257"/>
+      <c r="U257"/>
+      <c r="V257">
+        <v>0</v>
+      </c>
+      <c r="W257"/>
+      <c r="X257"/>
+      <c r="Y257"/>
+      <c r="Z257"/>
+      <c r="AA257"/>
+      <c r="AB257"/>
+      <c r="AC257"/>
+      <c r="AD257"/>
+      <c r="AE257"/>
+      <c r="AF257"/>
+      <c r="AG257"/>
+      <c r="AH257"/>
+      <c r="AI257"/>
+      <c r="AJ257">
+        <v>0</v>
+      </c>
+      <c r="AK257"/>
+      <c r="AL257"/>
+      <c r="AM257"/>
+      <c r="AN257"/>
+      <c r="AO257">
+        <v>0</v>
+      </c>
+      <c r="AP257"/>
+      <c r="AQ257"/>
+      <c r="AR257"/>
+      <c r="AS257"/>
     </row>
-    <row r="18" spans="1:9">
-[...24 lines deleted...]
-      </c>
+    <row r="258" spans="1:45">
+      <c r="A258" t="s">
+        <v>666</v>
+      </c>
+      <c r="B258" t="s">
+        <v>54</v>
+      </c>
+      <c r="C258" t="s">
+        <v>47</v>
+      </c>
+      <c r="D258">
+        <v>2023</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F258" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G258" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I258" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J258">
+        <v>0</v>
+      </c>
+      <c r="K258">
+        <v>0</v>
+      </c>
+      <c r="L258">
+        <v>0</v>
+      </c>
+      <c r="M258">
+        <v>-1</v>
+      </c>
+      <c r="N258">
+        <v>0</v>
+      </c>
+      <c r="O258"/>
+      <c r="P258">
+        <v>-1</v>
+      </c>
+      <c r="Q258"/>
+      <c r="R258"/>
+      <c r="S258"/>
+      <c r="T258"/>
+      <c r="U258"/>
+      <c r="V258">
+        <v>1</v>
+      </c>
+      <c r="W258"/>
+      <c r="X258"/>
+      <c r="Y258"/>
+      <c r="Z258"/>
+      <c r="AA258"/>
+      <c r="AB258"/>
+      <c r="AC258"/>
+      <c r="AD258"/>
+      <c r="AE258"/>
+      <c r="AF258"/>
+      <c r="AG258"/>
+      <c r="AH258"/>
+      <c r="AI258"/>
+      <c r="AJ258">
+        <v>0</v>
+      </c>
+      <c r="AK258"/>
+      <c r="AL258"/>
+      <c r="AM258"/>
+      <c r="AN258"/>
+      <c r="AO258">
+        <v>0</v>
+      </c>
+      <c r="AP258"/>
+      <c r="AQ258"/>
+      <c r="AR258"/>
+      <c r="AS258"/>
     </row>
-    <row r="19" spans="1:9">
-[...3 lines deleted...]
-      <c r="B19" t="s">
+    <row r="259" spans="1:45">
+      <c r="A259" t="s">
+        <v>287</v>
+      </c>
+      <c r="B259" t="s">
+        <v>130</v>
+      </c>
+      <c r="C259" t="s">
+        <v>47</v>
+      </c>
+      <c r="D259">
+        <v>2023</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F259" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G259" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I259" t="s">
+        <v>1196</v>
+      </c>
+      <c r="J259">
+        <v>0</v>
+      </c>
+      <c r="K259">
+        <v>0</v>
+      </c>
+      <c r="L259">
+        <v>0</v>
+      </c>
+      <c r="M259">
+        <v>1</v>
+      </c>
+      <c r="N259">
+        <v>1</v>
+      </c>
+      <c r="O259"/>
+      <c r="P259"/>
+      <c r="Q259"/>
+      <c r="R259"/>
+      <c r="S259">
+        <v>1</v>
+      </c>
+      <c r="T259"/>
+      <c r="U259"/>
+      <c r="V259">
+        <v>0</v>
+      </c>
+      <c r="W259"/>
+      <c r="X259"/>
+      <c r="Y259"/>
+      <c r="Z259"/>
+      <c r="AA259"/>
+      <c r="AB259"/>
+      <c r="AC259"/>
+      <c r="AD259"/>
+      <c r="AE259"/>
+      <c r="AF259"/>
+      <c r="AG259"/>
+      <c r="AH259"/>
+      <c r="AI259"/>
+      <c r="AJ259">
+        <v>0</v>
+      </c>
+      <c r="AK259"/>
+      <c r="AL259"/>
+      <c r="AM259"/>
+      <c r="AN259"/>
+      <c r="AO259">
+        <v>1</v>
+      </c>
+      <c r="AP259"/>
+      <c r="AQ259"/>
+      <c r="AR259"/>
+      <c r="AS259"/>
+    </row>
+    <row r="260" spans="1:45">
+      <c r="A260" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B260" t="s">
+        <v>74</v>
+      </c>
+      <c r="C260" t="s">
+        <v>47</v>
+      </c>
+      <c r="D260">
+        <v>2023</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F260" t="s">
+        <v>1199</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I260" t="s">
+        <v>72</v>
+      </c>
+      <c r="J260">
+        <v>0</v>
+      </c>
+      <c r="K260">
+        <v>0</v>
+      </c>
+      <c r="L260">
+        <v>0</v>
+      </c>
+      <c r="M260">
+        <v>0</v>
+      </c>
+      <c r="N260">
+        <v>0</v>
+      </c>
+      <c r="O260">
+        <v>0</v>
+      </c>
+      <c r="P260"/>
+      <c r="Q260"/>
+      <c r="R260"/>
+      <c r="S260"/>
+      <c r="T260"/>
+      <c r="U260">
+        <v>0</v>
+      </c>
+      <c r="V260">
+        <v>0</v>
+      </c>
+      <c r="W260"/>
+      <c r="X260"/>
+      <c r="Y260"/>
+      <c r="Z260"/>
+      <c r="AA260"/>
+      <c r="AB260"/>
+      <c r="AC260"/>
+      <c r="AD260"/>
+      <c r="AE260">
+        <v>0</v>
+      </c>
+      <c r="AF260">
+        <v>0</v>
+      </c>
+      <c r="AG260"/>
+      <c r="AH260"/>
+      <c r="AI260"/>
+      <c r="AJ260">
+        <v>0</v>
+      </c>
+      <c r="AK260"/>
+      <c r="AL260"/>
+      <c r="AM260"/>
+      <c r="AN260"/>
+      <c r="AO260">
+        <v>0</v>
+      </c>
+      <c r="AP260"/>
+      <c r="AQ260"/>
+      <c r="AR260"/>
+      <c r="AS260"/>
+    </row>
+    <row r="261" spans="1:45">
+      <c r="A261" t="s">
+        <v>323</v>
+      </c>
+      <c r="B261" t="s">
+        <v>171</v>
+      </c>
+      <c r="C261" t="s">
+        <v>47</v>
+      </c>
+      <c r="D261">
+        <v>2023</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F261" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G261" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I261" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J261">
+        <v>0</v>
+      </c>
+      <c r="K261">
+        <v>0</v>
+      </c>
+      <c r="L261">
+        <v>0</v>
+      </c>
+      <c r="M261">
+        <v>0</v>
+      </c>
+      <c r="N261">
+        <v>0</v>
+      </c>
+      <c r="O261">
+        <v>0</v>
+      </c>
+      <c r="P261"/>
+      <c r="Q261"/>
+      <c r="R261"/>
+      <c r="S261"/>
+      <c r="T261"/>
+      <c r="U261"/>
+      <c r="V261">
+        <v>0</v>
+      </c>
+      <c r="W261"/>
+      <c r="X261"/>
+      <c r="Y261"/>
+      <c r="Z261"/>
+      <c r="AA261"/>
+      <c r="AB261"/>
+      <c r="AC261"/>
+      <c r="AD261"/>
+      <c r="AE261"/>
+      <c r="AF261"/>
+      <c r="AG261"/>
+      <c r="AH261"/>
+      <c r="AI261">
+        <v>0</v>
+      </c>
+      <c r="AJ261">
+        <v>0</v>
+      </c>
+      <c r="AK261">
+        <v>0</v>
+      </c>
+      <c r="AL261"/>
+      <c r="AM261"/>
+      <c r="AN261"/>
+      <c r="AO261">
+        <v>0</v>
+      </c>
+      <c r="AP261"/>
+      <c r="AQ261"/>
+      <c r="AR261"/>
+      <c r="AS261"/>
+    </row>
+    <row r="262" spans="1:45">
+      <c r="A262" t="s">
+        <v>838</v>
+      </c>
+      <c r="B262" t="s">
+        <v>141</v>
+      </c>
+      <c r="C262" t="s">
+        <v>47</v>
+      </c>
+      <c r="D262">
+        <v>2023</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G262" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I262" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J262">
+        <v>0</v>
+      </c>
+      <c r="K262">
+        <v>0</v>
+      </c>
+      <c r="L262">
+        <v>0</v>
+      </c>
+      <c r="M262">
+        <v>0</v>
+      </c>
+      <c r="N262">
+        <v>0</v>
+      </c>
+      <c r="O262">
+        <v>0</v>
+      </c>
+      <c r="P262"/>
+      <c r="Q262"/>
+      <c r="R262"/>
+      <c r="S262"/>
+      <c r="T262"/>
+      <c r="U262"/>
+      <c r="V262">
+        <v>0</v>
+      </c>
+      <c r="W262"/>
+      <c r="X262"/>
+      <c r="Y262"/>
+      <c r="Z262"/>
+      <c r="AA262"/>
+      <c r="AB262"/>
+      <c r="AC262"/>
+      <c r="AD262"/>
+      <c r="AE262"/>
+      <c r="AF262"/>
+      <c r="AG262"/>
+      <c r="AH262"/>
+      <c r="AI262">
+        <v>0</v>
+      </c>
+      <c r="AJ262">
+        <v>0</v>
+      </c>
+      <c r="AK262">
+        <v>0</v>
+      </c>
+      <c r="AL262"/>
+      <c r="AM262"/>
+      <c r="AN262"/>
+      <c r="AO262">
+        <v>0</v>
+      </c>
+      <c r="AP262"/>
+      <c r="AQ262"/>
+      <c r="AR262"/>
+      <c r="AS262"/>
+    </row>
+    <row r="263" spans="1:45">
+      <c r="A263" t="s">
+        <v>502</v>
+      </c>
+      <c r="B263" t="s">
+        <v>65</v>
+      </c>
+      <c r="C263" t="s">
+        <v>109</v>
+      </c>
+      <c r="D263">
+        <v>2023</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I263" t="s">
+        <v>1214</v>
+      </c>
+      <c r="J263">
+        <v>0</v>
+      </c>
+      <c r="K263">
+        <v>1</v>
+      </c>
+      <c r="L263">
+        <v>0</v>
+      </c>
+      <c r="M263">
+        <v>0</v>
+      </c>
+      <c r="N263">
+        <v>0</v>
+      </c>
+      <c r="O263"/>
+      <c r="P263"/>
+      <c r="Q263"/>
+      <c r="R263">
+        <v>0</v>
+      </c>
+      <c r="S263"/>
+      <c r="T263"/>
+      <c r="U263"/>
+      <c r="V263">
+        <v>0</v>
+      </c>
+      <c r="W263"/>
+      <c r="X263"/>
+      <c r="Y263"/>
+      <c r="Z263"/>
+      <c r="AA263"/>
+      <c r="AB263"/>
+      <c r="AC263"/>
+      <c r="AD263"/>
+      <c r="AE263"/>
+      <c r="AF263"/>
+      <c r="AG263"/>
+      <c r="AH263"/>
+      <c r="AI263">
+        <v>0</v>
+      </c>
+      <c r="AJ263">
+        <v>0</v>
+      </c>
+      <c r="AK263">
+        <v>0</v>
+      </c>
+      <c r="AL263"/>
+      <c r="AM263"/>
+      <c r="AN263"/>
+      <c r="AO263">
+        <v>0</v>
+      </c>
+      <c r="AP263"/>
+      <c r="AQ263"/>
+      <c r="AR263"/>
+      <c r="AS263"/>
+    </row>
+    <row r="264" spans="1:45">
+      <c r="A264" t="s">
+        <v>432</v>
+      </c>
+      <c r="B264" t="s">
+        <v>65</v>
+      </c>
+      <c r="C264" t="s">
+        <v>109</v>
+      </c>
+      <c r="D264">
+        <v>2023</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G264" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I264" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J264">
+        <v>0</v>
+      </c>
+      <c r="K264">
+        <v>1</v>
+      </c>
+      <c r="L264">
+        <v>0</v>
+      </c>
+      <c r="M264">
+        <v>0</v>
+      </c>
+      <c r="N264">
+        <v>0</v>
+      </c>
+      <c r="O264">
+        <v>0</v>
+      </c>
+      <c r="P264"/>
+      <c r="Q264">
+        <v>-1</v>
+      </c>
+      <c r="R264"/>
+      <c r="S264"/>
+      <c r="T264"/>
+      <c r="U264"/>
+      <c r="V264">
+        <v>0</v>
+      </c>
+      <c r="W264"/>
+      <c r="X264"/>
+      <c r="Y264"/>
+      <c r="Z264"/>
+      <c r="AA264"/>
+      <c r="AB264"/>
+      <c r="AC264"/>
+      <c r="AD264"/>
+      <c r="AE264"/>
+      <c r="AF264"/>
+      <c r="AG264"/>
+      <c r="AH264"/>
+      <c r="AI264"/>
+      <c r="AJ264">
+        <v>0</v>
+      </c>
+      <c r="AK264"/>
+      <c r="AL264"/>
+      <c r="AM264"/>
+      <c r="AN264">
+        <v>0</v>
+      </c>
+      <c r="AO264">
+        <v>0</v>
+      </c>
+      <c r="AP264"/>
+      <c r="AQ264"/>
+      <c r="AR264"/>
+      <c r="AS264" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="265" spans="1:45">
+      <c r="A265" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B265" t="s">
+        <v>177</v>
+      </c>
+      <c r="C265" t="s">
+        <v>109</v>
+      </c>
+      <c r="D265">
+        <v>2023</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F265" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G265" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I265" t="s">
+        <v>1223</v>
+      </c>
+      <c r="J265">
+        <v>0</v>
+      </c>
+      <c r="K265">
+        <v>0</v>
+      </c>
+      <c r="L265">
+        <v>0</v>
+      </c>
+      <c r="M265">
+        <v>0</v>
+      </c>
+      <c r="N265">
+        <v>0</v>
+      </c>
+      <c r="O265">
+        <v>0</v>
+      </c>
+      <c r="P265"/>
+      <c r="Q265"/>
+      <c r="R265">
+        <v>0</v>
+      </c>
+      <c r="S265"/>
+      <c r="T265"/>
+      <c r="U265"/>
+      <c r="V265">
+        <v>0</v>
+      </c>
+      <c r="W265"/>
+      <c r="X265"/>
+      <c r="Y265"/>
+      <c r="Z265"/>
+      <c r="AA265"/>
+      <c r="AB265"/>
+      <c r="AC265"/>
+      <c r="AD265"/>
+      <c r="AE265"/>
+      <c r="AF265"/>
+      <c r="AG265"/>
+      <c r="AH265"/>
+      <c r="AI265">
+        <v>0</v>
+      </c>
+      <c r="AJ265">
+        <v>0</v>
+      </c>
+      <c r="AK265">
+        <v>0</v>
+      </c>
+      <c r="AL265"/>
+      <c r="AM265"/>
+      <c r="AN265"/>
+      <c r="AO265">
+        <v>0</v>
+      </c>
+      <c r="AP265"/>
+      <c r="AQ265"/>
+      <c r="AR265"/>
+      <c r="AS265"/>
+    </row>
+    <row r="266" spans="1:45">
+      <c r="A266" t="s">
+        <v>946</v>
+      </c>
+      <c r="B266" t="s">
+        <v>74</v>
+      </c>
+      <c r="C266" t="s">
+        <v>109</v>
+      </c>
+      <c r="D266">
+        <v>2023</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F266" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1227</v>
+      </c>
+      <c r="I266" t="s">
+        <v>1228</v>
+      </c>
+      <c r="J266">
+        <v>0</v>
+      </c>
+      <c r="K266">
+        <v>0</v>
+      </c>
+      <c r="L266">
+        <v>0</v>
+      </c>
+      <c r="M266">
+        <v>-1</v>
+      </c>
+      <c r="N266">
+        <v>0</v>
+      </c>
+      <c r="O266">
+        <v>-1</v>
+      </c>
+      <c r="P266"/>
+      <c r="Q266"/>
+      <c r="R266"/>
+      <c r="S266"/>
+      <c r="T266"/>
+      <c r="U266">
+        <v>-1</v>
+      </c>
+      <c r="V266">
+        <v>0</v>
+      </c>
+      <c r="W266"/>
+      <c r="X266">
+        <v>0</v>
+      </c>
+      <c r="Y266"/>
+      <c r="Z266"/>
+      <c r="AA266"/>
+      <c r="AB266">
+        <v>0</v>
+      </c>
+      <c r="AC266">
+        <v>0</v>
+      </c>
+      <c r="AD266"/>
+      <c r="AE266">
+        <v>-1</v>
+      </c>
+      <c r="AF266">
+        <v>-1</v>
+      </c>
+      <c r="AG266"/>
+      <c r="AH266"/>
+      <c r="AI266">
+        <v>-2</v>
+      </c>
+      <c r="AJ266">
+        <v>0</v>
+      </c>
+      <c r="AK266">
+        <v>-2</v>
+      </c>
+      <c r="AL266"/>
+      <c r="AM266"/>
+      <c r="AN266">
+        <v>0</v>
+      </c>
+      <c r="AO266">
+        <v>0</v>
+      </c>
+      <c r="AP266"/>
+      <c r="AQ266"/>
+      <c r="AR266"/>
+      <c r="AS266" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="267" spans="1:45">
+      <c r="A267" t="s">
+        <v>557</v>
+      </c>
+      <c r="B267" t="s">
+        <v>148</v>
+      </c>
+      <c r="C267" t="s">
+        <v>109</v>
+      </c>
+      <c r="D267">
+        <v>2023</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1229</v>
+      </c>
+      <c r="G267" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I267" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J267">
+        <v>0</v>
+      </c>
+      <c r="K267">
+        <v>1</v>
+      </c>
+      <c r="L267">
+        <v>0</v>
+      </c>
+      <c r="M267">
+        <v>0</v>
+      </c>
+      <c r="N267">
+        <v>0</v>
+      </c>
+      <c r="O267">
+        <v>0</v>
+      </c>
+      <c r="P267"/>
+      <c r="Q267"/>
+      <c r="R267">
+        <v>0</v>
+      </c>
+      <c r="S267"/>
+      <c r="T267"/>
+      <c r="U267"/>
+      <c r="V267">
+        <v>0</v>
+      </c>
+      <c r="W267"/>
+      <c r="X267"/>
+      <c r="Y267"/>
+      <c r="Z267"/>
+      <c r="AA267"/>
+      <c r="AB267"/>
+      <c r="AC267"/>
+      <c r="AD267"/>
+      <c r="AE267"/>
+      <c r="AF267"/>
+      <c r="AG267"/>
+      <c r="AH267"/>
+      <c r="AI267"/>
+      <c r="AJ267">
+        <v>0</v>
+      </c>
+      <c r="AK267"/>
+      <c r="AL267"/>
+      <c r="AM267"/>
+      <c r="AN267"/>
+      <c r="AO267">
+        <v>0</v>
+      </c>
+      <c r="AP267"/>
+      <c r="AQ267"/>
+      <c r="AR267"/>
+      <c r="AS267"/>
+    </row>
+    <row r="268" spans="1:45">
+      <c r="A268" t="s">
+        <v>838</v>
+      </c>
+      <c r="B268" t="s">
+        <v>141</v>
+      </c>
+      <c r="C268" t="s">
+        <v>109</v>
+      </c>
+      <c r="D268">
+        <v>2023</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F268" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1235</v>
+      </c>
+      <c r="I268" t="s">
+        <v>1236</v>
+      </c>
+      <c r="J268">
+        <v>0</v>
+      </c>
+      <c r="K268">
+        <v>0</v>
+      </c>
+      <c r="L268">
+        <v>0</v>
+      </c>
+      <c r="M268"/>
+      <c r="N268">
+        <v>0</v>
+      </c>
+      <c r="O268"/>
+      <c r="P268"/>
+      <c r="Q268"/>
+      <c r="R268"/>
+      <c r="S268"/>
+      <c r="T268"/>
+      <c r="U268"/>
+      <c r="V268">
+        <v>0</v>
+      </c>
+      <c r="W268"/>
+      <c r="X268"/>
+      <c r="Y268"/>
+      <c r="Z268"/>
+      <c r="AA268"/>
+      <c r="AB268"/>
+      <c r="AC268"/>
+      <c r="AD268"/>
+      <c r="AE268"/>
+      <c r="AF268"/>
+      <c r="AG268"/>
+      <c r="AH268"/>
+      <c r="AI268"/>
+      <c r="AJ268">
+        <v>0</v>
+      </c>
+      <c r="AK268"/>
+      <c r="AL268"/>
+      <c r="AM268"/>
+      <c r="AN268">
+        <v>0</v>
+      </c>
+      <c r="AO268">
+        <v>0</v>
+      </c>
+      <c r="AP268">
+        <v>0</v>
+      </c>
+      <c r="AQ268"/>
+      <c r="AR268"/>
+      <c r="AS268"/>
+    </row>
+    <row r="269" spans="1:45">
+      <c r="A269" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B269" t="s">
+        <v>171</v>
+      </c>
+      <c r="C269" t="s">
+        <v>109</v>
+      </c>
+      <c r="D269">
+        <v>2023</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F269" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G269" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I269" t="s">
+        <v>69</v>
+      </c>
+      <c r="J269">
+        <v>0</v>
+      </c>
+      <c r="K269">
+        <v>0</v>
+      </c>
+      <c r="L269">
+        <v>0</v>
+      </c>
+      <c r="M269">
+        <v>0</v>
+      </c>
+      <c r="N269">
+        <v>0</v>
+      </c>
+      <c r="O269">
+        <v>0</v>
+      </c>
+      <c r="P269"/>
+      <c r="Q269"/>
+      <c r="R269"/>
+      <c r="S269"/>
+      <c r="T269"/>
+      <c r="U269"/>
+      <c r="V269">
+        <v>0</v>
+      </c>
+      <c r="W269"/>
+      <c r="X269"/>
+      <c r="Y269"/>
+      <c r="Z269"/>
+      <c r="AA269"/>
+      <c r="AB269"/>
+      <c r="AC269"/>
+      <c r="AD269"/>
+      <c r="AE269"/>
+      <c r="AF269"/>
+      <c r="AG269"/>
+      <c r="AH269"/>
+      <c r="AI269">
+        <v>0</v>
+      </c>
+      <c r="AJ269">
+        <v>0</v>
+      </c>
+      <c r="AK269">
+        <v>0</v>
+      </c>
+      <c r="AL269"/>
+      <c r="AM269"/>
+      <c r="AN269"/>
+      <c r="AO269">
+        <v>0</v>
+      </c>
+      <c r="AP269"/>
+      <c r="AQ269"/>
+      <c r="AR269"/>
+      <c r="AS269"/>
+    </row>
+    <row r="270" spans="1:45">
+      <c r="A270" t="s">
+        <v>337</v>
+      </c>
+      <c r="B270" t="s">
+        <v>338</v>
+      </c>
+      <c r="C270" t="s">
+        <v>109</v>
+      </c>
+      <c r="D270">
+        <v>2023</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F270" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I270" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J270">
+        <v>1</v>
+      </c>
+      <c r="K270">
+        <v>0</v>
+      </c>
+      <c r="L270">
+        <v>0</v>
+      </c>
+      <c r="M270">
+        <v>-2</v>
+      </c>
+      <c r="N270">
+        <v>0</v>
+      </c>
+      <c r="O270">
+        <v>0</v>
+      </c>
+      <c r="P270"/>
+      <c r="Q270"/>
+      <c r="R270">
+        <v>-2</v>
+      </c>
+      <c r="S270">
+        <v>-2</v>
+      </c>
+      <c r="T270"/>
+      <c r="U270">
+        <v>0</v>
+      </c>
+      <c r="V270">
+        <v>0</v>
+      </c>
+      <c r="W270"/>
+      <c r="X270">
+        <v>0</v>
+      </c>
+      <c r="Y270"/>
+      <c r="Z270"/>
+      <c r="AA270"/>
+      <c r="AB270">
+        <v>0</v>
+      </c>
+      <c r="AC270"/>
+      <c r="AD270"/>
+      <c r="AE270"/>
+      <c r="AF270"/>
+      <c r="AG270"/>
+      <c r="AH270"/>
+      <c r="AI270">
+        <v>0</v>
+      </c>
+      <c r="AJ270">
+        <v>0</v>
+      </c>
+      <c r="AK270">
+        <v>0</v>
+      </c>
+      <c r="AL270"/>
+      <c r="AM270"/>
+      <c r="AN270">
+        <v>-2</v>
+      </c>
+      <c r="AO270">
+        <v>0</v>
+      </c>
+      <c r="AP270">
+        <v>-2</v>
+      </c>
+      <c r="AQ270"/>
+      <c r="AR270" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AS270"/>
+    </row>
+    <row r="271" spans="1:45">
+      <c r="A271" t="s">
+        <v>129</v>
+      </c>
+      <c r="B271" t="s">
+        <v>130</v>
+      </c>
+      <c r="C271" t="s">
+        <v>109</v>
+      </c>
+      <c r="D271">
+        <v>2023</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1247</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1249</v>
+      </c>
+      <c r="I271" t="s">
+        <v>69</v>
+      </c>
+      <c r="J271">
+        <v>0</v>
+      </c>
+      <c r="K271">
+        <v>1</v>
+      </c>
+      <c r="L271">
+        <v>0</v>
+      </c>
+      <c r="M271">
+        <v>0</v>
+      </c>
+      <c r="N271">
+        <v>0</v>
+      </c>
+      <c r="O271"/>
+      <c r="P271">
+        <v>0</v>
+      </c>
+      <c r="Q271"/>
+      <c r="R271"/>
+      <c r="S271"/>
+      <c r="T271"/>
+      <c r="U271">
+        <v>0</v>
+      </c>
+      <c r="V271">
+        <v>0</v>
+      </c>
+      <c r="W271"/>
+      <c r="X271"/>
+      <c r="Y271"/>
+      <c r="Z271"/>
+      <c r="AA271"/>
+      <c r="AB271"/>
+      <c r="AC271"/>
+      <c r="AD271"/>
+      <c r="AE271">
+        <v>0</v>
+      </c>
+      <c r="AF271"/>
+      <c r="AG271">
+        <v>0</v>
+      </c>
+      <c r="AH271"/>
+      <c r="AI271"/>
+      <c r="AJ271">
+        <v>0</v>
+      </c>
+      <c r="AK271"/>
+      <c r="AL271"/>
+      <c r="AM271"/>
+      <c r="AN271"/>
+      <c r="AO271">
+        <v>0</v>
+      </c>
+      <c r="AP271"/>
+      <c r="AQ271"/>
+      <c r="AR271"/>
+      <c r="AS271"/>
+    </row>
+    <row r="272" spans="1:45">
+      <c r="A272" t="s">
+        <v>772</v>
+      </c>
+      <c r="B272" t="s">
+        <v>261</v>
+      </c>
+      <c r="C272" t="s">
+        <v>178</v>
+      </c>
+      <c r="D272">
+        <v>2023</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F272" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1253</v>
+      </c>
+      <c r="I272" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J272">
+        <v>0</v>
+      </c>
+      <c r="K272">
+        <v>0</v>
+      </c>
+      <c r="L272">
+        <v>0</v>
+      </c>
+      <c r="M272">
+        <v>1</v>
+      </c>
+      <c r="N272">
+        <v>0</v>
+      </c>
+      <c r="O272"/>
+      <c r="P272">
+        <v>1</v>
+      </c>
+      <c r="Q272"/>
+      <c r="R272"/>
+      <c r="S272"/>
+      <c r="T272"/>
+      <c r="U272"/>
+      <c r="V272">
+        <v>0</v>
+      </c>
+      <c r="W272"/>
+      <c r="X272"/>
+      <c r="Y272"/>
+      <c r="Z272"/>
+      <c r="AA272"/>
+      <c r="AB272"/>
+      <c r="AC272"/>
+      <c r="AD272"/>
+      <c r="AE272"/>
+      <c r="AF272"/>
+      <c r="AG272"/>
+      <c r="AH272"/>
+      <c r="AI272">
+        <v>0</v>
+      </c>
+      <c r="AJ272">
+        <v>0</v>
+      </c>
+      <c r="AK272">
+        <v>0</v>
+      </c>
+      <c r="AL272"/>
+      <c r="AM272"/>
+      <c r="AN272"/>
+      <c r="AO272">
+        <v>0</v>
+      </c>
+      <c r="AP272"/>
+      <c r="AQ272"/>
+      <c r="AR272"/>
+      <c r="AS272"/>
+    </row>
+    <row r="273" spans="1:45">
+      <c r="A273" t="s">
+        <v>753</v>
+      </c>
+      <c r="B273" t="s">
+        <v>261</v>
+      </c>
+      <c r="C273" t="s">
+        <v>178</v>
+      </c>
+      <c r="D273">
+        <v>2023</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1255</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I273" t="s">
+        <v>69</v>
+      </c>
+      <c r="J273">
+        <v>0</v>
+      </c>
+      <c r="K273">
+        <v>0</v>
+      </c>
+      <c r="L273">
+        <v>0</v>
+      </c>
+      <c r="M273">
+        <v>0</v>
+      </c>
+      <c r="N273">
+        <v>0</v>
+      </c>
+      <c r="O273">
+        <v>0</v>
+      </c>
+      <c r="P273"/>
+      <c r="Q273"/>
+      <c r="R273"/>
+      <c r="S273"/>
+      <c r="T273"/>
+      <c r="U273">
+        <v>0</v>
+      </c>
+      <c r="V273">
+        <v>0</v>
+      </c>
+      <c r="W273"/>
+      <c r="X273"/>
+      <c r="Y273"/>
+      <c r="Z273"/>
+      <c r="AA273"/>
+      <c r="AB273"/>
+      <c r="AC273"/>
+      <c r="AD273"/>
+      <c r="AE273">
+        <v>0</v>
+      </c>
+      <c r="AF273">
+        <v>0</v>
+      </c>
+      <c r="AG273"/>
+      <c r="AH273"/>
+      <c r="AI273">
+        <v>1</v>
+      </c>
+      <c r="AJ273">
+        <v>0</v>
+      </c>
+      <c r="AK273">
+        <v>1</v>
+      </c>
+      <c r="AL273"/>
+      <c r="AM273"/>
+      <c r="AN273"/>
+      <c r="AO273">
+        <v>0</v>
+      </c>
+      <c r="AP273"/>
+      <c r="AQ273"/>
+      <c r="AR273"/>
+      <c r="AS273"/>
+    </row>
+    <row r="274" spans="1:45">
+      <c r="A274" t="s">
+        <v>462</v>
+      </c>
+      <c r="B274" t="s">
+        <v>54</v>
+      </c>
+      <c r="C274" t="s">
+        <v>178</v>
+      </c>
+      <c r="D274">
+        <v>2023</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I274" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J274">
+        <v>0</v>
+      </c>
+      <c r="K274">
+        <v>0</v>
+      </c>
+      <c r="L274">
+        <v>0</v>
+      </c>
+      <c r="M274">
+        <v>0</v>
+      </c>
+      <c r="N274">
+        <v>0</v>
+      </c>
+      <c r="O274"/>
+      <c r="P274"/>
+      <c r="Q274"/>
+      <c r="R274">
+        <v>0</v>
+      </c>
+      <c r="S274"/>
+      <c r="T274"/>
+      <c r="U274">
+        <v>0</v>
+      </c>
+      <c r="V274">
+        <v>0</v>
+      </c>
+      <c r="W274"/>
+      <c r="X274"/>
+      <c r="Y274"/>
+      <c r="Z274"/>
+      <c r="AA274"/>
+      <c r="AB274"/>
+      <c r="AC274"/>
+      <c r="AD274"/>
+      <c r="AE274">
+        <v>0</v>
+      </c>
+      <c r="AF274"/>
+      <c r="AG274">
+        <v>0</v>
+      </c>
+      <c r="AH274"/>
+      <c r="AI274"/>
+      <c r="AJ274">
+        <v>0</v>
+      </c>
+      <c r="AK274"/>
+      <c r="AL274"/>
+      <c r="AM274"/>
+      <c r="AN274"/>
+      <c r="AO274">
+        <v>0</v>
+      </c>
+      <c r="AP274"/>
+      <c r="AQ274"/>
+      <c r="AR274"/>
+      <c r="AS274"/>
+    </row>
+    <row r="275" spans="1:45">
+      <c r="A275" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B275" t="s">
+        <v>177</v>
+      </c>
+      <c r="C275" t="s">
+        <v>178</v>
+      </c>
+      <c r="D275">
+        <v>2023</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I275" t="s">
+        <v>1266</v>
+      </c>
+      <c r="J275">
+        <v>0</v>
+      </c>
+      <c r="K275">
+        <v>0</v>
+      </c>
+      <c r="L275">
+        <v>0</v>
+      </c>
+      <c r="M275">
+        <v>0</v>
+      </c>
+      <c r="N275">
+        <v>0</v>
+      </c>
+      <c r="O275">
+        <v>0</v>
+      </c>
+      <c r="P275"/>
+      <c r="Q275">
+        <v>0</v>
+      </c>
+      <c r="R275"/>
+      <c r="S275"/>
+      <c r="T275"/>
+      <c r="U275"/>
+      <c r="V275">
+        <v>0</v>
+      </c>
+      <c r="W275"/>
+      <c r="X275"/>
+      <c r="Y275"/>
+      <c r="Z275"/>
+      <c r="AA275"/>
+      <c r="AB275"/>
+      <c r="AC275"/>
+      <c r="AD275"/>
+      <c r="AE275"/>
+      <c r="AF275"/>
+      <c r="AG275"/>
+      <c r="AH275"/>
+      <c r="AI275"/>
+      <c r="AJ275">
+        <v>0</v>
+      </c>
+      <c r="AK275"/>
+      <c r="AL275"/>
+      <c r="AM275"/>
+      <c r="AN275">
+        <v>-1</v>
+      </c>
+      <c r="AO275">
+        <v>0</v>
+      </c>
+      <c r="AP275"/>
+      <c r="AQ275"/>
+      <c r="AR275" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS275"/>
+    </row>
+    <row r="276" spans="1:45">
+      <c r="A276" t="s">
+        <v>938</v>
+      </c>
+      <c r="B276" t="s">
+        <v>171</v>
+      </c>
+      <c r="C276" t="s">
+        <v>178</v>
+      </c>
+      <c r="D276">
+        <v>2023</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I276" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J276">
+        <v>0</v>
+      </c>
+      <c r="K276">
+        <v>0</v>
+      </c>
+      <c r="L276">
+        <v>0</v>
+      </c>
+      <c r="M276">
+        <v>0</v>
+      </c>
+      <c r="N276">
+        <v>0</v>
+      </c>
+      <c r="O276">
+        <v>0</v>
+      </c>
+      <c r="P276"/>
+      <c r="Q276"/>
+      <c r="R276"/>
+      <c r="S276"/>
+      <c r="T276"/>
+      <c r="U276">
+        <v>-1</v>
+      </c>
+      <c r="V276">
+        <v>0</v>
+      </c>
+      <c r="W276"/>
+      <c r="X276"/>
+      <c r="Y276"/>
+      <c r="Z276"/>
+      <c r="AA276"/>
+      <c r="AB276"/>
+      <c r="AC276"/>
+      <c r="AD276"/>
+      <c r="AE276">
+        <v>-1</v>
+      </c>
+      <c r="AF276">
+        <v>-1</v>
+      </c>
+      <c r="AG276"/>
+      <c r="AH276"/>
+      <c r="AI276"/>
+      <c r="AJ276">
+        <v>0</v>
+      </c>
+      <c r="AK276"/>
+      <c r="AL276"/>
+      <c r="AM276"/>
+      <c r="AN276">
+        <v>0</v>
+      </c>
+      <c r="AO276">
+        <v>0</v>
+      </c>
+      <c r="AP276"/>
+      <c r="AQ276" t="s">
+        <v>259</v>
+      </c>
+      <c r="AR276"/>
+      <c r="AS276"/>
+    </row>
+    <row r="277" spans="1:45">
+      <c r="A277" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B277" t="s">
+        <v>247</v>
+      </c>
+      <c r="C277" t="s">
+        <v>178</v>
+      </c>
+      <c r="D277">
+        <v>2023</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G277" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I277" t="s">
+        <v>1275</v>
+      </c>
+      <c r="J277">
+        <v>0</v>
+      </c>
+      <c r="K277">
+        <v>0</v>
+      </c>
+      <c r="L277">
+        <v>0</v>
+      </c>
+      <c r="M277">
+        <v>-1</v>
+      </c>
+      <c r="N277">
+        <v>0</v>
+      </c>
+      <c r="O277">
+        <v>-1</v>
+      </c>
+      <c r="P277"/>
+      <c r="Q277">
+        <v>0</v>
+      </c>
+      <c r="R277">
+        <v>0</v>
+      </c>
+      <c r="S277"/>
+      <c r="T277"/>
+      <c r="U277"/>
+      <c r="V277">
+        <v>0</v>
+      </c>
+      <c r="W277"/>
+      <c r="X277"/>
+      <c r="Y277"/>
+      <c r="Z277"/>
+      <c r="AA277"/>
+      <c r="AB277"/>
+      <c r="AC277"/>
+      <c r="AD277"/>
+      <c r="AE277"/>
+      <c r="AF277"/>
+      <c r="AG277"/>
+      <c r="AH277"/>
+      <c r="AI277">
+        <v>-1</v>
+      </c>
+      <c r="AJ277">
+        <v>0</v>
+      </c>
+      <c r="AK277">
+        <v>-1</v>
+      </c>
+      <c r="AL277"/>
+      <c r="AM277"/>
+      <c r="AN277"/>
+      <c r="AO277">
+        <v>0</v>
+      </c>
+      <c r="AP277"/>
+      <c r="AQ277"/>
+      <c r="AR277"/>
+      <c r="AS277"/>
+    </row>
+    <row r="278" spans="1:45">
+      <c r="A278" t="s">
+        <v>676</v>
+      </c>
+      <c r="B278" t="s">
+        <v>171</v>
+      </c>
+      <c r="C278" t="s">
+        <v>178</v>
+      </c>
+      <c r="D278">
+        <v>2023</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1279</v>
+      </c>
+      <c r="I278" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J278">
+        <v>0</v>
+      </c>
+      <c r="K278">
+        <v>0</v>
+      </c>
+      <c r="L278">
+        <v>0</v>
+      </c>
+      <c r="M278">
+        <v>0</v>
+      </c>
+      <c r="N278">
+        <v>0</v>
+      </c>
+      <c r="O278"/>
+      <c r="P278"/>
+      <c r="Q278"/>
+      <c r="R278">
+        <v>0</v>
+      </c>
+      <c r="S278"/>
+      <c r="T278"/>
+      <c r="U278"/>
+      <c r="V278">
+        <v>0</v>
+      </c>
+      <c r="W278"/>
+      <c r="X278"/>
+      <c r="Y278"/>
+      <c r="Z278"/>
+      <c r="AA278"/>
+      <c r="AB278"/>
+      <c r="AC278"/>
+      <c r="AD278"/>
+      <c r="AE278"/>
+      <c r="AF278"/>
+      <c r="AG278"/>
+      <c r="AH278"/>
+      <c r="AI278"/>
+      <c r="AJ278">
+        <v>0</v>
+      </c>
+      <c r="AK278"/>
+      <c r="AL278"/>
+      <c r="AM278"/>
+      <c r="AN278">
+        <v>0</v>
+      </c>
+      <c r="AO278">
+        <v>0</v>
+      </c>
+      <c r="AP278">
+        <v>0</v>
+      </c>
+      <c r="AQ278"/>
+      <c r="AR278"/>
+      <c r="AS278"/>
+    </row>
+    <row r="279" spans="1:45">
+      <c r="A279" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B279" t="s">
+        <v>177</v>
+      </c>
+      <c r="C279" t="s">
+        <v>213</v>
+      </c>
+      <c r="D279">
+        <v>2023</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I279" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J279">
+        <v>0</v>
+      </c>
+      <c r="K279">
+        <v>0</v>
+      </c>
+      <c r="L279">
+        <v>0</v>
+      </c>
+      <c r="M279">
+        <v>0</v>
+      </c>
+      <c r="N279">
+        <v>0</v>
+      </c>
+      <c r="O279">
+        <v>0</v>
+      </c>
+      <c r="P279"/>
+      <c r="Q279"/>
+      <c r="R279"/>
+      <c r="S279"/>
+      <c r="T279"/>
+      <c r="U279">
+        <v>0</v>
+      </c>
+      <c r="V279">
+        <v>0</v>
+      </c>
+      <c r="W279"/>
+      <c r="X279"/>
+      <c r="Y279"/>
+      <c r="Z279"/>
+      <c r="AA279"/>
+      <c r="AB279"/>
+      <c r="AC279"/>
+      <c r="AD279"/>
+      <c r="AE279">
+        <v>0</v>
+      </c>
+      <c r="AF279">
+        <v>0</v>
+      </c>
+      <c r="AG279"/>
+      <c r="AH279"/>
+      <c r="AI279">
+        <v>0</v>
+      </c>
+      <c r="AJ279">
+        <v>0</v>
+      </c>
+      <c r="AK279">
+        <v>0</v>
+      </c>
+      <c r="AL279"/>
+      <c r="AM279"/>
+      <c r="AN279"/>
+      <c r="AO279">
+        <v>0</v>
+      </c>
+      <c r="AP279"/>
+      <c r="AQ279"/>
+      <c r="AR279"/>
+      <c r="AS279"/>
+    </row>
+    <row r="280" spans="1:45">
+      <c r="A280" t="s">
+        <v>809</v>
+      </c>
+      <c r="B280" t="s">
+        <v>267</v>
+      </c>
+      <c r="C280" t="s">
+        <v>213</v>
+      </c>
+      <c r="D280">
+        <v>2023</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G280" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1287</v>
+      </c>
+      <c r="I280" t="s">
+        <v>120</v>
+      </c>
+      <c r="J280">
+        <v>0</v>
+      </c>
+      <c r="K280">
+        <v>0</v>
+      </c>
+      <c r="L280">
+        <v>0</v>
+      </c>
+      <c r="M280">
+        <v>0</v>
+      </c>
+      <c r="N280">
+        <v>0</v>
+      </c>
+      <c r="O280">
+        <v>0</v>
+      </c>
+      <c r="P280"/>
+      <c r="Q280"/>
+      <c r="R280">
+        <v>0</v>
+      </c>
+      <c r="S280"/>
+      <c r="T280"/>
+      <c r="U280">
+        <v>-1</v>
+      </c>
+      <c r="V280">
+        <v>0</v>
+      </c>
+      <c r="W280"/>
+      <c r="X280"/>
+      <c r="Y280"/>
+      <c r="Z280"/>
+      <c r="AA280"/>
+      <c r="AB280"/>
+      <c r="AC280"/>
+      <c r="AD280"/>
+      <c r="AE280">
+        <v>-1</v>
+      </c>
+      <c r="AF280">
+        <v>-1</v>
+      </c>
+      <c r="AG280"/>
+      <c r="AH280"/>
+      <c r="AI280">
+        <v>1</v>
+      </c>
+      <c r="AJ280">
+        <v>0</v>
+      </c>
+      <c r="AK280">
+        <v>1</v>
+      </c>
+      <c r="AL280"/>
+      <c r="AM280"/>
+      <c r="AN280"/>
+      <c r="AO280">
+        <v>0</v>
+      </c>
+      <c r="AP280"/>
+      <c r="AQ280"/>
+      <c r="AR280"/>
+      <c r="AS280"/>
+    </row>
+    <row r="281" spans="1:45">
+      <c r="A281" t="s">
+        <v>45</v>
+      </c>
+      <c r="B281" t="s">
+        <v>46</v>
+      </c>
+      <c r="C281" t="s">
+        <v>213</v>
+      </c>
+      <c r="D281">
+        <v>2023</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I281" t="s">
+        <v>1291</v>
+      </c>
+      <c r="J281">
+        <v>0</v>
+      </c>
+      <c r="K281">
+        <v>0</v>
+      </c>
+      <c r="L281">
+        <v>0</v>
+      </c>
+      <c r="M281">
+        <v>1</v>
+      </c>
+      <c r="N281">
+        <v>0</v>
+      </c>
+      <c r="O281">
+        <v>0</v>
+      </c>
+      <c r="P281"/>
+      <c r="Q281"/>
+      <c r="R281"/>
+      <c r="S281">
+        <v>1</v>
+      </c>
+      <c r="T281"/>
+      <c r="U281">
+        <v>-1</v>
+      </c>
+      <c r="V281">
+        <v>0</v>
+      </c>
+      <c r="W281"/>
+      <c r="X281"/>
+      <c r="Y281"/>
+      <c r="Z281"/>
+      <c r="AA281"/>
+      <c r="AB281"/>
+      <c r="AC281"/>
+      <c r="AD281"/>
+      <c r="AE281">
+        <v>-1</v>
+      </c>
+      <c r="AF281">
+        <v>-1</v>
+      </c>
+      <c r="AG281"/>
+      <c r="AH281"/>
+      <c r="AI281"/>
+      <c r="AJ281">
+        <v>0</v>
+      </c>
+      <c r="AK281"/>
+      <c r="AL281"/>
+      <c r="AM281"/>
+      <c r="AN281"/>
+      <c r="AO281">
+        <v>0</v>
+      </c>
+      <c r="AP281"/>
+      <c r="AQ281"/>
+      <c r="AR281"/>
+      <c r="AS281"/>
+    </row>
+    <row r="282" spans="1:45">
+      <c r="A282" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B282" t="s">
+        <v>46</v>
+      </c>
+      <c r="C282" t="s">
+        <v>213</v>
+      </c>
+      <c r="D282">
+        <v>2023</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1293</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I282" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J282">
+        <v>0</v>
+      </c>
+      <c r="K282">
+        <v>0</v>
+      </c>
+      <c r="L282">
+        <v>0</v>
+      </c>
+      <c r="M282">
+        <v>-1</v>
+      </c>
+      <c r="N282">
+        <v>0</v>
+      </c>
+      <c r="O282">
+        <v>-1</v>
+      </c>
+      <c r="P282"/>
+      <c r="Q282"/>
+      <c r="R282"/>
+      <c r="S282"/>
+      <c r="T282"/>
+      <c r="U282">
+        <v>1</v>
+      </c>
+      <c r="V282">
+        <v>0</v>
+      </c>
+      <c r="W282"/>
+      <c r="X282"/>
+      <c r="Y282"/>
+      <c r="Z282"/>
+      <c r="AA282"/>
+      <c r="AB282"/>
+      <c r="AC282"/>
+      <c r="AD282"/>
+      <c r="AE282">
+        <v>1</v>
+      </c>
+      <c r="AF282">
+        <v>1</v>
+      </c>
+      <c r="AG282"/>
+      <c r="AH282"/>
+      <c r="AI282">
+        <v>0</v>
+      </c>
+      <c r="AJ282">
+        <v>0</v>
+      </c>
+      <c r="AK282">
+        <v>0</v>
+      </c>
+      <c r="AL282"/>
+      <c r="AM282"/>
+      <c r="AN282"/>
+      <c r="AO282">
+        <v>0</v>
+      </c>
+      <c r="AP282"/>
+      <c r="AQ282"/>
+      <c r="AR282"/>
+      <c r="AS282"/>
+    </row>
+    <row r="283" spans="1:45">
+      <c r="A283" t="s">
+        <v>772</v>
+      </c>
+      <c r="B283" t="s">
+        <v>261</v>
+      </c>
+      <c r="C283" t="s">
+        <v>213</v>
+      </c>
+      <c r="D283">
+        <v>2023</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I283" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J283">
+        <v>0</v>
+      </c>
+      <c r="K283">
+        <v>0</v>
+      </c>
+      <c r="L283">
+        <v>0</v>
+      </c>
+      <c r="M283">
+        <v>0</v>
+      </c>
+      <c r="N283">
+        <v>0</v>
+      </c>
+      <c r="O283">
+        <v>0</v>
+      </c>
+      <c r="P283"/>
+      <c r="Q283"/>
+      <c r="R283"/>
+      <c r="S283"/>
+      <c r="T283"/>
+      <c r="U283"/>
+      <c r="V283">
+        <v>0</v>
+      </c>
+      <c r="W283"/>
+      <c r="X283"/>
+      <c r="Y283"/>
+      <c r="Z283"/>
+      <c r="AA283"/>
+      <c r="AB283"/>
+      <c r="AC283"/>
+      <c r="AD283"/>
+      <c r="AE283"/>
+      <c r="AF283"/>
+      <c r="AG283"/>
+      <c r="AH283"/>
+      <c r="AI283">
+        <v>0</v>
+      </c>
+      <c r="AJ283">
+        <v>0</v>
+      </c>
+      <c r="AK283">
+        <v>0</v>
+      </c>
+      <c r="AL283"/>
+      <c r="AM283"/>
+      <c r="AN283"/>
+      <c r="AO283">
+        <v>0</v>
+      </c>
+      <c r="AP283"/>
+      <c r="AQ283"/>
+      <c r="AR283"/>
+      <c r="AS283"/>
+    </row>
+    <row r="284" spans="1:45">
+      <c r="A284" t="s">
+        <v>53</v>
+      </c>
+      <c r="B284" t="s">
+        <v>54</v>
+      </c>
+      <c r="C284" t="s">
+        <v>213</v>
+      </c>
+      <c r="D284">
+        <v>2023</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I284" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J284">
+        <v>0</v>
+      </c>
+      <c r="K284">
+        <v>0</v>
+      </c>
+      <c r="L284">
+        <v>0</v>
+      </c>
+      <c r="M284">
+        <v>1</v>
+      </c>
+      <c r="N284">
+        <v>0</v>
+      </c>
+      <c r="O284">
+        <v>1</v>
+      </c>
+      <c r="P284">
+        <v>1</v>
+      </c>
+      <c r="Q284"/>
+      <c r="R284"/>
+      <c r="S284"/>
+      <c r="T284"/>
+      <c r="U284">
+        <v>1</v>
+      </c>
+      <c r="V284">
+        <v>0</v>
+      </c>
+      <c r="W284"/>
+      <c r="X284"/>
+      <c r="Y284"/>
+      <c r="Z284"/>
+      <c r="AA284"/>
+      <c r="AB284"/>
+      <c r="AC284"/>
+      <c r="AD284"/>
+      <c r="AE284">
+        <v>1</v>
+      </c>
+      <c r="AF284"/>
+      <c r="AG284">
+        <v>1</v>
+      </c>
+      <c r="AH284"/>
+      <c r="AI284"/>
+      <c r="AJ284">
+        <v>0</v>
+      </c>
+      <c r="AK284"/>
+      <c r="AL284"/>
+      <c r="AM284"/>
+      <c r="AN284"/>
+      <c r="AO284">
+        <v>0</v>
+      </c>
+      <c r="AP284"/>
+      <c r="AQ284"/>
+      <c r="AR284"/>
+      <c r="AS284"/>
+    </row>
+    <row r="285" spans="1:45">
+      <c r="A285" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B285" t="s">
+        <v>54</v>
+      </c>
+      <c r="C285" t="s">
+        <v>213</v>
+      </c>
+      <c r="D285">
+        <v>2023</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G285" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I285" t="s">
+        <v>1309</v>
+      </c>
+      <c r="J285">
+        <v>0</v>
+      </c>
+      <c r="K285">
+        <v>0</v>
+      </c>
+      <c r="L285">
+        <v>0</v>
+      </c>
+      <c r="M285">
+        <v>0</v>
+      </c>
+      <c r="N285">
+        <v>0</v>
+      </c>
+      <c r="O285"/>
+      <c r="P285"/>
+      <c r="Q285"/>
+      <c r="R285"/>
+      <c r="S285"/>
+      <c r="T285">
+        <v>0</v>
+      </c>
+      <c r="U285">
+        <v>0</v>
+      </c>
+      <c r="V285">
+        <v>0</v>
+      </c>
+      <c r="W285"/>
+      <c r="X285"/>
+      <c r="Y285"/>
+      <c r="Z285"/>
+      <c r="AA285"/>
+      <c r="AB285"/>
+      <c r="AC285"/>
+      <c r="AD285"/>
+      <c r="AE285">
+        <v>0</v>
+      </c>
+      <c r="AF285">
+        <v>0</v>
+      </c>
+      <c r="AG285"/>
+      <c r="AH285"/>
+      <c r="AI285">
+        <v>0</v>
+      </c>
+      <c r="AJ285">
+        <v>0</v>
+      </c>
+      <c r="AK285">
+        <v>0</v>
+      </c>
+      <c r="AL285"/>
+      <c r="AM285"/>
+      <c r="AN285"/>
+      <c r="AO285">
+        <v>0</v>
+      </c>
+      <c r="AP285"/>
+      <c r="AQ285"/>
+      <c r="AR285"/>
+      <c r="AS285"/>
+    </row>
+    <row r="286" spans="1:45">
+      <c r="A286" t="s">
+        <v>226</v>
+      </c>
+      <c r="B286" t="s">
+        <v>54</v>
+      </c>
+      <c r="C286" t="s">
+        <v>213</v>
+      </c>
+      <c r="D286">
+        <v>2023</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G286" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I286" t="s">
+        <v>1313</v>
+      </c>
+      <c r="J286">
+        <v>0</v>
+      </c>
+      <c r="K286">
+        <v>0</v>
+      </c>
+      <c r="L286">
+        <v>0</v>
+      </c>
+      <c r="M286">
+        <v>0</v>
+      </c>
+      <c r="N286">
+        <v>0</v>
+      </c>
+      <c r="O286"/>
+      <c r="P286"/>
+      <c r="Q286"/>
+      <c r="R286">
+        <v>0</v>
+      </c>
+      <c r="S286"/>
+      <c r="T286"/>
+      <c r="U286">
+        <v>0</v>
+      </c>
+      <c r="V286">
+        <v>0</v>
+      </c>
+      <c r="W286"/>
+      <c r="X286"/>
+      <c r="Y286"/>
+      <c r="Z286"/>
+      <c r="AA286"/>
+      <c r="AB286"/>
+      <c r="AC286"/>
+      <c r="AD286"/>
+      <c r="AE286">
+        <v>0</v>
+      </c>
+      <c r="AF286">
+        <v>0</v>
+      </c>
+      <c r="AG286">
+        <v>0</v>
+      </c>
+      <c r="AH286"/>
+      <c r="AI286"/>
+      <c r="AJ286">
+        <v>0</v>
+      </c>
+      <c r="AK286"/>
+      <c r="AL286"/>
+      <c r="AM286"/>
+      <c r="AN286"/>
+      <c r="AO286">
+        <v>0</v>
+      </c>
+      <c r="AP286"/>
+      <c r="AQ286"/>
+      <c r="AR286"/>
+      <c r="AS286"/>
+    </row>
+    <row r="287" spans="1:45">
+      <c r="A287" t="s">
+        <v>232</v>
+      </c>
+      <c r="B287" t="s">
+        <v>130</v>
+      </c>
+      <c r="C287" t="s">
+        <v>213</v>
+      </c>
+      <c r="D287">
+        <v>2023</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F287" t="s">
+        <v>1314</v>
+      </c>
+      <c r="G287" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I287" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J287">
+        <v>0</v>
+      </c>
+      <c r="K287">
+        <v>0</v>
+      </c>
+      <c r="L287">
+        <v>0</v>
+      </c>
+      <c r="M287"/>
+      <c r="N287">
+        <v>0</v>
+      </c>
+      <c r="O287"/>
+      <c r="P287"/>
+      <c r="Q287"/>
+      <c r="R287"/>
+      <c r="S287"/>
+      <c r="T287"/>
+      <c r="U287">
+        <v>0</v>
+      </c>
+      <c r="V287">
+        <v>0</v>
+      </c>
+      <c r="W287"/>
+      <c r="X287">
+        <v>0</v>
+      </c>
+      <c r="Y287"/>
+      <c r="Z287"/>
+      <c r="AA287"/>
+      <c r="AB287">
+        <v>0</v>
+      </c>
+      <c r="AC287"/>
+      <c r="AD287"/>
+      <c r="AE287">
+        <v>0</v>
+      </c>
+      <c r="AF287"/>
+      <c r="AG287">
+        <v>0</v>
+      </c>
+      <c r="AH287"/>
+      <c r="AI287"/>
+      <c r="AJ287">
+        <v>0</v>
+      </c>
+      <c r="AK287"/>
+      <c r="AL287"/>
+      <c r="AM287"/>
+      <c r="AN287"/>
+      <c r="AO287">
+        <v>0</v>
+      </c>
+      <c r="AP287"/>
+      <c r="AQ287"/>
+      <c r="AR287"/>
+      <c r="AS287"/>
+    </row>
+    <row r="288" spans="1:45">
+      <c r="A288" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B288" t="s">
+        <v>130</v>
+      </c>
+      <c r="C288" t="s">
+        <v>213</v>
+      </c>
+      <c r="D288">
+        <v>2023</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G288" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I288" t="s">
+        <v>1322</v>
+      </c>
+      <c r="J288">
+        <v>0</v>
+      </c>
+      <c r="K288">
+        <v>0</v>
+      </c>
+      <c r="L288">
+        <v>0</v>
+      </c>
+      <c r="M288">
+        <v>0</v>
+      </c>
+      <c r="N288">
+        <v>0</v>
+      </c>
+      <c r="O288">
+        <v>0</v>
+      </c>
+      <c r="P288"/>
+      <c r="Q288"/>
+      <c r="R288"/>
+      <c r="S288">
+        <v>0</v>
+      </c>
+      <c r="T288"/>
+      <c r="U288"/>
+      <c r="V288">
+        <v>0</v>
+      </c>
+      <c r="W288"/>
+      <c r="X288"/>
+      <c r="Y288"/>
+      <c r="Z288"/>
+      <c r="AA288"/>
+      <c r="AB288"/>
+      <c r="AC288"/>
+      <c r="AD288"/>
+      <c r="AE288"/>
+      <c r="AF288"/>
+      <c r="AG288"/>
+      <c r="AH288"/>
+      <c r="AI288">
+        <v>-1</v>
+      </c>
+      <c r="AJ288">
+        <v>0</v>
+      </c>
+      <c r="AK288">
+        <v>-1</v>
+      </c>
+      <c r="AL288"/>
+      <c r="AM288"/>
+      <c r="AN288"/>
+      <c r="AO288">
+        <v>0</v>
+      </c>
+      <c r="AP288"/>
+      <c r="AQ288"/>
+      <c r="AR288"/>
+      <c r="AS288"/>
+    </row>
+    <row r="289" spans="1:45">
+      <c r="A289" t="s">
+        <v>135</v>
+      </c>
+      <c r="B289" t="s">
+        <v>130</v>
+      </c>
+      <c r="C289" t="s">
+        <v>253</v>
+      </c>
+      <c r="D289">
+        <v>2023</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G289" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I289" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J289">
+        <v>0</v>
+      </c>
+      <c r="K289">
+        <v>0</v>
+      </c>
+      <c r="L289">
+        <v>0</v>
+      </c>
+      <c r="M289"/>
+      <c r="N289">
+        <v>0</v>
+      </c>
+      <c r="O289"/>
+      <c r="P289"/>
+      <c r="Q289"/>
+      <c r="R289"/>
+      <c r="S289"/>
+      <c r="T289"/>
+      <c r="U289">
+        <v>0</v>
+      </c>
+      <c r="V289">
+        <v>0</v>
+      </c>
+      <c r="W289"/>
+      <c r="X289">
+        <v>-1</v>
+      </c>
+      <c r="Y289"/>
+      <c r="Z289">
+        <v>-1</v>
+      </c>
+      <c r="AA289"/>
+      <c r="AB289"/>
+      <c r="AC289"/>
+      <c r="AD289"/>
+      <c r="AE289">
+        <v>0</v>
+      </c>
+      <c r="AF289"/>
+      <c r="AG289">
+        <v>0</v>
+      </c>
+      <c r="AH289"/>
+      <c r="AI289"/>
+      <c r="AJ289">
+        <v>0</v>
+      </c>
+      <c r="AK289"/>
+      <c r="AL289"/>
+      <c r="AM289"/>
+      <c r="AN289">
+        <v>0</v>
+      </c>
+      <c r="AO289">
+        <v>0</v>
+      </c>
+      <c r="AP289"/>
+      <c r="AQ289"/>
+      <c r="AR289" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS289" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="290" spans="1:45">
+      <c r="A290" t="s">
+        <v>772</v>
+      </c>
+      <c r="B290" t="s">
+        <v>261</v>
+      </c>
+      <c r="C290" t="s">
+        <v>253</v>
+      </c>
+      <c r="D290">
+        <v>2023</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G290" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I290" t="s">
+        <v>1331</v>
+      </c>
+      <c r="J290">
+        <v>0</v>
+      </c>
+      <c r="K290">
+        <v>0</v>
+      </c>
+      <c r="L290">
+        <v>0</v>
+      </c>
+      <c r="M290">
+        <v>0</v>
+      </c>
+      <c r="N290">
+        <v>0</v>
+      </c>
+      <c r="O290"/>
+      <c r="P290"/>
+      <c r="Q290">
+        <v>0</v>
+      </c>
+      <c r="R290"/>
+      <c r="S290"/>
+      <c r="T290"/>
+      <c r="U290">
+        <v>1</v>
+      </c>
+      <c r="V290">
+        <v>0</v>
+      </c>
+      <c r="W290"/>
+      <c r="X290">
+        <v>0</v>
+      </c>
+      <c r="Y290"/>
+      <c r="Z290"/>
+      <c r="AA290"/>
+      <c r="AB290"/>
+      <c r="AC290">
+        <v>0</v>
+      </c>
+      <c r="AD290"/>
+      <c r="AE290">
+        <v>1</v>
+      </c>
+      <c r="AF290"/>
+      <c r="AG290">
+        <v>1</v>
+      </c>
+      <c r="AH290"/>
+      <c r="AI290"/>
+      <c r="AJ290">
+        <v>0</v>
+      </c>
+      <c r="AK290"/>
+      <c r="AL290"/>
+      <c r="AM290"/>
+      <c r="AN290">
+        <v>1</v>
+      </c>
+      <c r="AO290">
+        <v>0</v>
+      </c>
+      <c r="AP290"/>
+      <c r="AQ290"/>
+      <c r="AR290" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS290"/>
+    </row>
+    <row r="291" spans="1:45">
+      <c r="A291" t="s">
+        <v>892</v>
+      </c>
+      <c r="B291" t="s">
+        <v>261</v>
+      </c>
+      <c r="C291" t="s">
+        <v>253</v>
+      </c>
+      <c r="D291">
+        <v>2023</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G291" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I291" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J291">
+        <v>0</v>
+      </c>
+      <c r="K291">
+        <v>0</v>
+      </c>
+      <c r="L291">
+        <v>0</v>
+      </c>
+      <c r="M291">
+        <v>0</v>
+      </c>
+      <c r="N291">
+        <v>0</v>
+      </c>
+      <c r="O291">
+        <v>0</v>
+      </c>
+      <c r="P291"/>
+      <c r="Q291"/>
+      <c r="R291">
+        <v>0</v>
+      </c>
+      <c r="S291"/>
+      <c r="T291"/>
+      <c r="U291">
+        <v>0</v>
+      </c>
+      <c r="V291">
+        <v>0</v>
+      </c>
+      <c r="W291"/>
+      <c r="X291"/>
+      <c r="Y291"/>
+      <c r="Z291"/>
+      <c r="AA291"/>
+      <c r="AB291"/>
+      <c r="AC291"/>
+      <c r="AD291"/>
+      <c r="AE291">
+        <v>0</v>
+      </c>
+      <c r="AF291">
+        <v>0</v>
+      </c>
+      <c r="AG291"/>
+      <c r="AH291"/>
+      <c r="AI291">
+        <v>0</v>
+      </c>
+      <c r="AJ291">
+        <v>0</v>
+      </c>
+      <c r="AK291">
+        <v>0</v>
+      </c>
+      <c r="AL291"/>
+      <c r="AM291"/>
+      <c r="AN291"/>
+      <c r="AO291">
+        <v>0</v>
+      </c>
+      <c r="AP291"/>
+      <c r="AQ291"/>
+      <c r="AR291"/>
+      <c r="AS291"/>
+    </row>
+    <row r="292" spans="1:45">
+      <c r="A292" t="s">
+        <v>90</v>
+      </c>
+      <c r="B292" t="s">
+        <v>91</v>
+      </c>
+      <c r="C292" t="s">
+        <v>253</v>
+      </c>
+      <c r="D292">
+        <v>2023</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G292" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I292" t="s">
+        <v>1339</v>
+      </c>
+      <c r="J292">
+        <v>0</v>
+      </c>
+      <c r="K292">
+        <v>0</v>
+      </c>
+      <c r="L292">
+        <v>0</v>
+      </c>
+      <c r="M292">
+        <v>-1</v>
+      </c>
+      <c r="N292">
+        <v>0</v>
+      </c>
+      <c r="O292">
+        <v>-1</v>
+      </c>
+      <c r="P292"/>
+      <c r="Q292"/>
+      <c r="R292"/>
+      <c r="S292"/>
+      <c r="T292">
+        <v>-1</v>
+      </c>
+      <c r="U292"/>
+      <c r="V292">
+        <v>0</v>
+      </c>
+      <c r="W292"/>
+      <c r="X292"/>
+      <c r="Y292"/>
+      <c r="Z292"/>
+      <c r="AA292"/>
+      <c r="AB292"/>
+      <c r="AC292"/>
+      <c r="AD292"/>
+      <c r="AE292"/>
+      <c r="AF292"/>
+      <c r="AG292"/>
+      <c r="AH292"/>
+      <c r="AI292"/>
+      <c r="AJ292">
+        <v>0</v>
+      </c>
+      <c r="AK292"/>
+      <c r="AL292"/>
+      <c r="AM292"/>
+      <c r="AN292"/>
+      <c r="AO292">
+        <v>0</v>
+      </c>
+      <c r="AP292"/>
+      <c r="AQ292"/>
+      <c r="AR292"/>
+      <c r="AS292"/>
+    </row>
+    <row r="293" spans="1:45">
+      <c r="A293" t="s">
+        <v>287</v>
+      </c>
+      <c r="B293" t="s">
+        <v>130</v>
+      </c>
+      <c r="C293" t="s">
+        <v>253</v>
+      </c>
+      <c r="D293">
+        <v>2023</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1340</v>
+      </c>
+      <c r="G293" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I293" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J293">
+        <v>0</v>
+      </c>
+      <c r="K293">
+        <v>0</v>
+      </c>
+      <c r="L293">
+        <v>0</v>
+      </c>
+      <c r="M293">
+        <v>-1</v>
+      </c>
+      <c r="N293">
+        <v>0</v>
+      </c>
+      <c r="O293"/>
+      <c r="P293"/>
+      <c r="Q293">
+        <v>-1</v>
+      </c>
+      <c r="R293"/>
+      <c r="S293"/>
+      <c r="T293"/>
+      <c r="U293"/>
+      <c r="V293">
+        <v>0</v>
+      </c>
+      <c r="W293"/>
+      <c r="X293"/>
+      <c r="Y293"/>
+      <c r="Z293"/>
+      <c r="AA293"/>
+      <c r="AB293"/>
+      <c r="AC293"/>
+      <c r="AD293"/>
+      <c r="AE293"/>
+      <c r="AF293"/>
+      <c r="AG293"/>
+      <c r="AH293"/>
+      <c r="AI293"/>
+      <c r="AJ293">
+        <v>0</v>
+      </c>
+      <c r="AK293"/>
+      <c r="AL293"/>
+      <c r="AM293"/>
+      <c r="AN293">
+        <v>-1</v>
+      </c>
+      <c r="AO293">
+        <v>0</v>
+      </c>
+      <c r="AP293"/>
+      <c r="AQ293"/>
+      <c r="AR293" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS293"/>
+    </row>
+    <row r="294" spans="1:45">
+      <c r="A294" t="s">
+        <v>753</v>
+      </c>
+      <c r="B294" t="s">
+        <v>261</v>
+      </c>
+      <c r="C294" t="s">
+        <v>253</v>
+      </c>
+      <c r="D294">
+        <v>2023</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G294" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1346</v>
+      </c>
+      <c r="I294" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J294">
+        <v>0</v>
+      </c>
+      <c r="K294">
+        <v>0</v>
+      </c>
+      <c r="L294">
+        <v>0</v>
+      </c>
+      <c r="M294">
+        <v>0</v>
+      </c>
+      <c r="N294">
+        <v>0</v>
+      </c>
+      <c r="O294">
+        <v>0</v>
+      </c>
+      <c r="P294"/>
+      <c r="Q294"/>
+      <c r="R294"/>
+      <c r="S294"/>
+      <c r="T294">
+        <v>0</v>
+      </c>
+      <c r="U294"/>
+      <c r="V294">
+        <v>0</v>
+      </c>
+      <c r="W294"/>
+      <c r="X294"/>
+      <c r="Y294"/>
+      <c r="Z294"/>
+      <c r="AA294"/>
+      <c r="AB294"/>
+      <c r="AC294"/>
+      <c r="AD294"/>
+      <c r="AE294"/>
+      <c r="AF294"/>
+      <c r="AG294"/>
+      <c r="AH294"/>
+      <c r="AI294"/>
+      <c r="AJ294">
+        <v>0</v>
+      </c>
+      <c r="AK294"/>
+      <c r="AL294"/>
+      <c r="AM294"/>
+      <c r="AN294"/>
+      <c r="AO294">
+        <v>0</v>
+      </c>
+      <c r="AP294"/>
+      <c r="AQ294"/>
+      <c r="AR294"/>
+      <c r="AS294"/>
+    </row>
+    <row r="295" spans="1:45">
+      <c r="A295" t="s">
+        <v>666</v>
+      </c>
+      <c r="B295" t="s">
+        <v>54</v>
+      </c>
+      <c r="C295" t="s">
+        <v>253</v>
+      </c>
+      <c r="D295">
+        <v>2023</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F295" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G295" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I295" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J295">
+        <v>0</v>
+      </c>
+      <c r="K295">
+        <v>0</v>
+      </c>
+      <c r="L295">
+        <v>0</v>
+      </c>
+      <c r="M295">
+        <v>0</v>
+      </c>
+      <c r="N295">
+        <v>0</v>
+      </c>
+      <c r="O295"/>
+      <c r="P295"/>
+      <c r="Q295"/>
+      <c r="R295"/>
+      <c r="S295"/>
+      <c r="T295">
+        <v>0</v>
+      </c>
+      <c r="U295">
+        <v>1</v>
+      </c>
+      <c r="V295">
+        <v>0</v>
+      </c>
+      <c r="W295"/>
+      <c r="X295"/>
+      <c r="Y295"/>
+      <c r="Z295"/>
+      <c r="AA295"/>
+      <c r="AB295"/>
+      <c r="AC295"/>
+      <c r="AD295"/>
+      <c r="AE295">
+        <v>1</v>
+      </c>
+      <c r="AF295">
+        <v>1</v>
+      </c>
+      <c r="AG295"/>
+      <c r="AH295"/>
+      <c r="AI295">
+        <v>1</v>
+      </c>
+      <c r="AJ295">
+        <v>0</v>
+      </c>
+      <c r="AK295">
+        <v>1</v>
+      </c>
+      <c r="AL295"/>
+      <c r="AM295"/>
+      <c r="AN295"/>
+      <c r="AO295">
+        <v>0</v>
+      </c>
+      <c r="AP295"/>
+      <c r="AQ295"/>
+      <c r="AR295"/>
+      <c r="AS295"/>
+    </row>
+    <row r="296" spans="1:45">
+      <c r="A296" t="s">
+        <v>232</v>
+      </c>
+      <c r="B296" t="s">
+        <v>130</v>
+      </c>
+      <c r="C296" t="s">
+        <v>253</v>
+      </c>
+      <c r="D296">
+        <v>2023</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F296" t="s">
+        <v>1351</v>
+      </c>
+      <c r="G296" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I296" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J296">
+        <v>0</v>
+      </c>
+      <c r="K296">
+        <v>0</v>
+      </c>
+      <c r="L296">
+        <v>0</v>
+      </c>
+      <c r="M296">
+        <v>0</v>
+      </c>
+      <c r="N296">
+        <v>0</v>
+      </c>
+      <c r="O296"/>
+      <c r="P296"/>
+      <c r="Q296"/>
+      <c r="R296">
+        <v>0</v>
+      </c>
+      <c r="S296">
+        <v>0</v>
+      </c>
+      <c r="T296"/>
+      <c r="U296">
+        <v>1</v>
+      </c>
+      <c r="V296">
+        <v>0</v>
+      </c>
+      <c r="W296"/>
+      <c r="X296"/>
+      <c r="Y296"/>
+      <c r="Z296"/>
+      <c r="AA296"/>
+      <c r="AB296"/>
+      <c r="AC296"/>
+      <c r="AD296"/>
+      <c r="AE296">
+        <v>1</v>
+      </c>
+      <c r="AF296"/>
+      <c r="AG296">
+        <v>1</v>
+      </c>
+      <c r="AH296"/>
+      <c r="AI296"/>
+      <c r="AJ296">
+        <v>0</v>
+      </c>
+      <c r="AK296"/>
+      <c r="AL296"/>
+      <c r="AM296"/>
+      <c r="AN296"/>
+      <c r="AO296">
+        <v>0</v>
+      </c>
+      <c r="AP296"/>
+      <c r="AQ296"/>
+      <c r="AR296"/>
+      <c r="AS296"/>
+    </row>
+    <row r="297" spans="1:45">
+      <c r="A297" t="s">
+        <v>364</v>
+      </c>
+      <c r="B297" t="s">
+        <v>365</v>
+      </c>
+      <c r="C297" t="s">
+        <v>253</v>
+      </c>
+      <c r="D297">
+        <v>2023</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1355</v>
+      </c>
+      <c r="G297" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1357</v>
+      </c>
+      <c r="I297" t="s">
+        <v>1358</v>
+      </c>
+      <c r="J297">
+        <v>0</v>
+      </c>
+      <c r="K297">
+        <v>1</v>
+      </c>
+      <c r="L297">
+        <v>0</v>
+      </c>
+      <c r="M297">
+        <v>0</v>
+      </c>
+      <c r="N297">
+        <v>0</v>
+      </c>
+      <c r="O297">
+        <v>0</v>
+      </c>
+      <c r="P297"/>
+      <c r="Q297"/>
+      <c r="R297"/>
+      <c r="S297">
+        <v>0</v>
+      </c>
+      <c r="T297"/>
+      <c r="U297"/>
+      <c r="V297">
+        <v>0</v>
+      </c>
+      <c r="W297"/>
+      <c r="X297"/>
+      <c r="Y297"/>
+      <c r="Z297"/>
+      <c r="AA297"/>
+      <c r="AB297"/>
+      <c r="AC297"/>
+      <c r="AD297"/>
+      <c r="AE297"/>
+      <c r="AF297"/>
+      <c r="AG297"/>
+      <c r="AH297"/>
+      <c r="AI297"/>
+      <c r="AJ297">
+        <v>0</v>
+      </c>
+      <c r="AK297"/>
+      <c r="AL297"/>
+      <c r="AM297"/>
+      <c r="AN297"/>
+      <c r="AO297">
+        <v>0</v>
+      </c>
+      <c r="AP297"/>
+      <c r="AQ297"/>
+      <c r="AR297"/>
+      <c r="AS297"/>
+    </row>
+    <row r="298" spans="1:45">
+      <c r="A298" t="s">
+        <v>705</v>
+      </c>
+      <c r="B298" t="s">
+        <v>46</v>
+      </c>
+      <c r="C298" t="s">
+        <v>253</v>
+      </c>
+      <c r="D298">
+        <v>2023</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1360</v>
+      </c>
+      <c r="G298" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I298" t="s">
+        <v>69</v>
+      </c>
+      <c r="J298">
+        <v>0</v>
+      </c>
+      <c r="K298">
+        <v>0</v>
+      </c>
+      <c r="L298">
+        <v>0</v>
+      </c>
+      <c r="M298">
+        <v>0</v>
+      </c>
+      <c r="N298">
+        <v>0</v>
+      </c>
+      <c r="O298">
+        <v>0</v>
+      </c>
+      <c r="P298"/>
+      <c r="Q298"/>
+      <c r="R298"/>
+      <c r="S298">
+        <v>0</v>
+      </c>
+      <c r="T298"/>
+      <c r="U298">
+        <v>0</v>
+      </c>
+      <c r="V298">
+        <v>0</v>
+      </c>
+      <c r="W298"/>
+      <c r="X298"/>
+      <c r="Y298"/>
+      <c r="Z298"/>
+      <c r="AA298"/>
+      <c r="AB298"/>
+      <c r="AC298"/>
+      <c r="AD298"/>
+      <c r="AE298">
+        <v>0</v>
+      </c>
+      <c r="AF298">
+        <v>0</v>
+      </c>
+      <c r="AG298"/>
+      <c r="AH298"/>
+      <c r="AI298">
+        <v>0</v>
+      </c>
+      <c r="AJ298">
+        <v>0</v>
+      </c>
+      <c r="AK298">
+        <v>0</v>
+      </c>
+      <c r="AL298"/>
+      <c r="AM298"/>
+      <c r="AN298"/>
+      <c r="AO298">
+        <v>0</v>
+      </c>
+      <c r="AP298"/>
+      <c r="AQ298"/>
+      <c r="AR298"/>
+      <c r="AS298"/>
+    </row>
+    <row r="299" spans="1:45">
+      <c r="A299" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B299" t="s">
+        <v>171</v>
+      </c>
+      <c r="C299" t="s">
+        <v>253</v>
+      </c>
+      <c r="D299">
+        <v>2023</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1364</v>
+      </c>
+      <c r="G299" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I299" t="s">
+        <v>69</v>
+      </c>
+      <c r="J299">
+        <v>0</v>
+      </c>
+      <c r="K299">
+        <v>0</v>
+      </c>
+      <c r="L299">
+        <v>0</v>
+      </c>
+      <c r="M299">
+        <v>0</v>
+      </c>
+      <c r="N299">
+        <v>0</v>
+      </c>
+      <c r="O299">
+        <v>0</v>
+      </c>
+      <c r="P299"/>
+      <c r="Q299"/>
+      <c r="R299"/>
+      <c r="S299"/>
+      <c r="T299"/>
+      <c r="U299"/>
+      <c r="V299">
+        <v>0</v>
+      </c>
+      <c r="W299"/>
+      <c r="X299"/>
+      <c r="Y299"/>
+      <c r="Z299"/>
+      <c r="AA299"/>
+      <c r="AB299"/>
+      <c r="AC299"/>
+      <c r="AD299"/>
+      <c r="AE299"/>
+      <c r="AF299"/>
+      <c r="AG299"/>
+      <c r="AH299"/>
+      <c r="AI299">
+        <v>0</v>
+      </c>
+      <c r="AJ299">
+        <v>0</v>
+      </c>
+      <c r="AK299">
+        <v>0</v>
+      </c>
+      <c r="AL299"/>
+      <c r="AM299"/>
+      <c r="AN299"/>
+      <c r="AO299">
+        <v>0</v>
+      </c>
+      <c r="AP299"/>
+      <c r="AQ299"/>
+      <c r="AR299"/>
+      <c r="AS299"/>
+    </row>
+    <row r="300" spans="1:45">
+      <c r="A300" t="s">
+        <v>676</v>
+      </c>
+      <c r="B300" t="s">
+        <v>171</v>
+      </c>
+      <c r="C300" t="s">
+        <v>253</v>
+      </c>
+      <c r="D300">
+        <v>2023</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F300" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G300" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I300" t="s">
+        <v>69</v>
+      </c>
+      <c r="J300">
+        <v>0</v>
+      </c>
+      <c r="K300">
+        <v>0</v>
+      </c>
+      <c r="L300">
+        <v>0</v>
+      </c>
+      <c r="M300">
+        <v>1</v>
+      </c>
+      <c r="N300">
+        <v>0</v>
+      </c>
+      <c r="O300">
+        <v>1</v>
+      </c>
+      <c r="P300"/>
+      <c r="Q300"/>
+      <c r="R300"/>
+      <c r="S300"/>
+      <c r="T300"/>
+      <c r="U300"/>
+      <c r="V300">
+        <v>0</v>
+      </c>
+      <c r="W300"/>
+      <c r="X300"/>
+      <c r="Y300"/>
+      <c r="Z300"/>
+      <c r="AA300"/>
+      <c r="AB300"/>
+      <c r="AC300"/>
+      <c r="AD300"/>
+      <c r="AE300"/>
+      <c r="AF300"/>
+      <c r="AG300"/>
+      <c r="AH300"/>
+      <c r="AI300">
+        <v>1</v>
+      </c>
+      <c r="AJ300">
+        <v>0</v>
+      </c>
+      <c r="AK300">
+        <v>1</v>
+      </c>
+      <c r="AL300"/>
+      <c r="AM300"/>
+      <c r="AN300"/>
+      <c r="AO300">
+        <v>0</v>
+      </c>
+      <c r="AP300"/>
+      <c r="AQ300"/>
+      <c r="AR300"/>
+      <c r="AS300"/>
+    </row>
+    <row r="301" spans="1:45">
+      <c r="A301" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B301" t="s">
+        <v>247</v>
+      </c>
+      <c r="C301" t="s">
+        <v>253</v>
+      </c>
+      <c r="D301">
+        <v>2023</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1370</v>
+      </c>
+      <c r="G301" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I301" t="s">
+        <v>1275</v>
+      </c>
+      <c r="J301">
+        <v>0</v>
+      </c>
+      <c r="K301">
+        <v>0</v>
+      </c>
+      <c r="L301">
+        <v>0</v>
+      </c>
+      <c r="M301">
+        <v>0</v>
+      </c>
+      <c r="N301">
+        <v>0</v>
+      </c>
+      <c r="O301"/>
+      <c r="P301"/>
+      <c r="Q301"/>
+      <c r="R301">
+        <v>0</v>
+      </c>
+      <c r="S301"/>
+      <c r="T301"/>
+      <c r="U301"/>
+      <c r="V301">
+        <v>0</v>
+      </c>
+      <c r="W301"/>
+      <c r="X301"/>
+      <c r="Y301"/>
+      <c r="Z301"/>
+      <c r="AA301"/>
+      <c r="AB301"/>
+      <c r="AC301"/>
+      <c r="AD301"/>
+      <c r="AE301"/>
+      <c r="AF301"/>
+      <c r="AG301"/>
+      <c r="AH301"/>
+      <c r="AI301"/>
+      <c r="AJ301">
+        <v>0</v>
+      </c>
+      <c r="AK301"/>
+      <c r="AL301"/>
+      <c r="AM301"/>
+      <c r="AN301"/>
+      <c r="AO301">
+        <v>0</v>
+      </c>
+      <c r="AP301"/>
+      <c r="AQ301"/>
+      <c r="AR301"/>
+      <c r="AS301"/>
+    </row>
+    <row r="302" spans="1:45">
+      <c r="A302" t="s">
+        <v>147</v>
+      </c>
+      <c r="B302" t="s">
+        <v>148</v>
+      </c>
+      <c r="C302" t="s">
+        <v>253</v>
+      </c>
+      <c r="D302">
+        <v>2023</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1373</v>
+      </c>
+      <c r="G302" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I302" t="s">
+        <v>1376</v>
+      </c>
+      <c r="J302">
+        <v>0</v>
+      </c>
+      <c r="K302">
+        <v>1</v>
+      </c>
+      <c r="L302">
+        <v>0</v>
+      </c>
+      <c r="M302">
+        <v>0</v>
+      </c>
+      <c r="N302">
+        <v>0</v>
+      </c>
+      <c r="O302"/>
+      <c r="P302"/>
+      <c r="Q302">
+        <v>0</v>
+      </c>
+      <c r="R302">
+        <v>0</v>
+      </c>
+      <c r="S302"/>
+      <c r="T302">
+        <v>0</v>
+      </c>
+      <c r="U302"/>
+      <c r="V302">
+        <v>0</v>
+      </c>
+      <c r="W302"/>
+      <c r="X302"/>
+      <c r="Y302"/>
+      <c r="Z302"/>
+      <c r="AA302"/>
+      <c r="AB302"/>
+      <c r="AC302"/>
+      <c r="AD302"/>
+      <c r="AE302"/>
+      <c r="AF302"/>
+      <c r="AG302"/>
+      <c r="AH302"/>
+      <c r="AI302"/>
+      <c r="AJ302">
+        <v>0</v>
+      </c>
+      <c r="AK302"/>
+      <c r="AL302"/>
+      <c r="AM302"/>
+      <c r="AN302"/>
+      <c r="AO302">
+        <v>0</v>
+      </c>
+      <c r="AP302"/>
+      <c r="AQ302"/>
+      <c r="AR302"/>
+      <c r="AS302"/>
+    </row>
+    <row r="303" spans="1:45">
+      <c r="A303" t="s">
+        <v>147</v>
+      </c>
+      <c r="B303" t="s">
+        <v>148</v>
+      </c>
+      <c r="C303" t="s">
+        <v>253</v>
+      </c>
+      <c r="D303">
+        <v>2023</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1377</v>
+      </c>
+      <c r="G303" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I303" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J303">
+        <v>0</v>
+      </c>
+      <c r="K303">
+        <v>0</v>
+      </c>
+      <c r="L303">
+        <v>0</v>
+      </c>
+      <c r="M303">
+        <v>1</v>
+      </c>
+      <c r="N303">
+        <v>0</v>
+      </c>
+      <c r="O303">
+        <v>0</v>
+      </c>
+      <c r="P303"/>
+      <c r="Q303"/>
+      <c r="R303">
+        <v>1</v>
+      </c>
+      <c r="S303"/>
+      <c r="T303">
+        <v>1</v>
+      </c>
+      <c r="U303">
+        <v>-1</v>
+      </c>
+      <c r="V303">
+        <v>0</v>
+      </c>
+      <c r="W303"/>
+      <c r="X303"/>
+      <c r="Y303"/>
+      <c r="Z303"/>
+      <c r="AA303"/>
+      <c r="AB303"/>
+      <c r="AC303"/>
+      <c r="AD303"/>
+      <c r="AE303">
+        <v>-1</v>
+      </c>
+      <c r="AF303">
+        <v>-1</v>
+      </c>
+      <c r="AG303"/>
+      <c r="AH303"/>
+      <c r="AI303"/>
+      <c r="AJ303">
+        <v>0</v>
+      </c>
+      <c r="AK303"/>
+      <c r="AL303"/>
+      <c r="AM303"/>
+      <c r="AN303"/>
+      <c r="AO303">
+        <v>0</v>
+      </c>
+      <c r="AP303"/>
+      <c r="AQ303"/>
+      <c r="AR303"/>
+      <c r="AS303"/>
+    </row>
+    <row r="304" spans="1:45">
+      <c r="A304" t="s">
+        <v>772</v>
+      </c>
+      <c r="B304" t="s">
+        <v>261</v>
+      </c>
+      <c r="C304" t="s">
+        <v>339</v>
+      </c>
+      <c r="D304">
+        <v>2023</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F304" t="s">
+        <v>1380</v>
+      </c>
+      <c r="G304" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I304" t="s">
+        <v>1383</v>
+      </c>
+      <c r="J304">
+        <v>0</v>
+      </c>
+      <c r="K304">
+        <v>0</v>
+      </c>
+      <c r="L304">
+        <v>0</v>
+      </c>
+      <c r="M304">
+        <v>0</v>
+      </c>
+      <c r="N304">
+        <v>0</v>
+      </c>
+      <c r="O304"/>
+      <c r="P304"/>
+      <c r="Q304">
+        <v>0</v>
+      </c>
+      <c r="R304"/>
+      <c r="S304">
+        <v>0</v>
+      </c>
+      <c r="T304"/>
+      <c r="U304"/>
+      <c r="V304">
+        <v>0</v>
+      </c>
+      <c r="W304"/>
+      <c r="X304"/>
+      <c r="Y304"/>
+      <c r="Z304"/>
+      <c r="AA304"/>
+      <c r="AB304"/>
+      <c r="AC304"/>
+      <c r="AD304"/>
+      <c r="AE304"/>
+      <c r="AF304"/>
+      <c r="AG304"/>
+      <c r="AH304"/>
+      <c r="AI304"/>
+      <c r="AJ304">
+        <v>0</v>
+      </c>
+      <c r="AK304"/>
+      <c r="AL304"/>
+      <c r="AM304"/>
+      <c r="AN304">
+        <v>0</v>
+      </c>
+      <c r="AO304">
+        <v>0</v>
+      </c>
+      <c r="AP304">
+        <v>0</v>
+      </c>
+      <c r="AQ304"/>
+      <c r="AR304"/>
+      <c r="AS304"/>
+    </row>
+    <row r="305" spans="1:45">
+      <c r="A305" t="s">
+        <v>226</v>
+      </c>
+      <c r="B305" t="s">
+        <v>54</v>
+      </c>
+      <c r="C305" t="s">
+        <v>339</v>
+      </c>
+      <c r="D305">
+        <v>2023</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F305" t="s">
+        <v>1385</v>
+      </c>
+      <c r="G305" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I305" t="s">
+        <v>1388</v>
+      </c>
+      <c r="J305">
+        <v>0</v>
+      </c>
+      <c r="K305">
+        <v>0</v>
+      </c>
+      <c r="L305">
+        <v>0</v>
+      </c>
+      <c r="M305">
+        <v>0</v>
+      </c>
+      <c r="N305">
+        <v>0</v>
+      </c>
+      <c r="O305">
+        <v>0</v>
+      </c>
+      <c r="P305"/>
+      <c r="Q305"/>
+      <c r="R305"/>
+      <c r="S305"/>
+      <c r="T305"/>
+      <c r="U305">
+        <v>0</v>
+      </c>
+      <c r="V305">
+        <v>0</v>
+      </c>
+      <c r="W305"/>
+      <c r="X305"/>
+      <c r="Y305"/>
+      <c r="Z305"/>
+      <c r="AA305"/>
+      <c r="AB305"/>
+      <c r="AC305"/>
+      <c r="AD305"/>
+      <c r="AE305">
+        <v>0</v>
+      </c>
+      <c r="AF305">
+        <v>0</v>
+      </c>
+      <c r="AG305"/>
+      <c r="AH305"/>
+      <c r="AI305">
+        <v>0</v>
+      </c>
+      <c r="AJ305">
+        <v>0</v>
+      </c>
+      <c r="AK305">
+        <v>0</v>
+      </c>
+      <c r="AL305"/>
+      <c r="AM305"/>
+      <c r="AN305"/>
+      <c r="AO305">
+        <v>0</v>
+      </c>
+      <c r="AP305"/>
+      <c r="AQ305"/>
+      <c r="AR305"/>
+      <c r="AS305"/>
+    </row>
+    <row r="306" spans="1:45">
+      <c r="A306" t="s">
+        <v>135</v>
+      </c>
+      <c r="B306" t="s">
+        <v>130</v>
+      </c>
+      <c r="C306" t="s">
+        <v>339</v>
+      </c>
+      <c r="D306">
+        <v>2023</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F306" t="s">
+        <v>1389</v>
+      </c>
+      <c r="G306" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I306" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J306">
+        <v>0</v>
+      </c>
+      <c r="K306">
+        <v>0</v>
+      </c>
+      <c r="L306">
+        <v>0</v>
+      </c>
+      <c r="M306">
+        <v>0</v>
+      </c>
+      <c r="N306">
+        <v>0</v>
+      </c>
+      <c r="O306">
+        <v>0</v>
+      </c>
+      <c r="P306"/>
+      <c r="Q306">
+        <v>0</v>
+      </c>
+      <c r="R306"/>
+      <c r="S306"/>
+      <c r="T306">
+        <v>0</v>
+      </c>
+      <c r="U306"/>
+      <c r="V306">
+        <v>0</v>
+      </c>
+      <c r="W306"/>
+      <c r="X306"/>
+      <c r="Y306"/>
+      <c r="Z306"/>
+      <c r="AA306"/>
+      <c r="AB306"/>
+      <c r="AC306"/>
+      <c r="AD306"/>
+      <c r="AE306"/>
+      <c r="AF306"/>
+      <c r="AG306"/>
+      <c r="AH306"/>
+      <c r="AI306">
+        <v>-1</v>
+      </c>
+      <c r="AJ306">
+        <v>0</v>
+      </c>
+      <c r="AK306">
+        <v>-1</v>
+      </c>
+      <c r="AL306"/>
+      <c r="AM306"/>
+      <c r="AN306"/>
+      <c r="AO306">
+        <v>0</v>
+      </c>
+      <c r="AP306"/>
+      <c r="AQ306"/>
+      <c r="AR306"/>
+      <c r="AS306"/>
+    </row>
+    <row r="307" spans="1:45">
+      <c r="A307" t="s">
+        <v>404</v>
+      </c>
+      <c r="B307" t="s">
+        <v>130</v>
+      </c>
+      <c r="C307" t="s">
+        <v>339</v>
+      </c>
+      <c r="D307">
+        <v>2023</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F307" t="s">
+        <v>1393</v>
+      </c>
+      <c r="G307" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1395</v>
+      </c>
+      <c r="I307" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J307">
+        <v>0</v>
+      </c>
+      <c r="K307">
+        <v>0</v>
+      </c>
+      <c r="L307">
+        <v>0</v>
+      </c>
+      <c r="M307">
+        <v>0</v>
+      </c>
+      <c r="N307">
+        <v>0</v>
+      </c>
+      <c r="O307">
+        <v>0</v>
+      </c>
+      <c r="P307"/>
+      <c r="Q307"/>
+      <c r="R307"/>
+      <c r="S307"/>
+      <c r="T307"/>
+      <c r="U307">
+        <v>0</v>
+      </c>
+      <c r="V307">
+        <v>0</v>
+      </c>
+      <c r="W307"/>
+      <c r="X307"/>
+      <c r="Y307"/>
+      <c r="Z307"/>
+      <c r="AA307"/>
+      <c r="AB307"/>
+      <c r="AC307"/>
+      <c r="AD307"/>
+      <c r="AE307">
+        <v>0</v>
+      </c>
+      <c r="AF307">
+        <v>0</v>
+      </c>
+      <c r="AG307"/>
+      <c r="AH307"/>
+      <c r="AI307">
+        <v>-1</v>
+      </c>
+      <c r="AJ307">
+        <v>0</v>
+      </c>
+      <c r="AK307">
+        <v>-1</v>
+      </c>
+      <c r="AL307"/>
+      <c r="AM307"/>
+      <c r="AN307"/>
+      <c r="AO307">
+        <v>0</v>
+      </c>
+      <c r="AP307"/>
+      <c r="AQ307"/>
+      <c r="AR307"/>
+      <c r="AS307"/>
+    </row>
+    <row r="308" spans="1:45">
+      <c r="A308" t="s">
+        <v>946</v>
+      </c>
+      <c r="B308" t="s">
+        <v>74</v>
+      </c>
+      <c r="C308" t="s">
+        <v>339</v>
+      </c>
+      <c r="D308">
+        <v>2023</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F308" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G308" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I308" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J308">
+        <v>0</v>
+      </c>
+      <c r="K308">
+        <v>0</v>
+      </c>
+      <c r="L308">
+        <v>0</v>
+      </c>
+      <c r="M308"/>
+      <c r="N308">
+        <v>0</v>
+      </c>
+      <c r="O308"/>
+      <c r="P308"/>
+      <c r="Q308"/>
+      <c r="R308"/>
+      <c r="S308"/>
+      <c r="T308"/>
+      <c r="U308">
+        <v>0</v>
+      </c>
+      <c r="V308">
+        <v>0</v>
+      </c>
+      <c r="W308">
+        <v>0</v>
+      </c>
+      <c r="X308">
+        <v>0</v>
+      </c>
+      <c r="Y308"/>
+      <c r="Z308"/>
+      <c r="AA308"/>
+      <c r="AB308">
+        <v>0</v>
+      </c>
+      <c r="AC308"/>
+      <c r="AD308"/>
+      <c r="AE308"/>
+      <c r="AF308"/>
+      <c r="AG308"/>
+      <c r="AH308"/>
+      <c r="AI308"/>
+      <c r="AJ308">
+        <v>0</v>
+      </c>
+      <c r="AK308"/>
+      <c r="AL308"/>
+      <c r="AM308"/>
+      <c r="AN308">
+        <v>-1</v>
+      </c>
+      <c r="AO308">
+        <v>0</v>
+      </c>
+      <c r="AP308"/>
+      <c r="AQ308"/>
+      <c r="AR308" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS308"/>
+    </row>
+    <row r="309" spans="1:45">
+      <c r="A309" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B309" t="s">
+        <v>130</v>
+      </c>
+      <c r="C309" t="s">
+        <v>339</v>
+      </c>
+      <c r="D309">
+        <v>2023</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F309" t="s">
+        <v>1402</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I309" t="s">
+        <v>1405</v>
+      </c>
+      <c r="J309">
+        <v>0</v>
+      </c>
+      <c r="K309">
+        <v>0</v>
+      </c>
+      <c r="L309">
+        <v>0</v>
+      </c>
+      <c r="M309">
+        <v>0</v>
+      </c>
+      <c r="N309">
+        <v>0</v>
+      </c>
+      <c r="O309">
+        <v>0</v>
+      </c>
+      <c r="P309"/>
+      <c r="Q309"/>
+      <c r="R309"/>
+      <c r="S309"/>
+      <c r="T309"/>
+      <c r="U309"/>
+      <c r="V309">
+        <v>0</v>
+      </c>
+      <c r="W309"/>
+      <c r="X309"/>
+      <c r="Y309"/>
+      <c r="Z309"/>
+      <c r="AA309"/>
+      <c r="AB309"/>
+      <c r="AC309"/>
+      <c r="AD309"/>
+      <c r="AE309"/>
+      <c r="AF309"/>
+      <c r="AG309"/>
+      <c r="AH309"/>
+      <c r="AI309">
+        <v>1</v>
+      </c>
+      <c r="AJ309">
+        <v>0</v>
+      </c>
+      <c r="AK309">
+        <v>1</v>
+      </c>
+      <c r="AL309"/>
+      <c r="AM309"/>
+      <c r="AN309"/>
+      <c r="AO309">
+        <v>0</v>
+      </c>
+      <c r="AP309"/>
+      <c r="AQ309"/>
+      <c r="AR309"/>
+      <c r="AS309"/>
+    </row>
+    <row r="310" spans="1:45">
+      <c r="A310" t="s">
+        <v>129</v>
+      </c>
+      <c r="B310" t="s">
+        <v>130</v>
+      </c>
+      <c r="C310" t="s">
+        <v>339</v>
+      </c>
+      <c r="D310">
+        <v>2023</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F310" t="s">
+        <v>1406</v>
+      </c>
+      <c r="G310" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I310" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J310">
+        <v>0</v>
+      </c>
+      <c r="K310">
+        <v>0</v>
+      </c>
+      <c r="L310">
+        <v>0</v>
+      </c>
+      <c r="M310">
+        <v>1</v>
+      </c>
+      <c r="N310">
+        <v>0</v>
+      </c>
+      <c r="O310">
+        <v>1</v>
+      </c>
+      <c r="P310"/>
+      <c r="Q310"/>
+      <c r="R310"/>
+      <c r="S310"/>
+      <c r="T310"/>
+      <c r="U310"/>
+      <c r="V310">
+        <v>0</v>
+      </c>
+      <c r="W310"/>
+      <c r="X310"/>
+      <c r="Y310"/>
+      <c r="Z310"/>
+      <c r="AA310"/>
+      <c r="AB310"/>
+      <c r="AC310"/>
+      <c r="AD310"/>
+      <c r="AE310"/>
+      <c r="AF310"/>
+      <c r="AG310"/>
+      <c r="AH310"/>
+      <c r="AI310"/>
+      <c r="AJ310">
+        <v>0</v>
+      </c>
+      <c r="AK310"/>
+      <c r="AL310"/>
+      <c r="AM310"/>
+      <c r="AN310">
+        <v>1</v>
+      </c>
+      <c r="AO310">
+        <v>0</v>
+      </c>
+      <c r="AP310"/>
+      <c r="AQ310" t="s">
+        <v>128</v>
+      </c>
+      <c r="AR310"/>
+      <c r="AS310"/>
+    </row>
+    <row r="311" spans="1:45">
+      <c r="A311" t="s">
+        <v>129</v>
+      </c>
+      <c r="B311" t="s">
+        <v>130</v>
+      </c>
+      <c r="C311" t="s">
+        <v>339</v>
+      </c>
+      <c r="D311">
+        <v>2023</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1410</v>
+      </c>
+      <c r="G311" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I311" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J311">
+        <v>0</v>
+      </c>
+      <c r="K311">
+        <v>0</v>
+      </c>
+      <c r="L311">
+        <v>0</v>
+      </c>
+      <c r="M311">
+        <v>0</v>
+      </c>
+      <c r="N311">
+        <v>0</v>
+      </c>
+      <c r="O311"/>
+      <c r="P311"/>
+      <c r="Q311"/>
+      <c r="R311">
+        <v>0</v>
+      </c>
+      <c r="S311"/>
+      <c r="T311"/>
+      <c r="U311"/>
+      <c r="V311">
+        <v>0</v>
+      </c>
+      <c r="W311"/>
+      <c r="X311"/>
+      <c r="Y311"/>
+      <c r="Z311"/>
+      <c r="AA311"/>
+      <c r="AB311"/>
+      <c r="AC311"/>
+      <c r="AD311"/>
+      <c r="AE311"/>
+      <c r="AF311"/>
+      <c r="AG311"/>
+      <c r="AH311"/>
+      <c r="AI311"/>
+      <c r="AJ311">
+        <v>0</v>
+      </c>
+      <c r="AK311"/>
+      <c r="AL311"/>
+      <c r="AM311"/>
+      <c r="AN311">
+        <v>0</v>
+      </c>
+      <c r="AO311">
+        <v>0</v>
+      </c>
+      <c r="AP311"/>
+      <c r="AQ311"/>
+      <c r="AR311" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS311"/>
+    </row>
+    <row r="312" spans="1:45">
+      <c r="A312" t="s">
+        <v>398</v>
+      </c>
+      <c r="B312" t="s">
+        <v>130</v>
+      </c>
+      <c r="C312" t="s">
+        <v>339</v>
+      </c>
+      <c r="D312">
+        <v>2023</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F312" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G312" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1415</v>
+      </c>
+      <c r="I312" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J312">
+        <v>0</v>
+      </c>
+      <c r="K312">
+        <v>0</v>
+      </c>
+      <c r="L312">
+        <v>0</v>
+      </c>
+      <c r="M312">
+        <v>0</v>
+      </c>
+      <c r="N312">
+        <v>0</v>
+      </c>
+      <c r="O312"/>
+      <c r="P312"/>
+      <c r="Q312"/>
+      <c r="R312">
+        <v>0</v>
+      </c>
+      <c r="S312"/>
+      <c r="T312"/>
+      <c r="U312"/>
+      <c r="V312">
+        <v>0</v>
+      </c>
+      <c r="W312"/>
+      <c r="X312"/>
+      <c r="Y312"/>
+      <c r="Z312"/>
+      <c r="AA312"/>
+      <c r="AB312"/>
+      <c r="AC312"/>
+      <c r="AD312"/>
+      <c r="AE312"/>
+      <c r="AF312"/>
+      <c r="AG312"/>
+      <c r="AH312"/>
+      <c r="AI312"/>
+      <c r="AJ312">
+        <v>0</v>
+      </c>
+      <c r="AK312"/>
+      <c r="AL312"/>
+      <c r="AM312"/>
+      <c r="AN312"/>
+      <c r="AO312">
+        <v>0</v>
+      </c>
+      <c r="AP312"/>
+      <c r="AQ312"/>
+      <c r="AR312"/>
+      <c r="AS312"/>
+    </row>
+    <row r="313" spans="1:45">
+      <c r="A313" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B313" t="s">
+        <v>46</v>
+      </c>
+      <c r="C313" t="s">
+        <v>339</v>
+      </c>
+      <c r="D313">
+        <v>2023</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G313" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I313" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J313">
+        <v>0</v>
+      </c>
+      <c r="K313">
+        <v>0</v>
+      </c>
+      <c r="L313">
+        <v>0</v>
+      </c>
+      <c r="M313"/>
+      <c r="N313">
+        <v>0</v>
+      </c>
+      <c r="O313"/>
+      <c r="P313"/>
+      <c r="Q313"/>
+      <c r="R313"/>
+      <c r="S313"/>
+      <c r="T313"/>
+      <c r="U313">
+        <v>0</v>
+      </c>
+      <c r="V313">
+        <v>0</v>
+      </c>
+      <c r="W313"/>
+      <c r="X313">
+        <v>0</v>
+      </c>
+      <c r="Y313"/>
+      <c r="Z313"/>
+      <c r="AA313"/>
+      <c r="AB313"/>
+      <c r="AC313">
+        <v>0</v>
+      </c>
+      <c r="AD313"/>
+      <c r="AE313"/>
+      <c r="AF313"/>
+      <c r="AG313"/>
+      <c r="AH313"/>
+      <c r="AI313"/>
+      <c r="AJ313">
+        <v>0</v>
+      </c>
+      <c r="AK313"/>
+      <c r="AL313"/>
+      <c r="AM313"/>
+      <c r="AN313"/>
+      <c r="AO313">
+        <v>0</v>
+      </c>
+      <c r="AP313"/>
+      <c r="AQ313"/>
+      <c r="AR313"/>
+      <c r="AS313"/>
+    </row>
+    <row r="314" spans="1:45">
+      <c r="A314" t="s">
+        <v>682</v>
+      </c>
+      <c r="B314" t="s">
+        <v>141</v>
+      </c>
+      <c r="C314" t="s">
+        <v>339</v>
+      </c>
+      <c r="D314">
+        <v>2023</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F314" t="s">
+        <v>1421</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1423</v>
+      </c>
+      <c r="I314" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J314">
+        <v>0</v>
+      </c>
+      <c r="K314">
+        <v>0</v>
+      </c>
+      <c r="L314">
+        <v>0</v>
+      </c>
+      <c r="M314">
+        <v>-1</v>
+      </c>
+      <c r="N314">
+        <v>0</v>
+      </c>
+      <c r="O314"/>
+      <c r="P314"/>
+      <c r="Q314"/>
+      <c r="R314"/>
+      <c r="S314">
+        <v>-1</v>
+      </c>
+      <c r="T314">
+        <v>-1</v>
+      </c>
+      <c r="U314"/>
+      <c r="V314">
+        <v>0</v>
+      </c>
+      <c r="W314"/>
+      <c r="X314"/>
+      <c r="Y314"/>
+      <c r="Z314"/>
+      <c r="AA314"/>
+      <c r="AB314"/>
+      <c r="AC314"/>
+      <c r="AD314"/>
+      <c r="AE314"/>
+      <c r="AF314"/>
+      <c r="AG314"/>
+      <c r="AH314"/>
+      <c r="AI314"/>
+      <c r="AJ314">
+        <v>0</v>
+      </c>
+      <c r="AK314"/>
+      <c r="AL314"/>
+      <c r="AM314"/>
+      <c r="AN314">
+        <v>0</v>
+      </c>
+      <c r="AO314">
+        <v>0</v>
+      </c>
+      <c r="AP314">
+        <v>0</v>
+      </c>
+      <c r="AQ314"/>
+      <c r="AR314"/>
+      <c r="AS314"/>
+    </row>
+    <row r="315" spans="1:45">
+      <c r="A315" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B315" t="s">
+        <v>65</v>
+      </c>
+      <c r="C315" t="s">
+        <v>339</v>
+      </c>
+      <c r="D315">
+        <v>2023</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G315" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I315" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J315">
+        <v>0</v>
+      </c>
+      <c r="K315">
+        <v>0</v>
+      </c>
+      <c r="L315">
+        <v>0</v>
+      </c>
+      <c r="M315">
+        <v>0</v>
+      </c>
+      <c r="N315">
+        <v>0</v>
+      </c>
+      <c r="O315">
+        <v>0</v>
+      </c>
+      <c r="P315"/>
+      <c r="Q315"/>
+      <c r="R315"/>
+      <c r="S315"/>
+      <c r="T315"/>
+      <c r="U315">
+        <v>0</v>
+      </c>
+      <c r="V315">
+        <v>0</v>
+      </c>
+      <c r="W315"/>
+      <c r="X315"/>
+      <c r="Y315"/>
+      <c r="Z315"/>
+      <c r="AA315"/>
+      <c r="AB315"/>
+      <c r="AC315"/>
+      <c r="AD315"/>
+      <c r="AE315">
+        <v>0</v>
+      </c>
+      <c r="AF315">
+        <v>0</v>
+      </c>
+      <c r="AG315"/>
+      <c r="AH315"/>
+      <c r="AI315">
+        <v>0</v>
+      </c>
+      <c r="AJ315">
+        <v>0</v>
+      </c>
+      <c r="AK315">
+        <v>0</v>
+      </c>
+      <c r="AL315"/>
+      <c r="AM315"/>
+      <c r="AN315"/>
+      <c r="AO315">
+        <v>0</v>
+      </c>
+      <c r="AP315"/>
+      <c r="AQ315"/>
+      <c r="AR315"/>
+      <c r="AS315"/>
+    </row>
+    <row r="316" spans="1:45">
+      <c r="A316" t="s">
+        <v>599</v>
+      </c>
+      <c r="B316" t="s">
+        <v>141</v>
+      </c>
+      <c r="C316" t="s">
+        <v>339</v>
+      </c>
+      <c r="D316">
+        <v>2023</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F316" t="s">
+        <v>1430</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I316" t="s">
+        <v>1433</v>
+      </c>
+      <c r="J316">
+        <v>0</v>
+      </c>
+      <c r="K316">
+        <v>0</v>
+      </c>
+      <c r="L316">
+        <v>0</v>
+      </c>
+      <c r="M316">
+        <v>0</v>
+      </c>
+      <c r="N316">
+        <v>0</v>
+      </c>
+      <c r="O316"/>
+      <c r="P316"/>
+      <c r="Q316"/>
+      <c r="R316"/>
+      <c r="S316"/>
+      <c r="T316">
+        <v>0</v>
+      </c>
+      <c r="U316"/>
+      <c r="V316">
+        <v>0</v>
+      </c>
+      <c r="W316"/>
+      <c r="X316"/>
+      <c r="Y316"/>
+      <c r="Z316"/>
+      <c r="AA316"/>
+      <c r="AB316"/>
+      <c r="AC316"/>
+      <c r="AD316"/>
+      <c r="AE316"/>
+      <c r="AF316"/>
+      <c r="AG316"/>
+      <c r="AH316"/>
+      <c r="AI316"/>
+      <c r="AJ316">
+        <v>0</v>
+      </c>
+      <c r="AK316"/>
+      <c r="AL316"/>
+      <c r="AM316"/>
+      <c r="AN316">
+        <v>0</v>
+      </c>
+      <c r="AO316">
+        <v>0</v>
+      </c>
+      <c r="AP316">
+        <v>0</v>
+      </c>
+      <c r="AQ316"/>
+      <c r="AR316"/>
+      <c r="AS316"/>
+    </row>
+    <row r="317" spans="1:45">
+      <c r="A317" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B317" t="s">
+        <v>141</v>
+      </c>
+      <c r="C317" t="s">
+        <v>339</v>
+      </c>
+      <c r="D317">
+        <v>2023</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I317" t="s">
+        <v>69</v>
+      </c>
+      <c r="J317">
+        <v>0</v>
+      </c>
+      <c r="K317">
+        <v>0</v>
+      </c>
+      <c r="L317">
+        <v>0</v>
+      </c>
+      <c r="M317">
+        <v>0</v>
+      </c>
+      <c r="N317">
+        <v>0</v>
+      </c>
+      <c r="O317">
+        <v>0</v>
+      </c>
+      <c r="P317"/>
+      <c r="Q317"/>
+      <c r="R317"/>
+      <c r="S317"/>
+      <c r="T317"/>
+      <c r="U317">
+        <v>-1</v>
+      </c>
+      <c r="V317">
+        <v>0</v>
+      </c>
+      <c r="W317"/>
+      <c r="X317"/>
+      <c r="Y317"/>
+      <c r="Z317"/>
+      <c r="AA317"/>
+      <c r="AB317"/>
+      <c r="AC317"/>
+      <c r="AD317"/>
+      <c r="AE317">
+        <v>-1</v>
+      </c>
+      <c r="AF317">
+        <v>-1</v>
+      </c>
+      <c r="AG317"/>
+      <c r="AH317"/>
+      <c r="AI317">
+        <v>1</v>
+      </c>
+      <c r="AJ317">
+        <v>0</v>
+      </c>
+      <c r="AK317">
+        <v>1</v>
+      </c>
+      <c r="AL317"/>
+      <c r="AM317"/>
+      <c r="AN317"/>
+      <c r="AO317">
+        <v>0</v>
+      </c>
+      <c r="AP317"/>
+      <c r="AQ317"/>
+      <c r="AR317"/>
+      <c r="AS317"/>
+    </row>
+    <row r="318" spans="1:45">
+      <c r="A318" t="s">
+        <v>266</v>
+      </c>
+      <c r="B318" t="s">
+        <v>267</v>
+      </c>
+      <c r="C318" t="s">
+        <v>339</v>
+      </c>
+      <c r="D318">
+        <v>2023</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G318" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I318" t="s">
+        <v>1440</v>
+      </c>
+      <c r="J318">
+        <v>0</v>
+      </c>
+      <c r="K318">
+        <v>0</v>
+      </c>
+      <c r="L318">
+        <v>0</v>
+      </c>
+      <c r="M318">
+        <v>-1</v>
+      </c>
+      <c r="N318">
+        <v>0</v>
+      </c>
+      <c r="O318"/>
+      <c r="P318"/>
+      <c r="Q318"/>
+      <c r="R318"/>
+      <c r="S318"/>
+      <c r="T318">
+        <v>-1</v>
+      </c>
+      <c r="U318"/>
+      <c r="V318">
+        <v>0</v>
+      </c>
+      <c r="W318"/>
+      <c r="X318"/>
+      <c r="Y318"/>
+      <c r="Z318"/>
+      <c r="AA318"/>
+      <c r="AB318"/>
+      <c r="AC318"/>
+      <c r="AD318"/>
+      <c r="AE318"/>
+      <c r="AF318"/>
+      <c r="AG318"/>
+      <c r="AH318"/>
+      <c r="AI318"/>
+      <c r="AJ318">
+        <v>0</v>
+      </c>
+      <c r="AK318"/>
+      <c r="AL318"/>
+      <c r="AM318"/>
+      <c r="AN318"/>
+      <c r="AO318">
+        <v>0</v>
+      </c>
+      <c r="AP318"/>
+      <c r="AQ318"/>
+      <c r="AR318"/>
+      <c r="AS318"/>
+    </row>
+    <row r="319" spans="1:45">
+      <c r="A319" t="s">
+        <v>763</v>
+      </c>
+      <c r="B319" t="s">
+        <v>130</v>
+      </c>
+      <c r="C319" t="s">
+        <v>376</v>
+      </c>
+      <c r="D319">
+        <v>2023</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G319" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I319" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J319">
+        <v>0</v>
+      </c>
+      <c r="K319">
+        <v>0</v>
+      </c>
+      <c r="L319">
+        <v>0</v>
+      </c>
+      <c r="M319">
+        <v>0</v>
+      </c>
+      <c r="N319">
+        <v>0</v>
+      </c>
+      <c r="O319"/>
+      <c r="P319"/>
+      <c r="Q319"/>
+      <c r="R319"/>
+      <c r="S319"/>
+      <c r="T319">
+        <v>0</v>
+      </c>
+      <c r="U319">
+        <v>0</v>
+      </c>
+      <c r="V319">
+        <v>0</v>
+      </c>
+      <c r="W319"/>
+      <c r="X319"/>
+      <c r="Y319"/>
+      <c r="Z319"/>
+      <c r="AA319"/>
+      <c r="AB319"/>
+      <c r="AC319"/>
+      <c r="AD319"/>
+      <c r="AE319">
+        <v>0</v>
+      </c>
+      <c r="AF319">
+        <v>0</v>
+      </c>
+      <c r="AG319"/>
+      <c r="AH319"/>
+      <c r="AI319">
+        <v>0</v>
+      </c>
+      <c r="AJ319">
+        <v>0</v>
+      </c>
+      <c r="AK319">
+        <v>0</v>
+      </c>
+      <c r="AL319"/>
+      <c r="AM319"/>
+      <c r="AN319"/>
+      <c r="AO319">
+        <v>0</v>
+      </c>
+      <c r="AP319"/>
+      <c r="AQ319"/>
+      <c r="AR319"/>
+      <c r="AS319"/>
+    </row>
+    <row r="320" spans="1:45">
+      <c r="A320" t="s">
+        <v>398</v>
+      </c>
+      <c r="B320" t="s">
+        <v>130</v>
+      </c>
+      <c r="C320" t="s">
+        <v>376</v>
+      </c>
+      <c r="D320">
+        <v>2023</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1445</v>
+      </c>
+      <c r="G320" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1447</v>
+      </c>
+      <c r="I320" t="s">
+        <v>72</v>
+      </c>
+      <c r="J320">
+        <v>0</v>
+      </c>
+      <c r="K320">
+        <v>0</v>
+      </c>
+      <c r="L320">
+        <v>0</v>
+      </c>
+      <c r="M320">
+        <v>0</v>
+      </c>
+      <c r="N320">
+        <v>0</v>
+      </c>
+      <c r="O320">
+        <v>0</v>
+      </c>
+      <c r="P320"/>
+      <c r="Q320"/>
+      <c r="R320"/>
+      <c r="S320"/>
+      <c r="T320"/>
+      <c r="U320">
+        <v>0</v>
+      </c>
+      <c r="V320">
+        <v>0</v>
+      </c>
+      <c r="W320"/>
+      <c r="X320"/>
+      <c r="Y320"/>
+      <c r="Z320"/>
+      <c r="AA320"/>
+      <c r="AB320"/>
+      <c r="AC320"/>
+      <c r="AD320"/>
+      <c r="AE320">
+        <v>0</v>
+      </c>
+      <c r="AF320">
+        <v>0</v>
+      </c>
+      <c r="AG320"/>
+      <c r="AH320"/>
+      <c r="AI320">
+        <v>0</v>
+      </c>
+      <c r="AJ320">
+        <v>0</v>
+      </c>
+      <c r="AK320">
+        <v>0</v>
+      </c>
+      <c r="AL320"/>
+      <c r="AM320"/>
+      <c r="AN320"/>
+      <c r="AO320">
+        <v>0</v>
+      </c>
+      <c r="AP320"/>
+      <c r="AQ320"/>
+      <c r="AR320"/>
+      <c r="AS320"/>
+    </row>
+    <row r="321" spans="1:45">
+      <c r="A321" t="s">
+        <v>404</v>
+      </c>
+      <c r="B321" t="s">
+        <v>130</v>
+      </c>
+      <c r="C321" t="s">
+        <v>376</v>
+      </c>
+      <c r="D321">
+        <v>2023</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1449</v>
+      </c>
+      <c r="G321" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I321" t="s">
+        <v>69</v>
+      </c>
+      <c r="J321">
+        <v>0</v>
+      </c>
+      <c r="K321">
+        <v>0</v>
+      </c>
+      <c r="L321">
+        <v>0</v>
+      </c>
+      <c r="M321">
+        <v>0</v>
+      </c>
+      <c r="N321">
+        <v>0</v>
+      </c>
+      <c r="O321">
+        <v>0</v>
+      </c>
+      <c r="P321"/>
+      <c r="Q321"/>
+      <c r="R321"/>
+      <c r="S321"/>
+      <c r="T321"/>
+      <c r="U321"/>
+      <c r="V321">
+        <v>0</v>
+      </c>
+      <c r="W321"/>
+      <c r="X321"/>
+      <c r="Y321"/>
+      <c r="Z321"/>
+      <c r="AA321"/>
+      <c r="AB321"/>
+      <c r="AC321"/>
+      <c r="AD321"/>
+      <c r="AE321"/>
+      <c r="AF321"/>
+      <c r="AG321"/>
+      <c r="AH321"/>
+      <c r="AI321"/>
+      <c r="AJ321">
+        <v>0</v>
+      </c>
+      <c r="AK321"/>
+      <c r="AL321"/>
+      <c r="AM321"/>
+      <c r="AN321">
+        <v>0</v>
+      </c>
+      <c r="AO321">
+        <v>0</v>
+      </c>
+      <c r="AP321"/>
+      <c r="AQ321"/>
+      <c r="AR321"/>
+      <c r="AS321" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="322" spans="1:45">
+      <c r="A322" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B322" t="s">
+        <v>46</v>
+      </c>
+      <c r="C322" t="s">
+        <v>376</v>
+      </c>
+      <c r="D322">
+        <v>2023</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1453</v>
+      </c>
+      <c r="G322" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I322" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J322">
+        <v>0</v>
+      </c>
+      <c r="K322">
+        <v>0</v>
+      </c>
+      <c r="L322">
+        <v>0</v>
+      </c>
+      <c r="M322">
+        <v>0</v>
+      </c>
+      <c r="N322">
+        <v>0</v>
+      </c>
+      <c r="O322">
+        <v>0</v>
+      </c>
+      <c r="P322"/>
+      <c r="Q322"/>
+      <c r="R322"/>
+      <c r="S322"/>
+      <c r="T322"/>
+      <c r="U322">
+        <v>0</v>
+      </c>
+      <c r="V322">
+        <v>0</v>
+      </c>
+      <c r="W322"/>
+      <c r="X322"/>
+      <c r="Y322"/>
+      <c r="Z322"/>
+      <c r="AA322"/>
+      <c r="AB322"/>
+      <c r="AC322"/>
+      <c r="AD322"/>
+      <c r="AE322">
+        <v>0</v>
+      </c>
+      <c r="AF322">
+        <v>0</v>
+      </c>
+      <c r="AG322"/>
+      <c r="AH322"/>
+      <c r="AI322">
+        <v>0</v>
+      </c>
+      <c r="AJ322">
+        <v>0</v>
+      </c>
+      <c r="AK322">
+        <v>0</v>
+      </c>
+      <c r="AL322"/>
+      <c r="AM322"/>
+      <c r="AN322"/>
+      <c r="AO322">
+        <v>0</v>
+      </c>
+      <c r="AP322"/>
+      <c r="AQ322"/>
+      <c r="AR322"/>
+      <c r="AS322"/>
+    </row>
+    <row r="323" spans="1:45">
+      <c r="A323" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B323" t="s">
+        <v>46</v>
+      </c>
+      <c r="C323" t="s">
+        <v>376</v>
+      </c>
+      <c r="D323">
+        <v>2023</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G323" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1459</v>
+      </c>
+      <c r="I323" t="s">
+        <v>1460</v>
+      </c>
+      <c r="J323">
+        <v>0</v>
+      </c>
+      <c r="K323">
+        <v>0</v>
+      </c>
+      <c r="L323">
+        <v>0</v>
+      </c>
+      <c r="M323">
+        <v>0</v>
+      </c>
+      <c r="N323">
+        <v>0</v>
+      </c>
+      <c r="O323">
+        <v>0</v>
+      </c>
+      <c r="P323"/>
+      <c r="Q323"/>
+      <c r="R323"/>
+      <c r="S323"/>
+      <c r="T323"/>
+      <c r="U323">
+        <v>1</v>
+      </c>
+      <c r="V323">
+        <v>0</v>
+      </c>
+      <c r="W323"/>
+      <c r="X323"/>
+      <c r="Y323"/>
+      <c r="Z323"/>
+      <c r="AA323"/>
+      <c r="AB323"/>
+      <c r="AC323"/>
+      <c r="AD323"/>
+      <c r="AE323">
+        <v>1</v>
+      </c>
+      <c r="AF323">
+        <v>1</v>
+      </c>
+      <c r="AG323"/>
+      <c r="AH323"/>
+      <c r="AI323"/>
+      <c r="AJ323">
+        <v>0</v>
+      </c>
+      <c r="AK323"/>
+      <c r="AL323"/>
+      <c r="AM323"/>
+      <c r="AN323"/>
+      <c r="AO323">
+        <v>0</v>
+      </c>
+      <c r="AP323"/>
+      <c r="AQ323"/>
+      <c r="AR323"/>
+      <c r="AS323"/>
+    </row>
+    <row r="324" spans="1:45">
+      <c r="A324" t="s">
+        <v>529</v>
+      </c>
+      <c r="B324" t="s">
+        <v>338</v>
+      </c>
+      <c r="C324" t="s">
+        <v>376</v>
+      </c>
+      <c r="D324">
+        <v>2023</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G324" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I324" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J324">
+        <v>0</v>
+      </c>
+      <c r="K324">
+        <v>0</v>
+      </c>
+      <c r="L324">
+        <v>0</v>
+      </c>
+      <c r="M324">
+        <v>0</v>
+      </c>
+      <c r="N324">
+        <v>0</v>
+      </c>
+      <c r="O324">
+        <v>0</v>
+      </c>
+      <c r="P324"/>
+      <c r="Q324"/>
+      <c r="R324"/>
+      <c r="S324"/>
+      <c r="T324"/>
+      <c r="U324">
+        <v>1</v>
+      </c>
+      <c r="V324">
+        <v>0</v>
+      </c>
+      <c r="W324"/>
+      <c r="X324"/>
+      <c r="Y324"/>
+      <c r="Z324"/>
+      <c r="AA324"/>
+      <c r="AB324"/>
+      <c r="AC324"/>
+      <c r="AD324"/>
+      <c r="AE324">
+        <v>1</v>
+      </c>
+      <c r="AF324">
+        <v>1</v>
+      </c>
+      <c r="AG324"/>
+      <c r="AH324"/>
+      <c r="AI324"/>
+      <c r="AJ324">
+        <v>0</v>
+      </c>
+      <c r="AK324"/>
+      <c r="AL324"/>
+      <c r="AM324"/>
+      <c r="AN324"/>
+      <c r="AO324">
+        <v>0</v>
+      </c>
+      <c r="AP324"/>
+      <c r="AQ324"/>
+      <c r="AR324"/>
+      <c r="AS324"/>
+    </row>
+    <row r="325" spans="1:45">
+      <c r="A325" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B325" t="s">
+        <v>247</v>
+      </c>
+      <c r="C325" t="s">
+        <v>376</v>
+      </c>
+      <c r="D325">
+        <v>2023</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G325" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I325" t="s">
+        <v>69</v>
+      </c>
+      <c r="J325">
+        <v>0</v>
+      </c>
+      <c r="K325">
+        <v>0</v>
+      </c>
+      <c r="L325">
+        <v>0</v>
+      </c>
+      <c r="M325">
+        <v>-1</v>
+      </c>
+      <c r="N325">
+        <v>0</v>
+      </c>
+      <c r="O325">
+        <v>-1</v>
+      </c>
+      <c r="P325"/>
+      <c r="Q325"/>
+      <c r="R325">
+        <v>-1</v>
+      </c>
+      <c r="S325"/>
+      <c r="T325"/>
+      <c r="U325"/>
+      <c r="V325">
+        <v>0</v>
+      </c>
+      <c r="W325"/>
+      <c r="X325"/>
+      <c r="Y325"/>
+      <c r="Z325"/>
+      <c r="AA325"/>
+      <c r="AB325"/>
+      <c r="AC325"/>
+      <c r="AD325"/>
+      <c r="AE325"/>
+      <c r="AF325"/>
+      <c r="AG325"/>
+      <c r="AH325"/>
+      <c r="AI325"/>
+      <c r="AJ325">
+        <v>0</v>
+      </c>
+      <c r="AK325"/>
+      <c r="AL325"/>
+      <c r="AM325"/>
+      <c r="AN325"/>
+      <c r="AO325">
+        <v>0</v>
+      </c>
+      <c r="AP325"/>
+      <c r="AQ325"/>
+      <c r="AR325"/>
+      <c r="AS325"/>
+    </row>
+    <row r="326" spans="1:45">
+      <c r="A326" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B326" t="s">
+        <v>141</v>
+      </c>
+      <c r="C326" t="s">
+        <v>376</v>
+      </c>
+      <c r="D326">
+        <v>2023</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1469</v>
+      </c>
+      <c r="G326" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I326" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J326">
+        <v>0</v>
+      </c>
+      <c r="K326">
+        <v>0</v>
+      </c>
+      <c r="L326">
+        <v>0</v>
+      </c>
+      <c r="M326">
+        <v>-1</v>
+      </c>
+      <c r="N326">
+        <v>0</v>
+      </c>
+      <c r="O326">
+        <v>-1</v>
+      </c>
+      <c r="P326"/>
+      <c r="Q326"/>
+      <c r="R326"/>
+      <c r="S326"/>
+      <c r="T326"/>
+      <c r="U326"/>
+      <c r="V326">
+        <v>0</v>
+      </c>
+      <c r="W326"/>
+      <c r="X326"/>
+      <c r="Y326"/>
+      <c r="Z326"/>
+      <c r="AA326"/>
+      <c r="AB326"/>
+      <c r="AC326"/>
+      <c r="AD326"/>
+      <c r="AE326"/>
+      <c r="AF326"/>
+      <c r="AG326"/>
+      <c r="AH326"/>
+      <c r="AI326"/>
+      <c r="AJ326">
+        <v>0</v>
+      </c>
+      <c r="AK326"/>
+      <c r="AL326"/>
+      <c r="AM326"/>
+      <c r="AN326"/>
+      <c r="AO326">
+        <v>0</v>
+      </c>
+      <c r="AP326"/>
+      <c r="AQ326"/>
+      <c r="AR326"/>
+      <c r="AS326"/>
+    </row>
+    <row r="327" spans="1:45">
+      <c r="A327" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B327" t="s">
+        <v>247</v>
+      </c>
+      <c r="C327" t="s">
+        <v>376</v>
+      </c>
+      <c r="D327">
+        <v>2023</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G327" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I327" t="s">
+        <v>72</v>
+      </c>
+      <c r="J327">
+        <v>0</v>
+      </c>
+      <c r="K327">
+        <v>0</v>
+      </c>
+      <c r="L327">
+        <v>0</v>
+      </c>
+      <c r="M327">
+        <v>0</v>
+      </c>
+      <c r="N327">
+        <v>0</v>
+      </c>
+      <c r="O327"/>
+      <c r="P327"/>
+      <c r="Q327">
+        <v>0</v>
+      </c>
+      <c r="R327">
+        <v>0</v>
+      </c>
+      <c r="S327"/>
+      <c r="T327"/>
+      <c r="U327">
+        <v>-1</v>
+      </c>
+      <c r="V327">
+        <v>0</v>
+      </c>
+      <c r="W327"/>
+      <c r="X327"/>
+      <c r="Y327"/>
+      <c r="Z327"/>
+      <c r="AA327"/>
+      <c r="AB327"/>
+      <c r="AC327"/>
+      <c r="AD327"/>
+      <c r="AE327">
+        <v>-1</v>
+      </c>
+      <c r="AF327">
+        <v>-1</v>
+      </c>
+      <c r="AG327"/>
+      <c r="AH327"/>
+      <c r="AI327">
+        <v>-1</v>
+      </c>
+      <c r="AJ327">
+        <v>0</v>
+      </c>
+      <c r="AK327">
+        <v>-1</v>
+      </c>
+      <c r="AL327"/>
+      <c r="AM327"/>
+      <c r="AN327"/>
+      <c r="AO327">
+        <v>0</v>
+      </c>
+      <c r="AP327"/>
+      <c r="AQ327"/>
+      <c r="AR327"/>
+      <c r="AS327"/>
+    </row>
+    <row r="328" spans="1:45">
+      <c r="A328" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B328" t="s">
+        <v>267</v>
+      </c>
+      <c r="C328" t="s">
+        <v>376</v>
+      </c>
+      <c r="D328">
+        <v>2023</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G328" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I328" t="s">
+        <v>1480</v>
+      </c>
+      <c r="J328">
+        <v>0</v>
+      </c>
+      <c r="K328">
+        <v>0</v>
+      </c>
+      <c r="L328">
+        <v>0</v>
+      </c>
+      <c r="M328">
+        <v>0</v>
+      </c>
+      <c r="N328">
+        <v>0</v>
+      </c>
+      <c r="O328"/>
+      <c r="P328"/>
+      <c r="Q328">
+        <v>0</v>
+      </c>
+      <c r="R328"/>
+      <c r="S328"/>
+      <c r="T328">
+        <v>0</v>
+      </c>
+      <c r="U328"/>
+      <c r="V328">
+        <v>0</v>
+      </c>
+      <c r="W328"/>
+      <c r="X328"/>
+      <c r="Y328"/>
+      <c r="Z328"/>
+      <c r="AA328"/>
+      <c r="AB328"/>
+      <c r="AC328"/>
+      <c r="AD328"/>
+      <c r="AE328"/>
+      <c r="AF328"/>
+      <c r="AG328"/>
+      <c r="AH328"/>
+      <c r="AI328"/>
+      <c r="AJ328">
+        <v>0</v>
+      </c>
+      <c r="AK328"/>
+      <c r="AL328"/>
+      <c r="AM328"/>
+      <c r="AN328"/>
+      <c r="AO328">
+        <v>0</v>
+      </c>
+      <c r="AP328"/>
+      <c r="AQ328"/>
+      <c r="AR328"/>
+      <c r="AS328"/>
+    </row>
+    <row r="329" spans="1:45">
+      <c r="A329" t="s">
+        <v>212</v>
+      </c>
+      <c r="B329" t="s">
+        <v>177</v>
+      </c>
+      <c r="C329" t="s">
+        <v>376</v>
+      </c>
+      <c r="D329">
+        <v>2023</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G329" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I329" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J329">
+        <v>0</v>
+      </c>
+      <c r="K329">
+        <v>0</v>
+      </c>
+      <c r="L329">
+        <v>0</v>
+      </c>
+      <c r="M329">
+        <v>0</v>
+      </c>
+      <c r="N329">
+        <v>0</v>
+      </c>
+      <c r="O329">
+        <v>0</v>
+      </c>
+      <c r="P329"/>
+      <c r="Q329"/>
+      <c r="R329"/>
+      <c r="S329"/>
+      <c r="T329"/>
+      <c r="U329"/>
+      <c r="V329">
+        <v>0</v>
+      </c>
+      <c r="W329"/>
+      <c r="X329"/>
+      <c r="Y329"/>
+      <c r="Z329"/>
+      <c r="AA329"/>
+      <c r="AB329"/>
+      <c r="AC329"/>
+      <c r="AD329"/>
+      <c r="AE329"/>
+      <c r="AF329"/>
+      <c r="AG329"/>
+      <c r="AH329"/>
+      <c r="AI329"/>
+      <c r="AJ329">
+        <v>0</v>
+      </c>
+      <c r="AK329"/>
+      <c r="AL329"/>
+      <c r="AM329"/>
+      <c r="AN329">
+        <v>0</v>
+      </c>
+      <c r="AO329">
+        <v>0</v>
+      </c>
+      <c r="AP329">
+        <v>0</v>
+      </c>
+      <c r="AQ329"/>
+      <c r="AR329"/>
+      <c r="AS329"/>
+    </row>
+    <row r="330" spans="1:45">
+      <c r="A330" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B330" t="s">
+        <v>97</v>
+      </c>
+      <c r="C330" t="s">
+        <v>376</v>
+      </c>
+      <c r="D330">
+        <v>2023</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G330" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I330" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J330">
+        <v>0</v>
+      </c>
+      <c r="K330">
+        <v>0</v>
+      </c>
+      <c r="L330">
+        <v>0</v>
+      </c>
+      <c r="M330">
+        <v>0</v>
+      </c>
+      <c r="N330">
+        <v>0</v>
+      </c>
+      <c r="O330">
+        <v>0</v>
+      </c>
+      <c r="P330"/>
+      <c r="Q330"/>
+      <c r="R330">
+        <v>0</v>
+      </c>
+      <c r="S330"/>
+      <c r="T330"/>
+      <c r="U330"/>
+      <c r="V330">
+        <v>0</v>
+      </c>
+      <c r="W330"/>
+      <c r="X330"/>
+      <c r="Y330"/>
+      <c r="Z330"/>
+      <c r="AA330"/>
+      <c r="AB330"/>
+      <c r="AC330"/>
+      <c r="AD330"/>
+      <c r="AE330"/>
+      <c r="AF330"/>
+      <c r="AG330"/>
+      <c r="AH330"/>
+      <c r="AI330">
+        <v>-1</v>
+      </c>
+      <c r="AJ330">
+        <v>0</v>
+      </c>
+      <c r="AK330">
+        <v>-1</v>
+      </c>
+      <c r="AL330"/>
+      <c r="AM330"/>
+      <c r="AN330"/>
+      <c r="AO330">
+        <v>0</v>
+      </c>
+      <c r="AP330"/>
+      <c r="AQ330"/>
+      <c r="AR330"/>
+      <c r="AS330"/>
+    </row>
+    <row r="331" spans="1:45">
+      <c r="A331" t="s">
+        <v>96</v>
+      </c>
+      <c r="B331" t="s">
+        <v>97</v>
+      </c>
+      <c r="C331" t="s">
+        <v>417</v>
+      </c>
+      <c r="D331">
+        <v>2023</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G331" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I331" t="s">
+        <v>1309</v>
+      </c>
+      <c r="J331">
+        <v>0</v>
+      </c>
+      <c r="K331">
+        <v>0</v>
+      </c>
+      <c r="L331">
+        <v>0</v>
+      </c>
+      <c r="M331">
+        <v>-1</v>
+      </c>
+      <c r="N331">
+        <v>0</v>
+      </c>
+      <c r="O331"/>
+      <c r="P331"/>
+      <c r="Q331"/>
+      <c r="R331"/>
+      <c r="S331"/>
+      <c r="T331">
+        <v>-1</v>
+      </c>
+      <c r="U331"/>
+      <c r="V331">
+        <v>0</v>
+      </c>
+      <c r="W331"/>
+      <c r="X331"/>
+      <c r="Y331"/>
+      <c r="Z331"/>
+      <c r="AA331"/>
+      <c r="AB331"/>
+      <c r="AC331"/>
+      <c r="AD331"/>
+      <c r="AE331"/>
+      <c r="AF331"/>
+      <c r="AG331"/>
+      <c r="AH331"/>
+      <c r="AI331"/>
+      <c r="AJ331">
+        <v>0</v>
+      </c>
+      <c r="AK331"/>
+      <c r="AL331"/>
+      <c r="AM331"/>
+      <c r="AN331"/>
+      <c r="AO331">
+        <v>0</v>
+      </c>
+      <c r="AP331"/>
+      <c r="AQ331"/>
+      <c r="AR331"/>
+      <c r="AS331"/>
+    </row>
+    <row r="332" spans="1:45">
+      <c r="A332" t="s">
+        <v>573</v>
+      </c>
+      <c r="B332" t="s">
+        <v>97</v>
+      </c>
+      <c r="C332" t="s">
+        <v>417</v>
+      </c>
+      <c r="D332">
+        <v>2023</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F332" t="s">
+        <v>1494</v>
+      </c>
+      <c r="G332" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I332" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J332">
+        <v>0</v>
+      </c>
+      <c r="K332">
+        <v>0</v>
+      </c>
+      <c r="L332">
+        <v>0</v>
+      </c>
+      <c r="M332">
+        <v>0</v>
+      </c>
+      <c r="N332">
+        <v>0</v>
+      </c>
+      <c r="O332">
+        <v>0</v>
+      </c>
+      <c r="P332"/>
+      <c r="Q332"/>
+      <c r="R332"/>
+      <c r="S332"/>
+      <c r="T332"/>
+      <c r="U332"/>
+      <c r="V332">
+        <v>0</v>
+      </c>
+      <c r="W332"/>
+      <c r="X332"/>
+      <c r="Y332"/>
+      <c r="Z332"/>
+      <c r="AA332"/>
+      <c r="AB332"/>
+      <c r="AC332"/>
+      <c r="AD332"/>
+      <c r="AE332"/>
+      <c r="AF332"/>
+      <c r="AG332"/>
+      <c r="AH332"/>
+      <c r="AI332">
+        <v>0</v>
+      </c>
+      <c r="AJ332">
+        <v>0</v>
+      </c>
+      <c r="AK332"/>
+      <c r="AL332"/>
+      <c r="AM332">
+        <v>0</v>
+      </c>
+      <c r="AN332"/>
+      <c r="AO332">
+        <v>0</v>
+      </c>
+      <c r="AP332"/>
+      <c r="AQ332"/>
+      <c r="AR332"/>
+      <c r="AS332"/>
+    </row>
+    <row r="333" spans="1:45">
+      <c r="A333" t="s">
+        <v>432</v>
+      </c>
+      <c r="B333" t="s">
+        <v>65</v>
+      </c>
+      <c r="C333" t="s">
+        <v>417</v>
+      </c>
+      <c r="D333">
+        <v>2023</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F333" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G333" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I333" t="s">
+        <v>1501</v>
+      </c>
+      <c r="J333">
+        <v>0</v>
+      </c>
+      <c r="K333">
+        <v>0</v>
+      </c>
+      <c r="L333">
+        <v>0</v>
+      </c>
+      <c r="M333">
+        <v>0</v>
+      </c>
+      <c r="N333">
+        <v>0</v>
+      </c>
+      <c r="O333"/>
+      <c r="P333"/>
+      <c r="Q333"/>
+      <c r="R333"/>
+      <c r="S333"/>
+      <c r="T333">
+        <v>0</v>
+      </c>
+      <c r="U333"/>
+      <c r="V333">
+        <v>0</v>
+      </c>
+      <c r="W333"/>
+      <c r="X333"/>
+      <c r="Y333"/>
+      <c r="Z333"/>
+      <c r="AA333"/>
+      <c r="AB333"/>
+      <c r="AC333"/>
+      <c r="AD333"/>
+      <c r="AE333"/>
+      <c r="AF333"/>
+      <c r="AG333"/>
+      <c r="AH333"/>
+      <c r="AI333">
+        <v>0</v>
+      </c>
+      <c r="AJ333">
+        <v>0</v>
+      </c>
+      <c r="AK333">
+        <v>0</v>
+      </c>
+      <c r="AL333"/>
+      <c r="AM333"/>
+      <c r="AN333"/>
+      <c r="AO333">
+        <v>0</v>
+      </c>
+      <c r="AP333"/>
+      <c r="AQ333"/>
+      <c r="AR333"/>
+      <c r="AS333"/>
+    </row>
+    <row r="334" spans="1:45">
+      <c r="A334" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B334" t="s">
+        <v>177</v>
+      </c>
+      <c r="C334" t="s">
+        <v>417</v>
+      </c>
+      <c r="D334">
+        <v>2023</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G334" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I334" t="s">
+        <v>1506</v>
+      </c>
+      <c r="J334">
+        <v>0</v>
+      </c>
+      <c r="K334">
+        <v>0</v>
+      </c>
+      <c r="L334">
+        <v>0</v>
+      </c>
+      <c r="M334">
+        <v>0</v>
+      </c>
+      <c r="N334">
+        <v>0</v>
+      </c>
+      <c r="O334">
+        <v>0</v>
+      </c>
+      <c r="P334"/>
+      <c r="Q334">
+        <v>0</v>
+      </c>
+      <c r="R334"/>
+      <c r="S334"/>
+      <c r="T334"/>
+      <c r="U334">
+        <v>0</v>
+      </c>
+      <c r="V334">
+        <v>0</v>
+      </c>
+      <c r="W334"/>
+      <c r="X334"/>
+      <c r="Y334"/>
+      <c r="Z334"/>
+      <c r="AA334"/>
+      <c r="AB334"/>
+      <c r="AC334"/>
+      <c r="AD334"/>
+      <c r="AE334">
+        <v>0</v>
+      </c>
+      <c r="AF334">
+        <v>0</v>
+      </c>
+      <c r="AG334">
+        <v>0</v>
+      </c>
+      <c r="AH334"/>
+      <c r="AI334"/>
+      <c r="AJ334">
+        <v>0</v>
+      </c>
+      <c r="AK334"/>
+      <c r="AL334"/>
+      <c r="AM334"/>
+      <c r="AN334"/>
+      <c r="AO334">
+        <v>0</v>
+      </c>
+      <c r="AP334"/>
+      <c r="AQ334"/>
+      <c r="AR334"/>
+      <c r="AS334"/>
+    </row>
+    <row r="335" spans="1:45">
+      <c r="A335" t="s">
+        <v>488</v>
+      </c>
+      <c r="B335" t="s">
+        <v>148</v>
+      </c>
+      <c r="C335" t="s">
+        <v>417</v>
+      </c>
+      <c r="D335">
+        <v>2023</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G335" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1509</v>
+      </c>
+      <c r="I335" t="s">
+        <v>1510</v>
+      </c>
+      <c r="J335">
+        <v>0</v>
+      </c>
+      <c r="K335">
+        <v>0</v>
+      </c>
+      <c r="L335">
+        <v>0</v>
+      </c>
+      <c r="M335">
+        <v>0</v>
+      </c>
+      <c r="N335">
+        <v>0</v>
+      </c>
+      <c r="O335">
+        <v>0</v>
+      </c>
+      <c r="P335"/>
+      <c r="Q335"/>
+      <c r="R335">
+        <v>0</v>
+      </c>
+      <c r="S335"/>
+      <c r="T335"/>
+      <c r="U335"/>
+      <c r="V335">
+        <v>0</v>
+      </c>
+      <c r="W335"/>
+      <c r="X335"/>
+      <c r="Y335"/>
+      <c r="Z335"/>
+      <c r="AA335"/>
+      <c r="AB335"/>
+      <c r="AC335"/>
+      <c r="AD335"/>
+      <c r="AE335"/>
+      <c r="AF335"/>
+      <c r="AG335"/>
+      <c r="AH335"/>
+      <c r="AI335">
+        <v>0</v>
+      </c>
+      <c r="AJ335">
+        <v>0</v>
+      </c>
+      <c r="AK335">
+        <v>0</v>
+      </c>
+      <c r="AL335"/>
+      <c r="AM335"/>
+      <c r="AN335"/>
+      <c r="AO335">
+        <v>0</v>
+      </c>
+      <c r="AP335"/>
+      <c r="AQ335"/>
+      <c r="AR335"/>
+      <c r="AS335"/>
+    </row>
+    <row r="336" spans="1:45">
+      <c r="A336" t="s">
+        <v>599</v>
+      </c>
+      <c r="B336" t="s">
+        <v>141</v>
+      </c>
+      <c r="C336" t="s">
+        <v>417</v>
+      </c>
+      <c r="D336">
+        <v>2023</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G336" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I336" t="s">
+        <v>1309</v>
+      </c>
+      <c r="J336">
+        <v>0</v>
+      </c>
+      <c r="K336">
+        <v>0</v>
+      </c>
+      <c r="L336">
+        <v>0</v>
+      </c>
+      <c r="M336">
+        <v>0</v>
+      </c>
+      <c r="N336">
+        <v>0</v>
+      </c>
+      <c r="O336">
+        <v>0</v>
+      </c>
+      <c r="P336"/>
+      <c r="Q336"/>
+      <c r="R336"/>
+      <c r="S336"/>
+      <c r="T336"/>
+      <c r="U336">
+        <v>-1</v>
+      </c>
+      <c r="V336">
+        <v>0</v>
+      </c>
+      <c r="W336"/>
+      <c r="X336">
+        <v>-1</v>
+      </c>
+      <c r="Y336"/>
+      <c r="Z336"/>
+      <c r="AA336"/>
+      <c r="AB336"/>
+      <c r="AC336">
+        <v>-1</v>
+      </c>
+      <c r="AD336"/>
+      <c r="AE336"/>
+      <c r="AF336"/>
+      <c r="AG336"/>
+      <c r="AH336"/>
+      <c r="AI336"/>
+      <c r="AJ336">
+        <v>0</v>
+      </c>
+      <c r="AK336"/>
+      <c r="AL336"/>
+      <c r="AM336"/>
+      <c r="AN336">
+        <v>1</v>
+      </c>
+      <c r="AO336">
+        <v>0</v>
+      </c>
+      <c r="AP336">
+        <v>1</v>
+      </c>
+      <c r="AQ336"/>
+      <c r="AR336"/>
+      <c r="AS336"/>
+    </row>
+    <row r="337" spans="1:45">
+      <c r="A337" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B337" t="s">
+        <v>267</v>
+      </c>
+      <c r="C337" t="s">
+        <v>417</v>
+      </c>
+      <c r="D337">
+        <v>2023</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G337" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1516</v>
+      </c>
+      <c r="I337" t="s">
+        <v>1517</v>
+      </c>
+      <c r="J337">
+        <v>0</v>
+      </c>
+      <c r="K337">
+        <v>0</v>
+      </c>
+      <c r="L337">
+        <v>0</v>
+      </c>
+      <c r="M337">
+        <v>0</v>
+      </c>
+      <c r="N337">
+        <v>0</v>
+      </c>
+      <c r="O337">
+        <v>0</v>
+      </c>
+      <c r="P337"/>
+      <c r="Q337"/>
+      <c r="R337"/>
+      <c r="S337"/>
+      <c r="T337"/>
+      <c r="U337"/>
+      <c r="V337">
+        <v>0</v>
+      </c>
+      <c r="W337"/>
+      <c r="X337"/>
+      <c r="Y337"/>
+      <c r="Z337"/>
+      <c r="AA337"/>
+      <c r="AB337"/>
+      <c r="AC337"/>
+      <c r="AD337"/>
+      <c r="AE337"/>
+      <c r="AF337"/>
+      <c r="AG337"/>
+      <c r="AH337"/>
+      <c r="AI337"/>
+      <c r="AJ337">
+        <v>0</v>
+      </c>
+      <c r="AK337"/>
+      <c r="AL337"/>
+      <c r="AM337"/>
+      <c r="AN337"/>
+      <c r="AO337">
+        <v>0</v>
+      </c>
+      <c r="AP337"/>
+      <c r="AQ337"/>
+      <c r="AR337"/>
+      <c r="AS337"/>
+    </row>
+    <row r="338" spans="1:45">
+      <c r="A338" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B338" t="s">
+        <v>46</v>
+      </c>
+      <c r="C338" t="s">
+        <v>417</v>
+      </c>
+      <c r="D338">
+        <v>2023</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F338" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G338" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I338" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J338">
+        <v>0</v>
+      </c>
+      <c r="K338">
+        <v>0</v>
+      </c>
+      <c r="L338">
+        <v>0</v>
+      </c>
+      <c r="M338">
+        <v>1</v>
+      </c>
+      <c r="N338">
+        <v>0</v>
+      </c>
+      <c r="O338">
+        <v>1</v>
+      </c>
+      <c r="P338"/>
+      <c r="Q338"/>
+      <c r="R338"/>
+      <c r="S338"/>
+      <c r="T338"/>
+      <c r="U338">
+        <v>0</v>
+      </c>
+      <c r="V338">
+        <v>0</v>
+      </c>
+      <c r="W338"/>
+      <c r="X338"/>
+      <c r="Y338"/>
+      <c r="Z338"/>
+      <c r="AA338"/>
+      <c r="AB338"/>
+      <c r="AC338"/>
+      <c r="AD338"/>
+      <c r="AE338">
+        <v>0</v>
+      </c>
+      <c r="AF338">
+        <v>0</v>
+      </c>
+      <c r="AG338"/>
+      <c r="AH338"/>
+      <c r="AI338">
+        <v>-1</v>
+      </c>
+      <c r="AJ338">
+        <v>0</v>
+      </c>
+      <c r="AK338">
+        <v>-1</v>
+      </c>
+      <c r="AL338"/>
+      <c r="AM338"/>
+      <c r="AN338"/>
+      <c r="AO338">
+        <v>0</v>
+      </c>
+      <c r="AP338"/>
+      <c r="AQ338"/>
+      <c r="AR338"/>
+      <c r="AS338"/>
+    </row>
+    <row r="339" spans="1:45">
+      <c r="A339" t="s">
+        <v>892</v>
+      </c>
+      <c r="B339" t="s">
+        <v>261</v>
+      </c>
+      <c r="C339" t="s">
+        <v>417</v>
+      </c>
+      <c r="D339">
+        <v>2023</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G339" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I339" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J339">
+        <v>0</v>
+      </c>
+      <c r="K339">
+        <v>0</v>
+      </c>
+      <c r="L339">
+        <v>0</v>
+      </c>
+      <c r="M339"/>
+      <c r="N339">
+        <v>0</v>
+      </c>
+      <c r="O339"/>
+      <c r="P339"/>
+      <c r="Q339"/>
+      <c r="R339"/>
+      <c r="S339"/>
+      <c r="T339"/>
+      <c r="U339">
+        <v>-1</v>
+      </c>
+      <c r="V339">
+        <v>0</v>
+      </c>
+      <c r="W339"/>
+      <c r="X339">
+        <v>-1</v>
+      </c>
+      <c r="Y339"/>
+      <c r="Z339"/>
+      <c r="AA339"/>
+      <c r="AB339">
+        <v>-1</v>
+      </c>
+      <c r="AC339"/>
+      <c r="AD339">
+        <v>-1</v>
+      </c>
+      <c r="AE339">
+        <v>-1</v>
+      </c>
+      <c r="AF339"/>
+      <c r="AG339">
+        <v>-1</v>
+      </c>
+      <c r="AH339"/>
+      <c r="AI339"/>
+      <c r="AJ339">
+        <v>0</v>
+      </c>
+      <c r="AK339"/>
+      <c r="AL339"/>
+      <c r="AM339"/>
+      <c r="AN339">
+        <v>-1</v>
+      </c>
+      <c r="AO339">
+        <v>0</v>
+      </c>
+      <c r="AP339"/>
+      <c r="AQ339" t="s">
+        <v>169</v>
+      </c>
+      <c r="AR339" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS339"/>
+    </row>
+    <row r="340" spans="1:45">
+      <c r="A340" t="s">
+        <v>282</v>
+      </c>
+      <c r="B340" t="s">
+        <v>261</v>
+      </c>
+      <c r="C340" t="s">
+        <v>417</v>
+      </c>
+      <c r="D340">
+        <v>2023</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1526</v>
+      </c>
+      <c r="G340" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I340" t="s">
+        <v>1529</v>
+      </c>
+      <c r="J340">
+        <v>0</v>
+      </c>
+      <c r="K340">
+        <v>0</v>
+      </c>
+      <c r="L340">
+        <v>0</v>
+      </c>
+      <c r="M340">
+        <v>0</v>
+      </c>
+      <c r="N340">
+        <v>0</v>
+      </c>
+      <c r="O340">
+        <v>0</v>
+      </c>
+      <c r="P340"/>
+      <c r="Q340"/>
+      <c r="R340">
+        <v>0</v>
+      </c>
+      <c r="S340"/>
+      <c r="T340"/>
+      <c r="U340"/>
+      <c r="V340">
+        <v>0</v>
+      </c>
+      <c r="W340"/>
+      <c r="X340"/>
+      <c r="Y340"/>
+      <c r="Z340"/>
+      <c r="AA340"/>
+      <c r="AB340"/>
+      <c r="AC340"/>
+      <c r="AD340"/>
+      <c r="AE340"/>
+      <c r="AF340"/>
+      <c r="AG340"/>
+      <c r="AH340"/>
+      <c r="AI340">
+        <v>0</v>
+      </c>
+      <c r="AJ340">
+        <v>0</v>
+      </c>
+      <c r="AK340">
+        <v>0</v>
+      </c>
+      <c r="AL340"/>
+      <c r="AM340"/>
+      <c r="AN340"/>
+      <c r="AO340">
+        <v>0</v>
+      </c>
+      <c r="AP340"/>
+      <c r="AQ340"/>
+      <c r="AR340"/>
+      <c r="AS340"/>
+    </row>
+    <row r="341" spans="1:45">
+      <c r="A341" t="s">
+        <v>226</v>
+      </c>
+      <c r="B341" t="s">
+        <v>54</v>
+      </c>
+      <c r="C341" t="s">
+        <v>417</v>
+      </c>
+      <c r="D341">
+        <v>2023</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F341" t="s">
+        <v>1530</v>
+      </c>
+      <c r="G341" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I341" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J341">
+        <v>0</v>
+      </c>
+      <c r="K341">
+        <v>0</v>
+      </c>
+      <c r="L341">
+        <v>0</v>
+      </c>
+      <c r="M341">
+        <v>0</v>
+      </c>
+      <c r="N341">
+        <v>0</v>
+      </c>
+      <c r="O341"/>
+      <c r="P341">
+        <v>0</v>
+      </c>
+      <c r="Q341"/>
+      <c r="R341"/>
+      <c r="S341">
+        <v>0</v>
+      </c>
+      <c r="T341"/>
+      <c r="U341">
+        <v>0</v>
+      </c>
+      <c r="V341">
+        <v>0</v>
+      </c>
+      <c r="W341"/>
+      <c r="X341"/>
+      <c r="Y341"/>
+      <c r="Z341"/>
+      <c r="AA341"/>
+      <c r="AB341"/>
+      <c r="AC341"/>
+      <c r="AD341"/>
+      <c r="AE341">
+        <v>0</v>
+      </c>
+      <c r="AF341"/>
+      <c r="AG341">
+        <v>0</v>
+      </c>
+      <c r="AH341"/>
+      <c r="AI341"/>
+      <c r="AJ341">
+        <v>0</v>
+      </c>
+      <c r="AK341"/>
+      <c r="AL341"/>
+      <c r="AM341"/>
+      <c r="AN341"/>
+      <c r="AO341">
+        <v>0</v>
+      </c>
+      <c r="AP341"/>
+      <c r="AQ341"/>
+      <c r="AR341"/>
+      <c r="AS341"/>
+    </row>
+    <row r="342" spans="1:45">
+      <c r="A342" t="s">
+        <v>212</v>
+      </c>
+      <c r="B342" t="s">
+        <v>177</v>
+      </c>
+      <c r="C342" t="s">
+        <v>463</v>
+      </c>
+      <c r="D342">
+        <v>2023</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G342" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1537</v>
+      </c>
+      <c r="I342" t="s">
+        <v>1538</v>
+      </c>
+      <c r="J342">
+        <v>0</v>
+      </c>
+      <c r="K342">
+        <v>1</v>
+      </c>
+      <c r="L342">
+        <v>0</v>
+      </c>
+      <c r="M342">
+        <v>0</v>
+      </c>
+      <c r="N342">
+        <v>0</v>
+      </c>
+      <c r="O342">
+        <v>0</v>
+      </c>
+      <c r="P342"/>
+      <c r="Q342"/>
+      <c r="R342"/>
+      <c r="S342"/>
+      <c r="T342"/>
+      <c r="U342"/>
+      <c r="V342">
+        <v>0</v>
+      </c>
+      <c r="W342"/>
+      <c r="X342"/>
+      <c r="Y342"/>
+      <c r="Z342"/>
+      <c r="AA342"/>
+      <c r="AB342"/>
+      <c r="AC342"/>
+      <c r="AD342"/>
+      <c r="AE342"/>
+      <c r="AF342"/>
+      <c r="AG342"/>
+      <c r="AH342"/>
+      <c r="AI342"/>
+      <c r="AJ342">
+        <v>0</v>
+      </c>
+      <c r="AK342"/>
+      <c r="AL342"/>
+      <c r="AM342"/>
+      <c r="AN342">
+        <v>0</v>
+      </c>
+      <c r="AO342">
+        <v>0</v>
+      </c>
+      <c r="AP342"/>
+      <c r="AQ342"/>
+      <c r="AR342" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS342"/>
+    </row>
+    <row r="343" spans="1:45">
+      <c r="A343" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B343" t="s">
+        <v>65</v>
+      </c>
+      <c r="C343" t="s">
+        <v>463</v>
+      </c>
+      <c r="D343">
+        <v>2023</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G343" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I343" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J343">
+        <v>0</v>
+      </c>
+      <c r="K343">
+        <v>0</v>
+      </c>
+      <c r="L343">
+        <v>1</v>
+      </c>
+      <c r="M343"/>
+      <c r="N343">
+        <v>0</v>
+      </c>
+      <c r="O343"/>
+      <c r="P343"/>
+      <c r="Q343"/>
+      <c r="R343"/>
+      <c r="S343"/>
+      <c r="T343"/>
+      <c r="U343"/>
+      <c r="V343">
+        <v>0</v>
+      </c>
+      <c r="W343"/>
+      <c r="X343"/>
+      <c r="Y343"/>
+      <c r="Z343"/>
+      <c r="AA343"/>
+      <c r="AB343"/>
+      <c r="AC343"/>
+      <c r="AD343"/>
+      <c r="AE343"/>
+      <c r="AF343"/>
+      <c r="AG343"/>
+      <c r="AH343"/>
+      <c r="AI343"/>
+      <c r="AJ343">
+        <v>0</v>
+      </c>
+      <c r="AK343"/>
+      <c r="AL343"/>
+      <c r="AM343"/>
+      <c r="AN343"/>
+      <c r="AO343">
+        <v>0</v>
+      </c>
+      <c r="AP343"/>
+      <c r="AQ343"/>
+      <c r="AR343"/>
+      <c r="AS343"/>
+    </row>
+    <row r="344" spans="1:45">
+      <c r="A344" t="s">
+        <v>375</v>
+      </c>
+      <c r="B344" t="s">
+        <v>365</v>
+      </c>
+      <c r="C344" t="s">
+        <v>463</v>
+      </c>
+      <c r="D344">
+        <v>2023</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G344" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1546</v>
+      </c>
+      <c r="I344" t="s">
+        <v>1547</v>
+      </c>
+      <c r="J344">
+        <v>0</v>
+      </c>
+      <c r="K344">
+        <v>1</v>
+      </c>
+      <c r="L344">
+        <v>0</v>
+      </c>
+      <c r="M344">
+        <v>0</v>
+      </c>
+      <c r="N344">
+        <v>0</v>
+      </c>
+      <c r="O344">
+        <v>0</v>
+      </c>
+      <c r="P344"/>
+      <c r="Q344"/>
+      <c r="R344">
+        <v>0</v>
+      </c>
+      <c r="S344"/>
+      <c r="T344"/>
+      <c r="U344"/>
+      <c r="V344">
+        <v>0</v>
+      </c>
+      <c r="W344"/>
+      <c r="X344"/>
+      <c r="Y344"/>
+      <c r="Z344"/>
+      <c r="AA344"/>
+      <c r="AB344"/>
+      <c r="AC344"/>
+      <c r="AD344"/>
+      <c r="AE344"/>
+      <c r="AF344"/>
+      <c r="AG344"/>
+      <c r="AH344"/>
+      <c r="AI344"/>
+      <c r="AJ344">
+        <v>0</v>
+      </c>
+      <c r="AK344"/>
+      <c r="AL344"/>
+      <c r="AM344"/>
+      <c r="AN344">
+        <v>0</v>
+      </c>
+      <c r="AO344">
+        <v>0</v>
+      </c>
+      <c r="AP344"/>
+      <c r="AQ344"/>
+      <c r="AR344" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS344"/>
+    </row>
+    <row r="345" spans="1:45">
+      <c r="A345" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B345" t="s">
+        <v>267</v>
+      </c>
+      <c r="C345" t="s">
+        <v>463</v>
+      </c>
+      <c r="D345">
+        <v>2023</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G345" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I345" t="s">
+        <v>1551</v>
+      </c>
+      <c r="J345">
+        <v>0</v>
+      </c>
+      <c r="K345">
+        <v>0</v>
+      </c>
+      <c r="L345">
+        <v>1</v>
+      </c>
+      <c r="M345"/>
+      <c r="N345">
+        <v>0</v>
+      </c>
+      <c r="O345"/>
+      <c r="P345"/>
+      <c r="Q345"/>
+      <c r="R345"/>
+      <c r="S345"/>
+      <c r="T345"/>
+      <c r="U345"/>
+      <c r="V345">
+        <v>0</v>
+      </c>
+      <c r="W345"/>
+      <c r="X345"/>
+      <c r="Y345"/>
+      <c r="Z345"/>
+      <c r="AA345"/>
+      <c r="AB345"/>
+      <c r="AC345"/>
+      <c r="AD345"/>
+      <c r="AE345"/>
+      <c r="AF345"/>
+      <c r="AG345"/>
+      <c r="AH345"/>
+      <c r="AI345"/>
+      <c r="AJ345">
+        <v>0</v>
+      </c>
+      <c r="AK345"/>
+      <c r="AL345"/>
+      <c r="AM345"/>
+      <c r="AN345"/>
+      <c r="AO345">
+        <v>0</v>
+      </c>
+      <c r="AP345"/>
+      <c r="AQ345"/>
+      <c r="AR345"/>
+      <c r="AS345"/>
+    </row>
+    <row r="346" spans="1:45">
+      <c r="A346" t="s">
+        <v>153</v>
+      </c>
+      <c r="B346" t="s">
+        <v>154</v>
+      </c>
+      <c r="C346" t="s">
+        <v>463</v>
+      </c>
+      <c r="D346">
+        <v>2023</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G346" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I346" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J346">
+        <v>0</v>
+      </c>
+      <c r="K346">
+        <v>0</v>
+      </c>
+      <c r="L346">
+        <v>1</v>
+      </c>
+      <c r="M346"/>
+      <c r="N346">
+        <v>0</v>
+      </c>
+      <c r="O346"/>
+      <c r="P346"/>
+      <c r="Q346"/>
+      <c r="R346"/>
+      <c r="S346"/>
+      <c r="T346"/>
+      <c r="U346"/>
+      <c r="V346">
+        <v>0</v>
+      </c>
+      <c r="W346"/>
+      <c r="X346"/>
+      <c r="Y346"/>
+      <c r="Z346"/>
+      <c r="AA346"/>
+      <c r="AB346"/>
+      <c r="AC346"/>
+      <c r="AD346"/>
+      <c r="AE346"/>
+      <c r="AF346"/>
+      <c r="AG346"/>
+      <c r="AH346"/>
+      <c r="AI346"/>
+      <c r="AJ346">
+        <v>0</v>
+      </c>
+      <c r="AK346"/>
+      <c r="AL346"/>
+      <c r="AM346"/>
+      <c r="AN346"/>
+      <c r="AO346">
+        <v>0</v>
+      </c>
+      <c r="AP346"/>
+      <c r="AQ346"/>
+      <c r="AR346"/>
+      <c r="AS346"/>
+    </row>
+    <row r="347" spans="1:45">
+      <c r="A347" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B347" t="s">
+        <v>189</v>
+      </c>
+      <c r="C347" t="s">
+        <v>463</v>
+      </c>
+      <c r="D347">
+        <v>2023</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1558</v>
+      </c>
+      <c r="G347" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I347" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J347">
+        <v>0</v>
+      </c>
+      <c r="K347">
+        <v>0</v>
+      </c>
+      <c r="L347">
+        <v>0</v>
+      </c>
+      <c r="M347">
+        <v>-1</v>
+      </c>
+      <c r="N347">
+        <v>0</v>
+      </c>
+      <c r="O347"/>
+      <c r="P347"/>
+      <c r="Q347">
+        <v>-1</v>
+      </c>
+      <c r="R347"/>
+      <c r="S347"/>
+      <c r="T347">
+        <v>-1</v>
+      </c>
+      <c r="U347"/>
+      <c r="V347">
+        <v>0</v>
+      </c>
+      <c r="W347"/>
+      <c r="X347"/>
+      <c r="Y347"/>
+      <c r="Z347"/>
+      <c r="AA347"/>
+      <c r="AB347"/>
+      <c r="AC347"/>
+      <c r="AD347"/>
+      <c r="AE347"/>
+      <c r="AF347"/>
+      <c r="AG347"/>
+      <c r="AH347"/>
+      <c r="AI347"/>
+      <c r="AJ347">
+        <v>0</v>
+      </c>
+      <c r="AK347"/>
+      <c r="AL347"/>
+      <c r="AM347"/>
+      <c r="AN347"/>
+      <c r="AO347">
+        <v>0</v>
+      </c>
+      <c r="AP347"/>
+      <c r="AQ347"/>
+      <c r="AR347"/>
+      <c r="AS347"/>
+    </row>
+    <row r="348" spans="1:45">
+      <c r="A348" t="s">
+        <v>90</v>
+      </c>
+      <c r="B348" t="s">
+        <v>91</v>
+      </c>
+      <c r="C348" t="s">
+        <v>463</v>
+      </c>
+      <c r="D348">
+        <v>2023</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I348" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J348">
+        <v>0</v>
+      </c>
+      <c r="K348">
+        <v>1</v>
+      </c>
+      <c r="L348">
+        <v>0</v>
+      </c>
+      <c r="M348"/>
+      <c r="N348">
+        <v>0</v>
+      </c>
+      <c r="O348"/>
+      <c r="P348"/>
+      <c r="Q348"/>
+      <c r="R348"/>
+      <c r="S348"/>
+      <c r="T348"/>
+      <c r="U348">
+        <v>0</v>
+      </c>
+      <c r="V348">
+        <v>0</v>
+      </c>
+      <c r="W348"/>
+      <c r="X348">
+        <v>0</v>
+      </c>
+      <c r="Y348"/>
+      <c r="Z348">
+        <v>0</v>
+      </c>
+      <c r="AA348"/>
+      <c r="AB348"/>
+      <c r="AC348"/>
+      <c r="AD348"/>
+      <c r="AE348"/>
+      <c r="AF348"/>
+      <c r="AG348"/>
+      <c r="AH348"/>
+      <c r="AI348"/>
+      <c r="AJ348">
+        <v>0</v>
+      </c>
+      <c r="AK348"/>
+      <c r="AL348"/>
+      <c r="AM348"/>
+      <c r="AN348">
+        <v>0</v>
+      </c>
+      <c r="AO348">
+        <v>0</v>
+      </c>
+      <c r="AP348"/>
+      <c r="AQ348" t="s">
+        <v>259</v>
+      </c>
+      <c r="AR348" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS348"/>
+    </row>
+    <row r="349" spans="1:45">
+      <c r="A349" t="s">
+        <v>589</v>
+      </c>
+      <c r="B349" t="s">
+        <v>91</v>
+      </c>
+      <c r="C349" t="s">
+        <v>463</v>
+      </c>
+      <c r="D349">
+        <v>2023</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G349" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I349" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J349">
+        <v>0</v>
+      </c>
+      <c r="K349">
+        <v>1</v>
+      </c>
+      <c r="L349">
+        <v>0</v>
+      </c>
+      <c r="M349">
+        <v>0</v>
+      </c>
+      <c r="N349">
+        <v>0</v>
+      </c>
+      <c r="O349">
+        <v>0</v>
+      </c>
+      <c r="P349"/>
+      <c r="Q349">
+        <v>0</v>
+      </c>
+      <c r="R349"/>
+      <c r="S349"/>
+      <c r="T349"/>
+      <c r="U349"/>
+      <c r="V349">
+        <v>0</v>
+      </c>
+      <c r="W349"/>
+      <c r="X349"/>
+      <c r="Y349"/>
+      <c r="Z349"/>
+      <c r="AA349"/>
+      <c r="AB349"/>
+      <c r="AC349"/>
+      <c r="AD349"/>
+      <c r="AE349"/>
+      <c r="AF349"/>
+      <c r="AG349"/>
+      <c r="AH349"/>
+      <c r="AI349"/>
+      <c r="AJ349">
+        <v>0</v>
+      </c>
+      <c r="AK349"/>
+      <c r="AL349"/>
+      <c r="AM349"/>
+      <c r="AN349"/>
+      <c r="AO349">
+        <v>0</v>
+      </c>
+      <c r="AP349"/>
+      <c r="AQ349"/>
+      <c r="AR349"/>
+      <c r="AS349"/>
+    </row>
+    <row r="350" spans="1:45">
+      <c r="A350" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B350" t="s">
+        <v>130</v>
+      </c>
+      <c r="C350" t="s">
+        <v>463</v>
+      </c>
+      <c r="D350">
+        <v>2023</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G350" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1574</v>
+      </c>
+      <c r="I350" t="s">
+        <v>1575</v>
+      </c>
+      <c r="J350">
+        <v>0</v>
+      </c>
+      <c r="K350">
+        <v>0</v>
+      </c>
+      <c r="L350">
+        <v>0</v>
+      </c>
+      <c r="M350">
+        <v>-1</v>
+      </c>
+      <c r="N350">
+        <v>0</v>
+      </c>
+      <c r="O350">
+        <v>-1</v>
+      </c>
+      <c r="P350"/>
+      <c r="Q350"/>
+      <c r="R350"/>
+      <c r="S350"/>
+      <c r="T350"/>
+      <c r="U350"/>
+      <c r="V350">
+        <v>0</v>
+      </c>
+      <c r="W350"/>
+      <c r="X350"/>
+      <c r="Y350"/>
+      <c r="Z350"/>
+      <c r="AA350"/>
+      <c r="AB350"/>
+      <c r="AC350"/>
+      <c r="AD350"/>
+      <c r="AE350"/>
+      <c r="AF350"/>
+      <c r="AG350"/>
+      <c r="AH350"/>
+      <c r="AI350">
+        <v>1</v>
+      </c>
+      <c r="AJ350">
+        <v>0</v>
+      </c>
+      <c r="AK350"/>
+      <c r="AL350">
+        <v>1</v>
+      </c>
+      <c r="AM350"/>
+      <c r="AN350">
+        <v>-1</v>
+      </c>
+      <c r="AO350">
+        <v>0</v>
+      </c>
+      <c r="AP350"/>
+      <c r="AQ350"/>
+      <c r="AR350" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS350"/>
+    </row>
+    <row r="351" spans="1:45">
+      <c r="A351" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B351" t="s">
+        <v>130</v>
+      </c>
+      <c r="C351" t="s">
+        <v>463</v>
+      </c>
+      <c r="D351">
+        <v>2023</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G351" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1574</v>
+      </c>
+      <c r="I351" t="s">
+        <v>1578</v>
+      </c>
+      <c r="J351">
+        <v>0</v>
+      </c>
+      <c r="K351">
+        <v>0</v>
+      </c>
+      <c r="L351">
+        <v>1</v>
+      </c>
+      <c r="M351"/>
+      <c r="N351">
+        <v>0</v>
+      </c>
+      <c r="O351"/>
+      <c r="P351"/>
+      <c r="Q351"/>
+      <c r="R351"/>
+      <c r="S351"/>
+      <c r="T351"/>
+      <c r="U351"/>
+      <c r="V351">
+        <v>0</v>
+      </c>
+      <c r="W351"/>
+      <c r="X351"/>
+      <c r="Y351"/>
+      <c r="Z351"/>
+      <c r="AA351"/>
+      <c r="AB351"/>
+      <c r="AC351"/>
+      <c r="AD351"/>
+      <c r="AE351"/>
+      <c r="AF351"/>
+      <c r="AG351"/>
+      <c r="AH351"/>
+      <c r="AI351"/>
+      <c r="AJ351">
+        <v>0</v>
+      </c>
+      <c r="AK351"/>
+      <c r="AL351"/>
+      <c r="AM351"/>
+      <c r="AN351"/>
+      <c r="AO351">
+        <v>0</v>
+      </c>
+      <c r="AP351"/>
+      <c r="AQ351"/>
+      <c r="AR351"/>
+      <c r="AS351"/>
+    </row>
+    <row r="352" spans="1:45">
+      <c r="A352" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B352" t="s">
+        <v>130</v>
+      </c>
+      <c r="C352" t="s">
+        <v>463</v>
+      </c>
+      <c r="D352">
+        <v>2023</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G352" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1582</v>
+      </c>
+      <c r="I352" t="s">
+        <v>1583</v>
+      </c>
+      <c r="J352">
+        <v>0</v>
+      </c>
+      <c r="K352">
+        <v>0</v>
+      </c>
+      <c r="L352">
+        <v>0</v>
+      </c>
+      <c r="M352"/>
+      <c r="N352">
+        <v>1</v>
+      </c>
+      <c r="O352">
+        <v>0</v>
+      </c>
+      <c r="P352"/>
+      <c r="Q352">
+        <v>0</v>
+      </c>
+      <c r="R352"/>
+      <c r="S352"/>
+      <c r="T352"/>
+      <c r="U352">
+        <v>-1</v>
+      </c>
+      <c r="V352">
+        <v>0</v>
+      </c>
+      <c r="W352"/>
+      <c r="X352">
+        <v>-1</v>
+      </c>
+      <c r="Y352"/>
+      <c r="Z352">
+        <v>-1</v>
+      </c>
+      <c r="AA352"/>
+      <c r="AB352">
+        <v>-1</v>
+      </c>
+      <c r="AC352"/>
+      <c r="AD352"/>
+      <c r="AE352"/>
+      <c r="AF352"/>
+      <c r="AG352"/>
+      <c r="AH352"/>
+      <c r="AI352">
+        <v>-1</v>
+      </c>
+      <c r="AJ352">
+        <v>0</v>
+      </c>
+      <c r="AK352"/>
+      <c r="AL352"/>
+      <c r="AM352">
+        <v>-1</v>
+      </c>
+      <c r="AN352">
+        <v>-1</v>
+      </c>
+      <c r="AO352">
+        <v>0</v>
+      </c>
+      <c r="AP352"/>
+      <c r="AQ352"/>
+      <c r="AR352"/>
+      <c r="AS352" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="353" spans="1:45">
+      <c r="A353" t="s">
+        <v>749</v>
+      </c>
+      <c r="B353" t="s">
+        <v>74</v>
+      </c>
+      <c r="C353" t="s">
+        <v>463</v>
+      </c>
+      <c r="D353">
+        <v>2023</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G353" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1587</v>
+      </c>
+      <c r="I353" t="s">
+        <v>1588</v>
+      </c>
+      <c r="J353">
+        <v>0</v>
+      </c>
+      <c r="K353">
+        <v>0</v>
+      </c>
+      <c r="L353">
+        <v>1</v>
+      </c>
+      <c r="M353"/>
+      <c r="N353">
+        <v>0</v>
+      </c>
+      <c r="O353"/>
+      <c r="P353"/>
+      <c r="Q353"/>
+      <c r="R353"/>
+      <c r="S353"/>
+      <c r="T353"/>
+      <c r="U353"/>
+      <c r="V353">
+        <v>0</v>
+      </c>
+      <c r="W353"/>
+      <c r="X353"/>
+      <c r="Y353"/>
+      <c r="Z353"/>
+      <c r="AA353"/>
+      <c r="AB353"/>
+      <c r="AC353"/>
+      <c r="AD353"/>
+      <c r="AE353"/>
+      <c r="AF353"/>
+      <c r="AG353"/>
+      <c r="AH353"/>
+      <c r="AI353"/>
+      <c r="AJ353">
+        <v>0</v>
+      </c>
+      <c r="AK353"/>
+      <c r="AL353"/>
+      <c r="AM353"/>
+      <c r="AN353"/>
+      <c r="AO353">
+        <v>0</v>
+      </c>
+      <c r="AP353"/>
+      <c r="AQ353"/>
+      <c r="AR353"/>
+      <c r="AS353"/>
+    </row>
+    <row r="354" spans="1:45">
+      <c r="A354" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B354" t="s">
+        <v>267</v>
+      </c>
+      <c r="C354" t="s">
+        <v>469</v>
+      </c>
+      <c r="D354">
+        <v>2023</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1591</v>
+      </c>
+      <c r="G354" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I354" t="s">
+        <v>1594</v>
+      </c>
+      <c r="J354">
+        <v>0</v>
+      </c>
+      <c r="K354">
+        <v>0</v>
+      </c>
+      <c r="L354">
+        <v>0</v>
+      </c>
+      <c r="M354">
+        <v>-1</v>
+      </c>
+      <c r="N354">
+        <v>0</v>
+      </c>
+      <c r="O354"/>
+      <c r="P354"/>
+      <c r="Q354"/>
+      <c r="R354"/>
+      <c r="S354"/>
+      <c r="T354">
+        <v>-1</v>
+      </c>
+      <c r="U354"/>
+      <c r="V354">
+        <v>0</v>
+      </c>
+      <c r="W354"/>
+      <c r="X354"/>
+      <c r="Y354"/>
+      <c r="Z354"/>
+      <c r="AA354"/>
+      <c r="AB354"/>
+      <c r="AC354"/>
+      <c r="AD354"/>
+      <c r="AE354"/>
+      <c r="AF354"/>
+      <c r="AG354"/>
+      <c r="AH354"/>
+      <c r="AI354"/>
+      <c r="AJ354">
+        <v>0</v>
+      </c>
+      <c r="AK354"/>
+      <c r="AL354"/>
+      <c r="AM354"/>
+      <c r="AN354"/>
+      <c r="AO354">
+        <v>0</v>
+      </c>
+      <c r="AP354"/>
+      <c r="AQ354"/>
+      <c r="AR354"/>
+      <c r="AS354"/>
+    </row>
+    <row r="355" spans="1:45">
+      <c r="A355" t="s">
+        <v>502</v>
+      </c>
+      <c r="B355" t="s">
+        <v>65</v>
+      </c>
+      <c r="C355" t="s">
+        <v>469</v>
+      </c>
+      <c r="D355">
+        <v>2023</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G355" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1598</v>
+      </c>
+      <c r="I355" t="s">
+        <v>1599</v>
+      </c>
+      <c r="J355">
+        <v>0</v>
+      </c>
+      <c r="K355">
+        <v>0</v>
+      </c>
+      <c r="L355">
+        <v>1</v>
+      </c>
+      <c r="M355"/>
+      <c r="N355">
+        <v>0</v>
+      </c>
+      <c r="O355"/>
+      <c r="P355"/>
+      <c r="Q355"/>
+      <c r="R355"/>
+      <c r="S355"/>
+      <c r="T355"/>
+      <c r="U355"/>
+      <c r="V355">
+        <v>0</v>
+      </c>
+      <c r="W355"/>
+      <c r="X355"/>
+      <c r="Y355"/>
+      <c r="Z355"/>
+      <c r="AA355"/>
+      <c r="AB355"/>
+      <c r="AC355"/>
+      <c r="AD355"/>
+      <c r="AE355"/>
+      <c r="AF355"/>
+      <c r="AG355"/>
+      <c r="AH355"/>
+      <c r="AI355"/>
+      <c r="AJ355">
+        <v>0</v>
+      </c>
+      <c r="AK355"/>
+      <c r="AL355"/>
+      <c r="AM355"/>
+      <c r="AN355"/>
+      <c r="AO355">
+        <v>0</v>
+      </c>
+      <c r="AP355"/>
+      <c r="AQ355"/>
+      <c r="AR355"/>
+      <c r="AS355"/>
+    </row>
+    <row r="356" spans="1:45">
+      <c r="A356" t="s">
+        <v>557</v>
+      </c>
+      <c r="B356" t="s">
+        <v>148</v>
+      </c>
+      <c r="C356" t="s">
+        <v>469</v>
+      </c>
+      <c r="D356">
+        <v>2023</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G356" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1602</v>
+      </c>
+      <c r="I356" t="s">
+        <v>1603</v>
+      </c>
+      <c r="J356">
+        <v>0</v>
+      </c>
+      <c r="K356">
+        <v>0</v>
+      </c>
+      <c r="L356">
+        <v>0</v>
+      </c>
+      <c r="M356">
+        <v>1</v>
+      </c>
+      <c r="N356">
+        <v>0</v>
+      </c>
+      <c r="O356">
+        <v>1</v>
+      </c>
+      <c r="P356"/>
+      <c r="Q356">
+        <v>1</v>
+      </c>
+      <c r="R356">
+        <v>1</v>
+      </c>
+      <c r="S356"/>
+      <c r="T356"/>
+      <c r="U356"/>
+      <c r="V356">
+        <v>0</v>
+      </c>
+      <c r="W356"/>
+      <c r="X356"/>
+      <c r="Y356"/>
+      <c r="Z356"/>
+      <c r="AA356"/>
+      <c r="AB356"/>
+      <c r="AC356"/>
+      <c r="AD356"/>
+      <c r="AE356"/>
+      <c r="AF356"/>
+      <c r="AG356"/>
+      <c r="AH356"/>
+      <c r="AI356"/>
+      <c r="AJ356">
+        <v>0</v>
+      </c>
+      <c r="AK356"/>
+      <c r="AL356"/>
+      <c r="AM356"/>
+      <c r="AN356"/>
+      <c r="AO356">
+        <v>0</v>
+      </c>
+      <c r="AP356"/>
+      <c r="AQ356"/>
+      <c r="AR356"/>
+      <c r="AS356"/>
+    </row>
+    <row r="357" spans="1:45">
+      <c r="A357" t="s">
+        <v>462</v>
+      </c>
+      <c r="B357" t="s">
+        <v>54</v>
+      </c>
+      <c r="C357" t="s">
+        <v>469</v>
+      </c>
+      <c r="D357">
+        <v>2023</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1605</v>
+      </c>
+      <c r="G357" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I357" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J357">
+        <v>0</v>
+      </c>
+      <c r="K357">
+        <v>0</v>
+      </c>
+      <c r="L357">
+        <v>1</v>
+      </c>
+      <c r="M357"/>
+      <c r="N357">
+        <v>0</v>
+      </c>
+      <c r="O357"/>
+      <c r="P357"/>
+      <c r="Q357"/>
+      <c r="R357"/>
+      <c r="S357"/>
+      <c r="T357"/>
+      <c r="U357"/>
+      <c r="V357">
+        <v>0</v>
+      </c>
+      <c r="W357"/>
+      <c r="X357"/>
+      <c r="Y357"/>
+      <c r="Z357"/>
+      <c r="AA357"/>
+      <c r="AB357"/>
+      <c r="AC357"/>
+      <c r="AD357"/>
+      <c r="AE357"/>
+      <c r="AF357"/>
+      <c r="AG357"/>
+      <c r="AH357"/>
+      <c r="AI357"/>
+      <c r="AJ357">
+        <v>0</v>
+      </c>
+      <c r="AK357"/>
+      <c r="AL357"/>
+      <c r="AM357"/>
+      <c r="AN357"/>
+      <c r="AO357">
+        <v>0</v>
+      </c>
+      <c r="AP357"/>
+      <c r="AQ357"/>
+      <c r="AR357"/>
+      <c r="AS357"/>
+    </row>
+    <row r="358" spans="1:45">
+      <c r="A358" t="s">
+        <v>252</v>
+      </c>
+      <c r="B358" t="s">
+        <v>54</v>
+      </c>
+      <c r="C358" t="s">
+        <v>469</v>
+      </c>
+      <c r="D358">
+        <v>2023</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1609</v>
+      </c>
+      <c r="G358" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1611</v>
+      </c>
+      <c r="I358" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J358">
+        <v>0</v>
+      </c>
+      <c r="K358">
+        <v>0</v>
+      </c>
+      <c r="L358">
+        <v>0</v>
+      </c>
+      <c r="M358"/>
+      <c r="N358">
+        <v>1</v>
+      </c>
+      <c r="O358"/>
+      <c r="P358"/>
+      <c r="Q358"/>
+      <c r="R358"/>
+      <c r="S358"/>
+      <c r="T358"/>
+      <c r="U358">
+        <v>1</v>
+      </c>
+      <c r="V358">
+        <v>0</v>
+      </c>
+      <c r="W358"/>
+      <c r="X358"/>
+      <c r="Y358"/>
+      <c r="Z358"/>
+      <c r="AA358"/>
+      <c r="AB358"/>
+      <c r="AC358"/>
+      <c r="AD358"/>
+      <c r="AE358">
+        <v>1</v>
+      </c>
+      <c r="AF358"/>
+      <c r="AG358">
+        <v>1</v>
+      </c>
+      <c r="AH358"/>
+      <c r="AI358"/>
+      <c r="AJ358">
+        <v>0</v>
+      </c>
+      <c r="AK358"/>
+      <c r="AL358"/>
+      <c r="AM358"/>
+      <c r="AN358">
+        <v>1</v>
+      </c>
+      <c r="AO358">
+        <v>0</v>
+      </c>
+      <c r="AP358"/>
+      <c r="AQ358"/>
+      <c r="AR358" t="s">
+        <v>128</v>
+      </c>
+      <c r="AS358"/>
+    </row>
+    <row r="359" spans="1:45">
+      <c r="A359" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B359" t="s">
+        <v>130</v>
+      </c>
+      <c r="C359" t="s">
+        <v>469</v>
+      </c>
+      <c r="D359">
+        <v>2023</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1613</v>
+      </c>
+      <c r="G359" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I359" t="s">
+        <v>1616</v>
+      </c>
+      <c r="J359">
+        <v>0</v>
+      </c>
+      <c r="K359">
+        <v>0</v>
+      </c>
+      <c r="L359">
+        <v>0</v>
+      </c>
+      <c r="M359"/>
+      <c r="N359">
+        <v>0</v>
+      </c>
+      <c r="O359"/>
+      <c r="P359"/>
+      <c r="Q359"/>
+      <c r="R359"/>
+      <c r="S359"/>
+      <c r="T359"/>
+      <c r="U359">
+        <v>-1</v>
+      </c>
+      <c r="V359">
+        <v>0</v>
+      </c>
+      <c r="W359"/>
+      <c r="X359">
+        <v>-1</v>
+      </c>
+      <c r="Y359"/>
+      <c r="Z359"/>
+      <c r="AA359"/>
+      <c r="AB359">
+        <v>-1</v>
+      </c>
+      <c r="AC359"/>
+      <c r="AD359"/>
+      <c r="AE359"/>
+      <c r="AF359"/>
+      <c r="AG359"/>
+      <c r="AH359"/>
+      <c r="AI359">
+        <v>0</v>
+      </c>
+      <c r="AJ359">
+        <v>1</v>
+      </c>
+      <c r="AK359"/>
+      <c r="AL359"/>
+      <c r="AM359">
+        <v>0</v>
+      </c>
+      <c r="AN359">
+        <v>-1</v>
+      </c>
+      <c r="AO359">
+        <v>0</v>
+      </c>
+      <c r="AP359"/>
+      <c r="AQ359"/>
+      <c r="AR359"/>
+      <c r="AS359" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="360" spans="1:45">
+      <c r="A360" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B360" t="s">
+        <v>46</v>
+      </c>
+      <c r="C360" t="s">
+        <v>469</v>
+      </c>
+      <c r="D360">
+        <v>2023</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1617</v>
+      </c>
+      <c r="G360" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1619</v>
+      </c>
+      <c r="I360" t="s">
+        <v>1620</v>
+      </c>
+      <c r="J360">
+        <v>0</v>
+      </c>
+      <c r="K360">
+        <v>0</v>
+      </c>
+      <c r="L360">
+        <v>1</v>
+      </c>
+      <c r="M360"/>
+      <c r="N360">
+        <v>0</v>
+      </c>
+      <c r="O360"/>
+      <c r="P360"/>
+      <c r="Q360"/>
+      <c r="R360"/>
+      <c r="S360"/>
+      <c r="T360"/>
+      <c r="U360"/>
+      <c r="V360">
+        <v>0</v>
+      </c>
+      <c r="W360"/>
+      <c r="X360"/>
+      <c r="Y360"/>
+      <c r="Z360"/>
+      <c r="AA360"/>
+      <c r="AB360"/>
+      <c r="AC360"/>
+      <c r="AD360"/>
+      <c r="AE360"/>
+      <c r="AF360"/>
+      <c r="AG360"/>
+      <c r="AH360"/>
+      <c r="AI360"/>
+      <c r="AJ360">
+        <v>0</v>
+      </c>
+      <c r="AK360"/>
+      <c r="AL360"/>
+      <c r="AM360"/>
+      <c r="AN360"/>
+      <c r="AO360">
+        <v>0</v>
+      </c>
+      <c r="AP360"/>
+      <c r="AQ360"/>
+      <c r="AR360"/>
+      <c r="AS360"/>
+    </row>
+    <row r="361" spans="1:45">
+      <c r="A361" t="s">
+        <v>682</v>
+      </c>
+      <c r="B361" t="s">
+        <v>141</v>
+      </c>
+      <c r="C361" t="s">
+        <v>469</v>
+      </c>
+      <c r="D361">
+        <v>2023</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1621</v>
+      </c>
+      <c r="G361" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1623</v>
+      </c>
+      <c r="I361" t="s">
+        <v>762</v>
+      </c>
+      <c r="J361">
+        <v>0</v>
+      </c>
+      <c r="K361">
+        <v>0</v>
+      </c>
+      <c r="L361">
+        <v>0</v>
+      </c>
+      <c r="M361"/>
+      <c r="N361">
+        <v>1</v>
+      </c>
+      <c r="O361"/>
+      <c r="P361"/>
+      <c r="Q361"/>
+      <c r="R361"/>
+      <c r="S361"/>
+      <c r="T361"/>
+      <c r="U361"/>
+      <c r="V361">
+        <v>0</v>
+      </c>
+      <c r="W361"/>
+      <c r="X361"/>
+      <c r="Y361"/>
+      <c r="Z361"/>
+      <c r="AA361"/>
+      <c r="AB361"/>
+      <c r="AC361"/>
+      <c r="AD361"/>
+      <c r="AE361"/>
+      <c r="AF361"/>
+      <c r="AG361"/>
+      <c r="AH361"/>
+      <c r="AI361"/>
+      <c r="AJ361">
+        <v>0</v>
+      </c>
+      <c r="AK361"/>
+      <c r="AL361"/>
+      <c r="AM361"/>
+      <c r="AN361">
+        <v>1</v>
+      </c>
+      <c r="AO361">
+        <v>0</v>
+      </c>
+      <c r="AP361">
+        <v>1</v>
+      </c>
+      <c r="AQ361"/>
+      <c r="AR361"/>
+      <c r="AS361"/>
+    </row>
+    <row r="362" spans="1:45">
+      <c r="A362" t="s">
+        <v>468</v>
+      </c>
+      <c r="B362" t="s">
+        <v>141</v>
+      </c>
+      <c r="C362" t="s">
+        <v>469</v>
+      </c>
+      <c r="D362">
+        <v>2023</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F362" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G362" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1626</v>
+      </c>
+      <c r="I362" t="s">
+        <v>1627</v>
+      </c>
+      <c r="J362">
+        <v>0</v>
+      </c>
+      <c r="K362">
+        <v>0</v>
+      </c>
+      <c r="L362">
+        <v>0</v>
+      </c>
+      <c r="M362">
+        <v>-1</v>
+      </c>
+      <c r="N362">
+        <v>0</v>
+      </c>
+      <c r="O362">
+        <v>-1</v>
+      </c>
+      <c r="P362"/>
+      <c r="Q362"/>
+      <c r="R362"/>
+      <c r="S362"/>
+      <c r="T362"/>
+      <c r="U362"/>
+      <c r="V362">
+        <v>0</v>
+      </c>
+      <c r="W362"/>
+      <c r="X362"/>
+      <c r="Y362"/>
+      <c r="Z362"/>
+      <c r="AA362"/>
+      <c r="AB362"/>
+      <c r="AC362"/>
+      <c r="AD362"/>
+      <c r="AE362"/>
+      <c r="AF362"/>
+      <c r="AG362"/>
+      <c r="AH362"/>
+      <c r="AI362"/>
+      <c r="AJ362">
+        <v>0</v>
+      </c>
+      <c r="AK362"/>
+      <c r="AL362"/>
+      <c r="AM362"/>
+      <c r="AN362">
+        <v>0</v>
+      </c>
+      <c r="AO362">
+        <v>1</v>
+      </c>
+      <c r="AP362"/>
+      <c r="AQ362"/>
+      <c r="AR362" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS362"/>
+    </row>
+    <row r="363" spans="1:45">
+      <c r="A363" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B363" t="s">
+        <v>247</v>
+      </c>
+      <c r="C363" t="s">
+        <v>469</v>
+      </c>
+      <c r="D363">
+        <v>2023</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1628</v>
+      </c>
+      <c r="G363" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1630</v>
+      </c>
+      <c r="I363" t="s">
+        <v>146</v>
+      </c>
+      <c r="J363">
+        <v>0</v>
+      </c>
+      <c r="K363">
+        <v>0</v>
+      </c>
+      <c r="L363">
+        <v>0</v>
+      </c>
+      <c r="M363">
+        <v>1</v>
+      </c>
+      <c r="N363">
+        <v>0</v>
+      </c>
+      <c r="O363"/>
+      <c r="P363"/>
+      <c r="Q363"/>
+      <c r="R363">
+        <v>1</v>
+      </c>
+      <c r="S363"/>
+      <c r="T363">
+        <v>1</v>
+      </c>
+      <c r="U363"/>
+      <c r="V363">
+        <v>0</v>
+      </c>
+      <c r="W363"/>
+      <c r="X363"/>
+      <c r="Y363"/>
+      <c r="Z363"/>
+      <c r="AA363"/>
+      <c r="AB363"/>
+      <c r="AC363"/>
+      <c r="AD363"/>
+      <c r="AE363"/>
+      <c r="AF363"/>
+      <c r="AG363"/>
+      <c r="AH363"/>
+      <c r="AI363"/>
+      <c r="AJ363">
+        <v>0</v>
+      </c>
+      <c r="AK363"/>
+      <c r="AL363"/>
+      <c r="AM363"/>
+      <c r="AN363"/>
+      <c r="AO363">
+        <v>0</v>
+      </c>
+      <c r="AP363"/>
+      <c r="AQ363"/>
+      <c r="AR363"/>
+      <c r="AS363"/>
+    </row>
+    <row r="364" spans="1:45">
+      <c r="A364" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B364" t="s">
+        <v>65</v>
+      </c>
+      <c r="C364" t="s">
+        <v>483</v>
+      </c>
+      <c r="D364">
+        <v>2023</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G364" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I364" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J364">
+        <v>0</v>
+      </c>
+      <c r="K364">
+        <v>0</v>
+      </c>
+      <c r="L364">
+        <v>0</v>
+      </c>
+      <c r="M364">
+        <v>-1</v>
+      </c>
+      <c r="N364">
+        <v>0</v>
+      </c>
+      <c r="O364"/>
+      <c r="P364"/>
+      <c r="Q364"/>
+      <c r="R364"/>
+      <c r="S364"/>
+      <c r="T364">
+        <v>-1</v>
+      </c>
+      <c r="U364"/>
+      <c r="V364">
+        <v>0</v>
+      </c>
+      <c r="W364"/>
+      <c r="X364"/>
+      <c r="Y364"/>
+      <c r="Z364"/>
+      <c r="AA364"/>
+      <c r="AB364"/>
+      <c r="AC364"/>
+      <c r="AD364"/>
+      <c r="AE364"/>
+      <c r="AF364"/>
+      <c r="AG364"/>
+      <c r="AH364"/>
+      <c r="AI364"/>
+      <c r="AJ364">
+        <v>0</v>
+      </c>
+      <c r="AK364"/>
+      <c r="AL364"/>
+      <c r="AM364"/>
+      <c r="AN364"/>
+      <c r="AO364">
+        <v>1</v>
+      </c>
+      <c r="AP364"/>
+      <c r="AQ364"/>
+      <c r="AR364"/>
+      <c r="AS364"/>
+    </row>
+    <row r="365" spans="1:45">
+      <c r="A365" t="s">
+        <v>502</v>
+      </c>
+      <c r="B365" t="s">
+        <v>65</v>
+      </c>
+      <c r="C365" t="s">
+        <v>483</v>
+      </c>
+      <c r="D365">
+        <v>2023</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G365" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I365" t="s">
+        <v>1599</v>
+      </c>
+      <c r="J365">
+        <v>0</v>
+      </c>
+      <c r="K365">
+        <v>0</v>
+      </c>
+      <c r="L365">
+        <v>1</v>
+      </c>
+      <c r="M365"/>
+      <c r="N365">
+        <v>0</v>
+      </c>
+      <c r="O365"/>
+      <c r="P365"/>
+      <c r="Q365"/>
+      <c r="R365"/>
+      <c r="S365"/>
+      <c r="T365"/>
+      <c r="U365"/>
+      <c r="V365">
+        <v>0</v>
+      </c>
+      <c r="W365"/>
+      <c r="X365"/>
+      <c r="Y365"/>
+      <c r="Z365"/>
+      <c r="AA365"/>
+      <c r="AB365"/>
+      <c r="AC365"/>
+      <c r="AD365"/>
+      <c r="AE365"/>
+      <c r="AF365"/>
+      <c r="AG365"/>
+      <c r="AH365"/>
+      <c r="AI365"/>
+      <c r="AJ365">
+        <v>0</v>
+      </c>
+      <c r="AK365"/>
+      <c r="AL365"/>
+      <c r="AM365"/>
+      <c r="AN365"/>
+      <c r="AO365">
+        <v>0</v>
+      </c>
+      <c r="AP365"/>
+      <c r="AQ365"/>
+      <c r="AR365"/>
+      <c r="AS365"/>
+    </row>
+    <row r="366" spans="1:45">
+      <c r="A366" t="s">
+        <v>314</v>
+      </c>
+      <c r="B366" t="s">
+        <v>65</v>
+      </c>
+      <c r="C366" t="s">
+        <v>483</v>
+      </c>
+      <c r="D366">
+        <v>2023</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G366" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1643</v>
+      </c>
+      <c r="I366" t="s">
+        <v>1644</v>
+      </c>
+      <c r="J366">
+        <v>0</v>
+      </c>
+      <c r="K366">
+        <v>0</v>
+      </c>
+      <c r="L366">
+        <v>0</v>
+      </c>
+      <c r="M366">
+        <v>-1</v>
+      </c>
+      <c r="N366">
+        <v>0</v>
+      </c>
+      <c r="O366"/>
+      <c r="P366"/>
+      <c r="Q366">
+        <v>-1</v>
+      </c>
+      <c r="R366"/>
+      <c r="S366"/>
+      <c r="T366"/>
+      <c r="U366"/>
+      <c r="V366">
+        <v>0</v>
+      </c>
+      <c r="W366"/>
+      <c r="X366"/>
+      <c r="Y366"/>
+      <c r="Z366"/>
+      <c r="AA366"/>
+      <c r="AB366"/>
+      <c r="AC366"/>
+      <c r="AD366"/>
+      <c r="AE366"/>
+      <c r="AF366"/>
+      <c r="AG366"/>
+      <c r="AH366"/>
+      <c r="AI366"/>
+      <c r="AJ366">
+        <v>0</v>
+      </c>
+      <c r="AK366"/>
+      <c r="AL366"/>
+      <c r="AM366"/>
+      <c r="AN366">
+        <v>0</v>
+      </c>
+      <c r="AO366">
+        <v>1</v>
+      </c>
+      <c r="AP366">
+        <v>0</v>
+      </c>
+      <c r="AQ366"/>
+      <c r="AR366" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS366"/>
+    </row>
+    <row r="367" spans="1:45">
+      <c r="A367" t="s">
+        <v>432</v>
+      </c>
+      <c r="B367" t="s">
+        <v>65</v>
+      </c>
+      <c r="C367" t="s">
+        <v>483</v>
+      </c>
+      <c r="D367">
+        <v>2023</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F367" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G367" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I367" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J367">
+        <v>0</v>
+      </c>
+      <c r="K367">
+        <v>0</v>
+      </c>
+      <c r="L367">
+        <v>1</v>
+      </c>
+      <c r="M367"/>
+      <c r="N367">
+        <v>0</v>
+      </c>
+      <c r="O367"/>
+      <c r="P367"/>
+      <c r="Q367"/>
+      <c r="R367"/>
+      <c r="S367"/>
+      <c r="T367"/>
+      <c r="U367"/>
+      <c r="V367">
+        <v>0</v>
+      </c>
+      <c r="W367"/>
+      <c r="X367"/>
+      <c r="Y367"/>
+      <c r="Z367"/>
+      <c r="AA367"/>
+      <c r="AB367"/>
+      <c r="AC367"/>
+      <c r="AD367"/>
+      <c r="AE367"/>
+      <c r="AF367"/>
+      <c r="AG367"/>
+      <c r="AH367"/>
+      <c r="AI367"/>
+      <c r="AJ367">
+        <v>0</v>
+      </c>
+      <c r="AK367"/>
+      <c r="AL367"/>
+      <c r="AM367"/>
+      <c r="AN367"/>
+      <c r="AO367">
+        <v>0</v>
+      </c>
+      <c r="AP367"/>
+      <c r="AQ367"/>
+      <c r="AR367"/>
+      <c r="AS367"/>
+    </row>
+    <row r="368" spans="1:45">
+      <c r="A368" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B368" t="s">
+        <v>177</v>
+      </c>
+      <c r="C368" t="s">
+        <v>483</v>
+      </c>
+      <c r="D368">
+        <v>2023</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G368" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I368" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J368">
+        <v>0</v>
+      </c>
+      <c r="K368">
+        <v>0</v>
+      </c>
+      <c r="L368">
+        <v>0</v>
+      </c>
+      <c r="M368">
+        <v>-1</v>
+      </c>
+      <c r="N368">
+        <v>0</v>
+      </c>
+      <c r="O368"/>
+      <c r="P368"/>
+      <c r="Q368">
+        <v>-1</v>
+      </c>
+      <c r="R368"/>
+      <c r="S368"/>
+      <c r="T368"/>
+      <c r="U368">
+        <v>-1</v>
+      </c>
+      <c r="V368">
+        <v>0</v>
+      </c>
+      <c r="W368"/>
+      <c r="X368"/>
+      <c r="Y368"/>
+      <c r="Z368"/>
+      <c r="AA368"/>
+      <c r="AB368"/>
+      <c r="AC368"/>
+      <c r="AD368"/>
+      <c r="AE368">
+        <v>-1</v>
+      </c>
+      <c r="AF368"/>
+      <c r="AG368">
+        <v>-1</v>
+      </c>
+      <c r="AH368"/>
+      <c r="AI368"/>
+      <c r="AJ368">
+        <v>0</v>
+      </c>
+      <c r="AK368"/>
+      <c r="AL368"/>
+      <c r="AM368"/>
+      <c r="AN368"/>
+      <c r="AO368">
+        <v>0</v>
+      </c>
+      <c r="AP368"/>
+      <c r="AQ368"/>
+      <c r="AR368"/>
+      <c r="AS368"/>
+    </row>
+    <row r="369" spans="1:45">
+      <c r="A369" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B369" t="s">
+        <v>267</v>
+      </c>
+      <c r="C369" t="s">
+        <v>483</v>
+      </c>
+      <c r="D369">
+        <v>2023</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G369" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I369" t="s">
+        <v>1659</v>
+      </c>
+      <c r="J369">
+        <v>0</v>
+      </c>
+      <c r="K369">
+        <v>0</v>
+      </c>
+      <c r="L369">
+        <v>0</v>
+      </c>
+      <c r="M369"/>
+      <c r="N369">
+        <v>0</v>
+      </c>
+      <c r="O369"/>
+      <c r="P369"/>
+      <c r="Q369"/>
+      <c r="R369"/>
+      <c r="S369"/>
+      <c r="T369"/>
+      <c r="U369">
+        <v>1</v>
+      </c>
+      <c r="V369">
+        <v>0</v>
+      </c>
+      <c r="W369"/>
+      <c r="X369"/>
+      <c r="Y369"/>
+      <c r="Z369"/>
+      <c r="AA369"/>
+      <c r="AB369"/>
+      <c r="AC369"/>
+      <c r="AD369"/>
+      <c r="AE369">
+        <v>1</v>
+      </c>
+      <c r="AF369"/>
+      <c r="AG369">
+        <v>1</v>
+      </c>
+      <c r="AH369"/>
+      <c r="AI369">
+        <v>1</v>
+      </c>
+      <c r="AJ369">
+        <v>0</v>
+      </c>
+      <c r="AK369">
+        <v>1</v>
+      </c>
+      <c r="AL369"/>
+      <c r="AM369"/>
+      <c r="AN369"/>
+      <c r="AO369">
+        <v>0</v>
+      </c>
+      <c r="AP369"/>
+      <c r="AQ369"/>
+      <c r="AR369"/>
+      <c r="AS369"/>
+    </row>
+    <row r="370" spans="1:45">
+      <c r="A370" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B370" t="s">
+        <v>267</v>
+      </c>
+      <c r="C370" t="s">
+        <v>483</v>
+      </c>
+      <c r="D370">
+        <v>2023</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G370" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I370" t="s">
+        <v>69</v>
+      </c>
+      <c r="J370">
+        <v>0</v>
+      </c>
+      <c r="K370">
+        <v>0</v>
+      </c>
+      <c r="L370">
+        <v>1</v>
+      </c>
+      <c r="M370"/>
+      <c r="N370">
+        <v>0</v>
+      </c>
+      <c r="O370"/>
+      <c r="P370"/>
+      <c r="Q370"/>
+      <c r="R370"/>
+      <c r="S370"/>
+      <c r="T370"/>
+      <c r="U370"/>
+      <c r="V370">
+        <v>0</v>
+      </c>
+      <c r="W370"/>
+      <c r="X370"/>
+      <c r="Y370"/>
+      <c r="Z370"/>
+      <c r="AA370"/>
+      <c r="AB370"/>
+      <c r="AC370"/>
+      <c r="AD370"/>
+      <c r="AE370"/>
+      <c r="AF370"/>
+      <c r="AG370"/>
+      <c r="AH370"/>
+      <c r="AI370"/>
+      <c r="AJ370">
+        <v>0</v>
+      </c>
+      <c r="AK370"/>
+      <c r="AL370"/>
+      <c r="AM370"/>
+      <c r="AN370"/>
+      <c r="AO370">
+        <v>0</v>
+      </c>
+      <c r="AP370"/>
+      <c r="AQ370"/>
+      <c r="AR370"/>
+      <c r="AS370"/>
+    </row>
+    <row r="371" spans="1:45">
+      <c r="A371" t="s">
+        <v>662</v>
+      </c>
+      <c r="B371" t="s">
+        <v>154</v>
+      </c>
+      <c r="C371" t="s">
+        <v>483</v>
+      </c>
+      <c r="D371">
+        <v>2023</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G371" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1664</v>
+      </c>
+      <c r="I371" t="s">
+        <v>69</v>
+      </c>
+      <c r="J371">
+        <v>0</v>
+      </c>
+      <c r="K371">
+        <v>1</v>
+      </c>
+      <c r="L371">
+        <v>0</v>
+      </c>
+      <c r="M371">
+        <v>0</v>
+      </c>
+      <c r="N371">
+        <v>0</v>
+      </c>
+      <c r="O371">
+        <v>0</v>
+      </c>
+      <c r="P371"/>
+      <c r="Q371"/>
+      <c r="R371"/>
+      <c r="S371">
+        <v>0</v>
+      </c>
+      <c r="T371"/>
+      <c r="U371"/>
+      <c r="V371">
+        <v>0</v>
+      </c>
+      <c r="W371"/>
+      <c r="X371"/>
+      <c r="Y371"/>
+      <c r="Z371"/>
+      <c r="AA371"/>
+      <c r="AB371"/>
+      <c r="AC371"/>
+      <c r="AD371"/>
+      <c r="AE371"/>
+      <c r="AF371"/>
+      <c r="AG371"/>
+      <c r="AH371"/>
+      <c r="AI371"/>
+      <c r="AJ371">
+        <v>0</v>
+      </c>
+      <c r="AK371"/>
+      <c r="AL371"/>
+      <c r="AM371"/>
+      <c r="AN371">
+        <v>0</v>
+      </c>
+      <c r="AO371">
+        <v>0</v>
+      </c>
+      <c r="AP371"/>
+      <c r="AQ371"/>
+      <c r="AR371" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS371"/>
+    </row>
+    <row r="372" spans="1:45">
+      <c r="A372" t="s">
+        <v>153</v>
+      </c>
+      <c r="B372" t="s">
+        <v>154</v>
+      </c>
+      <c r="C372" t="s">
+        <v>483</v>
+      </c>
+      <c r="D372">
+        <v>2023</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1665</v>
+      </c>
+      <c r="G372" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I372" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J372">
+        <v>0</v>
+      </c>
+      <c r="K372">
+        <v>0</v>
+      </c>
+      <c r="L372">
+        <v>0</v>
+      </c>
+      <c r="M372">
+        <v>-1</v>
+      </c>
+      <c r="N372">
+        <v>0</v>
+      </c>
+      <c r="O372">
+        <v>0</v>
+      </c>
+      <c r="P372"/>
+      <c r="Q372">
+        <v>-1</v>
+      </c>
+      <c r="R372"/>
+      <c r="S372"/>
+      <c r="T372"/>
+      <c r="U372"/>
+      <c r="V372">
+        <v>0</v>
+      </c>
+      <c r="W372"/>
+      <c r="X372"/>
+      <c r="Y372"/>
+      <c r="Z372"/>
+      <c r="AA372"/>
+      <c r="AB372"/>
+      <c r="AC372"/>
+      <c r="AD372"/>
+      <c r="AE372"/>
+      <c r="AF372"/>
+      <c r="AG372"/>
+      <c r="AH372"/>
+      <c r="AI372"/>
+      <c r="AJ372">
+        <v>0</v>
+      </c>
+      <c r="AK372"/>
+      <c r="AL372"/>
+      <c r="AM372"/>
+      <c r="AN372"/>
+      <c r="AO372">
+        <v>0</v>
+      </c>
+      <c r="AP372"/>
+      <c r="AQ372"/>
+      <c r="AR372"/>
+      <c r="AS372"/>
+    </row>
+    <row r="373" spans="1:45">
+      <c r="A373" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B373" t="s">
+        <v>46</v>
+      </c>
+      <c r="C373" t="s">
+        <v>483</v>
+      </c>
+      <c r="D373">
+        <v>2023</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1670</v>
+      </c>
+      <c r="G373" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1672</v>
+      </c>
+      <c r="I373" t="s">
+        <v>1620</v>
+      </c>
+      <c r="J373">
+        <v>0</v>
+      </c>
+      <c r="K373">
+        <v>0</v>
+      </c>
+      <c r="L373">
+        <v>1</v>
+      </c>
+      <c r="M373"/>
+      <c r="N373">
+        <v>0</v>
+      </c>
+      <c r="O373"/>
+      <c r="P373"/>
+      <c r="Q373"/>
+      <c r="R373"/>
+      <c r="S373"/>
+      <c r="T373"/>
+      <c r="U373"/>
+      <c r="V373">
+        <v>0</v>
+      </c>
+      <c r="W373"/>
+      <c r="X373"/>
+      <c r="Y373"/>
+      <c r="Z373"/>
+      <c r="AA373"/>
+      <c r="AB373"/>
+      <c r="AC373"/>
+      <c r="AD373"/>
+      <c r="AE373"/>
+      <c r="AF373"/>
+      <c r="AG373"/>
+      <c r="AH373"/>
+      <c r="AI373"/>
+      <c r="AJ373">
+        <v>0</v>
+      </c>
+      <c r="AK373"/>
+      <c r="AL373"/>
+      <c r="AM373"/>
+      <c r="AN373"/>
+      <c r="AO373">
+        <v>0</v>
+      </c>
+      <c r="AP373"/>
+      <c r="AQ373"/>
+      <c r="AR373"/>
+      <c r="AS373"/>
+    </row>
+    <row r="374" spans="1:45">
+      <c r="A374" t="s">
+        <v>392</v>
+      </c>
+      <c r="B374" t="s">
+        <v>74</v>
+      </c>
+      <c r="C374" t="s">
+        <v>483</v>
+      </c>
+      <c r="D374">
+        <v>2023</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1673</v>
+      </c>
+      <c r="G374" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1675</v>
+      </c>
+      <c r="I374" t="s">
+        <v>1676</v>
+      </c>
+      <c r="J374">
+        <v>0</v>
+      </c>
+      <c r="K374">
+        <v>0</v>
+      </c>
+      <c r="L374">
+        <v>0</v>
+      </c>
+      <c r="M374">
+        <v>-1</v>
+      </c>
+      <c r="N374">
+        <v>0</v>
+      </c>
+      <c r="O374"/>
+      <c r="P374"/>
+      <c r="Q374"/>
+      <c r="R374"/>
+      <c r="S374"/>
+      <c r="T374">
+        <v>-1</v>
+      </c>
+      <c r="U374">
+        <v>-1</v>
+      </c>
+      <c r="V374">
+        <v>0</v>
+      </c>
+      <c r="W374"/>
+      <c r="X374">
+        <v>-1</v>
+      </c>
+      <c r="Y374"/>
+      <c r="Z374"/>
+      <c r="AA374"/>
+      <c r="AB374"/>
+      <c r="AC374">
+        <v>-1</v>
+      </c>
+      <c r="AD374"/>
+      <c r="AE374"/>
+      <c r="AF374"/>
+      <c r="AG374"/>
+      <c r="AH374"/>
+      <c r="AI374"/>
+      <c r="AJ374">
+        <v>0</v>
+      </c>
+      <c r="AK374"/>
+      <c r="AL374"/>
+      <c r="AM374"/>
+      <c r="AN374">
+        <v>-1</v>
+      </c>
+      <c r="AO374">
+        <v>0</v>
+      </c>
+      <c r="AP374"/>
+      <c r="AQ374"/>
+      <c r="AR374"/>
+      <c r="AS374" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="375" spans="1:45">
+      <c r="A375" t="s">
+        <v>749</v>
+      </c>
+      <c r="B375" t="s">
+        <v>74</v>
+      </c>
+      <c r="C375" t="s">
+        <v>483</v>
+      </c>
+      <c r="D375">
+        <v>2023</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F375" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G375" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I375" t="s">
+        <v>1680</v>
+      </c>
+      <c r="J375">
+        <v>0</v>
+      </c>
+      <c r="K375">
+        <v>0</v>
+      </c>
+      <c r="L375">
+        <v>0</v>
+      </c>
+      <c r="M375">
+        <v>0</v>
+      </c>
+      <c r="N375">
+        <v>1</v>
+      </c>
+      <c r="O375">
+        <v>0</v>
+      </c>
+      <c r="P375"/>
+      <c r="Q375"/>
+      <c r="R375"/>
+      <c r="S375"/>
+      <c r="T375"/>
+      <c r="U375">
+        <v>-1</v>
+      </c>
+      <c r="V375">
+        <v>0</v>
+      </c>
+      <c r="W375"/>
+      <c r="X375">
+        <v>-1</v>
+      </c>
+      <c r="Y375"/>
+      <c r="Z375"/>
+      <c r="AA375"/>
+      <c r="AB375"/>
+      <c r="AC375">
+        <v>-1</v>
+      </c>
+      <c r="AD375"/>
+      <c r="AE375"/>
+      <c r="AF375"/>
+      <c r="AG375"/>
+      <c r="AH375"/>
+      <c r="AI375"/>
+      <c r="AJ375">
+        <v>0</v>
+      </c>
+      <c r="AK375"/>
+      <c r="AL375"/>
+      <c r="AM375"/>
+      <c r="AN375">
+        <v>0</v>
+      </c>
+      <c r="AO375">
+        <v>1</v>
+      </c>
+      <c r="AP375"/>
+      <c r="AQ375"/>
+      <c r="AR375"/>
+      <c r="AS375" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="376" spans="1:45">
+      <c r="A376" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B376" t="s">
+        <v>54</v>
+      </c>
+      <c r="C376" t="s">
+        <v>483</v>
+      </c>
+      <c r="D376">
+        <v>2023</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F376" t="s">
+        <v>1683</v>
+      </c>
+      <c r="G376" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1685</v>
+      </c>
+      <c r="I376" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J376">
+        <v>0</v>
+      </c>
+      <c r="K376">
+        <v>0</v>
+      </c>
+      <c r="L376">
+        <v>1</v>
+      </c>
+      <c r="M376"/>
+      <c r="N376">
+        <v>0</v>
+      </c>
+      <c r="O376"/>
+      <c r="P376"/>
+      <c r="Q376"/>
+      <c r="R376"/>
+      <c r="S376"/>
+      <c r="T376"/>
+      <c r="U376"/>
+      <c r="V376">
+        <v>0</v>
+      </c>
+      <c r="W376"/>
+      <c r="X376"/>
+      <c r="Y376"/>
+      <c r="Z376"/>
+      <c r="AA376"/>
+      <c r="AB376"/>
+      <c r="AC376"/>
+      <c r="AD376"/>
+      <c r="AE376"/>
+      <c r="AF376"/>
+      <c r="AG376"/>
+      <c r="AH376"/>
+      <c r="AI376"/>
+      <c r="AJ376">
+        <v>0</v>
+      </c>
+      <c r="AK376"/>
+      <c r="AL376"/>
+      <c r="AM376"/>
+      <c r="AN376"/>
+      <c r="AO376">
+        <v>0</v>
+      </c>
+      <c r="AP376"/>
+      <c r="AQ376"/>
+      <c r="AR376"/>
+      <c r="AS376"/>
+    </row>
+    <row r="377" spans="1:45">
+      <c r="A377" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B377" t="s">
+        <v>54</v>
+      </c>
+      <c r="C377" t="s">
+        <v>483</v>
+      </c>
+      <c r="D377">
+        <v>2023</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F377" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G377" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1689</v>
+      </c>
+      <c r="I377" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J377">
+        <v>0</v>
+      </c>
+      <c r="K377">
+        <v>0</v>
+      </c>
+      <c r="L377">
+        <v>1</v>
+      </c>
+      <c r="M377"/>
+      <c r="N377">
+        <v>0</v>
+      </c>
+      <c r="O377"/>
+      <c r="P377"/>
+      <c r="Q377"/>
+      <c r="R377"/>
+      <c r="S377"/>
+      <c r="T377"/>
+      <c r="U377"/>
+      <c r="V377">
+        <v>0</v>
+      </c>
+      <c r="W377"/>
+      <c r="X377"/>
+      <c r="Y377"/>
+      <c r="Z377"/>
+      <c r="AA377"/>
+      <c r="AB377"/>
+      <c r="AC377"/>
+      <c r="AD377"/>
+      <c r="AE377"/>
+      <c r="AF377"/>
+      <c r="AG377"/>
+      <c r="AH377"/>
+      <c r="AI377"/>
+      <c r="AJ377">
+        <v>0</v>
+      </c>
+      <c r="AK377"/>
+      <c r="AL377"/>
+      <c r="AM377"/>
+      <c r="AN377"/>
+      <c r="AO377">
+        <v>0</v>
+      </c>
+      <c r="AP377"/>
+      <c r="AQ377"/>
+      <c r="AR377"/>
+      <c r="AS377"/>
+    </row>
+    <row r="378" spans="1:45">
+      <c r="A378" t="s">
+        <v>287</v>
+      </c>
+      <c r="B378" t="s">
+        <v>130</v>
+      </c>
+      <c r="C378" t="s">
+        <v>483</v>
+      </c>
+      <c r="D378">
+        <v>2023</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F378" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G378" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I378" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J378">
+        <v>0</v>
+      </c>
+      <c r="K378">
+        <v>0</v>
+      </c>
+      <c r="L378">
+        <v>1</v>
+      </c>
+      <c r="M378"/>
+      <c r="N378">
+        <v>0</v>
+      </c>
+      <c r="O378"/>
+      <c r="P378"/>
+      <c r="Q378"/>
+      <c r="R378"/>
+      <c r="S378"/>
+      <c r="T378"/>
+      <c r="U378"/>
+      <c r="V378">
+        <v>0</v>
+      </c>
+      <c r="W378"/>
+      <c r="X378"/>
+      <c r="Y378"/>
+      <c r="Z378"/>
+      <c r="AA378"/>
+      <c r="AB378"/>
+      <c r="AC378"/>
+      <c r="AD378"/>
+      <c r="AE378"/>
+      <c r="AF378"/>
+      <c r="AG378"/>
+      <c r="AH378"/>
+      <c r="AI378"/>
+      <c r="AJ378">
+        <v>0</v>
+      </c>
+      <c r="AK378"/>
+      <c r="AL378"/>
+      <c r="AM378"/>
+      <c r="AN378"/>
+      <c r="AO378">
+        <v>0</v>
+      </c>
+      <c r="AP378"/>
+      <c r="AQ378"/>
+      <c r="AR378"/>
+      <c r="AS378"/>
+    </row>
+    <row r="379" spans="1:45">
+      <c r="A379" t="s">
+        <v>763</v>
+      </c>
+      <c r="B379" t="s">
+        <v>130</v>
+      </c>
+      <c r="C379" t="s">
+        <v>483</v>
+      </c>
+      <c r="D379">
+        <v>2023</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G379" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I379" t="s">
+        <v>1696</v>
+      </c>
+      <c r="J379">
+        <v>0</v>
+      </c>
+      <c r="K379">
+        <v>0</v>
+      </c>
+      <c r="L379">
+        <v>0</v>
+      </c>
+      <c r="M379">
+        <v>0</v>
+      </c>
+      <c r="N379">
+        <v>1</v>
+      </c>
+      <c r="O379">
+        <v>0</v>
+      </c>
+      <c r="P379"/>
+      <c r="Q379">
+        <v>0</v>
+      </c>
+      <c r="R379"/>
+      <c r="S379"/>
+      <c r="T379"/>
+      <c r="U379">
+        <v>-1</v>
+      </c>
+      <c r="V379">
+        <v>0</v>
+      </c>
+      <c r="W379"/>
+      <c r="X379">
+        <v>-1</v>
+      </c>
+      <c r="Y379"/>
+      <c r="Z379"/>
+      <c r="AA379"/>
+      <c r="AB379">
+        <v>-1</v>
+      </c>
+      <c r="AC379"/>
+      <c r="AD379"/>
+      <c r="AE379"/>
+      <c r="AF379"/>
+      <c r="AG379"/>
+      <c r="AH379"/>
+      <c r="AI379"/>
+      <c r="AJ379">
+        <v>0</v>
+      </c>
+      <c r="AK379"/>
+      <c r="AL379"/>
+      <c r="AM379"/>
+      <c r="AN379"/>
+      <c r="AO379">
+        <v>0</v>
+      </c>
+      <c r="AP379"/>
+      <c r="AQ379"/>
+      <c r="AR379"/>
+      <c r="AS379"/>
+    </row>
+    <row r="380" spans="1:45">
+      <c r="A380" t="s">
+        <v>604</v>
+      </c>
+      <c r="B380" t="s">
+        <v>154</v>
+      </c>
+      <c r="C380" t="s">
+        <v>538</v>
+      </c>
+      <c r="D380">
+        <v>2023</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1698</v>
+      </c>
+      <c r="G380" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I380" t="s">
+        <v>69</v>
+      </c>
+      <c r="J380">
+        <v>0</v>
+      </c>
+      <c r="K380">
+        <v>0</v>
+      </c>
+      <c r="L380">
+        <v>0</v>
+      </c>
+      <c r="M380">
+        <v>0</v>
+      </c>
+      <c r="N380">
+        <v>0</v>
+      </c>
+      <c r="O380">
+        <v>0</v>
+      </c>
+      <c r="P380"/>
+      <c r="Q380"/>
+      <c r="R380"/>
+      <c r="S380"/>
+      <c r="T380"/>
+      <c r="U380"/>
+      <c r="V380">
+        <v>0</v>
+      </c>
+      <c r="W380"/>
+      <c r="X380"/>
+      <c r="Y380"/>
+      <c r="Z380"/>
+      <c r="AA380"/>
+      <c r="AB380"/>
+      <c r="AC380"/>
+      <c r="AD380"/>
+      <c r="AE380"/>
+      <c r="AF380"/>
+      <c r="AG380"/>
+      <c r="AH380"/>
+      <c r="AI380">
+        <v>-1</v>
+      </c>
+      <c r="AJ380">
+        <v>0</v>
+      </c>
+      <c r="AK380">
+        <v>-1</v>
+      </c>
+      <c r="AL380"/>
+      <c r="AM380"/>
+      <c r="AN380"/>
+      <c r="AO380">
+        <v>0</v>
+      </c>
+      <c r="AP380"/>
+      <c r="AQ380"/>
+      <c r="AR380"/>
+      <c r="AS380"/>
+    </row>
+    <row r="381" spans="1:45">
+      <c r="A381" t="s">
+        <v>860</v>
+      </c>
+      <c r="B381" t="s">
+        <v>46</v>
+      </c>
+      <c r="C381" t="s">
+        <v>538</v>
+      </c>
+      <c r="D381">
+        <v>2023</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G381" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1703</v>
+      </c>
+      <c r="I381" t="s">
+        <v>864</v>
+      </c>
+      <c r="J381">
+        <v>0</v>
+      </c>
+      <c r="K381">
+        <v>0</v>
+      </c>
+      <c r="L381">
+        <v>0</v>
+      </c>
+      <c r="M381">
+        <v>1</v>
+      </c>
+      <c r="N381">
+        <v>0</v>
+      </c>
+      <c r="O381">
+        <v>1</v>
+      </c>
+      <c r="P381"/>
+      <c r="Q381"/>
+      <c r="R381"/>
+      <c r="S381"/>
+      <c r="T381"/>
+      <c r="U381">
+        <v>1</v>
+      </c>
+      <c r="V381">
+        <v>0</v>
+      </c>
+      <c r="W381"/>
+      <c r="X381"/>
+      <c r="Y381"/>
+      <c r="Z381"/>
+      <c r="AA381"/>
+      <c r="AB381"/>
+      <c r="AC381"/>
+      <c r="AD381"/>
+      <c r="AE381">
+        <v>1</v>
+      </c>
+      <c r="AF381">
+        <v>1</v>
+      </c>
+      <c r="AG381"/>
+      <c r="AH381"/>
+      <c r="AI381">
+        <v>1</v>
+      </c>
+      <c r="AJ381">
+        <v>0</v>
+      </c>
+      <c r="AK381">
+        <v>1</v>
+      </c>
+      <c r="AL381"/>
+      <c r="AM381"/>
+      <c r="AN381"/>
+      <c r="AO381">
+        <v>0</v>
+      </c>
+      <c r="AP381"/>
+      <c r="AQ381"/>
+      <c r="AR381"/>
+      <c r="AS381"/>
+    </row>
+    <row r="382" spans="1:45">
+      <c r="A382" t="s">
+        <v>497</v>
+      </c>
+      <c r="B382" t="s">
+        <v>130</v>
+      </c>
+      <c r="C382" t="s">
+        <v>538</v>
+      </c>
+      <c r="D382">
+        <v>2023</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1705</v>
+      </c>
+      <c r="G382" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I382" t="s">
+        <v>1708</v>
+      </c>
+      <c r="J382">
+        <v>0</v>
+      </c>
+      <c r="K382">
+        <v>0</v>
+      </c>
+      <c r="L382">
+        <v>0</v>
+      </c>
+      <c r="M382">
+        <v>0</v>
+      </c>
+      <c r="N382">
+        <v>0</v>
+      </c>
+      <c r="O382">
+        <v>0</v>
+      </c>
+      <c r="P382"/>
+      <c r="Q382"/>
+      <c r="R382">
+        <v>0</v>
+      </c>
+      <c r="S382"/>
+      <c r="T382"/>
+      <c r="U382"/>
+      <c r="V382">
+        <v>0</v>
+      </c>
+      <c r="W382"/>
+      <c r="X382"/>
+      <c r="Y382"/>
+      <c r="Z382"/>
+      <c r="AA382"/>
+      <c r="AB382"/>
+      <c r="AC382"/>
+      <c r="AD382"/>
+      <c r="AE382"/>
+      <c r="AF382"/>
+      <c r="AG382"/>
+      <c r="AH382"/>
+      <c r="AI382">
+        <v>1</v>
+      </c>
+      <c r="AJ382">
+        <v>0</v>
+      </c>
+      <c r="AK382">
+        <v>1</v>
+      </c>
+      <c r="AL382"/>
+      <c r="AM382"/>
+      <c r="AN382"/>
+      <c r="AO382">
+        <v>0</v>
+      </c>
+      <c r="AP382"/>
+      <c r="AQ382"/>
+      <c r="AR382"/>
+      <c r="AS382"/>
+    </row>
+    <row r="383" spans="1:45">
+      <c r="A383" t="s">
+        <v>170</v>
+      </c>
+      <c r="B383" t="s">
+        <v>171</v>
+      </c>
+      <c r="C383" t="s">
+        <v>538</v>
+      </c>
+      <c r="D383">
+        <v>2023</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G383" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I383" t="s">
+        <v>69</v>
+      </c>
+      <c r="J383">
+        <v>0</v>
+      </c>
+      <c r="K383">
+        <v>0</v>
+      </c>
+      <c r="L383">
+        <v>0</v>
+      </c>
+      <c r="M383">
+        <v>-1</v>
+      </c>
+      <c r="N383">
+        <v>0</v>
+      </c>
+      <c r="O383"/>
+      <c r="P383"/>
+      <c r="Q383">
+        <v>-1</v>
+      </c>
+      <c r="R383"/>
+      <c r="S383"/>
+      <c r="T383"/>
+      <c r="U383">
+        <v>-1</v>
+      </c>
+      <c r="V383">
+        <v>0</v>
+      </c>
+      <c r="W383"/>
+      <c r="X383">
+        <v>-1</v>
+      </c>
+      <c r="Y383"/>
+      <c r="Z383"/>
+      <c r="AA383"/>
+      <c r="AB383"/>
+      <c r="AC383">
+        <v>-1</v>
+      </c>
+      <c r="AD383"/>
+      <c r="AE383"/>
+      <c r="AF383"/>
+      <c r="AG383"/>
+      <c r="AH383"/>
+      <c r="AI383"/>
+      <c r="AJ383">
+        <v>0</v>
+      </c>
+      <c r="AK383"/>
+      <c r="AL383"/>
+      <c r="AM383"/>
+      <c r="AN383"/>
+      <c r="AO383">
+        <v>0</v>
+      </c>
+      <c r="AP383"/>
+      <c r="AQ383"/>
+      <c r="AR383"/>
+      <c r="AS383"/>
+    </row>
+    <row r="384" spans="1:45">
+      <c r="A384" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B384" t="s">
+        <v>247</v>
+      </c>
+      <c r="C384" t="s">
+        <v>538</v>
+      </c>
+      <c r="D384">
+        <v>2023</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1713</v>
+      </c>
+      <c r="G384" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1715</v>
+      </c>
+      <c r="I384" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J384">
+        <v>0</v>
+      </c>
+      <c r="K384">
+        <v>0</v>
+      </c>
+      <c r="L384">
+        <v>0</v>
+      </c>
+      <c r="M384">
+        <v>0</v>
+      </c>
+      <c r="N384">
+        <v>0</v>
+      </c>
+      <c r="O384"/>
+      <c r="P384"/>
+      <c r="Q384"/>
+      <c r="R384">
+        <v>0</v>
+      </c>
+      <c r="S384"/>
+      <c r="T384"/>
+      <c r="U384"/>
+      <c r="V384">
+        <v>0</v>
+      </c>
+      <c r="W384"/>
+      <c r="X384"/>
+      <c r="Y384"/>
+      <c r="Z384"/>
+      <c r="AA384"/>
+      <c r="AB384"/>
+      <c r="AC384"/>
+      <c r="AD384"/>
+      <c r="AE384"/>
+      <c r="AF384"/>
+      <c r="AG384"/>
+      <c r="AH384"/>
+      <c r="AI384"/>
+      <c r="AJ384">
+        <v>0</v>
+      </c>
+      <c r="AK384"/>
+      <c r="AL384"/>
+      <c r="AM384"/>
+      <c r="AN384"/>
+      <c r="AO384">
+        <v>0</v>
+      </c>
+      <c r="AP384"/>
+      <c r="AQ384"/>
+      <c r="AR384"/>
+      <c r="AS384"/>
+    </row>
+    <row r="385" spans="1:45">
+      <c r="A385" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B385" t="s">
+        <v>65</v>
+      </c>
+      <c r="C385" t="s">
+        <v>47</v>
+      </c>
+      <c r="D385">
+        <v>2022</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F385" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G385" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1720</v>
+      </c>
+      <c r="I385" t="s">
+        <v>1721</v>
+      </c>
+      <c r="J385">
+        <v>0</v>
+      </c>
+      <c r="K385">
+        <v>0</v>
+      </c>
+      <c r="L385">
+        <v>0</v>
+      </c>
+      <c r="M385">
+        <v>0</v>
+      </c>
+      <c r="N385">
+        <v>0</v>
+      </c>
+      <c r="O385">
+        <v>0</v>
+      </c>
+      <c r="P385"/>
+      <c r="Q385"/>
+      <c r="R385"/>
+      <c r="S385"/>
+      <c r="T385"/>
+      <c r="U385">
+        <v>0</v>
+      </c>
+      <c r="V385">
+        <v>0</v>
+      </c>
+      <c r="W385"/>
+      <c r="X385"/>
+      <c r="Y385"/>
+      <c r="Z385"/>
+      <c r="AA385"/>
+      <c r="AB385"/>
+      <c r="AC385"/>
+      <c r="AD385"/>
+      <c r="AE385">
+        <v>0</v>
+      </c>
+      <c r="AF385"/>
+      <c r="AG385">
+        <v>0</v>
+      </c>
+      <c r="AH385"/>
+      <c r="AI385">
+        <v>0</v>
+      </c>
+      <c r="AJ385">
+        <v>0</v>
+      </c>
+      <c r="AK385">
+        <v>0</v>
+      </c>
+      <c r="AL385"/>
+      <c r="AM385"/>
+      <c r="AN385"/>
+      <c r="AO385">
+        <v>0</v>
+      </c>
+      <c r="AP385"/>
+      <c r="AQ385"/>
+      <c r="AR385"/>
+      <c r="AS385"/>
+    </row>
+    <row r="386" spans="1:45">
+      <c r="A386" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B386" t="s">
+        <v>189</v>
+      </c>
+      <c r="C386" t="s">
+        <v>47</v>
+      </c>
+      <c r="D386">
+        <v>2022</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G386" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I386" t="s">
+        <v>1725</v>
+      </c>
+      <c r="J386">
+        <v>0</v>
+      </c>
+      <c r="K386">
+        <v>0</v>
+      </c>
+      <c r="L386">
+        <v>0</v>
+      </c>
+      <c r="M386"/>
+      <c r="N386">
+        <v>0</v>
+      </c>
+      <c r="O386"/>
+      <c r="P386"/>
+      <c r="Q386"/>
+      <c r="R386"/>
+      <c r="S386"/>
+      <c r="T386"/>
+      <c r="U386">
+        <v>0</v>
+      </c>
+      <c r="V386">
+        <v>0</v>
+      </c>
+      <c r="W386"/>
+      <c r="X386">
+        <v>0</v>
+      </c>
+      <c r="Y386"/>
+      <c r="Z386"/>
+      <c r="AA386"/>
+      <c r="AB386">
+        <v>0</v>
+      </c>
+      <c r="AC386"/>
+      <c r="AD386"/>
+      <c r="AE386"/>
+      <c r="AF386"/>
+      <c r="AG386"/>
+      <c r="AH386"/>
+      <c r="AI386"/>
+      <c r="AJ386">
+        <v>0</v>
+      </c>
+      <c r="AK386"/>
+      <c r="AL386"/>
+      <c r="AM386"/>
+      <c r="AN386"/>
+      <c r="AO386">
+        <v>0</v>
+      </c>
+      <c r="AP386"/>
+      <c r="AQ386"/>
+      <c r="AR386"/>
+      <c r="AS386"/>
+    </row>
+    <row r="387" spans="1:45">
+      <c r="A387" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B387" t="s">
+        <v>247</v>
+      </c>
+      <c r="C387" t="s">
+        <v>47</v>
+      </c>
+      <c r="D387">
+        <v>2022</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1726</v>
+      </c>
+      <c r="G387" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I387" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J387">
+        <v>0</v>
+      </c>
+      <c r="K387">
+        <v>0</v>
+      </c>
+      <c r="L387">
+        <v>0</v>
+      </c>
+      <c r="M387">
+        <v>0</v>
+      </c>
+      <c r="N387">
+        <v>0</v>
+      </c>
+      <c r="O387"/>
+      <c r="P387"/>
+      <c r="Q387"/>
+      <c r="R387">
+        <v>0</v>
+      </c>
+      <c r="S387"/>
+      <c r="T387"/>
+      <c r="U387"/>
+      <c r="V387">
+        <v>0</v>
+      </c>
+      <c r="W387"/>
+      <c r="X387"/>
+      <c r="Y387"/>
+      <c r="Z387"/>
+      <c r="AA387"/>
+      <c r="AB387"/>
+      <c r="AC387"/>
+      <c r="AD387"/>
+      <c r="AE387"/>
+      <c r="AF387"/>
+      <c r="AG387"/>
+      <c r="AH387"/>
+      <c r="AI387"/>
+      <c r="AJ387">
+        <v>0</v>
+      </c>
+      <c r="AK387"/>
+      <c r="AL387"/>
+      <c r="AM387"/>
+      <c r="AN387"/>
+      <c r="AO387">
+        <v>0</v>
+      </c>
+      <c r="AP387"/>
+      <c r="AQ387"/>
+      <c r="AR387"/>
+      <c r="AS387"/>
+    </row>
+    <row r="388" spans="1:45">
+      <c r="A388" t="s">
+        <v>905</v>
+      </c>
+      <c r="B388" t="s">
+        <v>91</v>
+      </c>
+      <c r="C388" t="s">
+        <v>47</v>
+      </c>
+      <c r="D388">
+        <v>2022</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G388" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1733</v>
+      </c>
+      <c r="I388" t="s">
+        <v>69</v>
+      </c>
+      <c r="J388">
+        <v>0</v>
+      </c>
+      <c r="K388">
+        <v>0</v>
+      </c>
+      <c r="L388">
+        <v>0</v>
+      </c>
+      <c r="M388">
+        <v>0</v>
+      </c>
+      <c r="N388">
+        <v>0</v>
+      </c>
+      <c r="O388">
+        <v>0</v>
+      </c>
+      <c r="P388"/>
+      <c r="Q388"/>
+      <c r="R388"/>
+      <c r="S388"/>
+      <c r="T388"/>
+      <c r="U388"/>
+      <c r="V388">
+        <v>0</v>
+      </c>
+      <c r="W388"/>
+      <c r="X388"/>
+      <c r="Y388"/>
+      <c r="Z388"/>
+      <c r="AA388"/>
+      <c r="AB388"/>
+      <c r="AC388"/>
+      <c r="AD388"/>
+      <c r="AE388"/>
+      <c r="AF388"/>
+      <c r="AG388"/>
+      <c r="AH388"/>
+      <c r="AI388"/>
+      <c r="AJ388">
+        <v>0</v>
+      </c>
+      <c r="AK388"/>
+      <c r="AL388"/>
+      <c r="AM388"/>
+      <c r="AN388"/>
+      <c r="AO388">
+        <v>0</v>
+      </c>
+      <c r="AP388"/>
+      <c r="AQ388"/>
+      <c r="AR388"/>
+      <c r="AS388"/>
+    </row>
+    <row r="389" spans="1:45">
+      <c r="A389" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B389" t="s">
+        <v>261</v>
+      </c>
+      <c r="C389" t="s">
+        <v>47</v>
+      </c>
+      <c r="D389">
+        <v>2022</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I389" t="s">
+        <v>1738</v>
+      </c>
+      <c r="J389">
+        <v>0</v>
+      </c>
+      <c r="K389">
+        <v>0</v>
+      </c>
+      <c r="L389">
+        <v>0</v>
+      </c>
+      <c r="M389">
+        <v>0</v>
+      </c>
+      <c r="N389">
+        <v>0</v>
+      </c>
+      <c r="O389">
+        <v>0</v>
+      </c>
+      <c r="P389"/>
+      <c r="Q389">
+        <v>0</v>
+      </c>
+      <c r="R389"/>
+      <c r="S389"/>
+      <c r="T389"/>
+      <c r="U389"/>
+      <c r="V389">
+        <v>0</v>
+      </c>
+      <c r="W389"/>
+      <c r="X389"/>
+      <c r="Y389"/>
+      <c r="Z389"/>
+      <c r="AA389"/>
+      <c r="AB389"/>
+      <c r="AC389"/>
+      <c r="AD389"/>
+      <c r="AE389"/>
+      <c r="AF389"/>
+      <c r="AG389"/>
+      <c r="AH389"/>
+      <c r="AI389">
+        <v>0</v>
+      </c>
+      <c r="AJ389">
+        <v>0</v>
+      </c>
+      <c r="AK389">
+        <v>0</v>
+      </c>
+      <c r="AL389"/>
+      <c r="AM389"/>
+      <c r="AN389"/>
+      <c r="AO389">
+        <v>0</v>
+      </c>
+      <c r="AP389"/>
+      <c r="AQ389"/>
+      <c r="AR389"/>
+      <c r="AS389"/>
+    </row>
+    <row r="390" spans="1:45">
+      <c r="A390" t="s">
+        <v>809</v>
+      </c>
+      <c r="B390" t="s">
+        <v>267</v>
+      </c>
+      <c r="C390" t="s">
+        <v>47</v>
+      </c>
+      <c r="D390">
+        <v>2022</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1739</v>
+      </c>
+      <c r="G390" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1741</v>
+      </c>
+      <c r="I390" t="s">
+        <v>69</v>
+      </c>
+      <c r="J390">
+        <v>0</v>
+      </c>
+      <c r="K390">
+        <v>0</v>
+      </c>
+      <c r="L390">
+        <v>0</v>
+      </c>
+      <c r="M390">
+        <v>0</v>
+      </c>
+      <c r="N390">
+        <v>0</v>
+      </c>
+      <c r="O390">
+        <v>0</v>
+      </c>
+      <c r="P390"/>
+      <c r="Q390"/>
+      <c r="R390"/>
+      <c r="S390"/>
+      <c r="T390"/>
+      <c r="U390">
+        <v>0</v>
+      </c>
+      <c r="V390">
+        <v>0</v>
+      </c>
+      <c r="W390"/>
+      <c r="X390">
+        <v>0</v>
+      </c>
+      <c r="Y390"/>
+      <c r="Z390"/>
+      <c r="AA390"/>
+      <c r="AB390"/>
+      <c r="AC390">
+        <v>0</v>
+      </c>
+      <c r="AD390"/>
+      <c r="AE390">
+        <v>0</v>
+      </c>
+      <c r="AF390">
+        <v>0</v>
+      </c>
+      <c r="AG390"/>
+      <c r="AH390"/>
+      <c r="AI390">
+        <v>-1</v>
+      </c>
+      <c r="AJ390">
+        <v>0</v>
+      </c>
+      <c r="AK390">
+        <v>-1</v>
+      </c>
+      <c r="AL390"/>
+      <c r="AM390"/>
+      <c r="AN390"/>
+      <c r="AO390">
+        <v>0</v>
+      </c>
+      <c r="AP390"/>
+      <c r="AQ390"/>
+      <c r="AR390"/>
+      <c r="AS390"/>
+    </row>
+    <row r="391" spans="1:45">
+      <c r="A391" t="s">
+        <v>604</v>
+      </c>
+      <c r="B391" t="s">
+        <v>154</v>
+      </c>
+      <c r="C391" t="s">
+        <v>47</v>
+      </c>
+      <c r="D391">
+        <v>2022</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G391" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I391" t="s">
+        <v>1745</v>
+      </c>
+      <c r="J391">
+        <v>0</v>
+      </c>
+      <c r="K391">
+        <v>0</v>
+      </c>
+      <c r="L391">
+        <v>0</v>
+      </c>
+      <c r="M391">
+        <v>-1</v>
+      </c>
+      <c r="N391">
+        <v>0</v>
+      </c>
+      <c r="O391"/>
+      <c r="P391"/>
+      <c r="Q391">
+        <v>-1</v>
+      </c>
+      <c r="R391"/>
+      <c r="S391"/>
+      <c r="T391"/>
+      <c r="U391"/>
+      <c r="V391">
+        <v>0</v>
+      </c>
+      <c r="W391"/>
+      <c r="X391"/>
+      <c r="Y391"/>
+      <c r="Z391"/>
+      <c r="AA391"/>
+      <c r="AB391"/>
+      <c r="AC391"/>
+      <c r="AD391"/>
+      <c r="AE391"/>
+      <c r="AF391"/>
+      <c r="AG391"/>
+      <c r="AH391"/>
+      <c r="AI391"/>
+      <c r="AJ391">
+        <v>0</v>
+      </c>
+      <c r="AK391"/>
+      <c r="AL391"/>
+      <c r="AM391"/>
+      <c r="AN391"/>
+      <c r="AO391">
+        <v>0</v>
+      </c>
+      <c r="AP391"/>
+      <c r="AQ391"/>
+      <c r="AR391"/>
+      <c r="AS391"/>
+    </row>
+    <row r="392" spans="1:45">
+      <c r="A392" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B392" t="s">
+        <v>54</v>
+      </c>
+      <c r="C392" t="s">
+        <v>47</v>
+      </c>
+      <c r="D392">
+        <v>2022</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G392" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I392" t="s">
+        <v>69</v>
+      </c>
+      <c r="J392">
+        <v>0</v>
+      </c>
+      <c r="K392">
+        <v>0</v>
+      </c>
+      <c r="L392">
+        <v>0</v>
+      </c>
+      <c r="M392">
+        <v>0</v>
+      </c>
+      <c r="N392">
+        <v>0</v>
+      </c>
+      <c r="O392">
+        <v>0</v>
+      </c>
+      <c r="P392">
+        <v>0</v>
+      </c>
+      <c r="Q392"/>
+      <c r="R392"/>
+      <c r="S392"/>
+      <c r="T392"/>
+      <c r="U392"/>
+      <c r="V392">
+        <v>0</v>
+      </c>
+      <c r="W392"/>
+      <c r="X392"/>
+      <c r="Y392"/>
+      <c r="Z392"/>
+      <c r="AA392"/>
+      <c r="AB392"/>
+      <c r="AC392"/>
+      <c r="AD392"/>
+      <c r="AE392"/>
+      <c r="AF392"/>
+      <c r="AG392"/>
+      <c r="AH392"/>
+      <c r="AI392">
+        <v>0</v>
+      </c>
+      <c r="AJ392">
+        <v>0</v>
+      </c>
+      <c r="AK392">
+        <v>0</v>
+      </c>
+      <c r="AL392"/>
+      <c r="AM392"/>
+      <c r="AN392"/>
+      <c r="AO392">
+        <v>0</v>
+      </c>
+      <c r="AP392"/>
+      <c r="AQ392"/>
+      <c r="AR392"/>
+      <c r="AS392"/>
+    </row>
+    <row r="393" spans="1:45">
+      <c r="A393" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B393" t="s">
+        <v>74</v>
+      </c>
+      <c r="C393" t="s">
+        <v>47</v>
+      </c>
+      <c r="D393">
+        <v>2022</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1752</v>
+      </c>
+      <c r="G393" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1754</v>
+      </c>
+      <c r="I393" t="s">
+        <v>1755</v>
+      </c>
+      <c r="J393">
+        <v>0</v>
+      </c>
+      <c r="K393">
+        <v>1</v>
+      </c>
+      <c r="L393">
+        <v>0</v>
+      </c>
+      <c r="M393">
+        <v>0</v>
+      </c>
+      <c r="N393">
+        <v>0</v>
+      </c>
+      <c r="O393">
+        <v>0</v>
+      </c>
+      <c r="P393"/>
+      <c r="Q393"/>
+      <c r="R393"/>
+      <c r="S393"/>
+      <c r="T393"/>
+      <c r="U393"/>
+      <c r="V393">
+        <v>0</v>
+      </c>
+      <c r="W393"/>
+      <c r="X393"/>
+      <c r="Y393"/>
+      <c r="Z393"/>
+      <c r="AA393"/>
+      <c r="AB393"/>
+      <c r="AC393"/>
+      <c r="AD393"/>
+      <c r="AE393"/>
+      <c r="AF393"/>
+      <c r="AG393"/>
+      <c r="AH393"/>
+      <c r="AI393"/>
+      <c r="AJ393">
+        <v>0</v>
+      </c>
+      <c r="AK393"/>
+      <c r="AL393"/>
+      <c r="AM393"/>
+      <c r="AN393">
+        <v>0</v>
+      </c>
+      <c r="AO393">
+        <v>0</v>
+      </c>
+      <c r="AP393">
+        <v>0</v>
+      </c>
+      <c r="AQ393"/>
+      <c r="AR393"/>
+      <c r="AS393"/>
+    </row>
+    <row r="394" spans="1:45">
+      <c r="A394" t="s">
+        <v>147</v>
+      </c>
+      <c r="B394" t="s">
+        <v>148</v>
+      </c>
+      <c r="C394" t="s">
+        <v>47</v>
+      </c>
+      <c r="D394">
+        <v>2022</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1756</v>
+      </c>
+      <c r="G394" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I394" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J394">
+        <v>0</v>
+      </c>
+      <c r="K394">
+        <v>0</v>
+      </c>
+      <c r="L394">
+        <v>0</v>
+      </c>
+      <c r="M394">
+        <v>0</v>
+      </c>
+      <c r="N394">
+        <v>0</v>
+      </c>
+      <c r="O394"/>
+      <c r="P394"/>
+      <c r="Q394"/>
+      <c r="R394">
+        <v>0</v>
+      </c>
+      <c r="S394"/>
+      <c r="T394"/>
+      <c r="U394"/>
+      <c r="V394">
+        <v>0</v>
+      </c>
+      <c r="W394"/>
+      <c r="X394"/>
+      <c r="Y394"/>
+      <c r="Z394"/>
+      <c r="AA394"/>
+      <c r="AB394"/>
+      <c r="AC394"/>
+      <c r="AD394"/>
+      <c r="AE394"/>
+      <c r="AF394"/>
+      <c r="AG394"/>
+      <c r="AH394"/>
+      <c r="AI394"/>
+      <c r="AJ394">
+        <v>0</v>
+      </c>
+      <c r="AK394"/>
+      <c r="AL394"/>
+      <c r="AM394"/>
+      <c r="AN394"/>
+      <c r="AO394">
+        <v>0</v>
+      </c>
+      <c r="AP394"/>
+      <c r="AQ394"/>
+      <c r="AR394"/>
+      <c r="AS394"/>
+    </row>
+    <row r="395" spans="1:45">
+      <c r="A395" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B395" t="s">
+        <v>148</v>
+      </c>
+      <c r="C395" t="s">
+        <v>47</v>
+      </c>
+      <c r="D395">
+        <v>2022</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1761</v>
+      </c>
+      <c r="G395" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1763</v>
+      </c>
+      <c r="I395" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J395">
+        <v>0</v>
+      </c>
+      <c r="K395">
+        <v>0</v>
+      </c>
+      <c r="L395">
+        <v>0</v>
+      </c>
+      <c r="M395">
+        <v>0</v>
+      </c>
+      <c r="N395">
+        <v>0</v>
+      </c>
+      <c r="O395">
+        <v>0</v>
+      </c>
+      <c r="P395"/>
+      <c r="Q395"/>
+      <c r="R395"/>
+      <c r="S395"/>
+      <c r="T395"/>
+      <c r="U395"/>
+      <c r="V395">
+        <v>0</v>
+      </c>
+      <c r="W395"/>
+      <c r="X395"/>
+      <c r="Y395"/>
+      <c r="Z395"/>
+      <c r="AA395"/>
+      <c r="AB395"/>
+      <c r="AC395"/>
+      <c r="AD395"/>
+      <c r="AE395"/>
+      <c r="AF395"/>
+      <c r="AG395"/>
+      <c r="AH395"/>
+      <c r="AI395"/>
+      <c r="AJ395">
+        <v>0</v>
+      </c>
+      <c r="AK395"/>
+      <c r="AL395"/>
+      <c r="AM395"/>
+      <c r="AN395">
+        <v>0</v>
+      </c>
+      <c r="AO395">
+        <v>0</v>
+      </c>
+      <c r="AP395">
+        <v>0</v>
+      </c>
+      <c r="AQ395"/>
+      <c r="AR395"/>
+      <c r="AS395"/>
+    </row>
+    <row r="396" spans="1:45">
+      <c r="A396" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B396" t="s">
+        <v>338</v>
+      </c>
+      <c r="C396" t="s">
+        <v>47</v>
+      </c>
+      <c r="D396">
+        <v>2022</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1766</v>
+      </c>
+      <c r="G396" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1768</v>
+      </c>
+      <c r="I396" t="s">
+        <v>1769</v>
+      </c>
+      <c r="J396">
+        <v>0</v>
+      </c>
+      <c r="K396">
+        <v>0</v>
+      </c>
+      <c r="L396">
+        <v>0</v>
+      </c>
+      <c r="M396">
+        <v>0</v>
+      </c>
+      <c r="N396">
+        <v>0</v>
+      </c>
+      <c r="O396"/>
+      <c r="P396"/>
+      <c r="Q396"/>
+      <c r="R396">
+        <v>0</v>
+      </c>
+      <c r="S396"/>
+      <c r="T396"/>
+      <c r="U396"/>
+      <c r="V396">
+        <v>0</v>
+      </c>
+      <c r="W396"/>
+      <c r="X396"/>
+      <c r="Y396"/>
+      <c r="Z396"/>
+      <c r="AA396"/>
+      <c r="AB396"/>
+      <c r="AC396"/>
+      <c r="AD396"/>
+      <c r="AE396"/>
+      <c r="AF396"/>
+      <c r="AG396"/>
+      <c r="AH396"/>
+      <c r="AI396"/>
+      <c r="AJ396">
+        <v>0</v>
+      </c>
+      <c r="AK396"/>
+      <c r="AL396"/>
+      <c r="AM396"/>
+      <c r="AN396"/>
+      <c r="AO396">
+        <v>0</v>
+      </c>
+      <c r="AP396"/>
+      <c r="AQ396"/>
+      <c r="AR396"/>
+      <c r="AS396"/>
+    </row>
+    <row r="397" spans="1:45">
+      <c r="A397" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B397" t="s">
+        <v>74</v>
+      </c>
+      <c r="C397" t="s">
+        <v>109</v>
+      </c>
+      <c r="D397">
+        <v>2022</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G397" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1774</v>
+      </c>
+      <c r="I397" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J397">
+        <v>0</v>
+      </c>
+      <c r="K397">
+        <v>0</v>
+      </c>
+      <c r="L397">
+        <v>0</v>
+      </c>
+      <c r="M397">
+        <v>0</v>
+      </c>
+      <c r="N397">
+        <v>0</v>
+      </c>
+      <c r="O397">
+        <v>0</v>
+      </c>
+      <c r="P397"/>
+      <c r="Q397"/>
+      <c r="R397"/>
+      <c r="S397"/>
+      <c r="T397"/>
+      <c r="U397"/>
+      <c r="V397">
+        <v>0</v>
+      </c>
+      <c r="W397"/>
+      <c r="X397"/>
+      <c r="Y397"/>
+      <c r="Z397"/>
+      <c r="AA397"/>
+      <c r="AB397"/>
+      <c r="AC397"/>
+      <c r="AD397"/>
+      <c r="AE397"/>
+      <c r="AF397"/>
+      <c r="AG397"/>
+      <c r="AH397"/>
+      <c r="AI397"/>
+      <c r="AJ397">
+        <v>0</v>
+      </c>
+      <c r="AK397"/>
+      <c r="AL397"/>
+      <c r="AM397"/>
+      <c r="AN397"/>
+      <c r="AO397">
+        <v>0</v>
+      </c>
+      <c r="AP397"/>
+      <c r="AQ397"/>
+      <c r="AR397"/>
+      <c r="AS397"/>
+    </row>
+    <row r="398" spans="1:45">
+      <c r="A398" t="s">
+        <v>877</v>
+      </c>
+      <c r="B398" t="s">
+        <v>46</v>
+      </c>
+      <c r="C398" t="s">
+        <v>109</v>
+      </c>
+      <c r="D398">
+        <v>2022</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1776</v>
+      </c>
+      <c r="G398" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1778</v>
+      </c>
+      <c r="I398" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J398">
+        <v>0</v>
+      </c>
+      <c r="K398">
+        <v>0</v>
+      </c>
+      <c r="L398">
+        <v>0</v>
+      </c>
+      <c r="M398">
+        <v>0</v>
+      </c>
+      <c r="N398">
+        <v>0</v>
+      </c>
+      <c r="O398">
+        <v>0</v>
+      </c>
+      <c r="P398"/>
+      <c r="Q398"/>
+      <c r="R398">
+        <v>0</v>
+      </c>
+      <c r="S398"/>
+      <c r="T398"/>
+      <c r="U398"/>
+      <c r="V398">
+        <v>0</v>
+      </c>
+      <c r="W398"/>
+      <c r="X398"/>
+      <c r="Y398"/>
+      <c r="Z398"/>
+      <c r="AA398"/>
+      <c r="AB398"/>
+      <c r="AC398"/>
+      <c r="AD398"/>
+      <c r="AE398"/>
+      <c r="AF398"/>
+      <c r="AG398"/>
+      <c r="AH398"/>
+      <c r="AI398"/>
+      <c r="AJ398">
+        <v>0</v>
+      </c>
+      <c r="AK398"/>
+      <c r="AL398"/>
+      <c r="AM398"/>
+      <c r="AN398"/>
+      <c r="AO398">
+        <v>0</v>
+      </c>
+      <c r="AP398"/>
+      <c r="AQ398"/>
+      <c r="AR398"/>
+      <c r="AS398"/>
+    </row>
+    <row r="399" spans="1:45">
+      <c r="A399" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B399" t="s">
+        <v>148</v>
+      </c>
+      <c r="C399" t="s">
+        <v>109</v>
+      </c>
+      <c r="D399">
+        <v>2022</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G399" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1782</v>
+      </c>
+      <c r="I399" t="s">
+        <v>1783</v>
+      </c>
+      <c r="J399">
+        <v>0</v>
+      </c>
+      <c r="K399">
+        <v>0</v>
+      </c>
+      <c r="L399">
+        <v>0</v>
+      </c>
+      <c r="M399"/>
+      <c r="N399">
+        <v>0</v>
+      </c>
+      <c r="O399"/>
+      <c r="P399"/>
+      <c r="Q399"/>
+      <c r="R399"/>
+      <c r="S399"/>
+      <c r="T399"/>
+      <c r="U399">
+        <v>1</v>
+      </c>
+      <c r="V399">
+        <v>0</v>
+      </c>
+      <c r="W399"/>
+      <c r="X399"/>
+      <c r="Y399"/>
+      <c r="Z399"/>
+      <c r="AA399"/>
+      <c r="AB399"/>
+      <c r="AC399"/>
+      <c r="AD399"/>
+      <c r="AE399">
+        <v>1</v>
+      </c>
+      <c r="AF399">
+        <v>1</v>
+      </c>
+      <c r="AG399"/>
+      <c r="AH399"/>
+      <c r="AI399"/>
+      <c r="AJ399">
+        <v>0</v>
+      </c>
+      <c r="AK399"/>
+      <c r="AL399"/>
+      <c r="AM399"/>
+      <c r="AN399">
+        <v>0</v>
+      </c>
+      <c r="AO399">
+        <v>0</v>
+      </c>
+      <c r="AP399"/>
+      <c r="AQ399"/>
+      <c r="AR399"/>
+      <c r="AS399" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="400" spans="1:45">
+      <c r="A400" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B400" t="s">
+        <v>148</v>
+      </c>
+      <c r="C400" t="s">
+        <v>109</v>
+      </c>
+      <c r="D400">
+        <v>2022</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G400" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1782</v>
+      </c>
+      <c r="I400" t="s">
+        <v>1786</v>
+      </c>
+      <c r="J400">
+        <v>0</v>
+      </c>
+      <c r="K400">
+        <v>0</v>
+      </c>
+      <c r="L400">
+        <v>0</v>
+      </c>
+      <c r="M400">
+        <v>0</v>
+      </c>
+      <c r="N400">
+        <v>0</v>
+      </c>
+      <c r="O400">
+        <v>0</v>
+      </c>
+      <c r="P400"/>
+      <c r="Q400"/>
+      <c r="R400"/>
+      <c r="S400"/>
+      <c r="T400"/>
+      <c r="U400">
+        <v>0</v>
+      </c>
+      <c r="V400">
+        <v>0</v>
+      </c>
+      <c r="W400">
+        <v>0</v>
+      </c>
+      <c r="X400">
+        <v>0</v>
+      </c>
+      <c r="Y400"/>
+      <c r="Z400"/>
+      <c r="AA400"/>
+      <c r="AB400">
+        <v>0</v>
+      </c>
+      <c r="AC400"/>
+      <c r="AD400"/>
+      <c r="AE400"/>
+      <c r="AF400"/>
+      <c r="AG400"/>
+      <c r="AH400"/>
+      <c r="AI400">
+        <v>-1</v>
+      </c>
+      <c r="AJ400">
+        <v>0</v>
+      </c>
+      <c r="AK400">
+        <v>-1</v>
+      </c>
+      <c r="AL400"/>
+      <c r="AM400"/>
+      <c r="AN400">
+        <v>1</v>
+      </c>
+      <c r="AO400">
+        <v>0</v>
+      </c>
+      <c r="AP400"/>
+      <c r="AQ400" t="s">
+        <v>259</v>
+      </c>
+      <c r="AR400"/>
+      <c r="AS400" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="401" spans="1:45">
+      <c r="A401" t="s">
+        <v>831</v>
+      </c>
+      <c r="B401" t="s">
+        <v>328</v>
+      </c>
+      <c r="C401" t="s">
+        <v>109</v>
+      </c>
+      <c r="D401">
+        <v>2022</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1790</v>
+      </c>
+      <c r="I401" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J401">
+        <v>0</v>
+      </c>
+      <c r="K401">
+        <v>0</v>
+      </c>
+      <c r="L401">
+        <v>0</v>
+      </c>
+      <c r="M401">
+        <v>0</v>
+      </c>
+      <c r="N401">
+        <v>0</v>
+      </c>
+      <c r="O401"/>
+      <c r="P401"/>
+      <c r="Q401"/>
+      <c r="R401"/>
+      <c r="S401">
+        <v>0</v>
+      </c>
+      <c r="T401"/>
+      <c r="U401"/>
+      <c r="V401">
+        <v>0</v>
+      </c>
+      <c r="W401"/>
+      <c r="X401"/>
+      <c r="Y401"/>
+      <c r="Z401"/>
+      <c r="AA401"/>
+      <c r="AB401"/>
+      <c r="AC401"/>
+      <c r="AD401"/>
+      <c r="AE401"/>
+      <c r="AF401"/>
+      <c r="AG401"/>
+      <c r="AH401"/>
+      <c r="AI401"/>
+      <c r="AJ401">
+        <v>0</v>
+      </c>
+      <c r="AK401"/>
+      <c r="AL401"/>
+      <c r="AM401"/>
+      <c r="AN401"/>
+      <c r="AO401">
+        <v>0</v>
+      </c>
+      <c r="AP401"/>
+      <c r="AQ401"/>
+      <c r="AR401"/>
+      <c r="AS401"/>
+    </row>
+    <row r="402" spans="1:45">
+      <c r="A402" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B402" t="s">
+        <v>328</v>
+      </c>
+      <c r="C402" t="s">
+        <v>109</v>
+      </c>
+      <c r="D402">
+        <v>2022</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1795</v>
+      </c>
+      <c r="I402" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J402">
+        <v>0</v>
+      </c>
+      <c r="K402">
+        <v>0</v>
+      </c>
+      <c r="L402">
+        <v>0</v>
+      </c>
+      <c r="M402">
+        <v>-1</v>
+      </c>
+      <c r="N402">
+        <v>0</v>
+      </c>
+      <c r="O402">
+        <v>-1</v>
+      </c>
+      <c r="P402"/>
+      <c r="Q402"/>
+      <c r="R402"/>
+      <c r="S402"/>
+      <c r="T402"/>
+      <c r="U402"/>
+      <c r="V402">
+        <v>0</v>
+      </c>
+      <c r="W402"/>
+      <c r="X402"/>
+      <c r="Y402"/>
+      <c r="Z402"/>
+      <c r="AA402"/>
+      <c r="AB402"/>
+      <c r="AC402"/>
+      <c r="AD402"/>
+      <c r="AE402"/>
+      <c r="AF402"/>
+      <c r="AG402"/>
+      <c r="AH402"/>
+      <c r="AI402">
+        <v>-1</v>
+      </c>
+      <c r="AJ402">
+        <v>0</v>
+      </c>
+      <c r="AK402">
+        <v>-1</v>
+      </c>
+      <c r="AL402"/>
+      <c r="AM402"/>
+      <c r="AN402"/>
+      <c r="AO402">
+        <v>0</v>
+      </c>
+      <c r="AP402"/>
+      <c r="AQ402"/>
+      <c r="AR402"/>
+      <c r="AS402"/>
+    </row>
+    <row r="403" spans="1:45">
+      <c r="A403" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B403" t="s">
+        <v>247</v>
+      </c>
+      <c r="C403" t="s">
+        <v>109</v>
+      </c>
+      <c r="D403">
+        <v>2022</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I403" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J403">
+        <v>0</v>
+      </c>
+      <c r="K403">
+        <v>0</v>
+      </c>
+      <c r="L403">
+        <v>0</v>
+      </c>
+      <c r="M403">
+        <v>0</v>
+      </c>
+      <c r="N403">
+        <v>0</v>
+      </c>
+      <c r="O403"/>
+      <c r="P403"/>
+      <c r="Q403"/>
+      <c r="R403">
+        <v>0</v>
+      </c>
+      <c r="S403">
+        <v>0</v>
+      </c>
+      <c r="T403"/>
+      <c r="U403"/>
+      <c r="V403">
+        <v>0</v>
+      </c>
+      <c r="W403"/>
+      <c r="X403"/>
+      <c r="Y403"/>
+      <c r="Z403"/>
+      <c r="AA403"/>
+      <c r="AB403"/>
+      <c r="AC403"/>
+      <c r="AD403"/>
+      <c r="AE403"/>
+      <c r="AF403"/>
+      <c r="AG403"/>
+      <c r="AH403"/>
+      <c r="AI403"/>
+      <c r="AJ403">
+        <v>0</v>
+      </c>
+      <c r="AK403"/>
+      <c r="AL403"/>
+      <c r="AM403"/>
+      <c r="AN403"/>
+      <c r="AO403">
+        <v>0</v>
+      </c>
+      <c r="AP403"/>
+      <c r="AQ403"/>
+      <c r="AR403"/>
+      <c r="AS403"/>
+    </row>
+    <row r="404" spans="1:45">
+      <c r="A404" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B404" t="s">
+        <v>65</v>
+      </c>
+      <c r="C404" t="s">
+        <v>109</v>
+      </c>
+      <c r="D404">
+        <v>2022</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F404" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1803</v>
+      </c>
+      <c r="I404" t="s">
+        <v>1804</v>
+      </c>
+      <c r="J404">
+        <v>0</v>
+      </c>
+      <c r="K404">
+        <v>0</v>
+      </c>
+      <c r="L404">
+        <v>0</v>
+      </c>
+      <c r="M404">
+        <v>0</v>
+      </c>
+      <c r="N404">
+        <v>0</v>
+      </c>
+      <c r="O404">
+        <v>0</v>
+      </c>
+      <c r="P404"/>
+      <c r="Q404"/>
+      <c r="R404">
+        <v>0</v>
+      </c>
+      <c r="S404"/>
+      <c r="T404"/>
+      <c r="U404"/>
+      <c r="V404">
+        <v>0</v>
+      </c>
+      <c r="W404"/>
+      <c r="X404"/>
+      <c r="Y404"/>
+      <c r="Z404"/>
+      <c r="AA404"/>
+      <c r="AB404"/>
+      <c r="AC404"/>
+      <c r="AD404"/>
+      <c r="AE404"/>
+      <c r="AF404"/>
+      <c r="AG404"/>
+      <c r="AH404"/>
+      <c r="AI404"/>
+      <c r="AJ404">
+        <v>0</v>
+      </c>
+      <c r="AK404"/>
+      <c r="AL404"/>
+      <c r="AM404"/>
+      <c r="AN404"/>
+      <c r="AO404">
+        <v>0</v>
+      </c>
+      <c r="AP404"/>
+      <c r="AQ404"/>
+      <c r="AR404"/>
+      <c r="AS404"/>
+    </row>
+    <row r="405" spans="1:45">
+      <c r="A405" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B405" t="s">
+        <v>54</v>
+      </c>
+      <c r="C405" t="s">
+        <v>109</v>
+      </c>
+      <c r="D405">
+        <v>2022</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1806</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I405" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J405">
+        <v>0</v>
+      </c>
+      <c r="K405">
+        <v>0</v>
+      </c>
+      <c r="L405">
+        <v>0</v>
+      </c>
+      <c r="M405">
+        <v>0</v>
+      </c>
+      <c r="N405">
+        <v>0</v>
+      </c>
+      <c r="O405">
+        <v>0</v>
+      </c>
+      <c r="P405"/>
+      <c r="Q405"/>
+      <c r="R405"/>
+      <c r="S405"/>
+      <c r="T405"/>
+      <c r="U405"/>
+      <c r="V405">
+        <v>0</v>
+      </c>
+      <c r="W405"/>
+      <c r="X405"/>
+      <c r="Y405"/>
+      <c r="Z405"/>
+      <c r="AA405"/>
+      <c r="AB405"/>
+      <c r="AC405"/>
+      <c r="AD405"/>
+      <c r="AE405"/>
+      <c r="AF405"/>
+      <c r="AG405"/>
+      <c r="AH405"/>
+      <c r="AI405"/>
+      <c r="AJ405">
+        <v>0</v>
+      </c>
+      <c r="AK405"/>
+      <c r="AL405"/>
+      <c r="AM405"/>
+      <c r="AN405"/>
+      <c r="AO405">
+        <v>0</v>
+      </c>
+      <c r="AP405"/>
+      <c r="AQ405"/>
+      <c r="AR405"/>
+      <c r="AS405"/>
+    </row>
+    <row r="406" spans="1:45">
+      <c r="A406" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B406" t="s">
+        <v>54</v>
+      </c>
+      <c r="C406" t="s">
+        <v>463</v>
+      </c>
+      <c r="D406">
+        <v>2022</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1812</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1814</v>
+      </c>
+      <c r="I406" t="s">
+        <v>1815</v>
+      </c>
+      <c r="J406">
+        <v>0</v>
+      </c>
+      <c r="K406">
+        <v>0</v>
+      </c>
+      <c r="L406">
+        <v>0</v>
+      </c>
+      <c r="M406">
+        <v>0</v>
+      </c>
+      <c r="N406">
+        <v>0</v>
+      </c>
+      <c r="O406"/>
+      <c r="P406"/>
+      <c r="Q406"/>
+      <c r="R406">
+        <v>0</v>
+      </c>
+      <c r="S406"/>
+      <c r="T406"/>
+      <c r="U406"/>
+      <c r="V406">
+        <v>0</v>
+      </c>
+      <c r="W406"/>
+      <c r="X406"/>
+      <c r="Y406"/>
+      <c r="Z406"/>
+      <c r="AA406"/>
+      <c r="AB406"/>
+      <c r="AC406"/>
+      <c r="AD406"/>
+      <c r="AE406"/>
+      <c r="AF406"/>
+      <c r="AG406"/>
+      <c r="AH406"/>
+      <c r="AI406"/>
+      <c r="AJ406">
+        <v>0</v>
+      </c>
+      <c r="AK406"/>
+      <c r="AL406"/>
+      <c r="AM406"/>
+      <c r="AN406"/>
+      <c r="AO406">
+        <v>0</v>
+      </c>
+      <c r="AP406"/>
+      <c r="AQ406"/>
+      <c r="AR406"/>
+      <c r="AS406"/>
+    </row>
+    <row r="407" spans="1:45">
+      <c r="A407" t="s">
+        <v>135</v>
+      </c>
+      <c r="B407" t="s">
+        <v>130</v>
+      </c>
+      <c r="C407" t="s">
+        <v>463</v>
+      </c>
+      <c r="D407">
+        <v>2022</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G407" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I407" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J407">
+        <v>0</v>
+      </c>
+      <c r="K407">
+        <v>0</v>
+      </c>
+      <c r="L407">
+        <v>0</v>
+      </c>
+      <c r="M407">
+        <v>0</v>
+      </c>
+      <c r="N407">
+        <v>0</v>
+      </c>
+      <c r="O407">
+        <v>0</v>
+      </c>
+      <c r="P407"/>
+      <c r="Q407"/>
+      <c r="R407"/>
+      <c r="S407"/>
+      <c r="T407">
+        <v>0</v>
+      </c>
+      <c r="U407">
+        <v>0</v>
+      </c>
+      <c r="V407">
+        <v>0</v>
+      </c>
+      <c r="W407"/>
+      <c r="X407">
+        <v>0</v>
+      </c>
+      <c r="Y407"/>
+      <c r="Z407"/>
+      <c r="AA407">
+        <v>0</v>
+      </c>
+      <c r="AB407"/>
+      <c r="AC407"/>
+      <c r="AD407"/>
+      <c r="AE407"/>
+      <c r="AF407"/>
+      <c r="AG407"/>
+      <c r="AH407"/>
+      <c r="AI407"/>
+      <c r="AJ407">
+        <v>0</v>
+      </c>
+      <c r="AK407"/>
+      <c r="AL407"/>
+      <c r="AM407"/>
+      <c r="AN407">
+        <v>0</v>
+      </c>
+      <c r="AO407">
+        <v>0</v>
+      </c>
+      <c r="AP407"/>
+      <c r="AQ407"/>
+      <c r="AR407"/>
+      <c r="AS407" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="408" spans="1:45">
+      <c r="A408" t="s">
+        <v>314</v>
+      </c>
+      <c r="B408" t="s">
+        <v>65</v>
+      </c>
+      <c r="C408" t="s">
+        <v>463</v>
+      </c>
+      <c r="D408">
+        <v>2022</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1820</v>
+      </c>
+      <c r="G408" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1822</v>
+      </c>
+      <c r="I408" t="s">
+        <v>1823</v>
+      </c>
+      <c r="J408">
+        <v>0</v>
+      </c>
+      <c r="K408">
+        <v>0</v>
+      </c>
+      <c r="L408">
+        <v>0</v>
+      </c>
+      <c r="M408">
+        <v>0</v>
+      </c>
+      <c r="N408">
+        <v>0</v>
+      </c>
+      <c r="O408"/>
+      <c r="P408"/>
+      <c r="Q408">
+        <v>0</v>
+      </c>
+      <c r="R408">
+        <v>0</v>
+      </c>
+      <c r="S408">
+        <v>0</v>
+      </c>
+      <c r="T408"/>
+      <c r="U408"/>
+      <c r="V408">
+        <v>0</v>
+      </c>
+      <c r="W408"/>
+      <c r="X408"/>
+      <c r="Y408"/>
+      <c r="Z408"/>
+      <c r="AA408"/>
+      <c r="AB408"/>
+      <c r="AC408"/>
+      <c r="AD408"/>
+      <c r="AE408"/>
+      <c r="AF408"/>
+      <c r="AG408"/>
+      <c r="AH408"/>
+      <c r="AI408"/>
+      <c r="AJ408">
+        <v>0</v>
+      </c>
+      <c r="AK408"/>
+      <c r="AL408"/>
+      <c r="AM408"/>
+      <c r="AN408"/>
+      <c r="AO408">
+        <v>0</v>
+      </c>
+      <c r="AP408"/>
+      <c r="AQ408"/>
+      <c r="AR408"/>
+      <c r="AS408"/>
+    </row>
+    <row r="409" spans="1:45">
+      <c r="A409" t="s">
+        <v>375</v>
+      </c>
+      <c r="B409" t="s">
+        <v>365</v>
+      </c>
+      <c r="C409" t="s">
+        <v>463</v>
+      </c>
+      <c r="D409">
+        <v>2022</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1824</v>
+      </c>
+      <c r="G409" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I409" t="s">
+        <v>1827</v>
+      </c>
+      <c r="J409">
+        <v>0</v>
+      </c>
+      <c r="K409">
+        <v>0</v>
+      </c>
+      <c r="L409">
+        <v>0</v>
+      </c>
+      <c r="M409"/>
+      <c r="N409">
+        <v>0</v>
+      </c>
+      <c r="O409"/>
+      <c r="P409"/>
+      <c r="Q409"/>
+      <c r="R409"/>
+      <c r="S409">
+        <v>0</v>
+      </c>
+      <c r="T409"/>
+      <c r="U409"/>
+      <c r="V409">
+        <v>0</v>
+      </c>
+      <c r="W409"/>
+      <c r="X409"/>
+      <c r="Y409"/>
+      <c r="Z409"/>
+      <c r="AA409"/>
+      <c r="AB409"/>
+      <c r="AC409"/>
+      <c r="AD409"/>
+      <c r="AE409"/>
+      <c r="AF409"/>
+      <c r="AG409"/>
+      <c r="AH409"/>
+      <c r="AI409"/>
+      <c r="AJ409">
+        <v>0</v>
+      </c>
+      <c r="AK409"/>
+      <c r="AL409"/>
+      <c r="AM409"/>
+      <c r="AN409"/>
+      <c r="AO409">
+        <v>0</v>
+      </c>
+      <c r="AP409"/>
+      <c r="AQ409"/>
+      <c r="AR409"/>
+      <c r="AS409"/>
+    </row>
+    <row r="410" spans="1:45">
+      <c r="A410" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B410" t="s">
+        <v>154</v>
+      </c>
+      <c r="C410" t="s">
+        <v>463</v>
+      </c>
+      <c r="D410">
+        <v>2022</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G410" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I410" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J410">
+        <v>0</v>
+      </c>
+      <c r="K410">
+        <v>0</v>
+      </c>
+      <c r="L410">
+        <v>0</v>
+      </c>
+      <c r="M410">
+        <v>0</v>
+      </c>
+      <c r="N410">
+        <v>0</v>
+      </c>
+      <c r="O410"/>
+      <c r="P410"/>
+      <c r="Q410"/>
+      <c r="R410">
+        <v>0</v>
+      </c>
+      <c r="S410">
+        <v>0</v>
+      </c>
+      <c r="T410"/>
+      <c r="U410">
+        <v>0</v>
+      </c>
+      <c r="V410">
+        <v>0</v>
+      </c>
+      <c r="W410">
+        <v>0</v>
+      </c>
+      <c r="X410">
+        <v>0</v>
+      </c>
+      <c r="Y410">
+        <v>0</v>
+      </c>
+      <c r="Z410">
+        <v>0</v>
+      </c>
+      <c r="AA410">
+        <v>0</v>
+      </c>
+      <c r="AB410">
+        <v>0</v>
+      </c>
+      <c r="AC410">
+        <v>0</v>
+      </c>
+      <c r="AD410"/>
+      <c r="AE410">
+        <v>0</v>
+      </c>
+      <c r="AF410">
+        <v>0</v>
+      </c>
+      <c r="AG410">
+        <v>0</v>
+      </c>
+      <c r="AH410"/>
+      <c r="AI410">
+        <v>0</v>
+      </c>
+      <c r="AJ410">
+        <v>0</v>
+      </c>
+      <c r="AK410"/>
+      <c r="AL410"/>
+      <c r="AM410">
+        <v>0</v>
+      </c>
+      <c r="AN410">
+        <v>0</v>
+      </c>
+      <c r="AO410">
+        <v>0</v>
+      </c>
+      <c r="AP410">
+        <v>0</v>
+      </c>
+      <c r="AQ410"/>
+      <c r="AR410" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS410" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="411" spans="1:45">
+      <c r="A411" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B411" t="s">
+        <v>148</v>
+      </c>
+      <c r="C411" t="s">
+        <v>463</v>
+      </c>
+      <c r="D411">
+        <v>2022</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1833</v>
+      </c>
+      <c r="G411" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1835</v>
+      </c>
+      <c r="I411" t="s">
+        <v>1836</v>
+      </c>
+      <c r="J411">
+        <v>0</v>
+      </c>
+      <c r="K411">
+        <v>0</v>
+      </c>
+      <c r="L411">
+        <v>0</v>
+      </c>
+      <c r="M411">
+        <v>0</v>
+      </c>
+      <c r="N411">
+        <v>0</v>
+      </c>
+      <c r="O411">
+        <v>0</v>
+      </c>
+      <c r="P411"/>
+      <c r="Q411"/>
+      <c r="R411"/>
+      <c r="S411"/>
+      <c r="T411"/>
+      <c r="U411"/>
+      <c r="V411">
+        <v>0</v>
+      </c>
+      <c r="W411"/>
+      <c r="X411"/>
+      <c r="Y411"/>
+      <c r="Z411"/>
+      <c r="AA411"/>
+      <c r="AB411"/>
+      <c r="AC411"/>
+      <c r="AD411"/>
+      <c r="AE411"/>
+      <c r="AF411"/>
+      <c r="AG411"/>
+      <c r="AH411"/>
+      <c r="AI411"/>
+      <c r="AJ411">
+        <v>0</v>
+      </c>
+      <c r="AK411"/>
+      <c r="AL411"/>
+      <c r="AM411"/>
+      <c r="AN411"/>
+      <c r="AO411">
+        <v>0</v>
+      </c>
+      <c r="AP411"/>
+      <c r="AQ411"/>
+      <c r="AR411"/>
+      <c r="AS411"/>
+    </row>
+    <row r="412" spans="1:45">
+      <c r="A412" t="s">
+        <v>604</v>
+      </c>
+      <c r="B412" t="s">
+        <v>154</v>
+      </c>
+      <c r="C412" t="s">
+        <v>463</v>
+      </c>
+      <c r="D412">
+        <v>2022</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F412" t="s">
+        <v>1837</v>
+      </c>
+      <c r="G412" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I412" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J412">
+        <v>0</v>
+      </c>
+      <c r="K412">
+        <v>0</v>
+      </c>
+      <c r="L412">
+        <v>0</v>
+      </c>
+      <c r="M412">
+        <v>-1</v>
+      </c>
+      <c r="N412">
+        <v>0</v>
+      </c>
+      <c r="O412"/>
+      <c r="P412"/>
+      <c r="Q412"/>
+      <c r="R412">
+        <v>-1</v>
+      </c>
+      <c r="S412"/>
+      <c r="T412"/>
+      <c r="U412"/>
+      <c r="V412">
+        <v>0</v>
+      </c>
+      <c r="W412"/>
+      <c r="X412"/>
+      <c r="Y412"/>
+      <c r="Z412"/>
+      <c r="AA412"/>
+      <c r="AB412"/>
+      <c r="AC412"/>
+      <c r="AD412"/>
+      <c r="AE412"/>
+      <c r="AF412"/>
+      <c r="AG412"/>
+      <c r="AH412"/>
+      <c r="AI412">
+        <v>-1</v>
+      </c>
+      <c r="AJ412">
+        <v>0</v>
+      </c>
+      <c r="AK412">
+        <v>-1</v>
+      </c>
+      <c r="AL412"/>
+      <c r="AM412"/>
+      <c r="AN412"/>
+      <c r="AO412">
+        <v>0</v>
+      </c>
+      <c r="AP412"/>
+      <c r="AQ412"/>
+      <c r="AR412"/>
+      <c r="AS412"/>
+    </row>
+    <row r="413" spans="1:45">
+      <c r="A413" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B413" t="s">
+        <v>328</v>
+      </c>
+      <c r="C413" t="s">
+        <v>463</v>
+      </c>
+      <c r="D413">
+        <v>2022</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1842</v>
+      </c>
+      <c r="G413" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1844</v>
+      </c>
+      <c r="I413" t="s">
+        <v>69</v>
+      </c>
+      <c r="J413">
+        <v>0</v>
+      </c>
+      <c r="K413">
+        <v>0</v>
+      </c>
+      <c r="L413">
+        <v>0</v>
+      </c>
+      <c r="M413">
+        <v>0</v>
+      </c>
+      <c r="N413">
+        <v>0</v>
+      </c>
+      <c r="O413">
+        <v>0</v>
+      </c>
+      <c r="P413"/>
+      <c r="Q413"/>
+      <c r="R413"/>
+      <c r="S413"/>
+      <c r="T413"/>
+      <c r="U413"/>
+      <c r="V413">
+        <v>0</v>
+      </c>
+      <c r="W413"/>
+      <c r="X413"/>
+      <c r="Y413"/>
+      <c r="Z413"/>
+      <c r="AA413"/>
+      <c r="AB413"/>
+      <c r="AC413"/>
+      <c r="AD413"/>
+      <c r="AE413"/>
+      <c r="AF413"/>
+      <c r="AG413"/>
+      <c r="AH413"/>
+      <c r="AI413"/>
+      <c r="AJ413">
+        <v>0</v>
+      </c>
+      <c r="AK413"/>
+      <c r="AL413"/>
+      <c r="AM413"/>
+      <c r="AN413"/>
+      <c r="AO413">
+        <v>0</v>
+      </c>
+      <c r="AP413"/>
+      <c r="AQ413"/>
+      <c r="AR413"/>
+      <c r="AS413"/>
+    </row>
+    <row r="414" spans="1:45">
+      <c r="A414" t="s">
+        <v>666</v>
+      </c>
+      <c r="B414" t="s">
+        <v>54</v>
+      </c>
+      <c r="C414" t="s">
+        <v>469</v>
+      </c>
+      <c r="D414">
+        <v>2022</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G414" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1848</v>
+      </c>
+      <c r="I414" t="s">
+        <v>1849</v>
+      </c>
+      <c r="J414">
+        <v>0</v>
+      </c>
+      <c r="K414">
+        <v>0</v>
+      </c>
+      <c r="L414">
+        <v>0</v>
+      </c>
+      <c r="M414">
+        <v>0</v>
+      </c>
+      <c r="N414">
+        <v>0</v>
+      </c>
+      <c r="O414">
+        <v>0</v>
+      </c>
+      <c r="P414">
+        <v>0</v>
+      </c>
+      <c r="Q414"/>
+      <c r="R414"/>
+      <c r="S414"/>
+      <c r="T414"/>
+      <c r="U414">
+        <v>0</v>
+      </c>
+      <c r="V414">
+        <v>0</v>
+      </c>
+      <c r="W414"/>
+      <c r="X414"/>
+      <c r="Y414"/>
+      <c r="Z414"/>
+      <c r="AA414"/>
+      <c r="AB414"/>
+      <c r="AC414"/>
+      <c r="AD414"/>
+      <c r="AE414">
+        <v>0</v>
+      </c>
+      <c r="AF414"/>
+      <c r="AG414">
+        <v>0</v>
+      </c>
+      <c r="AH414"/>
+      <c r="AI414">
+        <v>0</v>
+      </c>
+      <c r="AJ414">
+        <v>0</v>
+      </c>
+      <c r="AK414">
+        <v>0</v>
+      </c>
+      <c r="AL414"/>
+      <c r="AM414"/>
+      <c r="AN414"/>
+      <c r="AO414">
+        <v>0</v>
+      </c>
+      <c r="AP414"/>
+      <c r="AQ414"/>
+      <c r="AR414"/>
+      <c r="AS414"/>
+    </row>
+    <row r="415" spans="1:45">
+      <c r="A415" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B415" t="s">
+        <v>54</v>
+      </c>
+      <c r="C415" t="s">
+        <v>469</v>
+      </c>
+      <c r="D415">
+        <v>2022</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G415" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1852</v>
+      </c>
+      <c r="I415" t="s">
+        <v>1853</v>
+      </c>
+      <c r="J415">
+        <v>0</v>
+      </c>
+      <c r="K415">
+        <v>0</v>
+      </c>
+      <c r="L415">
+        <v>0</v>
+      </c>
+      <c r="M415">
+        <v>0</v>
+      </c>
+      <c r="N415">
+        <v>0</v>
+      </c>
+      <c r="O415">
+        <v>0</v>
+      </c>
+      <c r="P415"/>
+      <c r="Q415"/>
+      <c r="R415"/>
+      <c r="S415"/>
+      <c r="T415"/>
+      <c r="U415"/>
+      <c r="V415">
+        <v>0</v>
+      </c>
+      <c r="W415"/>
+      <c r="X415"/>
+      <c r="Y415"/>
+      <c r="Z415"/>
+      <c r="AA415"/>
+      <c r="AB415"/>
+      <c r="AC415"/>
+      <c r="AD415"/>
+      <c r="AE415"/>
+      <c r="AF415"/>
+      <c r="AG415"/>
+      <c r="AH415"/>
+      <c r="AI415">
+        <v>0</v>
+      </c>
+      <c r="AJ415">
+        <v>0</v>
+      </c>
+      <c r="AK415">
+        <v>0</v>
+      </c>
+      <c r="AL415"/>
+      <c r="AM415"/>
+      <c r="AN415"/>
+      <c r="AO415">
+        <v>0</v>
+      </c>
+      <c r="AP415"/>
+      <c r="AQ415"/>
+      <c r="AR415"/>
+      <c r="AS415"/>
+    </row>
+    <row r="416" spans="1:45">
+      <c r="A416" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B416" t="s">
+        <v>130</v>
+      </c>
+      <c r="C416" t="s">
+        <v>469</v>
+      </c>
+      <c r="D416">
+        <v>2022</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G416" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1857</v>
+      </c>
+      <c r="I416" t="s">
+        <v>1858</v>
+      </c>
+      <c r="J416">
+        <v>0</v>
+      </c>
+      <c r="K416">
+        <v>0</v>
+      </c>
+      <c r="L416">
+        <v>0</v>
+      </c>
+      <c r="M416">
+        <v>0</v>
+      </c>
+      <c r="N416">
+        <v>0</v>
+      </c>
+      <c r="O416"/>
+      <c r="P416"/>
+      <c r="Q416"/>
+      <c r="R416"/>
+      <c r="S416"/>
+      <c r="T416">
+        <v>0</v>
+      </c>
+      <c r="U416"/>
+      <c r="V416">
+        <v>0</v>
+      </c>
+      <c r="W416"/>
+      <c r="X416"/>
+      <c r="Y416"/>
+      <c r="Z416"/>
+      <c r="AA416"/>
+      <c r="AB416"/>
+      <c r="AC416"/>
+      <c r="AD416"/>
+      <c r="AE416"/>
+      <c r="AF416"/>
+      <c r="AG416"/>
+      <c r="AH416"/>
+      <c r="AI416">
+        <v>1</v>
+      </c>
+      <c r="AJ416">
+        <v>0</v>
+      </c>
+      <c r="AK416">
+        <v>1</v>
+      </c>
+      <c r="AL416"/>
+      <c r="AM416"/>
+      <c r="AN416"/>
+      <c r="AO416">
+        <v>0</v>
+      </c>
+      <c r="AP416"/>
+      <c r="AQ416"/>
+      <c r="AR416"/>
+      <c r="AS416"/>
+    </row>
+    <row r="417" spans="1:45">
+      <c r="A417" t="s">
+        <v>287</v>
+      </c>
+      <c r="B417" t="s">
+        <v>130</v>
+      </c>
+      <c r="C417" t="s">
+        <v>469</v>
+      </c>
+      <c r="D417">
+        <v>2022</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G417" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I417" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J417">
+        <v>0</v>
+      </c>
+      <c r="K417">
+        <v>0</v>
+      </c>
+      <c r="L417">
+        <v>0</v>
+      </c>
+      <c r="M417">
+        <v>0</v>
+      </c>
+      <c r="N417">
+        <v>0</v>
+      </c>
+      <c r="O417"/>
+      <c r="P417"/>
+      <c r="Q417"/>
+      <c r="R417"/>
+      <c r="S417"/>
+      <c r="T417">
+        <v>0</v>
+      </c>
+      <c r="U417"/>
+      <c r="V417">
+        <v>0</v>
+      </c>
+      <c r="W417"/>
+      <c r="X417"/>
+      <c r="Y417"/>
+      <c r="Z417"/>
+      <c r="AA417"/>
+      <c r="AB417"/>
+      <c r="AC417"/>
+      <c r="AD417"/>
+      <c r="AE417"/>
+      <c r="AF417"/>
+      <c r="AG417"/>
+      <c r="AH417"/>
+      <c r="AI417"/>
+      <c r="AJ417">
+        <v>0</v>
+      </c>
+      <c r="AK417"/>
+      <c r="AL417"/>
+      <c r="AM417"/>
+      <c r="AN417">
+        <v>0</v>
+      </c>
+      <c r="AO417">
+        <v>0</v>
+      </c>
+      <c r="AP417"/>
+      <c r="AQ417"/>
+      <c r="AR417" t="s">
+        <v>259</v>
+      </c>
+      <c r="AS417"/>
+    </row>
+    <row r="418" spans="1:45">
+      <c r="A418" t="s">
+        <v>375</v>
+      </c>
+      <c r="B418" t="s">
+        <v>365</v>
+      </c>
+      <c r="C418" t="s">
+        <v>469</v>
+      </c>
+      <c r="D418">
+        <v>2022</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1864</v>
+      </c>
+      <c r="G418" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1866</v>
+      </c>
+      <c r="I418" t="s">
         <v>63</v>
       </c>
-      <c r="C19" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="J418">
+        <v>0</v>
+      </c>
+      <c r="K418">
+        <v>0</v>
+      </c>
+      <c r="L418">
+        <v>0</v>
+      </c>
+      <c r="M418">
+        <v>0</v>
+      </c>
+      <c r="N418">
+        <v>0</v>
+      </c>
+      <c r="O418">
+        <v>0</v>
+      </c>
+      <c r="P418"/>
+      <c r="Q418"/>
+      <c r="R418">
+        <v>0</v>
+      </c>
+      <c r="S418"/>
+      <c r="T418"/>
+      <c r="U418">
+        <v>0</v>
+      </c>
+      <c r="V418">
+        <v>0</v>
+      </c>
+      <c r="W418"/>
+      <c r="X418"/>
+      <c r="Y418"/>
+      <c r="Z418"/>
+      <c r="AA418"/>
+      <c r="AB418"/>
+      <c r="AC418"/>
+      <c r="AD418"/>
+      <c r="AE418">
+        <v>0</v>
+      </c>
+      <c r="AF418">
+        <v>0</v>
+      </c>
+      <c r="AG418"/>
+      <c r="AH418"/>
+      <c r="AI418"/>
+      <c r="AJ418">
+        <v>0</v>
+      </c>
+      <c r="AK418"/>
+      <c r="AL418"/>
+      <c r="AM418"/>
+      <c r="AN418"/>
+      <c r="AO418">
+        <v>0</v>
+      </c>
+      <c r="AP418"/>
+      <c r="AQ418"/>
+      <c r="AR418"/>
+      <c r="AS418"/>
     </row>
-    <row r="20" spans="1:9">
-[...3 lines deleted...]
-      <c r="B20" t="s">
+    <row r="419" spans="1:45">
+      <c r="A419" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B419" t="s">
+        <v>177</v>
+      </c>
+      <c r="C419" t="s">
+        <v>469</v>
+      </c>
+      <c r="D419">
+        <v>2022</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G419" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I419" t="s">
+        <v>1870</v>
+      </c>
+      <c r="J419">
+        <v>0</v>
+      </c>
+      <c r="K419">
+        <v>0</v>
+      </c>
+      <c r="L419">
+        <v>0</v>
+      </c>
+      <c r="M419">
+        <v>0</v>
+      </c>
+      <c r="N419">
+        <v>0</v>
+      </c>
+      <c r="O419">
+        <v>0</v>
+      </c>
+      <c r="P419"/>
+      <c r="Q419"/>
+      <c r="R419"/>
+      <c r="S419"/>
+      <c r="T419"/>
+      <c r="U419"/>
+      <c r="V419">
+        <v>0</v>
+      </c>
+      <c r="W419"/>
+      <c r="X419"/>
+      <c r="Y419"/>
+      <c r="Z419"/>
+      <c r="AA419"/>
+      <c r="AB419"/>
+      <c r="AC419"/>
+      <c r="AD419"/>
+      <c r="AE419"/>
+      <c r="AF419"/>
+      <c r="AG419"/>
+      <c r="AH419"/>
+      <c r="AI419">
+        <v>0</v>
+      </c>
+      <c r="AJ419">
+        <v>0</v>
+      </c>
+      <c r="AK419">
+        <v>0</v>
+      </c>
+      <c r="AL419"/>
+      <c r="AM419"/>
+      <c r="AN419"/>
+      <c r="AO419">
+        <v>0</v>
+      </c>
+      <c r="AP419"/>
+      <c r="AQ419"/>
+      <c r="AR419"/>
+      <c r="AS419"/>
+    </row>
+    <row r="420" spans="1:45">
+      <c r="A420" t="s">
+        <v>212</v>
+      </c>
+      <c r="B420" t="s">
+        <v>177</v>
+      </c>
+      <c r="C420" t="s">
+        <v>469</v>
+      </c>
+      <c r="D420">
+        <v>2022</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G420" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1873</v>
+      </c>
+      <c r="I420" t="s">
+        <v>1874</v>
+      </c>
+      <c r="J420">
+        <v>0</v>
+      </c>
+      <c r="K420">
+        <v>0</v>
+      </c>
+      <c r="L420">
+        <v>0</v>
+      </c>
+      <c r="M420">
+        <v>0</v>
+      </c>
+      <c r="N420">
+        <v>0</v>
+      </c>
+      <c r="O420">
+        <v>0</v>
+      </c>
+      <c r="P420"/>
+      <c r="Q420"/>
+      <c r="R420"/>
+      <c r="S420">
+        <v>0</v>
+      </c>
+      <c r="T420"/>
+      <c r="U420"/>
+      <c r="V420">
+        <v>0</v>
+      </c>
+      <c r="W420"/>
+      <c r="X420"/>
+      <c r="Y420"/>
+      <c r="Z420"/>
+      <c r="AA420"/>
+      <c r="AB420"/>
+      <c r="AC420"/>
+      <c r="AD420"/>
+      <c r="AE420"/>
+      <c r="AF420"/>
+      <c r="AG420"/>
+      <c r="AH420"/>
+      <c r="AI420"/>
+      <c r="AJ420">
+        <v>0</v>
+      </c>
+      <c r="AK420"/>
+      <c r="AL420"/>
+      <c r="AM420"/>
+      <c r="AN420"/>
+      <c r="AO420">
+        <v>0</v>
+      </c>
+      <c r="AP420"/>
+      <c r="AQ420"/>
+      <c r="AR420"/>
+      <c r="AS420"/>
+    </row>
+    <row r="421" spans="1:45">
+      <c r="A421" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B421" t="s">
+        <v>97</v>
+      </c>
+      <c r="C421" t="s">
+        <v>469</v>
+      </c>
+      <c r="D421">
+        <v>2022</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1875</v>
+      </c>
+      <c r="G421" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I421" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J421">
+        <v>0</v>
+      </c>
+      <c r="K421">
+        <v>0</v>
+      </c>
+      <c r="L421">
+        <v>0</v>
+      </c>
+      <c r="M421">
+        <v>0</v>
+      </c>
+      <c r="N421">
+        <v>0</v>
+      </c>
+      <c r="O421"/>
+      <c r="P421"/>
+      <c r="Q421">
+        <v>0</v>
+      </c>
+      <c r="R421"/>
+      <c r="S421"/>
+      <c r="T421"/>
+      <c r="U421"/>
+      <c r="V421">
+        <v>0</v>
+      </c>
+      <c r="W421"/>
+      <c r="X421"/>
+      <c r="Y421"/>
+      <c r="Z421"/>
+      <c r="AA421"/>
+      <c r="AB421"/>
+      <c r="AC421"/>
+      <c r="AD421"/>
+      <c r="AE421"/>
+      <c r="AF421"/>
+      <c r="AG421"/>
+      <c r="AH421"/>
+      <c r="AI421">
+        <v>-1</v>
+      </c>
+      <c r="AJ421">
+        <v>0</v>
+      </c>
+      <c r="AK421">
+        <v>-1</v>
+      </c>
+      <c r="AL421"/>
+      <c r="AM421"/>
+      <c r="AN421"/>
+      <c r="AO421">
+        <v>0</v>
+      </c>
+      <c r="AP421"/>
+      <c r="AQ421"/>
+      <c r="AR421"/>
+      <c r="AS421"/>
+    </row>
+    <row r="422" spans="1:45">
+      <c r="A422" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B422" t="s">
+        <v>267</v>
+      </c>
+      <c r="C422" t="s">
+        <v>469</v>
+      </c>
+      <c r="D422">
+        <v>2022</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G422" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1881</v>
+      </c>
+      <c r="I422" t="s">
+        <v>1882</v>
+      </c>
+      <c r="J422">
+        <v>0</v>
+      </c>
+      <c r="K422">
+        <v>0</v>
+      </c>
+      <c r="L422">
+        <v>0</v>
+      </c>
+      <c r="M422">
+        <v>0</v>
+      </c>
+      <c r="N422">
+        <v>0</v>
+      </c>
+      <c r="O422"/>
+      <c r="P422"/>
+      <c r="Q422"/>
+      <c r="R422">
+        <v>0</v>
+      </c>
+      <c r="S422"/>
+      <c r="T422"/>
+      <c r="U422"/>
+      <c r="V422">
+        <v>0</v>
+      </c>
+      <c r="W422"/>
+      <c r="X422"/>
+      <c r="Y422"/>
+      <c r="Z422"/>
+      <c r="AA422"/>
+      <c r="AB422"/>
+      <c r="AC422"/>
+      <c r="AD422"/>
+      <c r="AE422"/>
+      <c r="AF422"/>
+      <c r="AG422"/>
+      <c r="AH422"/>
+      <c r="AI422"/>
+      <c r="AJ422">
+        <v>0</v>
+      </c>
+      <c r="AK422"/>
+      <c r="AL422"/>
+      <c r="AM422"/>
+      <c r="AN422">
+        <v>0</v>
+      </c>
+      <c r="AO422">
+        <v>0</v>
+      </c>
+      <c r="AP422"/>
+      <c r="AQ422" t="s">
+        <v>259</v>
+      </c>
+      <c r="AR422"/>
+      <c r="AS422"/>
+    </row>
+    <row r="423" spans="1:45">
+      <c r="A423" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B423" t="s">
+        <v>267</v>
+      </c>
+      <c r="C423" t="s">
+        <v>469</v>
+      </c>
+      <c r="D423">
+        <v>2022</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G423" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I423" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J423">
+        <v>0</v>
+      </c>
+      <c r="K423">
+        <v>0</v>
+      </c>
+      <c r="L423">
+        <v>0</v>
+      </c>
+      <c r="M423">
+        <v>-1</v>
+      </c>
+      <c r="N423">
+        <v>0</v>
+      </c>
+      <c r="O423">
+        <v>0</v>
+      </c>
+      <c r="P423"/>
+      <c r="Q423"/>
+      <c r="R423">
+        <v>-1</v>
+      </c>
+      <c r="S423"/>
+      <c r="T423"/>
+      <c r="U423">
+        <v>0</v>
+      </c>
+      <c r="V423">
+        <v>0</v>
+      </c>
+      <c r="W423"/>
+      <c r="X423">
+        <v>0</v>
+      </c>
+      <c r="Y423"/>
+      <c r="Z423"/>
+      <c r="AA423"/>
+      <c r="AB423">
+        <v>0</v>
+      </c>
+      <c r="AC423"/>
+      <c r="AD423"/>
+      <c r="AE423"/>
+      <c r="AF423"/>
+      <c r="AG423"/>
+      <c r="AH423"/>
+      <c r="AI423">
+        <v>0</v>
+      </c>
+      <c r="AJ423">
+        <v>0</v>
+      </c>
+      <c r="AK423">
+        <v>0</v>
+      </c>
+      <c r="AL423"/>
+      <c r="AM423"/>
+      <c r="AN423"/>
+      <c r="AO423">
+        <v>0</v>
+      </c>
+      <c r="AP423"/>
+      <c r="AQ423"/>
+      <c r="AR423"/>
+      <c r="AS423"/>
+    </row>
+    <row r="424" spans="1:45">
+      <c r="A424" t="s">
+        <v>604</v>
+      </c>
+      <c r="B424" t="s">
+        <v>154</v>
+      </c>
+      <c r="C424" t="s">
+        <v>469</v>
+      </c>
+      <c r="D424">
+        <v>2022</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G424" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1890</v>
+      </c>
+      <c r="I424" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J424">
+        <v>0</v>
+      </c>
+      <c r="K424">
+        <v>0</v>
+      </c>
+      <c r="L424">
+        <v>0</v>
+      </c>
+      <c r="M424">
+        <v>0</v>
+      </c>
+      <c r="N424">
+        <v>0</v>
+      </c>
+      <c r="O424"/>
+      <c r="P424"/>
+      <c r="Q424">
+        <v>0</v>
+      </c>
+      <c r="R424"/>
+      <c r="S424"/>
+      <c r="T424"/>
+      <c r="U424">
+        <v>0</v>
+      </c>
+      <c r="V424">
+        <v>0</v>
+      </c>
+      <c r="W424"/>
+      <c r="X424">
+        <v>0</v>
+      </c>
+      <c r="Y424"/>
+      <c r="Z424">
+        <v>0</v>
+      </c>
+      <c r="AA424"/>
+      <c r="AB424">
+        <v>0</v>
+      </c>
+      <c r="AC424"/>
+      <c r="AD424"/>
+      <c r="AE424"/>
+      <c r="AF424"/>
+      <c r="AG424"/>
+      <c r="AH424"/>
+      <c r="AI424"/>
+      <c r="AJ424">
+        <v>0</v>
+      </c>
+      <c r="AK424"/>
+      <c r="AL424"/>
+      <c r="AM424"/>
+      <c r="AN424"/>
+      <c r="AO424">
+        <v>0</v>
+      </c>
+      <c r="AP424"/>
+      <c r="AQ424"/>
+      <c r="AR424"/>
+      <c r="AS424"/>
+    </row>
+    <row r="425" spans="1:45">
+      <c r="A425" t="s">
+        <v>544</v>
+      </c>
+      <c r="B425" t="s">
+        <v>328</v>
+      </c>
+      <c r="C425" t="s">
+        <v>469</v>
+      </c>
+      <c r="D425">
+        <v>2022</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G425" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I425" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J425">
+        <v>0</v>
+      </c>
+      <c r="K425">
+        <v>0</v>
+      </c>
+      <c r="L425">
+        <v>0</v>
+      </c>
+      <c r="M425">
+        <v>0</v>
+      </c>
+      <c r="N425">
+        <v>0</v>
+      </c>
+      <c r="O425"/>
+      <c r="P425"/>
+      <c r="Q425"/>
+      <c r="R425">
+        <v>0</v>
+      </c>
+      <c r="S425"/>
+      <c r="T425"/>
+      <c r="U425"/>
+      <c r="V425">
+        <v>0</v>
+      </c>
+      <c r="W425"/>
+      <c r="X425"/>
+      <c r="Y425"/>
+      <c r="Z425"/>
+      <c r="AA425"/>
+      <c r="AB425"/>
+      <c r="AC425"/>
+      <c r="AD425"/>
+      <c r="AE425"/>
+      <c r="AF425"/>
+      <c r="AG425"/>
+      <c r="AH425"/>
+      <c r="AI425"/>
+      <c r="AJ425">
+        <v>0</v>
+      </c>
+      <c r="AK425"/>
+      <c r="AL425"/>
+      <c r="AM425"/>
+      <c r="AN425"/>
+      <c r="AO425">
+        <v>0</v>
+      </c>
+      <c r="AP425"/>
+      <c r="AQ425"/>
+      <c r="AR425"/>
+      <c r="AS425"/>
+    </row>
+    <row r="426" spans="1:45">
+      <c r="A426" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B426" t="s">
+        <v>328</v>
+      </c>
+      <c r="C426" t="s">
+        <v>469</v>
+      </c>
+      <c r="D426">
+        <v>2022</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1896</v>
+      </c>
+      <c r="G426" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I426" t="s">
+        <v>69</v>
+      </c>
+      <c r="J426">
+        <v>0</v>
+      </c>
+      <c r="K426">
+        <v>0</v>
+      </c>
+      <c r="L426">
+        <v>0</v>
+      </c>
+      <c r="M426">
+        <v>0</v>
+      </c>
+      <c r="N426">
+        <v>0</v>
+      </c>
+      <c r="O426"/>
+      <c r="P426">
+        <v>0</v>
+      </c>
+      <c r="Q426"/>
+      <c r="R426"/>
+      <c r="S426"/>
+      <c r="T426"/>
+      <c r="U426"/>
+      <c r="V426">
+        <v>0</v>
+      </c>
+      <c r="W426"/>
+      <c r="X426"/>
+      <c r="Y426"/>
+      <c r="Z426"/>
+      <c r="AA426"/>
+      <c r="AB426"/>
+      <c r="AC426"/>
+      <c r="AD426"/>
+      <c r="AE426"/>
+      <c r="AF426"/>
+      <c r="AG426"/>
+      <c r="AH426"/>
+      <c r="AI426"/>
+      <c r="AJ426">
+        <v>0</v>
+      </c>
+      <c r="AK426"/>
+      <c r="AL426"/>
+      <c r="AM426"/>
+      <c r="AN426"/>
+      <c r="AO426">
+        <v>0</v>
+      </c>
+      <c r="AP426"/>
+      <c r="AQ426"/>
+      <c r="AR426"/>
+      <c r="AS426"/>
+    </row>
+    <row r="427" spans="1:45">
+      <c r="A427" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B427" t="s">
+        <v>189</v>
+      </c>
+      <c r="C427" t="s">
+        <v>469</v>
+      </c>
+      <c r="D427">
+        <v>2022</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1899</v>
+      </c>
+      <c r="G427" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1901</v>
+      </c>
+      <c r="I427" t="s">
+        <v>1902</v>
+      </c>
+      <c r="J427">
+        <v>0</v>
+      </c>
+      <c r="K427">
+        <v>0</v>
+      </c>
+      <c r="L427">
+        <v>0</v>
+      </c>
+      <c r="M427">
+        <v>0</v>
+      </c>
+      <c r="N427">
+        <v>0</v>
+      </c>
+      <c r="O427">
+        <v>0</v>
+      </c>
+      <c r="P427"/>
+      <c r="Q427"/>
+      <c r="R427"/>
+      <c r="S427"/>
+      <c r="T427"/>
+      <c r="U427"/>
+      <c r="V427">
+        <v>0</v>
+      </c>
+      <c r="W427"/>
+      <c r="X427"/>
+      <c r="Y427"/>
+      <c r="Z427"/>
+      <c r="AA427"/>
+      <c r="AB427"/>
+      <c r="AC427"/>
+      <c r="AD427"/>
+      <c r="AE427"/>
+      <c r="AF427"/>
+      <c r="AG427"/>
+      <c r="AH427"/>
+      <c r="AI427">
+        <v>0</v>
+      </c>
+      <c r="AJ427">
+        <v>0</v>
+      </c>
+      <c r="AK427">
+        <v>0</v>
+      </c>
+      <c r="AL427"/>
+      <c r="AM427"/>
+      <c r="AN427"/>
+      <c r="AO427">
+        <v>0</v>
+      </c>
+      <c r="AP427"/>
+      <c r="AQ427"/>
+      <c r="AR427"/>
+      <c r="AS427"/>
+    </row>
+    <row r="428" spans="1:45">
+      <c r="A428" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B428" t="s">
+        <v>247</v>
+      </c>
+      <c r="C428" t="s">
+        <v>469</v>
+      </c>
+      <c r="D428">
+        <v>2022</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1903</v>
+      </c>
+      <c r="G428" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I428" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J428">
+        <v>0</v>
+      </c>
+      <c r="K428">
+        <v>0</v>
+      </c>
+      <c r="L428">
+        <v>0</v>
+      </c>
+      <c r="M428">
+        <v>0</v>
+      </c>
+      <c r="N428">
+        <v>0</v>
+      </c>
+      <c r="O428">
+        <v>0</v>
+      </c>
+      <c r="P428"/>
+      <c r="Q428"/>
+      <c r="R428"/>
+      <c r="S428"/>
+      <c r="T428"/>
+      <c r="U428"/>
+      <c r="V428">
+        <v>0</v>
+      </c>
+      <c r="W428"/>
+      <c r="X428"/>
+      <c r="Y428"/>
+      <c r="Z428"/>
+      <c r="AA428"/>
+      <c r="AB428"/>
+      <c r="AC428"/>
+      <c r="AD428"/>
+      <c r="AE428"/>
+      <c r="AF428"/>
+      <c r="AG428"/>
+      <c r="AH428"/>
+      <c r="AI428"/>
+      <c r="AJ428">
+        <v>0</v>
+      </c>
+      <c r="AK428"/>
+      <c r="AL428"/>
+      <c r="AM428"/>
+      <c r="AN428"/>
+      <c r="AO428">
+        <v>0</v>
+      </c>
+      <c r="AP428"/>
+      <c r="AQ428"/>
+      <c r="AR428"/>
+      <c r="AS428"/>
+    </row>
+    <row r="429" spans="1:45">
+      <c r="A429" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B429" t="s">
+        <v>171</v>
+      </c>
+      <c r="C429" t="s">
+        <v>469</v>
+      </c>
+      <c r="D429">
+        <v>2022</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F429" t="s">
+        <v>1906</v>
+      </c>
+      <c r="G429" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1908</v>
+      </c>
+      <c r="I429" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J429">
+        <v>0</v>
+      </c>
+      <c r="K429">
+        <v>0</v>
+      </c>
+      <c r="L429">
+        <v>0</v>
+      </c>
+      <c r="M429">
+        <v>1</v>
+      </c>
+      <c r="N429">
+        <v>0</v>
+      </c>
+      <c r="O429">
+        <v>1</v>
+      </c>
+      <c r="P429"/>
+      <c r="Q429">
+        <v>1</v>
+      </c>
+      <c r="R429"/>
+      <c r="S429"/>
+      <c r="T429"/>
+      <c r="U429"/>
+      <c r="V429">
+        <v>0</v>
+      </c>
+      <c r="W429"/>
+      <c r="X429"/>
+      <c r="Y429"/>
+      <c r="Z429"/>
+      <c r="AA429"/>
+      <c r="AB429"/>
+      <c r="AC429"/>
+      <c r="AD429"/>
+      <c r="AE429"/>
+      <c r="AF429"/>
+      <c r="AG429"/>
+      <c r="AH429"/>
+      <c r="AI429"/>
+      <c r="AJ429">
+        <v>0</v>
+      </c>
+      <c r="AK429"/>
+      <c r="AL429"/>
+      <c r="AM429"/>
+      <c r="AN429"/>
+      <c r="AO429">
+        <v>0</v>
+      </c>
+      <c r="AP429"/>
+      <c r="AQ429"/>
+      <c r="AR429"/>
+      <c r="AS429"/>
+    </row>
+    <row r="430" spans="1:45">
+      <c r="A430" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B430" t="s">
+        <v>141</v>
+      </c>
+      <c r="C430" t="s">
+        <v>469</v>
+      </c>
+      <c r="D430">
+        <v>2022</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F430" t="s">
+        <v>1911</v>
+      </c>
+      <c r="G430" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1913</v>
+      </c>
+      <c r="I430" t="s">
+        <v>69</v>
+      </c>
+      <c r="J430">
+        <v>0</v>
+      </c>
+      <c r="K430">
+        <v>0</v>
+      </c>
+      <c r="L430">
+        <v>0</v>
+      </c>
+      <c r="M430">
+        <v>0</v>
+      </c>
+      <c r="N430">
+        <v>0</v>
+      </c>
+      <c r="O430">
+        <v>0</v>
+      </c>
+      <c r="P430"/>
+      <c r="Q430"/>
+      <c r="R430"/>
+      <c r="S430"/>
+      <c r="T430"/>
+      <c r="U430"/>
+      <c r="V430">
+        <v>0</v>
+      </c>
+      <c r="W430"/>
+      <c r="X430"/>
+      <c r="Y430"/>
+      <c r="Z430"/>
+      <c r="AA430"/>
+      <c r="AB430"/>
+      <c r="AC430"/>
+      <c r="AD430"/>
+      <c r="AE430"/>
+      <c r="AF430"/>
+      <c r="AG430"/>
+      <c r="AH430"/>
+      <c r="AI430">
+        <v>-1</v>
+      </c>
+      <c r="AJ430">
+        <v>0</v>
+      </c>
+      <c r="AK430">
+        <v>-1</v>
+      </c>
+      <c r="AL430"/>
+      <c r="AM430"/>
+      <c r="AN430"/>
+      <c r="AO430">
+        <v>0</v>
+      </c>
+      <c r="AP430"/>
+      <c r="AQ430"/>
+      <c r="AR430"/>
+      <c r="AS430"/>
+    </row>
+    <row r="431" spans="1:45">
+      <c r="A431" t="s">
+        <v>860</v>
+      </c>
+      <c r="B431" t="s">
+        <v>46</v>
+      </c>
+      <c r="C431" t="s">
+        <v>469</v>
+      </c>
+      <c r="D431">
+        <v>2022</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F431" t="s">
+        <v>1914</v>
+      </c>
+      <c r="G431" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1916</v>
+      </c>
+      <c r="I431" t="s">
+        <v>1460</v>
+      </c>
+      <c r="J431">
+        <v>0</v>
+      </c>
+      <c r="K431">
+        <v>0</v>
+      </c>
+      <c r="L431">
+        <v>0</v>
+      </c>
+      <c r="M431">
+        <v>1</v>
+      </c>
+      <c r="N431">
+        <v>0</v>
+      </c>
+      <c r="O431"/>
+      <c r="P431"/>
+      <c r="Q431">
+        <v>1</v>
+      </c>
+      <c r="R431"/>
+      <c r="S431"/>
+      <c r="T431"/>
+      <c r="U431"/>
+      <c r="V431">
+        <v>0</v>
+      </c>
+      <c r="W431"/>
+      <c r="X431"/>
+      <c r="Y431"/>
+      <c r="Z431"/>
+      <c r="AA431"/>
+      <c r="AB431"/>
+      <c r="AC431"/>
+      <c r="AD431"/>
+      <c r="AE431"/>
+      <c r="AF431"/>
+      <c r="AG431"/>
+      <c r="AH431"/>
+      <c r="AI431"/>
+      <c r="AJ431">
+        <v>0</v>
+      </c>
+      <c r="AK431"/>
+      <c r="AL431"/>
+      <c r="AM431"/>
+      <c r="AN431"/>
+      <c r="AO431">
+        <v>0</v>
+      </c>
+      <c r="AP431"/>
+      <c r="AQ431"/>
+      <c r="AR431"/>
+      <c r="AS431"/>
+    </row>
+    <row r="432" spans="1:45">
+      <c r="A432" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B432" t="s">
+        <v>46</v>
+      </c>
+      <c r="C432" t="s">
+        <v>469</v>
+      </c>
+      <c r="D432">
+        <v>2022</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F432" t="s">
+        <v>1917</v>
+      </c>
+      <c r="G432" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1919</v>
+      </c>
+      <c r="I432" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J432">
+        <v>0</v>
+      </c>
+      <c r="K432">
+        <v>0</v>
+      </c>
+      <c r="L432">
+        <v>0</v>
+      </c>
+      <c r="M432">
+        <v>0</v>
+      </c>
+      <c r="N432">
+        <v>0</v>
+      </c>
+      <c r="O432">
+        <v>0</v>
+      </c>
+      <c r="P432"/>
+      <c r="Q432"/>
+      <c r="R432"/>
+      <c r="S432"/>
+      <c r="T432"/>
+      <c r="U432"/>
+      <c r="V432">
+        <v>0</v>
+      </c>
+      <c r="W432"/>
+      <c r="X432"/>
+      <c r="Y432"/>
+      <c r="Z432"/>
+      <c r="AA432"/>
+      <c r="AB432"/>
+      <c r="AC432"/>
+      <c r="AD432"/>
+      <c r="AE432"/>
+      <c r="AF432"/>
+      <c r="AG432"/>
+      <c r="AH432"/>
+      <c r="AI432"/>
+      <c r="AJ432">
+        <v>0</v>
+      </c>
+      <c r="AK432"/>
+      <c r="AL432"/>
+      <c r="AM432"/>
+      <c r="AN432"/>
+      <c r="AO432">
+        <v>0</v>
+      </c>
+      <c r="AP432"/>
+      <c r="AQ432"/>
+      <c r="AR432"/>
+      <c r="AS432"/>
+    </row>
+    <row r="433" spans="1:45">
+      <c r="A433" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B433" t="s">
+        <v>338</v>
+      </c>
+      <c r="C433" t="s">
+        <v>469</v>
+      </c>
+      <c r="D433">
+        <v>2022</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F433" t="s">
+        <v>1920</v>
+      </c>
+      <c r="G433" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1922</v>
+      </c>
+      <c r="I433" t="s">
+        <v>1923</v>
+      </c>
+      <c r="J433">
+        <v>0</v>
+      </c>
+      <c r="K433">
+        <v>0</v>
+      </c>
+      <c r="L433">
+        <v>0</v>
+      </c>
+      <c r="M433">
+        <v>0</v>
+      </c>
+      <c r="N433">
+        <v>0</v>
+      </c>
+      <c r="O433">
+        <v>0</v>
+      </c>
+      <c r="P433"/>
+      <c r="Q433"/>
+      <c r="R433">
+        <v>0</v>
+      </c>
+      <c r="S433"/>
+      <c r="T433"/>
+      <c r="U433"/>
+      <c r="V433">
+        <v>0</v>
+      </c>
+      <c r="W433"/>
+      <c r="X433"/>
+      <c r="Y433"/>
+      <c r="Z433"/>
+      <c r="AA433"/>
+      <c r="AB433"/>
+      <c r="AC433"/>
+      <c r="AD433"/>
+      <c r="AE433"/>
+      <c r="AF433"/>
+      <c r="AG433"/>
+      <c r="AH433"/>
+      <c r="AI433"/>
+      <c r="AJ433">
+        <v>0</v>
+      </c>
+      <c r="AK433"/>
+      <c r="AL433"/>
+      <c r="AM433"/>
+      <c r="AN433"/>
+      <c r="AO433">
+        <v>0</v>
+      </c>
+      <c r="AP433"/>
+      <c r="AQ433"/>
+      <c r="AR433"/>
+      <c r="AS433"/>
+    </row>
+    <row r="434" spans="1:45">
+      <c r="A434" t="s">
+        <v>102</v>
+      </c>
+      <c r="B434" t="s">
         <v>65</v>
       </c>
-      <c r="C20" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="C434" t="s">
+        <v>483</v>
+      </c>
+      <c r="D434">
+        <v>2022</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F434" t="s">
+        <v>1924</v>
+      </c>
+      <c r="G434" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1926</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J434">
+        <v>0</v>
+      </c>
+      <c r="K434">
+        <v>0</v>
+      </c>
+      <c r="L434">
+        <v>0</v>
+      </c>
+      <c r="M434">
+        <v>0</v>
+      </c>
+      <c r="N434">
+        <v>0</v>
+      </c>
+      <c r="O434">
+        <v>0</v>
+      </c>
+      <c r="P434"/>
+      <c r="Q434"/>
+      <c r="R434">
+        <v>0</v>
+      </c>
+      <c r="S434"/>
+      <c r="T434"/>
+      <c r="U434"/>
+      <c r="V434">
+        <v>0</v>
+      </c>
+      <c r="W434"/>
+      <c r="X434"/>
+      <c r="Y434"/>
+      <c r="Z434"/>
+      <c r="AA434"/>
+      <c r="AB434"/>
+      <c r="AC434"/>
+      <c r="AD434"/>
+      <c r="AE434"/>
+      <c r="AF434"/>
+      <c r="AG434"/>
+      <c r="AH434"/>
+      <c r="AI434"/>
+      <c r="AJ434">
+        <v>0</v>
+      </c>
+      <c r="AK434"/>
+      <c r="AL434"/>
+      <c r="AM434"/>
+      <c r="AN434"/>
+      <c r="AO434">
+        <v>0</v>
+      </c>
+      <c r="AP434"/>
+      <c r="AQ434"/>
+      <c r="AR434"/>
+      <c r="AS434"/>
     </row>
-    <row r="21" spans="1:9">
-[...10 lines deleted...]
-      <c r="E21" t="s">
+    <row r="435" spans="1:45">
+      <c r="A435" t="s">
+        <v>375</v>
+      </c>
+      <c r="B435" t="s">
+        <v>365</v>
+      </c>
+      <c r="C435" t="s">
+        <v>483</v>
+      </c>
+      <c r="D435">
+        <v>2022</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1928</v>
+      </c>
+      <c r="G435" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1930</v>
+      </c>
+      <c r="I435" t="s">
+        <v>1931</v>
+      </c>
+      <c r="J435">
+        <v>0</v>
+      </c>
+      <c r="K435">
+        <v>0</v>
+      </c>
+      <c r="L435">
+        <v>0</v>
+      </c>
+      <c r="M435">
+        <v>0</v>
+      </c>
+      <c r="N435">
+        <v>0</v>
+      </c>
+      <c r="O435">
+        <v>0</v>
+      </c>
+      <c r="P435"/>
+      <c r="Q435"/>
+      <c r="R435"/>
+      <c r="S435"/>
+      <c r="T435"/>
+      <c r="U435"/>
+      <c r="V435">
+        <v>0</v>
+      </c>
+      <c r="W435"/>
+      <c r="X435"/>
+      <c r="Y435"/>
+      <c r="Z435"/>
+      <c r="AA435"/>
+      <c r="AB435"/>
+      <c r="AC435"/>
+      <c r="AD435"/>
+      <c r="AE435"/>
+      <c r="AF435"/>
+      <c r="AG435"/>
+      <c r="AH435"/>
+      <c r="AI435"/>
+      <c r="AJ435">
+        <v>0</v>
+      </c>
+      <c r="AK435"/>
+      <c r="AL435"/>
+      <c r="AM435"/>
+      <c r="AN435"/>
+      <c r="AO435">
+        <v>0</v>
+      </c>
+      <c r="AP435"/>
+      <c r="AQ435"/>
+      <c r="AR435"/>
+      <c r="AS435"/>
+    </row>
+    <row r="436" spans="1:45">
+      <c r="A436" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B436" t="s">
+        <v>171</v>
+      </c>
+      <c r="C436" t="s">
+        <v>483</v>
+      </c>
+      <c r="D436">
+        <v>2022</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F436" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G436" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I436" t="s">
+        <v>1934</v>
+      </c>
+      <c r="J436">
+        <v>0</v>
+      </c>
+      <c r="K436">
+        <v>0</v>
+      </c>
+      <c r="L436">
+        <v>0</v>
+      </c>
+      <c r="M436">
+        <v>0</v>
+      </c>
+      <c r="N436">
+        <v>0</v>
+      </c>
+      <c r="O436"/>
+      <c r="P436"/>
+      <c r="Q436"/>
+      <c r="R436">
+        <v>0</v>
+      </c>
+      <c r="S436"/>
+      <c r="T436"/>
+      <c r="U436"/>
+      <c r="V436">
+        <v>0</v>
+      </c>
+      <c r="W436"/>
+      <c r="X436"/>
+      <c r="Y436"/>
+      <c r="Z436"/>
+      <c r="AA436"/>
+      <c r="AB436"/>
+      <c r="AC436"/>
+      <c r="AD436"/>
+      <c r="AE436"/>
+      <c r="AF436"/>
+      <c r="AG436"/>
+      <c r="AH436"/>
+      <c r="AI436">
+        <v>0</v>
+      </c>
+      <c r="AJ436">
+        <v>0</v>
+      </c>
+      <c r="AK436">
+        <v>0</v>
+      </c>
+      <c r="AL436"/>
+      <c r="AM436"/>
+      <c r="AN436"/>
+      <c r="AO436">
+        <v>0</v>
+      </c>
+      <c r="AP436"/>
+      <c r="AQ436"/>
+      <c r="AR436"/>
+      <c r="AS436"/>
+    </row>
+    <row r="437" spans="1:45">
+      <c r="A437" t="s">
+        <v>682</v>
+      </c>
+      <c r="B437" t="s">
+        <v>141</v>
+      </c>
+      <c r="C437" t="s">
+        <v>483</v>
+      </c>
+      <c r="D437">
+        <v>2022</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F437" t="s">
+        <v>1936</v>
+      </c>
+      <c r="G437" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I437" t="s">
+        <v>1939</v>
+      </c>
+      <c r="J437">
+        <v>0</v>
+      </c>
+      <c r="K437">
+        <v>0</v>
+      </c>
+      <c r="L437">
+        <v>0</v>
+      </c>
+      <c r="M437">
+        <v>0</v>
+      </c>
+      <c r="N437">
+        <v>0</v>
+      </c>
+      <c r="O437"/>
+      <c r="P437"/>
+      <c r="Q437"/>
+      <c r="R437">
+        <v>0</v>
+      </c>
+      <c r="S437"/>
+      <c r="T437"/>
+      <c r="U437">
+        <v>0</v>
+      </c>
+      <c r="V437">
+        <v>0</v>
+      </c>
+      <c r="W437"/>
+      <c r="X437">
+        <v>0</v>
+      </c>
+      <c r="Y437"/>
+      <c r="Z437"/>
+      <c r="AA437"/>
+      <c r="AB437"/>
+      <c r="AC437"/>
+      <c r="AD437"/>
+      <c r="AE437"/>
+      <c r="AF437"/>
+      <c r="AG437"/>
+      <c r="AH437"/>
+      <c r="AI437"/>
+      <c r="AJ437">
+        <v>0</v>
+      </c>
+      <c r="AK437"/>
+      <c r="AL437"/>
+      <c r="AM437"/>
+      <c r="AN437"/>
+      <c r="AO437">
+        <v>0</v>
+      </c>
+      <c r="AP437"/>
+      <c r="AQ437"/>
+      <c r="AR437"/>
+      <c r="AS437"/>
+    </row>
+    <row r="438" spans="1:45">
+      <c r="A438" t="s">
+        <v>468</v>
+      </c>
+      <c r="B438" t="s">
+        <v>141</v>
+      </c>
+      <c r="C438" t="s">
+        <v>483</v>
+      </c>
+      <c r="D438">
+        <v>2022</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F438" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G438" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I438" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J438">
+        <v>0</v>
+      </c>
+      <c r="K438">
+        <v>0</v>
+      </c>
+      <c r="L438">
+        <v>0</v>
+      </c>
+      <c r="M438"/>
+      <c r="N438">
+        <v>0</v>
+      </c>
+      <c r="O438"/>
+      <c r="P438"/>
+      <c r="Q438"/>
+      <c r="R438"/>
+      <c r="S438"/>
+      <c r="T438"/>
+      <c r="U438">
+        <v>0</v>
+      </c>
+      <c r="V438">
+        <v>0</v>
+      </c>
+      <c r="W438"/>
+      <c r="X438">
+        <v>0</v>
+      </c>
+      <c r="Y438"/>
+      <c r="Z438"/>
+      <c r="AA438"/>
+      <c r="AB438"/>
+      <c r="AC438">
+        <v>0</v>
+      </c>
+      <c r="AD438"/>
+      <c r="AE438"/>
+      <c r="AF438"/>
+      <c r="AG438"/>
+      <c r="AH438"/>
+      <c r="AI438"/>
+      <c r="AJ438">
+        <v>0</v>
+      </c>
+      <c r="AK438"/>
+      <c r="AL438"/>
+      <c r="AM438"/>
+      <c r="AN438"/>
+      <c r="AO438">
+        <v>0</v>
+      </c>
+      <c r="AP438"/>
+      <c r="AQ438"/>
+      <c r="AR438"/>
+      <c r="AS438"/>
+    </row>
+    <row r="439" spans="1:45">
+      <c r="A439" t="s">
+        <v>544</v>
+      </c>
+      <c r="B439" t="s">
+        <v>328</v>
+      </c>
+      <c r="C439" t="s">
+        <v>483</v>
+      </c>
+      <c r="D439">
+        <v>2022</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F439" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G439" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1946</v>
+      </c>
+      <c r="I439" t="s">
+        <v>1947</v>
+      </c>
+      <c r="J439">
+        <v>0</v>
+      </c>
+      <c r="K439">
+        <v>0</v>
+      </c>
+      <c r="L439">
+        <v>0</v>
+      </c>
+      <c r="M439">
+        <v>0</v>
+      </c>
+      <c r="N439">
+        <v>0</v>
+      </c>
+      <c r="O439"/>
+      <c r="P439"/>
+      <c r="Q439"/>
+      <c r="R439">
+        <v>0</v>
+      </c>
+      <c r="S439"/>
+      <c r="T439"/>
+      <c r="U439">
+        <v>0</v>
+      </c>
+      <c r="V439">
+        <v>0</v>
+      </c>
+      <c r="W439"/>
+      <c r="X439"/>
+      <c r="Y439"/>
+      <c r="Z439"/>
+      <c r="AA439"/>
+      <c r="AB439"/>
+      <c r="AC439"/>
+      <c r="AD439"/>
+      <c r="AE439">
+        <v>0</v>
+      </c>
+      <c r="AF439">
+        <v>0</v>
+      </c>
+      <c r="AG439"/>
+      <c r="AH439"/>
+      <c r="AI439"/>
+      <c r="AJ439">
+        <v>0</v>
+      </c>
+      <c r="AK439"/>
+      <c r="AL439"/>
+      <c r="AM439"/>
+      <c r="AN439"/>
+      <c r="AO439">
+        <v>0</v>
+      </c>
+      <c r="AP439"/>
+      <c r="AQ439"/>
+      <c r="AR439"/>
+      <c r="AS439"/>
+    </row>
+    <row r="440" spans="1:45">
+      <c r="A440" t="s">
+        <v>753</v>
+      </c>
+      <c r="B440" t="s">
+        <v>261</v>
+      </c>
+      <c r="C440" t="s">
+        <v>483</v>
+      </c>
+      <c r="D440">
+        <v>2022</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F440" t="s">
+        <v>1948</v>
+      </c>
+      <c r="G440" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1950</v>
+      </c>
+      <c r="I440" t="s">
         <v>69</v>
       </c>
-      <c r="F21">
-[...10 lines deleted...]
-      </c>
+      <c r="J440">
+        <v>0</v>
+      </c>
+      <c r="K440">
+        <v>0</v>
+      </c>
+      <c r="L440">
+        <v>0</v>
+      </c>
+      <c r="M440">
+        <v>1</v>
+      </c>
+      <c r="N440">
+        <v>0</v>
+      </c>
+      <c r="O440"/>
+      <c r="P440">
+        <v>1</v>
+      </c>
+      <c r="Q440"/>
+      <c r="R440"/>
+      <c r="S440"/>
+      <c r="T440"/>
+      <c r="U440"/>
+      <c r="V440">
+        <v>0</v>
+      </c>
+      <c r="W440"/>
+      <c r="X440"/>
+      <c r="Y440"/>
+      <c r="Z440"/>
+      <c r="AA440"/>
+      <c r="AB440"/>
+      <c r="AC440"/>
+      <c r="AD440"/>
+      <c r="AE440"/>
+      <c r="AF440"/>
+      <c r="AG440"/>
+      <c r="AH440"/>
+      <c r="AI440">
+        <v>1</v>
+      </c>
+      <c r="AJ440">
+        <v>0</v>
+      </c>
+      <c r="AK440">
+        <v>1</v>
+      </c>
+      <c r="AL440"/>
+      <c r="AM440"/>
+      <c r="AN440"/>
+      <c r="AO440">
+        <v>0</v>
+      </c>
+      <c r="AP440"/>
+      <c r="AQ440"/>
+      <c r="AR440"/>
+      <c r="AS440"/>
     </row>
-    <row r="22" spans="1:9">
-[...24 lines deleted...]
-      </c>
+    <row r="441" spans="1:45">
+      <c r="A441" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B441" t="s">
+        <v>328</v>
+      </c>
+      <c r="C441" t="s">
+        <v>483</v>
+      </c>
+      <c r="D441">
+        <v>2022</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F441" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G441" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I441" t="s">
+        <v>1954</v>
+      </c>
+      <c r="J441">
+        <v>0</v>
+      </c>
+      <c r="K441">
+        <v>0</v>
+      </c>
+      <c r="L441">
+        <v>0</v>
+      </c>
+      <c r="M441">
+        <v>0</v>
+      </c>
+      <c r="N441">
+        <v>0</v>
+      </c>
+      <c r="O441">
+        <v>0</v>
+      </c>
+      <c r="P441"/>
+      <c r="Q441"/>
+      <c r="R441"/>
+      <c r="S441"/>
+      <c r="T441"/>
+      <c r="U441"/>
+      <c r="V441">
+        <v>0</v>
+      </c>
+      <c r="W441"/>
+      <c r="X441"/>
+      <c r="Y441"/>
+      <c r="Z441"/>
+      <c r="AA441"/>
+      <c r="AB441"/>
+      <c r="AC441"/>
+      <c r="AD441"/>
+      <c r="AE441"/>
+      <c r="AF441"/>
+      <c r="AG441"/>
+      <c r="AH441"/>
+      <c r="AI441"/>
+      <c r="AJ441">
+        <v>0</v>
+      </c>
+      <c r="AK441"/>
+      <c r="AL441"/>
+      <c r="AM441"/>
+      <c r="AN441"/>
+      <c r="AO441">
+        <v>0</v>
+      </c>
+      <c r="AP441"/>
+      <c r="AQ441"/>
+      <c r="AR441"/>
+      <c r="AS441"/>
     </row>
-    <row r="23" spans="1:9">
-[...3 lines deleted...]
-      <c r="B23" t="s">
+    <row r="442" spans="1:45">
+      <c r="A442" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B442" t="s">
+        <v>261</v>
+      </c>
+      <c r="C442" t="s">
+        <v>483</v>
+      </c>
+      <c r="D442">
+        <v>2022</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F442" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G442" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I442" t="s">
+        <v>1958</v>
+      </c>
+      <c r="J442">
+        <v>0</v>
+      </c>
+      <c r="K442">
+        <v>0</v>
+      </c>
+      <c r="L442">
+        <v>0</v>
+      </c>
+      <c r="M442">
+        <v>0</v>
+      </c>
+      <c r="N442">
+        <v>0</v>
+      </c>
+      <c r="O442"/>
+      <c r="P442"/>
+      <c r="Q442">
+        <v>0</v>
+      </c>
+      <c r="R442">
+        <v>0</v>
+      </c>
+      <c r="S442"/>
+      <c r="T442"/>
+      <c r="U442"/>
+      <c r="V442">
+        <v>0</v>
+      </c>
+      <c r="W442"/>
+      <c r="X442"/>
+      <c r="Y442"/>
+      <c r="Z442"/>
+      <c r="AA442"/>
+      <c r="AB442"/>
+      <c r="AC442"/>
+      <c r="AD442"/>
+      <c r="AE442"/>
+      <c r="AF442"/>
+      <c r="AG442"/>
+      <c r="AH442"/>
+      <c r="AI442"/>
+      <c r="AJ442">
+        <v>0</v>
+      </c>
+      <c r="AK442"/>
+      <c r="AL442"/>
+      <c r="AM442"/>
+      <c r="AN442"/>
+      <c r="AO442">
+        <v>0</v>
+      </c>
+      <c r="AP442"/>
+      <c r="AQ442"/>
+      <c r="AR442"/>
+      <c r="AS442"/>
+    </row>
+    <row r="443" spans="1:45">
+      <c r="A443" t="s">
+        <v>604</v>
+      </c>
+      <c r="B443" t="s">
+        <v>154</v>
+      </c>
+      <c r="C443" t="s">
+        <v>483</v>
+      </c>
+      <c r="D443">
+        <v>2022</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F443" t="s">
+        <v>1959</v>
+      </c>
+      <c r="G443" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I443" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J443">
+        <v>0</v>
+      </c>
+      <c r="K443">
+        <v>0</v>
+      </c>
+      <c r="L443">
+        <v>0</v>
+      </c>
+      <c r="M443">
+        <v>0</v>
+      </c>
+      <c r="N443">
+        <v>0</v>
+      </c>
+      <c r="O443"/>
+      <c r="P443"/>
+      <c r="Q443">
+        <v>0</v>
+      </c>
+      <c r="R443"/>
+      <c r="S443"/>
+      <c r="T443"/>
+      <c r="U443"/>
+      <c r="V443">
+        <v>0</v>
+      </c>
+      <c r="W443"/>
+      <c r="X443"/>
+      <c r="Y443"/>
+      <c r="Z443"/>
+      <c r="AA443"/>
+      <c r="AB443"/>
+      <c r="AC443"/>
+      <c r="AD443"/>
+      <c r="AE443"/>
+      <c r="AF443"/>
+      <c r="AG443"/>
+      <c r="AH443"/>
+      <c r="AI443"/>
+      <c r="AJ443">
+        <v>0</v>
+      </c>
+      <c r="AK443"/>
+      <c r="AL443"/>
+      <c r="AM443"/>
+      <c r="AN443"/>
+      <c r="AO443">
+        <v>0</v>
+      </c>
+      <c r="AP443"/>
+      <c r="AQ443"/>
+      <c r="AR443"/>
+      <c r="AS443"/>
+    </row>
+    <row r="444" spans="1:45">
+      <c r="A444" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B444" t="s">
+        <v>189</v>
+      </c>
+      <c r="C444" t="s">
+        <v>483</v>
+      </c>
+      <c r="D444">
+        <v>2022</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G444" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1966</v>
+      </c>
+      <c r="I444" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J444">
+        <v>0</v>
+      </c>
+      <c r="K444">
+        <v>0</v>
+      </c>
+      <c r="L444">
+        <v>0</v>
+      </c>
+      <c r="M444">
+        <v>0</v>
+      </c>
+      <c r="N444">
+        <v>0</v>
+      </c>
+      <c r="O444">
+        <v>0</v>
+      </c>
+      <c r="P444"/>
+      <c r="Q444"/>
+      <c r="R444"/>
+      <c r="S444"/>
+      <c r="T444"/>
+      <c r="U444"/>
+      <c r="V444">
+        <v>0</v>
+      </c>
+      <c r="W444"/>
+      <c r="X444"/>
+      <c r="Y444"/>
+      <c r="Z444"/>
+      <c r="AA444"/>
+      <c r="AB444"/>
+      <c r="AC444"/>
+      <c r="AD444"/>
+      <c r="AE444"/>
+      <c r="AF444"/>
+      <c r="AG444"/>
+      <c r="AH444"/>
+      <c r="AI444"/>
+      <c r="AJ444">
+        <v>0</v>
+      </c>
+      <c r="AK444"/>
+      <c r="AL444"/>
+      <c r="AM444"/>
+      <c r="AN444"/>
+      <c r="AO444">
+        <v>0</v>
+      </c>
+      <c r="AP444"/>
+      <c r="AQ444"/>
+      <c r="AR444"/>
+      <c r="AS444"/>
+    </row>
+    <row r="445" spans="1:45">
+      <c r="A445" t="s">
+        <v>232</v>
+      </c>
+      <c r="B445" t="s">
+        <v>130</v>
+      </c>
+      <c r="C445" t="s">
+        <v>483</v>
+      </c>
+      <c r="D445">
+        <v>2022</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F445" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G445" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1970</v>
+      </c>
+      <c r="I445" t="s">
+        <v>1971</v>
+      </c>
+      <c r="J445">
+        <v>0</v>
+      </c>
+      <c r="K445">
+        <v>0</v>
+      </c>
+      <c r="L445">
+        <v>0</v>
+      </c>
+      <c r="M445">
+        <v>-1</v>
+      </c>
+      <c r="N445">
+        <v>0</v>
+      </c>
+      <c r="O445"/>
+      <c r="P445">
+        <v>-1</v>
+      </c>
+      <c r="Q445"/>
+      <c r="R445"/>
+      <c r="S445"/>
+      <c r="T445"/>
+      <c r="U445"/>
+      <c r="V445">
+        <v>0</v>
+      </c>
+      <c r="W445"/>
+      <c r="X445"/>
+      <c r="Y445"/>
+      <c r="Z445"/>
+      <c r="AA445"/>
+      <c r="AB445"/>
+      <c r="AC445"/>
+      <c r="AD445"/>
+      <c r="AE445"/>
+      <c r="AF445"/>
+      <c r="AG445"/>
+      <c r="AH445"/>
+      <c r="AI445">
+        <v>0</v>
+      </c>
+      <c r="AJ445">
+        <v>0</v>
+      </c>
+      <c r="AK445">
+        <v>0</v>
+      </c>
+      <c r="AL445"/>
+      <c r="AM445"/>
+      <c r="AN445"/>
+      <c r="AO445">
+        <v>0</v>
+      </c>
+      <c r="AP445"/>
+      <c r="AQ445"/>
+      <c r="AR445"/>
+      <c r="AS445"/>
+    </row>
+    <row r="446" spans="1:45">
+      <c r="A446" t="s">
+        <v>404</v>
+      </c>
+      <c r="B446" t="s">
+        <v>130</v>
+      </c>
+      <c r="C446" t="s">
+        <v>483</v>
+      </c>
+      <c r="D446">
+        <v>2022</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G446" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I446" t="s">
+        <v>69</v>
+      </c>
+      <c r="J446">
+        <v>0</v>
+      </c>
+      <c r="K446">
+        <v>0</v>
+      </c>
+      <c r="L446">
+        <v>0</v>
+      </c>
+      <c r="M446">
+        <v>0</v>
+      </c>
+      <c r="N446">
+        <v>0</v>
+      </c>
+      <c r="O446">
+        <v>0</v>
+      </c>
+      <c r="P446"/>
+      <c r="Q446"/>
+      <c r="R446"/>
+      <c r="S446"/>
+      <c r="T446"/>
+      <c r="U446"/>
+      <c r="V446">
+        <v>0</v>
+      </c>
+      <c r="W446"/>
+      <c r="X446"/>
+      <c r="Y446"/>
+      <c r="Z446"/>
+      <c r="AA446"/>
+      <c r="AB446"/>
+      <c r="AC446"/>
+      <c r="AD446"/>
+      <c r="AE446"/>
+      <c r="AF446"/>
+      <c r="AG446"/>
+      <c r="AH446"/>
+      <c r="AI446">
+        <v>-1</v>
+      </c>
+      <c r="AJ446">
+        <v>0</v>
+      </c>
+      <c r="AK446">
+        <v>-1</v>
+      </c>
+      <c r="AL446"/>
+      <c r="AM446"/>
+      <c r="AN446"/>
+      <c r="AO446">
+        <v>0</v>
+      </c>
+      <c r="AP446"/>
+      <c r="AQ446"/>
+      <c r="AR446"/>
+      <c r="AS446"/>
+    </row>
+    <row r="447" spans="1:45">
+      <c r="A447" t="s">
+        <v>129</v>
+      </c>
+      <c r="B447" t="s">
+        <v>130</v>
+      </c>
+      <c r="C447" t="s">
+        <v>483</v>
+      </c>
+      <c r="D447">
+        <v>2022</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1975</v>
+      </c>
+      <c r="G447" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I447" t="s">
+        <v>1978</v>
+      </c>
+      <c r="J447">
+        <v>0</v>
+      </c>
+      <c r="K447">
+        <v>0</v>
+      </c>
+      <c r="L447">
+        <v>0</v>
+      </c>
+      <c r="M447">
+        <v>0</v>
+      </c>
+      <c r="N447">
+        <v>0</v>
+      </c>
+      <c r="O447">
+        <v>0</v>
+      </c>
+      <c r="P447"/>
+      <c r="Q447"/>
+      <c r="R447"/>
+      <c r="S447"/>
+      <c r="T447"/>
+      <c r="U447">
+        <v>0</v>
+      </c>
+      <c r="V447">
+        <v>0</v>
+      </c>
+      <c r="W447"/>
+      <c r="X447"/>
+      <c r="Y447"/>
+      <c r="Z447"/>
+      <c r="AA447"/>
+      <c r="AB447"/>
+      <c r="AC447"/>
+      <c r="AD447"/>
+      <c r="AE447">
+        <v>0</v>
+      </c>
+      <c r="AF447"/>
+      <c r="AG447">
+        <v>0</v>
+      </c>
+      <c r="AH447"/>
+      <c r="AI447">
+        <v>0</v>
+      </c>
+      <c r="AJ447">
+        <v>0</v>
+      </c>
+      <c r="AK447">
+        <v>0</v>
+      </c>
+      <c r="AL447"/>
+      <c r="AM447"/>
+      <c r="AN447"/>
+      <c r="AO447">
+        <v>0</v>
+      </c>
+      <c r="AP447"/>
+      <c r="AQ447"/>
+      <c r="AR447"/>
+      <c r="AS447"/>
+    </row>
+    <row r="448" spans="1:45">
+      <c r="A448" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B448" t="s">
+        <v>54</v>
+      </c>
+      <c r="C448" t="s">
+        <v>483</v>
+      </c>
+      <c r="D448">
+        <v>2022</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F448" t="s">
+        <v>1979</v>
+      </c>
+      <c r="G448" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1981</v>
+      </c>
+      <c r="I448" t="s">
+        <v>1982</v>
+      </c>
+      <c r="J448">
+        <v>0</v>
+      </c>
+      <c r="K448">
+        <v>0</v>
+      </c>
+      <c r="L448">
+        <v>0</v>
+      </c>
+      <c r="M448">
+        <v>0</v>
+      </c>
+      <c r="N448">
+        <v>0</v>
+      </c>
+      <c r="O448"/>
+      <c r="P448"/>
+      <c r="Q448">
+        <v>0</v>
+      </c>
+      <c r="R448">
+        <v>0</v>
+      </c>
+      <c r="S448">
+        <v>0</v>
+      </c>
+      <c r="T448"/>
+      <c r="U448"/>
+      <c r="V448">
+        <v>0</v>
+      </c>
+      <c r="W448"/>
+      <c r="X448"/>
+      <c r="Y448"/>
+      <c r="Z448"/>
+      <c r="AA448"/>
+      <c r="AB448"/>
+      <c r="AC448"/>
+      <c r="AD448"/>
+      <c r="AE448"/>
+      <c r="AF448"/>
+      <c r="AG448"/>
+      <c r="AH448"/>
+      <c r="AI448"/>
+      <c r="AJ448">
+        <v>0</v>
+      </c>
+      <c r="AK448"/>
+      <c r="AL448"/>
+      <c r="AM448"/>
+      <c r="AN448"/>
+      <c r="AO448">
+        <v>0</v>
+      </c>
+      <c r="AP448"/>
+      <c r="AQ448"/>
+      <c r="AR448"/>
+      <c r="AS448"/>
+    </row>
+    <row r="449" spans="1:45">
+      <c r="A449" t="s">
+        <v>583</v>
+      </c>
+      <c r="B449" t="s">
+        <v>54</v>
+      </c>
+      <c r="C449" t="s">
+        <v>483</v>
+      </c>
+      <c r="D449">
+        <v>2022</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1983</v>
+      </c>
+      <c r="G449" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I449" t="s">
+        <v>1986</v>
+      </c>
+      <c r="J449">
+        <v>0</v>
+      </c>
+      <c r="K449">
+        <v>0</v>
+      </c>
+      <c r="L449">
+        <v>0</v>
+      </c>
+      <c r="M449">
+        <v>0</v>
+      </c>
+      <c r="N449">
+        <v>0</v>
+      </c>
+      <c r="O449">
+        <v>0</v>
+      </c>
+      <c r="P449"/>
+      <c r="Q449"/>
+      <c r="R449"/>
+      <c r="S449"/>
+      <c r="T449"/>
+      <c r="U449"/>
+      <c r="V449">
+        <v>0</v>
+      </c>
+      <c r="W449"/>
+      <c r="X449"/>
+      <c r="Y449"/>
+      <c r="Z449"/>
+      <c r="AA449"/>
+      <c r="AB449"/>
+      <c r="AC449"/>
+      <c r="AD449"/>
+      <c r="AE449"/>
+      <c r="AF449"/>
+      <c r="AG449"/>
+      <c r="AH449"/>
+      <c r="AI449"/>
+      <c r="AJ449">
+        <v>0</v>
+      </c>
+      <c r="AK449"/>
+      <c r="AL449"/>
+      <c r="AM449"/>
+      <c r="AN449"/>
+      <c r="AO449">
+        <v>0</v>
+      </c>
+      <c r="AP449"/>
+      <c r="AQ449"/>
+      <c r="AR449"/>
+      <c r="AS449"/>
+    </row>
+    <row r="450" spans="1:45">
+      <c r="A450" t="s">
+        <v>946</v>
+      </c>
+      <c r="B450" t="s">
         <v>74</v>
       </c>
-      <c r="C23" t="s">
-[...16 lines deleted...]
-        <v>22</v>
+      <c r="C450" t="s">
+        <v>483</v>
+      </c>
+      <c r="D450">
+        <v>2022</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G450" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I450" t="s">
+        <v>1990</v>
+      </c>
+      <c r="J450">
+        <v>0</v>
+      </c>
+      <c r="K450">
+        <v>1</v>
+      </c>
+      <c r="L450">
+        <v>0</v>
+      </c>
+      <c r="M450"/>
+      <c r="N450">
+        <v>0</v>
+      </c>
+      <c r="O450"/>
+      <c r="P450"/>
+      <c r="Q450"/>
+      <c r="R450"/>
+      <c r="S450"/>
+      <c r="T450"/>
+      <c r="U450">
+        <v>-1</v>
+      </c>
+      <c r="V450">
+        <v>0</v>
+      </c>
+      <c r="W450"/>
+      <c r="X450">
+        <v>-1</v>
+      </c>
+      <c r="Y450"/>
+      <c r="Z450">
+        <v>-1</v>
+      </c>
+      <c r="AA450"/>
+      <c r="AB450">
+        <v>-1</v>
+      </c>
+      <c r="AC450"/>
+      <c r="AD450"/>
+      <c r="AE450"/>
+      <c r="AF450"/>
+      <c r="AG450"/>
+      <c r="AH450"/>
+      <c r="AI450"/>
+      <c r="AJ450">
+        <v>0</v>
+      </c>
+      <c r="AK450"/>
+      <c r="AL450"/>
+      <c r="AM450"/>
+      <c r="AN450">
+        <v>-1</v>
+      </c>
+      <c r="AO450">
+        <v>0</v>
+      </c>
+      <c r="AP450"/>
+      <c r="AQ450"/>
+      <c r="AR450"/>
+      <c r="AS450" t="s">
+        <v>169</v>
       </c>
     </row>
-    <row r="24" spans="1:9">
-[...4104 lines deleted...]
-      <c r="A176" t="s">
+    <row r="451" spans="1:45">
+      <c r="A451" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B451" t="s">
+        <v>74</v>
+      </c>
+      <c r="C451" t="s">
         <v>483</v>
       </c>
-      <c r="B176" t="s">
-[...6808 lines deleted...]
-      </c>
+      <c r="D451">
+        <v>2022</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F451" t="s">
+        <v>1991</v>
+      </c>
+      <c r="G451" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I451" t="s">
+        <v>1994</v>
+      </c>
+      <c r="J451">
+        <v>0</v>
+      </c>
+      <c r="K451">
+        <v>0</v>
+      </c>
+      <c r="L451">
+        <v>0</v>
+      </c>
+      <c r="M451">
+        <v>0</v>
+      </c>
+      <c r="N451">
+        <v>0</v>
+      </c>
+      <c r="O451">
+        <v>0</v>
+      </c>
+      <c r="P451"/>
+      <c r="Q451"/>
+      <c r="R451"/>
+      <c r="S451"/>
+      <c r="T451"/>
+      <c r="U451">
+        <v>0</v>
+      </c>
+      <c r="V451">
+        <v>0</v>
+      </c>
+      <c r="W451"/>
+      <c r="X451"/>
+      <c r="Y451"/>
+      <c r="Z451"/>
+      <c r="AA451"/>
+      <c r="AB451"/>
+      <c r="AC451"/>
+      <c r="AD451"/>
+      <c r="AE451">
+        <v>0</v>
+      </c>
+      <c r="AF451">
+        <v>0</v>
+      </c>
+      <c r="AG451"/>
+      <c r="AH451"/>
+      <c r="AI451">
+        <v>-1</v>
+      </c>
+      <c r="AJ451">
+        <v>0</v>
+      </c>
+      <c r="AK451">
+        <v>-1</v>
+      </c>
+      <c r="AL451"/>
+      <c r="AM451"/>
+      <c r="AN451"/>
+      <c r="AO451">
+        <v>0</v>
+      </c>
+      <c r="AP451"/>
+      <c r="AQ451"/>
+      <c r="AR451"/>
+      <c r="AS451"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>