--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,674 +12,683 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Number of women elected</t>
   </si>
   <si>
     <t>% women</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>50 of 140</t>
+    <t>49 of 140</t>
+  </si>
+  <si>
+    <t>35%</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>32 of 407</t>
+  </si>
+  <si>
+    <t>7.9%</t>
+  </si>
+  <si>
+    <t>Andorra</t>
+  </si>
+  <si>
+    <t>14 of 28</t>
+  </si>
+  <si>
+    <t>50%</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>109 of 257</t>
+  </si>
+  <si>
+    <t>42.4%</t>
+  </si>
+  <si>
+    <t>Armenia</t>
+  </si>
+  <si>
+    <t>41 of 107</t>
+  </si>
+  <si>
+    <t>38.3%</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>62 of 150</t>
+  </si>
+  <si>
+    <t>41.3%</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>66 of 130</t>
+  </si>
+  <si>
+    <t>50.8%</t>
+  </si>
+  <si>
+    <t>Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>8 of 42</t>
+  </si>
+  <si>
+    <t>19%</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>93 of 513</t>
+  </si>
+  <si>
+    <t>18.1%</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>13 of 71</t>
+  </si>
+  <si>
+    <t>18.3%</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>44 of 111</t>
+  </si>
+  <si>
+    <t>39.6%</t>
+  </si>
+  <si>
+    <t>Cabo Verde</t>
+  </si>
+  <si>
+    <t>32 of 72</t>
+  </si>
+  <si>
+    <t>44.4%</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
+  </si>
+  <si>
+    <t>16 of 140</t>
+  </si>
+  <si>
+    <t>11.4%</t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>63 of 188</t>
+  </si>
+  <si>
+    <t>33.5%</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>54 of 155</t>
+  </si>
+  <si>
+    <t>34.8%</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>55 of 187</t>
+  </si>
+  <si>
+    <t>29.4%</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>28 of 57</t>
+  </si>
+  <si>
+    <t>49.1%</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>50 of 151</t>
+  </si>
+  <si>
+    <t>33.1%</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>34 of 254</t>
+  </si>
+  <si>
+    <t>13.4%</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>70 of 190</t>
+  </si>
+  <si>
+    <t>36.8%</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>68 of 151</t>
+  </si>
+  <si>
+    <t>45%</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>19 of 60</t>
+  </si>
+  <si>
+    <t>31.7%</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>208 of 575</t>
+  </si>
+  <si>
+    <t>36.2%</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>30 of 139</t>
+  </si>
+  <si>
+    <t>21.6%</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>40 of 275</t>
+  </si>
+  <si>
+    <t>14.5%</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>68 of 297</t>
+  </si>
+  <si>
+    <t>22.9%</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>24 of 81</t>
+  </si>
+  <si>
+    <t>29.6%</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>10 of 102</t>
+  </si>
+  <si>
+    <t>9.8%</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>35 of 128</t>
+  </si>
+  <si>
+    <t>27.3%</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>127 of 580</t>
+  </si>
+  <si>
+    <t>21.9%</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>44 of 174</t>
+  </si>
+  <si>
+    <t>25.3%</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>131 of 400</t>
+  </si>
+  <si>
+    <t>32.8%</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>18 of 98</t>
+  </si>
+  <si>
+    <t>18.4%</t>
+  </si>
+  <si>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>61 of 300</t>
+  </si>
+  <si>
+    <t>20.3%</t>
+  </si>
+  <si>
+    <t>Kosovo</t>
+  </si>
+  <si>
+    <t>40 of 120</t>
+  </si>
+  <si>
+    <t>33.3%</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>20 of 90</t>
+  </si>
+  <si>
+    <t>22.2%</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>30 of 120</t>
+  </si>
+  <si>
+    <t>25%</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>8 of 73</t>
+  </si>
+  <si>
+    <t>11%</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>28 of 170</t>
+  </si>
+  <si>
+    <t>16.5%</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>21 of 60</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>40 of 137</t>
+  </si>
+  <si>
+    <t>29.2%</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>23 of 79</t>
+  </si>
+  <si>
+    <t>29.1%</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>41 of 176</t>
+  </si>
+  <si>
+    <t>23.3%</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>251 of 500</t>
+  </si>
+  <si>
+    <t>50.2%</t>
+  </si>
+  <si>
+    <t>Moldova, Republic of</t>
+  </si>
+  <si>
+    <t>38 of 101</t>
+  </si>
+  <si>
+    <t>37.6%</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>32 of 126</t>
+  </si>
+  <si>
+    <t>25.4%</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>22 of 81</t>
+  </si>
+  <si>
+    <t>27.2%</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>50 of 91</t>
+  </si>
+  <si>
+    <t>54.9%</t>
+  </si>
+  <si>
+    <t>North Macedonia, Republic of</t>
+  </si>
+  <si>
+    <t>47 of 120</t>
+  </si>
+  <si>
+    <t>39.2%</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>15 of 69</t>
+  </si>
+  <si>
+    <t>21.7%</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>19 of 80</t>
+  </si>
+  <si>
+    <t>23.8%</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>54 of 130</t>
+  </si>
+  <si>
+    <t>41.5%</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>144 of 460</t>
+  </si>
+  <si>
+    <t>31.3%</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>82 of 230</t>
   </si>
   <si>
     <t>35.7%</t>
   </si>
   <si>
-    <t>Algeria</t>
-[...164 lines deleted...]
-    <t>70 of 170</t>
+    <t>Republic of The Congo (Brazzaville)</t>
+  </si>
+  <si>
+    <t>22 of 151</t>
+  </si>
+  <si>
+    <t>14.6%</t>
+  </si>
+  <si>
+    <t>San Marino</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>68 of 165</t>
   </si>
   <si>
     <t>41.2%</t>
   </si>
   <si>
-    <t>Ecuador</t>
-[...319 lines deleted...]
-  <si>
     <t>Serbia</t>
   </si>
   <si>
-    <t>95 of 250</t>
+    <t>93 of 250</t>
+  </si>
+  <si>
+    <t>37.2%</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>32 of 90</t>
+  </si>
+  <si>
+    <t>35.6%</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>3 of 50</t>
+  </si>
+  <si>
+    <t>6%</t>
+  </si>
+  <si>
+    <t>South Sudan</t>
+  </si>
+  <si>
+    <t>178 of 550</t>
+  </si>
+  <si>
+    <t>32.4%</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>155 of 350</t>
+  </si>
+  <si>
+    <t>44.3%</t>
+  </si>
+  <si>
+    <t>State of Palestine</t>
+  </si>
+  <si>
+    <t>17 of 132</t>
+  </si>
+  <si>
+    <t>12.9%</t>
+  </si>
+  <si>
+    <t>São Tomé and Príncipe</t>
+  </si>
+  <si>
+    <t>8 of 55</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>23 of 65</t>
+  </si>
+  <si>
+    <t>35.4%</t>
+  </si>
+  <si>
+    <t>Togo</t>
+  </si>
+  <si>
+    <t>17 of 113</t>
+  </si>
+  <si>
+    <t>15%</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>85 of 401</t>
+  </si>
+  <si>
+    <t>21.2%</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>31 of 99</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t>57 of 150</t>
   </si>
   <si>
     <t>38%</t>
   </si>
   <si>
-    <t>Slovenia</t>
-[...85 lines deleted...]
-  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>0 of 285</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
-    <t>151 of 493</t>
-[...2 lines deleted...]
-    <t>30.6%</t>
+    <t>150 of 478</t>
+  </si>
+  <si>
+    <t>31.4%</t>
   </si>
   <si>
     <t>Total countries:</t>
   </si>
   <si>
     <t>Average % women:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1453,408 +1462,408 @@
         <v>115</v>
       </c>
       <c r="C39" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>117</v>
       </c>
       <c r="B40" t="s">
         <v>118</v>
       </c>
       <c r="C40" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>120</v>
       </c>
       <c r="B41" t="s">
         <v>121</v>
       </c>
       <c r="C41" t="s">
-        <v>107</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>122</v>
       </c>
       <c r="B42" t="s">
         <v>123</v>
       </c>
       <c r="C42" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>125</v>
       </c>
       <c r="B43" t="s">
         <v>126</v>
       </c>
       <c r="C43" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>128</v>
       </c>
       <c r="B44" t="s">
         <v>129</v>
       </c>
       <c r="C44" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>131</v>
       </c>
       <c r="B45" t="s">
         <v>132</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B50" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B53" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B54" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C54" t="s">
-        <v>83</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C55" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C56" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B57" t="s">
-        <v>166</v>
+        <v>121</v>
       </c>
       <c r="C57" t="s">
-        <v>167</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>168</v>
       </c>
       <c r="B58" t="s">
         <v>169</v>
       </c>
       <c r="C58" t="s">
-        <v>62</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C60" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C61" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C62" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C63" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C64" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C65" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C66" t="s">
-        <v>156</v>
+        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B67" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C67" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B68" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C68" t="s">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B69" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C69" t="s">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B70" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C70" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B71" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C71" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B72" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C72" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C73">
         <v>71</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C74">
-        <v>29.0</v>
+        <v>29.1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A73:B73"/>
     <mergeCell ref="A74:B74"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>