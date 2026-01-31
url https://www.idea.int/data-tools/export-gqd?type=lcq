--- v1 (2025-12-06)
+++ v2 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Number of women elected</t>
   </si>
   <si>
     <t>% women</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>49 of 140</t>
   </si>
   <si>
     <t>35%</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>32 of 407</t>
   </si>
   <si>
@@ -152,54 +152,51 @@
   <si>
     <t>44.4%</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>16 of 140</t>
   </si>
   <si>
     <t>11.4%</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
     <t>63 of 188</t>
   </si>
   <si>
     <t>33.5%</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
-    <t>54 of 155</t>
-[...2 lines deleted...]
-    <t>34.8%</t>
+    <t>52 of 155</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>55 of 187</t>
   </si>
   <si>
     <t>29.4%</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>28 of 57</t>
   </si>
   <si>
     <t>49.1%</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>50 of 151</t>
   </si>
@@ -278,54 +275,54 @@
   <si>
     <t>22.9%</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
     <t>24 of 81</t>
   </si>
   <si>
     <t>29.6%</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
     <t>10 of 102</t>
   </si>
   <si>
     <t>9.8%</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
-    <t>35 of 128</t>
-[...2 lines deleted...]
-    <t>27.3%</t>
+    <t>38 of 128</t>
+  </si>
+  <si>
+    <t>29.7%</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>127 of 580</t>
   </si>
   <si>
     <t>21.9%</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>44 of 174</t>
   </si>
   <si>
     <t>25.3%</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>131 of 400</t>
   </si>
@@ -341,54 +338,51 @@
   <si>
     <t>18.4%</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>61 of 300</t>
   </si>
   <si>
     <t>20.3%</t>
   </si>
   <si>
     <t>Kosovo</t>
   </si>
   <si>
     <t>40 of 120</t>
   </si>
   <si>
     <t>33.3%</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
-    <t>20 of 90</t>
-[...2 lines deleted...]
-    <t>22.2%</t>
+    <t>29 of 87</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>30 of 120</t>
   </si>
   <si>
     <t>25%</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>8 of 73</t>
   </si>
   <si>
     <t>11%</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>28 of 170</t>
   </si>
@@ -1187,683 +1181,683 @@
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>42</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" t="s">
         <v>48</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" t="s">
         <v>51</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" t="s">
         <v>54</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" t="s">
         <v>57</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" t="s">
         <v>60</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" t="s">
         <v>63</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" t="s">
         <v>66</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" t="s">
         <v>69</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" t="s">
         <v>72</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" t="s">
         <v>75</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" t="s">
         <v>78</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" t="s">
         <v>81</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" t="s">
         <v>84</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" t="s">
         <v>87</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" t="s">
         <v>90</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" t="s">
         <v>93</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" t="s">
         <v>96</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" t="s">
         <v>99</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" t="s">
         <v>102</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" t="s">
         <v>105</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" t="s">
         <v>108</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>109</v>
+      </c>
+      <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B41" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>120</v>
+      </c>
+      <c r="B42" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>123</v>
+      </c>
+      <c r="B43" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>129</v>
+      </c>
+      <c r="B45" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>132</v>
+      </c>
+      <c r="B46" t="s">
+        <v>133</v>
+      </c>
+      <c r="C46" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>135</v>
+      </c>
+      <c r="B47" t="s">
+        <v>136</v>
+      </c>
+      <c r="C47" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>138</v>
+      </c>
+      <c r="B48" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>141</v>
+      </c>
+      <c r="B49" t="s">
+        <v>142</v>
+      </c>
+      <c r="C49" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>144</v>
+      </c>
+      <c r="B50" t="s">
+        <v>145</v>
+      </c>
+      <c r="C50" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>147</v>
+      </c>
+      <c r="B51" t="s">
+        <v>148</v>
+      </c>
+      <c r="C51" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>150</v>
+      </c>
+      <c r="B52" t="s">
+        <v>151</v>
+      </c>
+      <c r="C52" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>153</v>
+      </c>
+      <c r="B53" t="s">
+        <v>154</v>
+      </c>
+      <c r="C53" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>156</v>
+      </c>
+      <c r="B54" t="s">
+        <v>157</v>
+      </c>
+      <c r="C54" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>159</v>
+      </c>
+      <c r="B55" t="s">
+        <v>160</v>
+      </c>
+      <c r="C55" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>162</v>
+      </c>
+      <c r="B56" t="s">
+        <v>163</v>
+      </c>
+      <c r="C56" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B57" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>166</v>
+      </c>
+      <c r="B58" t="s">
+        <v>167</v>
+      </c>
+      <c r="C58" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>169</v>
+      </c>
+      <c r="B59" t="s">
+        <v>170</v>
+      </c>
+      <c r="C59" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>172</v>
+      </c>
+      <c r="B60" t="s">
+        <v>173</v>
+      </c>
+      <c r="C60" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>175</v>
+      </c>
+      <c r="B61" t="s">
+        <v>176</v>
+      </c>
+      <c r="C61" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" t="s">
+        <v>179</v>
+      </c>
+      <c r="C62" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>181</v>
+      </c>
+      <c r="B63" t="s">
+        <v>182</v>
+      </c>
+      <c r="C63" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" t="s">
+        <v>185</v>
+      </c>
+      <c r="C64" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B65" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C65" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>189</v>
+      </c>
+      <c r="B66" t="s">
+        <v>190</v>
+      </c>
+      <c r="C66" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" t="s">
+        <v>193</v>
+      </c>
+      <c r="C67" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>195</v>
+      </c>
+      <c r="B68" t="s">
+        <v>196</v>
+      </c>
+      <c r="C68" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C69" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>200</v>
+      </c>
+      <c r="B70" t="s">
+        <v>201</v>
+      </c>
+      <c r="C70" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>203</v>
+      </c>
+      <c r="B71" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>206</v>
+      </c>
+      <c r="B72" t="s">
+        <v>207</v>
+      </c>
+      <c r="C72" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C73">
         <v>71</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C74">
-        <v>29.1</v>
+        <v>29.2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A73:B73"/>
     <mergeCell ref="A74:B74"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>